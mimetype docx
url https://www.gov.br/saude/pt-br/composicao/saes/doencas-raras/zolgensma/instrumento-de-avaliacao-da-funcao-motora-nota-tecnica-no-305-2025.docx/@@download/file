--- v0 (2026-02-09)
+++ v1 (2026-03-01)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="44B49B46" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41">
       <w:pPr>
         <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
         <w:ind w:left="645" w:right="788" w:hanging="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A1A348" w14:textId="0BB722C1" w:rsidR="00A61F41" w:rsidRDefault="00A61F41">
       <w:pPr>
         <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
         <w:ind w:left="645" w:right="788" w:hanging="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -176,147 +176,167 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70B8069E" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EE2C558" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="47"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="396DE89C" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="47"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C3F0457" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="47"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4B515C29" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92C76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Anexo II. Nota Técnica nº </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>305</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92C76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>/2025-CGRAR/DAET/SAES/MS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E275A7" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F12EAF0" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="47"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="551AC838" w14:textId="29153EB2" w:rsidR="002B4B79" w:rsidRPr="002436BF" w:rsidRDefault="00A61F41" w:rsidP="002436BF">
+    <w:p w14:paraId="551AC838" w14:textId="5A5CB413" w:rsidR="002B4B79" w:rsidRPr="002436BF" w:rsidRDefault="00A61F41" w:rsidP="002436BF">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002436BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>INSTRUMENTO DE AVALIAÇÃO DA FUNÇÃO MOTORA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E9FEC3" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
+    <w:p w14:paraId="2E61DDBF" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00A61F41">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:sectPr w:rsidR="00151EBA" w:rsidSect="00151EBA">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="992" w:right="1820" w:bottom="1418" w:left="1400" w:header="210" w:footer="1633" w:gutter="0"/>
+          <w:pgNumType w:start="10"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C16E300" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
+    <w:p w14:paraId="00E9FEC3" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A61F41" w:rsidSect="00033CC6">
-[...6 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D15B98A" w14:textId="77777777" w:rsidR="00A61F41" w:rsidRDefault="00A61F41" w:rsidP="00A61F41">
+    <w:p w14:paraId="0835BE27" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00A61F41">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744A2A86" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6" w:rsidP="00A61F41">
-[...1 lines deleted...]
-        <w:ind w:right="317"/>
+    <w:p w14:paraId="40DD8E6C" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00151EBA">
+      <w:pPr>
+        <w:ind w:left="1" w:right="317"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ELEMENTOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -466,214 +486,213 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>FUNÇÃO MOTORA DO PACIENTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4E5CF3" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="0EADA12D" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00151EBA">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="25"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B948379" wp14:editId="2B847B92">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="566B4B9F" wp14:editId="6D4103FA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>905255</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>191307</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="9087485" cy="3760470"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="24" name="Textbox 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="9087485" cy="3760470"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9144">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="55CAAA41" w14:textId="5982AED6" w:rsidR="002B4B79" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+                          <w:p w14:paraId="2F75A272" w14:textId="0F5470CD" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="181"/>
                               </w:tabs>
-                              <w:spacing w:before="2"/>
+                              <w:spacing w:before="2" w:line="600" w:lineRule="auto"/>
+                              <w:ind w:left="181" w:hanging="182"/>
                             </w:pPr>
                             <w:r>
-                              <w:t xml:space="preserve"> 1.</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00C90FF6">
                               <w:t>Nome:</w:t>
                             </w:r>
-                          </w:p>
-[...4 lines deleted...]
-                            </w:pPr>
                             <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                              </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7312ECA2" w14:textId="0454EFF5" w:rsidR="00D5673A" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+                          <w:p w14:paraId="5EA6D480" w14:textId="3DC0AFEA" w:rsidR="008C1456" w:rsidRPr="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
+                            <w:pPr>
+                              <w:pStyle w:val="Corpodetexto"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="179"/>
+                              </w:tabs>
+                              <w:spacing w:before="1" w:line="600" w:lineRule="auto"/>
+                              <w:ind w:left="-1" w:right="7966" w:firstLine="0"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:t>Data</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C1456">
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>de</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C1456">
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>Nascimento:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C1456">
+                              <w:rPr>
+                                <w:spacing w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4D9E0509" w14:textId="0868A9AF" w:rsidR="00173805" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="179"/>
                               </w:tabs>
                               <w:spacing w:before="1" w:line="600" w:lineRule="auto"/>
                               <w:ind w:left="-1" w:right="7966"/>
                             </w:pPr>
                             <w:r>
-                              <w:t xml:space="preserve"> 2.</w:t>
-[...20 lines deleted...]
-                              <w:t>Nascimento:</w:t>
+                              <w:t xml:space="preserve">3.Diagnóstico: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="380CF1F9" w14:textId="77777777" w:rsidR="00D5673A" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
-[...7 lines deleted...]
-                          <w:p w14:paraId="1D1C974D" w14:textId="4DBF5E79" w:rsidR="002B4B79" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+                          <w:p w14:paraId="06D2E5B3" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="179"/>
                               </w:tabs>
                               <w:spacing w:before="1" w:line="600" w:lineRule="auto"/>
                               <w:ind w:left="-1" w:right="7966"/>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
                           </w:p>
-                          <w:p w14:paraId="5D145D2F" w14:textId="01810592" w:rsidR="00D5673A" w:rsidRDefault="00D5673A">
+                          <w:p w14:paraId="1D322E4E" w14:textId="6F26829E" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
-                              <w:spacing w:line="602" w:lineRule="auto"/>
+                              <w:spacing w:line="600" w:lineRule="auto"/>
                               <w:ind w:left="-1" w:right="7066"/>
-                            </w:pPr>
-[...13 lines deleted...]
-                            <w:r>
                               <w:rPr>
                                 <w:color w:val="808080"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                            </w:pPr>
+                            <w:r>
+                              <w:t xml:space="preserve">4.Idade Gestacional: </w:t>
                             </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5CBD7E72" w14:textId="682637A9" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
+                            <w:pPr>
+                              <w:pStyle w:val="Corpodetexto"/>
+                              <w:spacing w:line="600" w:lineRule="auto"/>
+                              <w:ind w:left="-1" w:right="7066"/>
+                            </w:pPr>
                             <w:r>
                               <w:t>5.Ventilação</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-10"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>não</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-1"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>invasiva:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-3"/>
                               </w:rPr>
@@ -725,280 +744,273 @@
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>sim,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>quantas</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>horas/dia?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2C048428" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+                          <w:p w14:paraId="6CA8B58D" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
-                              <w:spacing w:before="2"/>
+                              <w:spacing w:before="2" w:line="600" w:lineRule="auto"/>
                               <w:ind w:left="55"/>
                             </w:pPr>
                             <w:r>
                               <w:t>6.Tempo</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>desde</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>a</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-3"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>última</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t>alimentação:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="444EC913" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+                          <w:p w14:paraId="3C64E1E9" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
-                              <w:spacing w:before="148"/>
+                              <w:spacing w:line="600" w:lineRule="auto"/>
+                              <w:ind w:left="-1" w:right="7066"/>
+                              <w:rPr>
+                                <w:color w:val="808080"/>
+                              </w:rPr>
                             </w:pPr>
+                            <w:r>
+                              <w:t xml:space="preserve">7.Data de Avaliação: </w:t>
+                            </w:r>
                           </w:p>
-                          <w:p w14:paraId="35095531" w14:textId="22DC8903" w:rsidR="00D5673A" w:rsidRDefault="00D5673A">
+                          <w:p w14:paraId="6DB4819E" w14:textId="75223555" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                             <w:pPr>
                               <w:pStyle w:val="Corpodetexto"/>
                               <w:spacing w:line="600" w:lineRule="auto"/>
                               <w:ind w:left="-1" w:right="7066"/>
                             </w:pPr>
-                            <w:r>
-[...17 lines deleted...]
-                            </w:r>
                             <w:r>
                               <w:t>8.Hora/Duração</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-6"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>da</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>avaliação:</w:t>
                             </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-1"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
-              <v:shapetype w14:anchorId="1B948379" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="566B4B9F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textbox 24" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:71.3pt;margin-top:15.05pt;width:715.55pt;height:296.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMtoUSxgEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNOlStt2o6Qq2WoS0&#10;AqSFD3Acu7FwPMbjNunfM3bTdsXeEDk448z4+b03k/X92Ft2UAENuJrPZyVnyklojdvV/OePx3cr&#10;zjAK1woLTtX8qJDfb96+WQ++UjfQgW1VYATisBp8zbsYfVUUKDvVC5yBV46SGkIvIm3DrmiDGAi9&#10;t8VNWd4WA4TWB5AKkb5uT0m+yfhaKxm/aY0qMltz4hbzGvLapLXYrEW1C8J3Rk40xD+w6IVxdOkF&#10;aiuiYPtgXkH1RgZA0HEmoS9AayNV1kBq5uVfap474VXWQuagv9iE/w9Wfj08+++BxfETjNTALAL9&#10;E8hfSN4Ug8dqqkmeYoVUnYSOOvTpTRIYHSRvjxc/1RiZpI935Wq5WH3gTFLu/fK2XCyz48X1uA8Y&#10;PyvoWQpqHqhhmYI4PGFMBER1Lkm3WccGwp0vFieiYE37aKxNOQy75sEGdhCp1/lJ7SUEfFmW4LYC&#10;u1NdTk1l1k2CTxqT2jg2I2GksIH2SEYNNCs1x997ERRn9oujZqTBOgfhHDTnIET7AHn8EksHH/cR&#10;tMnirrjTzdTlzHiayDRGL/e56vrfbP4AAAD//wMAUEsDBBQABgAIAAAAIQDgvR4d4QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/RSsMwFIbvBd8hHMEb2dK1rpXadMhgigPFVR8gbY5tMTkpTbZW&#10;n97sSi9/zsf/f6fYzEazE46utyRgtYyAITVW9dQK+HjfLe6AOS9JSW0JBXyjg015eVHIXNmJDniq&#10;fMtCCblcCui8H3LOXdOhkW5pB6Rw+7SjkT7EseVqlFMoN5rHUZRyI3sKC50ccNth81UdjYCsfnVD&#10;9rx9sXijn6r9+u3ncTcJcX01P9wD8zj7PxjO+kEdyuBU2yMpx3TIt3EaUAFJtAJ2BtZZkgGrBaRx&#10;nAAvC/7/h/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADLaFEsYBAAB/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4L0eHeEAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" filled="f" strokeweight=".72pt">
+              <v:shape id="Textbox 24" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:71.3pt;margin-top:15.05pt;width:715.55pt;height:296.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMtoUSxgEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNOlStt2o6Qq2WoS0&#10;AqSFD3Acu7FwPMbjNunfM3bTdsXeEDk448z4+b03k/X92Ft2UAENuJrPZyVnyklojdvV/OePx3cr&#10;zjAK1woLTtX8qJDfb96+WQ++UjfQgW1VYATisBp8zbsYfVUUKDvVC5yBV46SGkIvIm3DrmiDGAi9&#10;t8VNWd4WA4TWB5AKkb5uT0m+yfhaKxm/aY0qMltz4hbzGvLapLXYrEW1C8J3Rk40xD+w6IVxdOkF&#10;aiuiYPtgXkH1RgZA0HEmoS9AayNV1kBq5uVfap474VXWQuagv9iE/w9Wfj08+++BxfETjNTALAL9&#10;E8hfSN4Ug8dqqkmeYoVUnYSOOvTpTRIYHSRvjxc/1RiZpI935Wq5WH3gTFLu/fK2XCyz48X1uA8Y&#10;PyvoWQpqHqhhmYI4PGFMBER1Lkm3WccGwp0vFieiYE37aKxNOQy75sEGdhCp1/lJ7SUEfFmW4LYC&#10;u1NdTk1l1k2CTxqT2jg2I2GksIH2SEYNNCs1x997ERRn9oujZqTBOgfhHDTnIET7AHn8EksHH/cR&#10;tMnirrjTzdTlzHiayDRGL/e56vrfbP4AAAD//wMAUEsDBBQABgAIAAAAIQDgvR4d4QAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/RSsMwFIbvBd8hHMEb2dK1rpXadMhgigPFVR8gbY5tMTkpTbZW&#10;n97sSi9/zsf/f6fYzEazE46utyRgtYyAITVW9dQK+HjfLe6AOS9JSW0JBXyjg015eVHIXNmJDniq&#10;fMtCCblcCui8H3LOXdOhkW5pB6Rw+7SjkT7EseVqlFMoN5rHUZRyI3sKC50ccNth81UdjYCsfnVD&#10;9rx9sXijn6r9+u3ncTcJcX01P9wD8zj7PxjO+kEdyuBU2yMpx3TIt3EaUAFJtAJ2BtZZkgGrBaRx&#10;nAAvC/7/h/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADLaFEsYBAAB/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4L0eHeEAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" filled="f" strokeweight=".72pt">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="55CAAA41" w14:textId="5982AED6" w:rsidR="002B4B79" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+                    <w:p w14:paraId="2F75A272" w14:textId="0F5470CD" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="181"/>
                         </w:tabs>
-                        <w:spacing w:before="2"/>
+                        <w:spacing w:before="2" w:line="600" w:lineRule="auto"/>
+                        <w:ind w:left="181" w:hanging="182"/>
                       </w:pPr>
                       <w:r>
-                        <w:t xml:space="preserve"> 1.</w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00C90FF6">
                         <w:t>Nome:</w:t>
                       </w:r>
-                    </w:p>
-[...4 lines deleted...]
-                      </w:pPr>
                       <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-4"/>
+                        </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7312ECA2" w14:textId="0454EFF5" w:rsidR="00D5673A" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+                    <w:p w14:paraId="5EA6D480" w14:textId="3DC0AFEA" w:rsidR="008C1456" w:rsidRPr="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
+                      <w:pPr>
+                        <w:pStyle w:val="Corpodetexto"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="179"/>
+                        </w:tabs>
+                        <w:spacing w:before="1" w:line="600" w:lineRule="auto"/>
+                        <w:ind w:left="-1" w:right="7966" w:firstLine="0"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t>Data</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C1456">
+                        <w:rPr>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>de</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C1456">
+                        <w:rPr>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>Nascimento:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C1456">
+                        <w:rPr>
+                          <w:spacing w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4D9E0509" w14:textId="0868A9AF" w:rsidR="00173805" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="179"/>
                         </w:tabs>
                         <w:spacing w:before="1" w:line="600" w:lineRule="auto"/>
                         <w:ind w:left="-1" w:right="7966"/>
                       </w:pPr>
                       <w:r>
-                        <w:t xml:space="preserve"> 2.</w:t>
-[...20 lines deleted...]
-                        <w:t>Nascimento:</w:t>
+                        <w:t xml:space="preserve">3.Diagnóstico: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="380CF1F9" w14:textId="77777777" w:rsidR="00D5673A" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
-[...7 lines deleted...]
-                    <w:p w14:paraId="1D1C974D" w14:textId="4DBF5E79" w:rsidR="002B4B79" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+                    <w:p w14:paraId="06D2E5B3" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="179"/>
                         </w:tabs>
                         <w:spacing w:before="1" w:line="600" w:lineRule="auto"/>
                         <w:ind w:left="-1" w:right="7966"/>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
                     </w:p>
-                    <w:p w14:paraId="5D145D2F" w14:textId="01810592" w:rsidR="00D5673A" w:rsidRDefault="00D5673A">
+                    <w:p w14:paraId="1D322E4E" w14:textId="6F26829E" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
-                        <w:spacing w:line="602" w:lineRule="auto"/>
+                        <w:spacing w:line="600" w:lineRule="auto"/>
                         <w:ind w:left="-1" w:right="7066"/>
-                      </w:pPr>
-[...13 lines deleted...]
-                      <w:r>
                         <w:rPr>
                           <w:color w:val="808080"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                      </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve">4.Idade Gestacional: </w:t>
                       </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5CBD7E72" w14:textId="682637A9" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
+                      <w:pPr>
+                        <w:pStyle w:val="Corpodetexto"/>
+                        <w:spacing w:line="600" w:lineRule="auto"/>
+                        <w:ind w:left="-1" w:right="7066"/>
+                      </w:pPr>
                       <w:r>
                         <w:t>5.Ventilação</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-10"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>não</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>invasiva:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-3"/>
                         </w:rPr>
@@ -1050,1088 +1062,1013 @@
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>sim,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>quantas</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>horas/dia?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2C048428" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+                    <w:p w14:paraId="6CA8B58D" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
-                        <w:spacing w:before="2"/>
+                        <w:spacing w:before="2" w:line="600" w:lineRule="auto"/>
                         <w:ind w:left="55"/>
                       </w:pPr>
                       <w:r>
                         <w:t>6.Tempo</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>desde</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>a</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-3"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>última</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t>alimentação:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="444EC913" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+                    <w:p w14:paraId="3C64E1E9" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
-                        <w:spacing w:before="148"/>
+                        <w:spacing w:line="600" w:lineRule="auto"/>
+                        <w:ind w:left="-1" w:right="7066"/>
+                        <w:rPr>
+                          <w:color w:val="808080"/>
+                        </w:rPr>
                       </w:pPr>
+                      <w:r>
+                        <w:t xml:space="preserve">7.Data de Avaliação: </w:t>
+                      </w:r>
                     </w:p>
-                    <w:p w14:paraId="35095531" w14:textId="22DC8903" w:rsidR="00D5673A" w:rsidRDefault="00D5673A">
+                    <w:p w14:paraId="6DB4819E" w14:textId="75223555" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="008C1456">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
                         <w:spacing w:line="600" w:lineRule="auto"/>
                         <w:ind w:left="-1" w:right="7066"/>
                       </w:pPr>
-                      <w:r>
-[...17 lines deleted...]
-                      </w:r>
                       <w:r>
                         <w:t>8.Hora/Duração</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-6"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>da</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>avaliação:</w:t>
                       </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-1"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4550C34C" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+    <w:p w14:paraId="360CE9F4" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00151EBA">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002B4B79" w:rsidSect="00033CC6">
+        <w:sectPr w:rsidR="00151EBA" w:rsidSect="00151EBA">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1400" w:right="992" w:bottom="1820" w:left="1417" w:header="207" w:footer="1632" w:gutter="0"/>
-          <w:pgNumType w:start="2"/>
+          <w:pgNumType w:start="10"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46611F76" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+    <w:p w14:paraId="28780EBB" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00151EBA">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="39"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="16" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2688"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1557"/>
+        <w:gridCol w:w="2419"/>
+        <w:gridCol w:w="2808"/>
+        <w:gridCol w:w="3327"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="363"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="1550"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B4B79" w14:paraId="623DCC03" w14:textId="77777777">
+      <w:tr w:rsidR="008C1456" w14:paraId="7606B9DA" w14:textId="2671F6BC" w:rsidTr="00D9622F">
         <w:trPr>
-          <w:trHeight w:val="6775"/>
+          <w:trHeight w:val="8373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14307" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D698A94" w14:textId="7318914E" w:rsidR="008C1456" w:rsidRPr="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="186"/>
               </w:tabs>
-              <w:spacing w:before="146" w:line="292" w:lineRule="exact"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:line="600" w:lineRule="auto"/>
+              <w:ind w:left="186" w:hanging="180"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Horas</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>fora</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>da</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>VNI</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>antes</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>do</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>teste:</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6" w:rsidRPr="00D5673A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...22 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F63E82" w14:textId="77777777" w:rsidR="008C1456" w:rsidRPr="00151EBA" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
               </w:tabs>
               <w:spacing w:line="600" w:lineRule="auto"/>
-              <w:ind w:right="7556"/>
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:left="6" w:right="7556" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Estado de saúde: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06B10100" w14:textId="77777777" w:rsidR="00D92DB4" w:rsidRDefault="00D92DB4" w:rsidP="00D92DB4">
+          <w:p w14:paraId="05C8ED0D" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="00151EBA">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31A787A7" w14:textId="4CD6253A" w:rsidR="002B4B79" w:rsidRDefault="00C8372F" w:rsidP="00D5673A">
-[...1 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="083ACDD0" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
               </w:tabs>
               <w:spacing w:line="600" w:lineRule="auto"/>
-              <w:ind w:left="6" w:right="7556"/>
-[...19 lines deleted...]
-            <w:r w:rsidR="00C90FF6">
+              <w:ind w:left="6" w:right="7556" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Circunferência</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">torácica¹: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="030BF0D5" w14:textId="5F47E93D" w:rsidR="002B4B79" w:rsidRPr="00D5673A" w:rsidRDefault="00C8372F" w:rsidP="00C8372F">
-[...1 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="52F65FFB" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
                 <w:tab w:val="left" w:pos="7539"/>
               </w:tabs>
-              <w:spacing w:before="5" w:line="604" w:lineRule="auto"/>
-[...13 lines deleted...]
-            <w:r w:rsidR="00C90FF6">
+              <w:spacing w:before="5" w:line="600" w:lineRule="auto"/>
+              <w:ind w:right="4633" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Uso de medicamentos e/ou ocorrência de infecções no período: </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-42"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Não.</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Se</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>sim,</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">quais? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1DB47B" w14:textId="77777777" w:rsidR="00D5673A" w:rsidRDefault="00D5673A" w:rsidP="00D5673A">
+          <w:p w14:paraId="7DD8731E" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="00173805">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
                 <w:tab w:val="left" w:pos="7539"/>
               </w:tabs>
               <w:spacing w:before="5" w:line="604" w:lineRule="auto"/>
               <w:ind w:left="6" w:right="4633"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C22C2B7" w14:textId="3DB3FA08" w:rsidR="002B4B79" w:rsidRDefault="00C8372F" w:rsidP="00C8372F">
-[...1 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="62DCE722" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
                 <w:tab w:val="left" w:pos="5947"/>
               </w:tabs>
-              <w:spacing w:line="304" w:lineRule="exact"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00C90FF6">
+              <w:spacing w:line="600" w:lineRule="auto"/>
+              <w:ind w:left="310" w:hanging="304"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Acesso</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>programas</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>serviços</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>reabilitação:</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-65"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Não</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C94CE2F" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
-[...12 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="2DB761FA" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
                 <w:tab w:val="left" w:pos="2800"/>
               </w:tabs>
-              <w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidR="00C90FF6">
+              <w:spacing w:line="600" w:lineRule="auto"/>
+              <w:ind w:left="310" w:hanging="304"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Uso</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>órteses:</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-65"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Não</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2421F533" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
-[...12 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+          <w:p w14:paraId="19335199" w14:textId="77777777" w:rsidR="008C1456" w:rsidRPr="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="310"/>
                 <w:tab w:val="left" w:pos="5974"/>
               </w:tabs>
-              <w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidR="00C90FF6">
+              <w:spacing w:line="600" w:lineRule="auto"/>
+              <w:ind w:left="310" w:hanging="304"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Alterações</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ponderais</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(ganho</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>perda</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>peso):</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-65"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00C90FF6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Não</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3472715C" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
-[...2 lines deleted...]
-              <w:spacing w:before="177"/>
+          <w:p w14:paraId="3F266B9F" w14:textId="77777777" w:rsidR="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="310"/>
+                <w:tab w:val="left" w:pos="5974"/>
+              </w:tabs>
+              <w:spacing w:line="600" w:lineRule="auto"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D134350" w14:textId="44A6D66D" w:rsidR="008C1456" w:rsidRPr="008C1456" w:rsidRDefault="008C1456" w:rsidP="008C1456">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="177" w:line="600" w:lineRule="auto"/>
+              <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>¹A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>medida</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2234,110 +2171,111 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>linha</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>mamária</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4B79" w14:paraId="7CD0268F" w14:textId="77777777">
+      <w:tr w:rsidR="00194C88" w14:paraId="003CB4CA" w14:textId="670A5D08" w:rsidTr="0031062A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2688" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77C8687A" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="847" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B14E74A" w14:textId="77777777" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Escala</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Funcional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Motora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3115" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E5D04E8" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="982" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF9EEE7" w14:textId="77777777" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="235"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Posição/Postura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2351,53 +2289,53 @@
               </w:rPr>
               <w:t>do</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Teste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="31922A66" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="1162" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4EF8D8" w14:textId="77777777" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="651"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Procedimento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2411,260 +2349,323 @@
               </w:rPr>
               <w:t>do</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>teste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2837" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F715708" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AD6A15" w14:textId="77777777" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Graduação</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Resposta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="7C524FE6" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CB8BF6" w14:textId="77777777" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00991C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC5182A" w14:textId="77777777" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="341"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ESCORE</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="139FD73F" w14:textId="22DE7814" w:rsidR="00194C88" w:rsidRDefault="00194C88" w:rsidP="00194C88">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Observa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>çõ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4B79" w14:paraId="6199D108" w14:textId="77777777">
+      <w:tr w:rsidR="00DC1273" w14:paraId="6D0A07D2" w14:textId="76114F78" w:rsidTr="0031062A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2688" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="58642D77" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F05F55" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="62"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1-CHOP INTEND</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ITEM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>15/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16310F44" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+          <w:p w14:paraId="27861154" w14:textId="67F37874" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Caderneta</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Criança</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-          <w:p w14:paraId="2F1EE283" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:r w:rsidR="00173805">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D539663" w14:textId="330F7017" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Suspensão ventral: Prono, mantido por uma mão no abdômen superior.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABD29C1" w14:textId="1EFF71ED" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="814"/>
                 <w:tab w:val="left" w:pos="1262"/>
                 <w:tab w:val="left" w:pos="2015"/>
                 <w:tab w:val="left" w:pos="2461"/>
                 <w:tab w:val="left" w:pos="3319"/>
               </w:tabs>
               <w:ind w:left="8" w:right="95" w:firstLine="55"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Tocar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2815,59 +2816,67 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>eixo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>coronal</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4EE4877E" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+              <w:t>coronal da cabeça quando paralelo à superfície = 0 graus (horizontal)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F7D07D" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="8" w:firstLine="55"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Estende a cabeça para o plano</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2888,4410 +2897,4731 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>acima.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="302EC6B0" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F064385" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1557" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D892695" w14:textId="0BF2A773" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5925BF" w14:textId="2F38B206" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00991C5D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1122A8A8" w14:textId="3C5008BF" w:rsidR="00DC1273" w:rsidRDefault="00BC720E" w:rsidP="009D3778">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testar e filmar</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> em todas as avalia</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>çõ</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>es.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC1273" w14:paraId="1EB964E6" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1886F7" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="20FE79D0" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D93F05C" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD257EC" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="64"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Estende</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>cabeça</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F78E46C" w14:textId="1283BFEB" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>parcialmente,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>mas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>não para a horizontal.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDFC566" w14:textId="19FA4744" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A49C71" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="40127258" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC1273" w14:paraId="4FBAFBE8" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="42AA95BA" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="253EE4C0" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="78DA6DF7" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB9A339" w14:textId="63666346" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Sem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>extensão</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>da</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>cabeça.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B7C3B5" w14:textId="318CC9B4" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDBD64A" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="12B89F11" w14:textId="77777777" w:rsidR="00DC1273" w:rsidRDefault="00DC1273" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="010D087F" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6CE99B" w14:textId="517E4519" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2- Caderneta da Criança (Item obrigatório do Contrato n. º 236/2025).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="494A903D" w14:textId="5A3BAAD4" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Elevar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>cabeça.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1567C0" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="8" w:right="95"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Coloque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>criança</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>bruços</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(barriga para baixo) e observe se ela levanta a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>cabeça,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>desencosta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="59"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>queixo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="59"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>da</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8C3F17" w14:textId="5639F755" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">superfície, sem virar para um dos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>lados.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5D2169" w14:textId="1276E60B" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Não </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED77AA1" w14:textId="08310A89" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B886940" w14:textId="5C189DCB" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3A9258" w14:textId="56D46081" w:rsidR="00BC720E" w:rsidRDefault="009D3778" w:rsidP="00DC1273">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testar e filmar em todas as avalia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>çõ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="7F929892" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36CD9ED0" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="09525D78" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="37D87825" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0685FC16" w14:textId="70B2B281" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2486E5" w14:textId="0740F85B" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D57F427" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="123E6AC4" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="6E788080" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF93FDB" w14:textId="7266169C" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3- Marcos Motores da Organização Mundial de Saúde - OMS (Item obrigatório</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Contrato</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>n. º 236/2025).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="07137753" w14:textId="1E4DB6C3" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Manter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>postura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sentada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sem apoio.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D55890" w14:textId="7663EC1D" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Manter-se</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sentado</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>cair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ou apoiar os braços para equilíbrio.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B342A2" w14:textId="780847AD" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F103523" w14:textId="33DDB55E" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD37C52" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B553253" w14:textId="3194E0C8" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="009D3778">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testa</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r e filmar a partir de 06 meses </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de idade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="036EA97C" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA6AF8E" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA9D804" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD104EC" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B681AF" w14:textId="70EABAAC" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Sentou</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>segundos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="529A205E" w14:textId="5E78644D" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD8917C" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="78522BFE" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="0B71D32A" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="702DACFD" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="235246CB" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2672AE58" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="18971C38" w14:textId="0131DCA8" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Sentou</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>segundos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7822574C" w14:textId="01F24095" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="587BFF56" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="27FF627B" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="1DB387FD" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFD4625" w14:textId="7A1D27F9" w:rsidR="00BC720E" w:rsidRPr="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4-Hammersmith Infant Neurological</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HINE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2278C2A6" w14:textId="4B9387CC" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Rolar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD01F8B" w14:textId="75CD7F30" w:rsidR="00BC720E" w:rsidRPr="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>rola,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>rola</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>para</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>os</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>lados,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>rola</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de prono para supino, rola de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>supino para prono.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0456C4AF" w14:textId="2779155C" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rola.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC40EFF" w14:textId="6B3522EA" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F80008F" w14:textId="1188A882" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA2696F" w14:textId="1DB77AFB" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="009D3778">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testa</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r e filmar a </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">partir de 04 meses </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de idade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="14E9DBA4" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="47EFF416" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5B73D06C" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="050FB6AD" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DFAC7E" w14:textId="67954BB9" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Rola</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>para</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>lado.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE9269B" w14:textId="6C3A0C20" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="447AD110" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36B33AF7" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="613F2EE0" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCA87C3" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="13C70E66" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="56800844" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C9EECD" w14:textId="17428426" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Rola</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>prono</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">para </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>supino.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DAD6A2" w14:textId="6DD46B56" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7768EC79" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0F44E62E" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="1A64A6BB" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC26928" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="60492142" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="708DD962" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD980D6" w14:textId="727402BF" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Rola</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>supino</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>prono.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F304B84" w14:textId="679A485A" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACDBC27" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="51B7FCA8" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="521607EC" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE82B19" w14:textId="280ABE68" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5- Marcos Motores da Organização</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Mundial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de Saúde – OMS.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA725A7" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="705C6A28" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="145"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04CA1D8D" w14:textId="180B0D46" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ficar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>com</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>assistência.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DC57ED" w14:textId="1ABE77EA" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Fica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>segurando-se</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>objeto estável com as duas mãos, sem apoiar-se</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sobre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ele,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pelo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>menos 10 segundos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="182617A9" w14:textId="0D4492C0" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="08666BD7" w14:textId="70BDD0BB" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C43C87B" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6F0B6C" w14:textId="19F2ED48" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="009D3778">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testa</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r e filmar a partir de 09 meses </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de idade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC720E" w14:paraId="41783F87" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9714EE" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="320AB4BF" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC4C566" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD5B4DF" w14:textId="60FAB6D2" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1388882F" w14:textId="76A420A8" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DD3D40" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7D83B9B5" w14:textId="77777777" w:rsidR="00BC720E" w:rsidRDefault="00BC720E" w:rsidP="00BC720E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00173805" w14:paraId="0AB79AA7" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DADD53" w14:textId="2F78866D" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6- Marcos Motores da Organização</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Mundial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de Saúde – OMS.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C699E02" w14:textId="0C203CAC" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Caminhar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>com</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>assistência.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADF78EF" w14:textId="34F73E5D" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Criança dá ao menos 5 passos para os</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>lados,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>para</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>frente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>apoiando- se com uma ou duas mãos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2F4A3A" w14:textId="38D925CB" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="033F985F" w14:textId="0901B3F8" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C52D62" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6ADD45" w14:textId="29AE6C7A" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="009D3778">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testa</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r e filmar a partir de 10 meses </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de idade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00173805" w14:paraId="484424B9" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="001A6E07" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="10FBB1AD" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="22DBF6FE" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F3882" w14:textId="1B4F01F3" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5647B528" w14:textId="410A83F8" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FDA8F5" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="79478848" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00173805" w14:paraId="05EBB9E9" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4E482A" w14:textId="5BE6671F" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>7- Marcos Motores da Organização</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Mundial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de Saúde – OMS.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="79337BB3" w14:textId="310F059A" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ficar em</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sozinha.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="471D7963" w14:textId="2856A9A8" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Fica sobre os dois pés, sem contato com uma pessoa ou objeto. As pernas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sustentam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>100%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>peso</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>por pelo menos 10 segundos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C6B271" w14:textId="6AA5A6D3" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B86CF8" w14:textId="6FFDCD62" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3950B7" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="70DA6899" w14:textId="67A925A3" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testar e filma</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r a partir de 12 meses </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>de idade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00173805" w14:paraId="467FF39B" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="649F688F" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="527B2990" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="59F65D91" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B705EDD" w14:textId="76BD158B" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F4204D" w14:textId="4EF079E5" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3087DF8C" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6797D2D4" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00173805" w14:paraId="0FB0D26A" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5574551C" w14:textId="4C887663" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8- Marcos Motores da Organização</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Mundial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Saúde - OMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF1FB52" w14:textId="2A328497" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Caminhar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>sozinha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6043650F" w14:textId="6F15596A" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Realiza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>marcha</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> independente</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1488DC6D" w14:textId="32F3DD3A" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Não</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="617CEB42" w14:textId="507AC4C6" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="105A1C85" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C04D01D" w14:textId="62104993" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="009D3778">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Testar e</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> filmar a </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3778">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>partir de 12 meses</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de idade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00173805" w14:paraId="79863FE9" w14:textId="77777777" w:rsidTr="0031062A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4DC888" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="62"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5F12F108" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="74B5A1C2" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="814"/>
+                <w:tab w:val="left" w:pos="1262"/>
+                <w:tab w:val="left" w:pos="2015"/>
+                <w:tab w:val="left" w:pos="2461"/>
+                <w:tab w:val="left" w:pos="3319"/>
+              </w:tabs>
+              <w:ind w:left="8" w:right="95" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="770B9838" w14:textId="10DBBD72" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8" w:firstLine="55"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Atingiu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="134" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DB8938" w14:textId="58FF65E6" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="491" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2BD9FA" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="471" w:firstLine="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C55FAE0" w14:textId="77777777" w:rsidR="00173805" w:rsidRDefault="00173805" w:rsidP="00173805">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="471"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64F514DE" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+    <w:p w14:paraId="37186294" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA" w:rsidP="00151EBA">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002B4B79">
-[...3 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="292E773F" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
-[...1940 lines deleted...]
-    <w:p w14:paraId="532A54C2" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+    <w:p w14:paraId="07FF64A9" w14:textId="77777777" w:rsidR="00B05228" w:rsidRDefault="00B05228" w:rsidP="00151EBA">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002B4B79">
-[...3 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A028B84" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
-[...2350 lines deleted...]
-    <w:p w14:paraId="6C720B6F" w14:textId="77777777" w:rsidR="00D92DB4" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="7E147DF1" w14:textId="77777777" w:rsidR="00240815" w:rsidRDefault="00B05228" w:rsidP="00B05228">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="6722"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Nome</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
@@ -7316,51 +7646,51 @@
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Profissional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t xml:space="preserve">1: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41164FB2" w14:textId="77777777" w:rsidR="00D92DB4" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="39BFAF1B" w14:textId="5EB26D35" w:rsidR="00240815" w:rsidRDefault="00B05228" w:rsidP="00B05228">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="6722"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Número</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
@@ -7385,85 +7715,94 @@
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Conselho: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF2B055" w14:textId="63369C48" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="6BC559F8" w14:textId="49C8DC7E" w:rsidR="00B05228" w:rsidRDefault="00B05228" w:rsidP="00B05228">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="6722"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Assinatura e Carimbo do Profissional 1:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48637DBA" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+    <w:p w14:paraId="0D19703D" w14:textId="77777777" w:rsidR="00B05228" w:rsidRDefault="00B05228" w:rsidP="00B05228">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BDB2209" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+    <w:p w14:paraId="23F3926D" w14:textId="77777777" w:rsidR="00B05228" w:rsidRDefault="00B05228" w:rsidP="00B05228">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="285"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A97D969" w14:textId="77777777" w:rsidR="00D92DB4" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="73C755E8" w14:textId="77777777" w:rsidR="00B05228" w:rsidRDefault="00B05228" w:rsidP="00B05228">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="285"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5229EF55" w14:textId="77777777" w:rsidR="00240815" w:rsidRDefault="00B05228" w:rsidP="00240815">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="6722"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Nome</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
@@ -7474,80 +7813,75 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Profissional</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00240815">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
-        <w:t>2:</w:t>
+        <w:t xml:space="preserve">2: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB5BAB5" w14:textId="77777777" w:rsidR="00D92DB4" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="16806B87" w14:textId="0311850D" w:rsidR="00240815" w:rsidRPr="00240815" w:rsidRDefault="00B05228" w:rsidP="00240815">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="6722"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="808080"/>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Número</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7563,97 +7897,109 @@
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t xml:space="preserve">Conselho: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B58877" w14:textId="7F280787" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="52453743" w14:textId="3371240A" w:rsidR="00B05228" w:rsidRPr="00151EBA" w:rsidRDefault="00B05228" w:rsidP="00B05228">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="6722"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         </w:rPr>
         <w:t>Assinatura e Carimbo do Profissional 2:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002B4B79">
+    <w:p w14:paraId="397DFDD5" w14:textId="77777777" w:rsidR="00B05228" w:rsidRDefault="00B05228" w:rsidP="00B05228">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="6722"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B05228" w:rsidSect="00151EBA">
       <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
       <w:pgMar w:top="1400" w:right="992" w:bottom="1820" w:left="1417" w:header="207" w:footer="1632" w:gutter="0"/>
+      <w:pgNumType w:start="10"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BE66E49" w14:textId="77777777" w:rsidR="00C90FF6" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="56FF4A6C" w14:textId="77777777" w:rsidR="00F22953" w:rsidRDefault="00F22953">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64B4F18B" w14:textId="77777777" w:rsidR="00C90FF6" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="43247CA4" w14:textId="77777777" w:rsidR="00F22953" w:rsidRDefault="00F22953">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -7664,233 +8010,344 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...35 lines deleted...]
-  <w:p w14:paraId="6064CD8F" w14:textId="71629B2D" w:rsidR="002B4B79" w:rsidRDefault="002B4B79">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="4CC07CFC" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6423797F" wp14:editId="7AE490CE">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>9626345</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>6384747</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="219075" cy="177800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="23" name="Textbox 23"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="219075" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5461F352" w14:textId="50D1EDF5" w:rsidR="00151EBA" w:rsidRDefault="00151EBA">
+                          <w:pPr>
+                            <w:pStyle w:val="Corpodetexto"/>
+                            <w:spacing w:line="264" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidR="001D14DF">
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>13</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6423797F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 23" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:758pt;margin-top:502.75pt;width:17.25pt;height:14pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwNWHRqgEAAEADAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfKPyDuMWtHrdOV11GbqFWl&#10;qK2U9ANYFryoC0MZ7F3/fQe8dqL2VvUCAwzvzZs3m7vJDeygI1rwDV8uKs60V9BZv2v4j+dP17ec&#10;YZK+kwN43fCjRn63vXqzGUOtV9DD0OnICMRjPYaG9ymFWghUvXYSFxC0p0cD0clEx7gTXZQjobtB&#10;rKrqnRghdiGC0oh0+3B65NuCb4xW6ZsxqBMbGk61pbLGsrZ5FduNrHdRht6quQz5D1U4aT2RXqAe&#10;ZJJsH+1fUM6qCAgmLRQ4AcZYpYsGUrOs/lDz1MugixZqDoZLm/D/waqvh++R2a7hqxvOvHTk0bOe&#10;UgsToxtqzxiwpqynQHlp+ggT2VykYngE9RMpRbzKOX1Ays7tmEx0eSehjD6SA8dL14mFKbpcLd9X&#10;67ecKXparte3VXFFvHwOEdNnDY7loOGRTC0FyMMjpkwv63PKXMuJPleVpnaaRbTQHUnDSGY3HH/t&#10;ZdScDV88dTNPxjmI56A9BzEN91DmJ0vx8GGfwNjCnClOuDMz2VQKmkcqz8Hrc8l6GfztbwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFQf/OPgAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPx&#10;B2uRuFG7rVxQGqdCRRUHxKEFpB7deIkjYjuK3dT9PZsT3GZ2RrMz5Sa7jo04xDZ4BfOZAIa+Dqb1&#10;jYLPj93DE7CYtDe6Cx4VXDHCprq9KXVhwsXvcTykhlGIj4VWYFPqC85jbdHpOAs9etK+w+B0Ijo0&#10;3Az6QuGu4wshVtzp1tMHq3vcWqx/Dmen4Gvb797y0er3UZrXl8Xj/jrUWan7u/y8BpYwpz8zTPWp&#10;OlTU6RTO3kTWEZfzFY1JhISQEtjkkVIQOk235VICr0r+f0f1CwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALA1YdGqAQAAQAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFQf/OPgAAAADwEAAA8AAAAAAAAAAAAAAAAABAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:path arrowok="t"/>
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="5461F352" w14:textId="50D1EDF5" w:rsidR="00151EBA" w:rsidRDefault="00151EBA">
+                    <w:pPr>
+                      <w:pStyle w:val="Corpodetexto"/>
+                      <w:spacing w:line="264" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidR="001D14DF">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>13</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A3C30F0" w14:textId="77777777" w:rsidR="00C90FF6" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="1F3E4CAE" w14:textId="77777777" w:rsidR="00F22953" w:rsidRDefault="00F22953">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="575B6EDB" w14:textId="77777777" w:rsidR="00C90FF6" w:rsidRDefault="00C90FF6">
+    <w:p w14:paraId="749B209D" w14:textId="77777777" w:rsidR="00F22953" w:rsidRDefault="00F22953">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="79A40D8E" w14:textId="77777777" w:rsidR="002B4B79" w:rsidRDefault="00C90FF6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="72427944" w14:textId="77777777" w:rsidR="00151EBA" w:rsidRDefault="00151EBA">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486855680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FC6153B" wp14:editId="7D29581D">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="713FA9AF" wp14:editId="791A2403">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1403318</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>131695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1224453" cy="708115"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="266824772" name="Image 21"/>
+          <wp:docPr id="21" name="Image 21"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="21" name="Image 21"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1224453" cy="708115"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486856192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36264F04" wp14:editId="76B2174E">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C678CA0" wp14:editId="2D9429A5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>3014884</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>253327</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2839909" cy="491753"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="665369873" name="Image 22"/>
+          <wp:docPr id="22" name="Image 22"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="22" name="Image 22"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2839909" cy="491753"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032715EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E687A62"/>
     <w:lvl w:ilvl="0" w:tplc="7922953A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="183" w:hanging="184"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="95"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -9335,185 +9792,203 @@
     <w:lvl w:ilvl="7" w:tplc="52A4F6C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6377" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="02248C8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7133" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1121995134">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="13894859">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="802309614">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1067151243">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1555047367">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2110851757">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1032732002">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="848639728">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1156535468">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1754353691">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1907719249">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="353507331">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
-  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="81AYAJ+Bs2TS2AcObikXrGM1FR/IjW5nd9iq0an9P4Mo/LJtyH7+nRMNZE4bWsdMHXwm9YtmfqFoA6EuFbqiyw==" w:salt="NftmqbbkA99FEpz/MwMzKQ=="/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TgOt0sfGeWoYNAqzbrikbF2dCPSYf1OgBAluEns1Iqbt6MFy5yDpPAD+sb/4KIpLi9O2kB+hPAvu/izFVUnhxg==" w:salt="P91eHGT5jbBB2y4DqH6ptg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B4B79"/>
     <w:rsid w:val="00033CC6"/>
+    <w:rsid w:val="00151EBA"/>
+    <w:rsid w:val="00173805"/>
+    <w:rsid w:val="00194C88"/>
+    <w:rsid w:val="001D14DF"/>
+    <w:rsid w:val="00240815"/>
     <w:rsid w:val="002436BF"/>
+    <w:rsid w:val="002835D2"/>
     <w:rsid w:val="002B4B79"/>
     <w:rsid w:val="002D344F"/>
+    <w:rsid w:val="00303AFE"/>
+    <w:rsid w:val="0031062A"/>
     <w:rsid w:val="003B23B4"/>
+    <w:rsid w:val="005A0A23"/>
+    <w:rsid w:val="00737FF2"/>
+    <w:rsid w:val="00756D8E"/>
+    <w:rsid w:val="0084784F"/>
+    <w:rsid w:val="008B0298"/>
+    <w:rsid w:val="008C1456"/>
     <w:rsid w:val="00925333"/>
     <w:rsid w:val="009C6117"/>
+    <w:rsid w:val="009D3778"/>
     <w:rsid w:val="00A61F41"/>
+    <w:rsid w:val="00B05228"/>
+    <w:rsid w:val="00BC720E"/>
     <w:rsid w:val="00C8372F"/>
     <w:rsid w:val="00C90FF6"/>
     <w:rsid w:val="00D20B7D"/>
     <w:rsid w:val="00D5673A"/>
     <w:rsid w:val="00D92DB4"/>
+    <w:rsid w:val="00DC1273"/>
+    <w:rsid w:val="00F22953"/>
+    <w:rsid w:val="00FD5B2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="518FBAB2"/>
   <w15:docId w15:val="{40C19E04-427E-45F6-8B11-07D81E34635E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9841,55 +10316,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:right="140"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
@@ -10046,51 +10516,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Reviso">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003B23B4"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -10357,70 +10827,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7279a758c804593402be84a303a3fbc6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25cffd1a-cf56-4884-be10-d051a2a91f95" xmlns:ns3="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a8f2f76b46a626c595c7ea52867e9d" ns2:_="" ns3:_="">
     <xsd:import namespace="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
     <xsd:import namespace="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -10611,115 +11061,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25cffd1a-cf56-4884-be10-d051a2a91f95">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F13C1B0B-704F-4E9E-AAA3-2987F535C04B}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BC7F9DF-00D1-4BFA-B4EE-B8E638D89C0B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
     <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2F80BDC-8BDD-40A9-8B59-FB2F154B8372}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
+    <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F13C1B0B-704F-4E9E-AAA3-2987F535C04B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2397A3F-6F98-43F0-81A4-57D67DC21BFB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{078F5DF7-23AE-4F97-AE03-D3871E19428A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>480</Words>
-  <Characters>2595</Characters>
+  <Words>540</Words>
+  <Characters>2917</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3069</CharactersWithSpaces>
+  <CharactersWithSpaces>3451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ana Digues</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-12-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-12-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">