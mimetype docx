--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -45,155 +45,126 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MINISTÉRIO DA SAÚDE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACDE30F" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
       <w:pPr>
         <w:spacing w:after="102"/>
         <w:ind w:left="1100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SECRETARIA DE ATENÇÃO ESPECIALIZADA À SAÚDE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132C162E" w14:textId="46674110" w:rsidR="009C4AE6" w:rsidRPr="009C4AE6" w:rsidRDefault="0021054A" w:rsidP="009C4AE6">
+    <w:p w14:paraId="578C84F9" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
       <w:pPr>
         <w:spacing w:after="776" w:line="348" w:lineRule="auto"/>
         <w:ind w:left="1527" w:hanging="857"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DEPARTAMENTO DE ATENÇÃO ESPECIALIZADA E TEMÁTICA COORDENAÇÃO-GERAL DE DOENÇAS RARAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43477601" w14:textId="2786E912" w:rsidR="009C4AE6" w:rsidRPr="009C4AE6" w:rsidRDefault="009C4AE6" w:rsidP="009C4AE6">
+    <w:p w14:paraId="31BD9272" w14:textId="35567A4B" w:rsidR="004E5BD4" w:rsidRPr="002E1D31" w:rsidRDefault="004E5BD4" w:rsidP="004E5BD4">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
-        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C4AE6">
-        <w:t>Anexo V.</w:t>
+      <w:r w:rsidRPr="002E1D31">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Anexo V. Nota Técnica</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4AE6">
+      <w:r>
         <w:rPr>
-          <w:spacing w:val="-10"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>Nota Técnica nº 298/2025-CGRAR/DAET/SAES/MS.</w:t>
+        <w:t xml:space="preserve"> nº 298/2025-CGRAR/DAET/SAES/MS -</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D62C15" w14:textId="772C870D" w:rsidR="00CE6F95" w:rsidRPr="009C4AE6" w:rsidRDefault="003D2617" w:rsidP="009C4AE6">
+    <w:p w14:paraId="44D62C15" w14:textId="3AC71BF5" w:rsidR="00CE6F95" w:rsidRDefault="003D2617">
       <w:pPr>
-        <w:spacing w:after="864" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="864" w:line="246" w:lineRule="auto"/>
+        <w:ind w:left="2227" w:hanging="1769"/>
       </w:pPr>
-      <w:r w:rsidRPr="009C4AE6">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Formulário </w:t>
       </w:r>
-      <w:r w:rsidR="0021054A" w:rsidRPr="009C4AE6">
+      <w:r w:rsidR="0021054A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">de Solicitação de Fabricação do </w:t>
+        <w:t>de Solicitação de Fabricação do Onasemnogeno Abepa</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0021054A" w:rsidRPr="009C4AE6">
+      <w:r w:rsidR="00950DDF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>Onasemnogeno</w:t>
+        <w:t>r</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0021054A" w:rsidRPr="009C4AE6">
+      <w:r w:rsidR="0021054A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-        <w:t>®).</w:t>
+        <w:t xml:space="preserve">voveque (Zolgensma®). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6766037C" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="280"/>
         <w:ind w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>Todas as informações solicitadas abaixo são obrigatórias para concluir com</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -261,87 +232,94 @@
         </w:rPr>
         <w:t>DATA PREVISTA DA INFUSÃO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="BEBEBE"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6E6AA4" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
       <w:pPr>
         <w:spacing w:after="268" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NOME DO MÉDICO ASSISTENTE: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4CF12D" w14:textId="35647068" w:rsidR="00FF2A81" w:rsidRPr="00FF2A81" w:rsidRDefault="0021054A" w:rsidP="00FF2A81">
+    <w:p w14:paraId="3B4CF12D" w14:textId="2C8D103D" w:rsidR="00FF2A81" w:rsidRPr="00FF2A81" w:rsidRDefault="0021054A" w:rsidP="00FF2A81">
       <w:pPr>
         <w:spacing w:after="263" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> PACIENTE TESTADO PARA AAV9?  SIM</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004E5BD4">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>☐</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E5BD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004E5BD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     NÃO </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004E5BD4">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>☐</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+        <w:t>(   )</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BFDA17" w14:textId="6BABDD12" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
       <w:pPr>
         <w:spacing w:after="225" w:line="265" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PESO DO PACIENTE (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>XX,X</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
@@ -419,11890 +397,11847 @@
     </w:p>
     <w:p w14:paraId="19815398" w14:textId="77777777" w:rsidR="00161F6F" w:rsidRDefault="00161F6F" w:rsidP="00161F6F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="10"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8420" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1051"/>
         <w:gridCol w:w="1174"/>
         <w:gridCol w:w="899"/>
         <w:gridCol w:w="899"/>
         <w:gridCol w:w="858"/>
         <w:gridCol w:w="2464"/>
         <w:gridCol w:w="1075"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6FDD09B2" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6FDD09B2" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F258BB0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5F258BB0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk216265268"/>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Selecionar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E6CDADF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3E6CDADF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peso do</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7115611E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7115611E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Frascos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C3BC05F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5C3BC05F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Frascos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B4FDBBE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7B4FDBBE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Total de frascos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41AE030E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="41AE030E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>APRESENTAÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BB813D1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4BB813D1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Código do Produto </w:t>
             </w:r>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(SKU)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="09391450" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="09391450" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DC9EA87" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0DC9EA87" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1636F012" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1636F012" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>paciente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54A4B0C3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="54A4B0C3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>de 5,5 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D1E1AF5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D1E1AF5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>de 8,3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16FCF4FC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="16FCF4FC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="014F2212" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="014F2212" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53DABAB2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53DABAB2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="24519FED" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="24519FED" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DCCF13D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6DCCF13D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A4FA97E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6A4FA97E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D263C31" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0D263C31" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EDFC91E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0EDFC91E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A3348E8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A3348E8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C80D148" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5C80D148" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54E9B1AA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="54E9B1AA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="08ED671C" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="08ED671C" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1388835590"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="6A71006A" w14:textId="01E1F640" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="6A71006A" w14:textId="4CE804A0" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="004E5BD4" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C29E0FE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0C29E0FE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2,6 – 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DA914C4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3DA914C4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A8E684A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1A8E684A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6443A47D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6443A47D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="120A45CD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="120A45CD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F247CA6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2F247CA6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758349</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25CEC878" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25CEC878" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="1DAFCF7B" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="1DAFCF7B" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1699438A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1699438A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10C0B89D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="10C0B89D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C770A58" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4C770A58" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DD4AB5D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0DD4AB5D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32BEB6A6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="32BEB6A6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5971CA0E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5971CA0E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D616D6C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7D616D6C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="2FD7ADDA" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="2FD7ADDA" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-2112038664"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="7CB77646" w14:textId="635CB6C5" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="7CB77646" w14:textId="635CB6C5" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25415E68" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25415E68" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3,1 – 3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57CF82BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="57CF82BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ED76706" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4ED76706" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38982D44" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="38982D44" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="410D6C9C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="410D6C9C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B0C6D85" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3B0C6D85" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758350</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66D260C7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="66D260C7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5E7F724E" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5E7F724E" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00354BD5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="00354BD5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17AAD05F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17AAD05F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F088384" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0F088384" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54AA06DF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="54AA06DF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D67395" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="19D67395" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="531CEDA0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="531CEDA0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17D4EC71" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17D4EC71" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="29A319F5" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="29A319F5" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A511092" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A511092" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72F5A301" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72F5A301" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="547B41C4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="547B41C4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1796E555" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1796E555" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12E89B4A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="12E89B4A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="009A1C36" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="009A1C36" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3338EB2E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
-[...10 lines deleted...]
-        </w:tc>
+          <w:p w14:paraId="3338EB2E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="1"/>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="4E875E1B" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
+        <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-1303924231"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="71278D9A" w14:textId="197D407E" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="71278D9A" w14:textId="197D407E" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15703AFB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="15703AFB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3,6 – 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D936BF4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0D936BF4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA12F07" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6BA12F07" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21961302" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="21961302" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15640A1F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="15640A1F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39E50B4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="39E50B4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758351</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22EF39C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="22EF39C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778253</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4A2DB7DA" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4A2DB7DA" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A32061B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A32061B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C20FA8C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2C20FA8C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0838A44E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0838A44E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0003F6D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0003F6D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="332159EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="332159EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21834E9C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="21834E9C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="456B8DDA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="456B8DDA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="642BF880" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56F30BA6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="56F30BA6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4512B6E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4512B6E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79FF55FD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="79FF55FD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5392D334" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5392D334" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42BD5B51" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="42BD5B51" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7564FBB4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7564FBB4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E191AF5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3E191AF5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="3E1D7E48" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-665628850"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="05E93BFE" w14:textId="16BBF883" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="05E93BFE" w14:textId="16BBF883" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FAF2B8E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5FAF2B8E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4,1 – 4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E26CDD6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5E26CDD6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11B37020" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11B37020" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BE125E3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2BE125E3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77773A05" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="77773A05" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33F9D9BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="33F9D9BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758352</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1322EE52" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1322EE52" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2A6E6DD7" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C82565E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0C82565E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F380F30" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7F380F30" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24ABA9BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="24ABA9BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="689B7087" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="689B7087" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E38E614" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2E38E614" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57DF4A7B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="57DF4A7B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C3939E2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2C3939E2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6457879B" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6978A9AB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6978A9AB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1468279252"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="5511F9C9" w14:textId="330027E8" w:rsidR="00DF6803" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="5511F9C9" w14:textId="330027E8" w:rsidR="00DF6803" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="2DA866BE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2DA866BE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="307A4EE2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="307A4EE2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F30EEFE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
-[...9 lines deleted...]
-          <w:p w14:paraId="734D7DA2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5F30EEFE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="734D7DA2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4,6 – 5,0</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ED99740" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
-[...9 lines deleted...]
-          <w:p w14:paraId="7C8C6590" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7ED99740" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C8C6590" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31213422" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="31213422" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="61D9C8B4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="61D9C8B4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AF57EBF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7AF57EBF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="370C7207" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="370C7207" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="737F4E22" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="737F4E22" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75E55526" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="75E55526" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A009B19" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7A009B19" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="044AF783" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="044AF783" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B05FF95" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4B05FF95" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="402ACA4D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="402ACA4D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="449FB747" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="449FB747" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E46E753" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3E46E753" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41252E66" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="41252E66" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A71D153" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4A71D153" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0B7847EE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0B7847EE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758353</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="206C22B8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="206C22B8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778255</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F7CBB97" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
-[...10 lines deleted...]
-          <w:p w14:paraId="1F358C63" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6F7CBB97" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F358C63" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="22CD58AA" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CFA36C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0CFA36C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76133DBC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="76133DBC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B345B44" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B345B44" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="029E3738" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="029E3738" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AB907F5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0AB907F5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="777306B6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="777306B6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12D57A9B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="12D57A9B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="77D9527E" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ACF28C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3ACF28C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="385B5A64" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="385B5A64" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23A785D9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="23A785D9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CC68F4D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6CC68F4D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18746307" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="18746307" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4407C64E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4407C64E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="794F721A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="794F721A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="7D7D6AC9" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="990066181"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="3657B565" w14:textId="0DF71C6A" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="3657B565" w14:textId="0DF71C6A" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DD6B583" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5DD6B583" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5,1 – 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10FE49EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="10FE49EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0666825C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0666825C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25A3A990" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25A3A990" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12ACBE40" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="12ACBE40" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="080B54ED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="080B54ED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758354</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35C5BA00" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="35C5BA00" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5E936D9E" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F76AA96" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F76AA96" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="167B2937" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="167B2937" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DE8EBF7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0DE8EBF7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BB1130F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3BB1130F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1335065C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1335065C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7441BE14" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7441BE14" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1925EA1F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1925EA1F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="276D8258" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58E135BE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="58E135BE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D790B7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="52D790B7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32D79C64" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="32D79C64" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14976EFD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="14976EFD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10899E67" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="10899E67" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A8E9BA1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0A8E9BA1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BF52A89" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1BF52A89" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="4F4934C4" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="4F4934C4" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="463851671"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="2F2E22C4" w14:textId="27CA2BFB" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="2F2E22C4" w14:textId="27CA2BFB" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17F886E8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17F886E8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5,6 – 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="345C339F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="345C339F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50351D39" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="50351D39" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20AEF1F8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="20AEF1F8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72857DE6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72857DE6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="063BD359" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="063BD359" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758355</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4027BB4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4027BB4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778257</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="384460E4" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="384460E4" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="467A1B18" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="467A1B18" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="556E4408" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="556E4408" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0234B85B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0234B85B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B913F8B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3B913F8B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E3F9216" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4E3F9216" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77D4379F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="77D4379F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2366C29A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2366C29A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6F89DE14" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6F89DE14" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="668295849"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="3245E797" w14:textId="4CBA2282" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="3245E797" w14:textId="4CBA2282" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ED260C0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3ED260C0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6,1 – 6,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27D677E0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="27D677E0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69C182D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="69C182D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FC59AB2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3FC59AB2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ACC6CAB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1ACC6CAB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F7192F8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2F7192F8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758356</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33200C6F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="33200C6F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778258</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="1E78D106" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="1E78D106" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1719AAB7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1719AAB7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EB6F54A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4EB6F54A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BECE44F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5BECE44F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29FF8F08" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="29FF8F08" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C1EE1B3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4C1EE1B3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C567EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="57C567EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B307EAF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4B307EAF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="52B266BB" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="52B266BB" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BF797AB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1BF797AB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04822F5A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="04822F5A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="115F33F7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="115F33F7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C593AEA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0C593AEA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5635CE9D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5635CE9D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6944524C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6944524C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D1611B6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7D1611B6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="47DE151C" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="47DE151C" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1466235615"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="211BF844" w14:textId="36DF84D7" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="211BF844" w14:textId="36DF84D7" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4910047F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4910047F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6,6 – 7,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06895408" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="06895408" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D696CDA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5D696CDA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3081DF02" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3081DF02" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01551437" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="01551437" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37F53635" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="37F53635" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758357</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="552D59E2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="552D59E2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778259</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="09F317F5" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="09F317F5" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DDC9D21" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2DDC9D21" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0384B92F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0384B92F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15C0EA69" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="15C0EA69" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24ED89AD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="24ED89AD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47C768EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="47C768EB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4810EC9E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4810EC9E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C523CCB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4C523CCB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="24BDB094" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="24BDB094" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DEACE2C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4DEACE2C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43F4425B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="43F4425B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CA264C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0CA264C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D008686" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D008686" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28359BEC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="28359BEC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BAB6D06" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2BAB6D06" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A82532C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6A82532C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="42EC6E69" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="42EC6E69" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1820762725"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="1C2BDF55" w14:textId="40432B19" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="1C2BDF55" w14:textId="4610D49E" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00101A42" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A2370E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A2370E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7,1 – 7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CAE6000" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1CAE6000" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68A5A7EE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="68A5A7EE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36283DB0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="36283DB0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40D355D0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="40D355D0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="068FF458" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="068FF458" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758358</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B9D7709" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B9D7709" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778260</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="76948BF3" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="76948BF3" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03547955" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="03547955" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ABF546B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5ABF546B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="791682F5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="791682F5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FAAEC09" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6FAAEC09" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2DF901" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0B2DF901" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DB645D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7DB645D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54A26F4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="54A26F4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1F399227" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1F399227" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-1160389066"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="3BC9E536" w14:textId="729EE85C" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="3BC9E536" w14:textId="729EE85C" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B6B0CE0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4B6B0CE0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7,6 – 8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64D9D96B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="64D9D96B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1476DB3B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1476DB3B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EC5157D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2EC5157D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D638F2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="59D638F2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A538245" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0A538245" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758359</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40B94930" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="40B94930" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5D21003D" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5D21003D" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EA8A23A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7EA8A23A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="266496E3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="266496E3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BFD5A34" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7BFD5A34" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="417A71A1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="417A71A1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11660755" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11660755" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1233F331" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1233F331" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E0551D3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6E0551D3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="45B7DE7E" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="45B7DE7E" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56131646" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="56131646" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="354A6DC5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="354A6DC5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0361FF74" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0361FF74" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6191B34B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6191B34B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D984041" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2D984041" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E5C8B1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="44E5C8B1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E51084A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3E51084A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="12ED5366" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="12ED5366" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1926295278"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="39DF58EC" w14:textId="1D468100" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="39DF58EC" w14:textId="1D468100" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="486324B5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="486324B5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8,1 – 8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E841ED4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E841ED4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D9F7425" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D9F7425" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79379411" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="79379411" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64384E34" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="64384E34" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F1D0ECF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5F1D0ECF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758360</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78CE06F1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="78CE06F1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="425E7D1B" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="425E7D1B" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35A52FAB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="35A52FAB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D229521" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1D229521" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52BFDCF1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="52BFDCF1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="258BEE1B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="258BEE1B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="043A5283" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="043A5283" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C7C10C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4C7C10C1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E9B998C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4E9B998C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="66D1C3B6" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="66D1C3B6" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DF24834" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3DF24834" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12C8D31A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="12C8D31A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D57489D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3D57489D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58898367" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="58898367" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E82F47D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2E82F47D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70EA32BA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="70EA32BA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63A9092C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="63A9092C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="693ED9F5" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="693ED9F5" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-2044433359"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="184DF815" w14:textId="4C16A808" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="184DF815" w14:textId="4C16A808" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023304BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="023304BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8,6 – 9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A498898" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7A498898" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="720A296D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="720A296D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE43542" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0AE43542" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FDBE5C9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6FDBE5C9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="620B54CA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="620B54CA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758361</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C0C47D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="67C0C47D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778263</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="08819999" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="08819999" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B3C7115" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2B3C7115" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48CB0DBE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="48CB0DBE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30DB0711" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="30DB0711" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DAAF73B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5DAAF73B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02DB8D65" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="02DB8D65" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BCC11F1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3BCC11F1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ED91183" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1ED91183" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1DBD7C6A" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1DBD7C6A" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="545264228"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="6EEE2F3D" w14:textId="6DC436F8" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="6EEE2F3D" w14:textId="6DC436F8" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42971AE4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="42971AE4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9,1 – 9,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39EF6DAD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="39EF6DAD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="314F5F50" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="314F5F50" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D085541" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D085541" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53BB8C9B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53BB8C9B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D0E0906" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5D0E0906" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758362</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E7D0889" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7E7D0889" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2E731EF5" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2E731EF5" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="095A9FBD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="095A9FBD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74AED618" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="74AED618" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72585F03" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72585F03" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4341DF84" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4341DF84" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5128944F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5128944F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CCE6DDF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1CCE6DDF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3659CF51" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3659CF51" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4B4C8DEF" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4B4C8DEF" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11777041" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11777041" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E1A1986" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2E1A1986" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A51EE17" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A51EE17" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7427BBF9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7427BBF9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33633492" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="33633492" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FE49B47" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7FE49B47" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0025F59F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0025F59F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="785B183B" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="785B183B" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-43833865"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="52EDD401" w14:textId="1821301C" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="52EDD401" w14:textId="1821301C" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08EB0BD9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="08EB0BD9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9,6 – 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C32435F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3C32435F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F4F6E8C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6F4F6E8C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5550E54C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5550E54C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B7978F1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1B7978F1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E217159" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E217159" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758363</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="040614DD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="040614DD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="46895B8B" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="46895B8B" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59BD873E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="59BD873E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56FA4072" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="56FA4072" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="598736F8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="598736F8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3354B4F7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3354B4F7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53AF3EA5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53AF3EA5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="050334C2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="050334C2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="670BB0C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="670BB0C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4356E014" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4356E014" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E89C581" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E89C581" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="266AAFD2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="266AAFD2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65E7C97A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="65E7C97A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08294463" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="08294463" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32312F21" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="32312F21" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23E9E26D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="23E9E26D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA0367A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5EA0367A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="08F1266F" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="08F1266F" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1059443358"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="76DF3F78" w14:textId="26C1279D" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="76DF3F78" w14:textId="26C1279D" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D92E77C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6D92E77C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10,1 –  10,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37C77ADB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="37C77ADB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AC0F24E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7AC0F24E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="571C96DE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="571C96DE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ED4984A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7ED4984A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CE34053" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3CE34053" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758364</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75278A4A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="75278A4A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778266</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7C541172" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7C541172" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="265C1305" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="265C1305" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35525E1D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="35525E1D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33F15A53" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="33F15A53" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D22E92F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D22E92F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F589168" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F589168" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13CF1AC0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="13CF1AC0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B41F4AC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0B41F4AC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="43C00F10" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="43C00F10" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="418446665"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="402E2DA3" w14:textId="38C203BC" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="402E2DA3" w14:textId="38C203BC" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46999D5B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="46999D5B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10,6 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E368F6B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0E368F6B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E28A9CD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5E28A9CD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59070493" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="59070493" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D4752D7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7D4752D7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34420156" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="34420156" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758365</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="633A0433" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="633A0433" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778267</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="15EB4E1D" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="15EB4E1D" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A0EC04A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A0EC04A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62F3AACD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="62F3AACD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38EC6519" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="38EC6519" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FEF35C4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5FEF35C4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76EE7731" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="76EE7731" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="355F8E95" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="355F8E95" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DEDC6AB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2DEDC6AB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="76BBA649" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="76BBA649" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F2066A7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7F2066A7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="190F16BF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="190F16BF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72E85D73" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72E85D73" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5755EA3B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5755EA3B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1607B12D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1607B12D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4024D9B9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4024D9B9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60C167E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="60C167E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="67C9C08F" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="67C9C08F" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1830862745"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="17E74684" w14:textId="017270D1" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="17E74684" w14:textId="017270D1" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E890382" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E890382" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11,1 – 11,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="095845A2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="095845A2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A73FC32" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1A73FC32" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E9EC14F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6E9EC14F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B6AE7E9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B6AE7E9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F4FCB5C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2F4FCB5C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758366</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2339499D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2339499D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="34252EDA" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="34252EDA" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41ED1474" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="41ED1474" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F366C33" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3F366C33" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25E1B400" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25E1B400" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EC324D0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5EC324D0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F681DF8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7F681DF8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5852AE33" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5852AE33" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F1C526" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="76F1C526" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="36D85248" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="36D85248" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11833857" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11833857" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72151E98" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72151E98" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F43A7E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2F43A7E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="518C238D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="518C238D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="083CB6A3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="083CB6A3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C373999" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1C373999" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DA966C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0DA966C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="19B0C640" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="19B0C640" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-682745117"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="23D96F45" w14:textId="1B73910F" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00E96FD9">
+              <w:p w14:paraId="23D96F45" w14:textId="1B73910F" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00030E81" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="678E7F1C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="678E7F1C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11,6 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60AF353A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="60AF353A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C99ED07" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3C99ED07" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78270227" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="78270227" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B8A7F7E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0B8A7F7E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B49B8D9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B49B8D9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758367</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36453FE3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="36453FE3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778269</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="275F6523" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="275F6523" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DB25679" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2DB25679" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DAC35E7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2DAC35E7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="429C9F82" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="429C9F82" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DA007BC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0DA007BC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F55720A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F55720A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C04D30F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1C04D30F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0021AFBC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0021AFBC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56DBDFEC" w14:textId="77777777" w:rsidR="002D038F" w:rsidRDefault="002D038F">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4AC011" w14:textId="77777777" w:rsidR="002D038F" w:rsidRDefault="002D038F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8420" w:type="dxa"/>
@@ -12319,9405 +12254,9389 @@
         <w:gridCol w:w="899"/>
         <w:gridCol w:w="858"/>
         <w:gridCol w:w="2464"/>
         <w:gridCol w:w="1075"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="7A6501CE" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1485891498"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="11B7BF25" w14:textId="67F214AD" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="11B7BF25" w14:textId="67F214AD" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="512C9E9F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="512C9E9F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12,1 – 12,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37CE0BBC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="37CE0BBC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76A4FA31" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="76A4FA31" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="321F3445" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="321F3445" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72250851" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72250851" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11BCEFAF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11BCEFAF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758368</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1843C18D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1843C18D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="3DCEA91A" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="3DCEA91A" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="100335E6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="100335E6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="663767FB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="663767FB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="769D078F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="769D078F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0137F110" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0137F110" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A27ACE1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A27ACE1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F202B2D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3F202B2D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="502530D1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="502530D1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7423E2B3" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7423E2B3" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C3A28DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3C3A28DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E3E2E4E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E3E2E4E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52832A85" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="52832A85" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D031566" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0D031566" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A589ECE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4A589ECE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44D119E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="44D119E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24DAACCC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="24DAACCC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6FF5F50C" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6FF5F50C" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1003555074"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="1FBCF001" w14:textId="7ED91B39" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="1FBCF001" w14:textId="7ED91B39" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E501D52" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2E501D52" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12,6 – 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5281AD27" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5281AD27" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53DC8D41" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53DC8D41" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F23D985" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F23D985" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D5C942A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2D5C942A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53ACE8B9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53ACE8B9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758369</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B68D667" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2B68D667" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4CBDA437" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4CBDA437" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49C6C013" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="49C6C013" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68C37656" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="68C37656" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D9FAE7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2D9FAE7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61F5C4CE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="61F5C4CE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C8BF30C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2C8BF30C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FF7CF88" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0FF7CF88" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30E1426A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="30E1426A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="67554F52" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2251A54E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2251A54E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="313F5437" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="313F5437" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="658E8244" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="658E8244" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27286510" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="27286510" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53B9E20A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53B9E20A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D218190" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1D218190" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29742251" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="29742251" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="4C83A67C" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-60790009"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="4ED0EB15" w14:textId="099A6D19" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="4ED0EB15" w14:textId="099A6D19" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FD76CDB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3FD76CDB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13,1 – 13,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4677DA6F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4677DA6F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F03BC19" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7F03BC19" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D53FAE0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D53FAE0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29CC3D84" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="29CC3D84" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B60B823" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1B60B823" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758370</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6884DF9E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6884DF9E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="6D381C61" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7196C713" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7196C713" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4060108C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4060108C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4067B362" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4067B362" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65599F59" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="65599F59" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A4316FD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A4316FD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AD5B2D7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3AD5B2D7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="333AAE29" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="333AAE29" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="0753E875" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-1620291728"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="1CA5AC01" w14:textId="11AA48D1" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="1CA5AC01" w14:textId="11AA48D1" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AC45218" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1AC45218" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13,6 – 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="788E313E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="788E313E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0203FF27" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0203FF27" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E6036BC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6E6036BC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C20B3A5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7C20B3A5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D98C0B3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0D98C0B3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758371</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38253AF7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="38253AF7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="49405873" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="49405873" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="390971FF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="390971FF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A6724E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A6724E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21FF3631" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="21FF3631" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56CEB6D6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="56CEB6D6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5349230E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5349230E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37D2BED5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="37D2BED5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AEFB6B0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2AEFB6B0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4204F4C2" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="4204F4C2" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="448E1DCD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="448E1DCD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B1A1C23" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1B1A1C23" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53B63C50" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="53B63C50" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11349B7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11349B7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A3DB665" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2A3DB665" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C8B0C12" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1C8B0C12" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D5ADE0A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1D5ADE0A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="606AB2C6" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="606AB2C6" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1672132755"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="532E891F" w14:textId="0C630EB7" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="532E891F" w14:textId="0C630EB7" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B4F5183" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3B4F5183" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14,1 – 14,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CF6F3F7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6CF6F3F7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58FA41B7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="58FA41B7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13B7F468" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="13B7F468" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1327F4FA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1327F4FA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EEDE153" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7EEDE153" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758372</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06EA2A70" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="06EA2A70" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778274</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="25779E7A" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="25779E7A" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78593696" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="78593696" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="118FFE79" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="118FFE79" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C2223AC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5C2223AC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24BF74C6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="24BF74C6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FEF89FF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5FEF89FF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="038DF314" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="038DF314" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77B2E7E8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="77B2E7E8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="76E98330" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="76E98330" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79077713" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="79077713" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E6FFC0E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2E6FFC0E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19256B26" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="19256B26" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B8C3DE9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4B8C3DE9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E2FFAD2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5E2FFAD2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71B628B2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="71B628B2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74442FC5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="74442FC5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="41BB71CE" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="41BB71CE" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1469092619"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="775AB48E" w14:textId="1493D50B" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="775AB48E" w14:textId="1493D50B" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DCDAFFB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6DCDAFFB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14,6 – 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06E52EE4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="06E52EE4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21449A4D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="21449A4D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FE03BA9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5FE03BA9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="385DAB5F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="385DAB5F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C842157" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7C842157" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758373</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="740011E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="740011E5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="71D61892" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="71D61892" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F09D02A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F09D02A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4683BD6A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4683BD6A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47066366" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="47066366" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B201C5D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B201C5D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79ED1398" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="79ED1398" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17159912" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17159912" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="329DFBEA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="329DFBEA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1C8BE47A" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1C8BE47A" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-434907302"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="3D798DB4" w14:textId="64C00D8D" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="3D798DB4" w14:textId="64C00D8D" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B3E052F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7B3E052F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15,1 – 15,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1559D144" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1559D144" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31BDD47A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="31BDD47A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A8D1DB1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A8D1DB1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72B8F32D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="72B8F32D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C560A6C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3C560A6C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758374</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BDA9B7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4BDA9B7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="3C386BF6" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="3C386BF6" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DC8DC89" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3DC8DC89" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DC140CB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5DC140CB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59DFA175" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="59DFA175" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7341ED0D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7341ED0D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43300CF9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="43300CF9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="256E9309" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="256E9309" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E0B8D4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E0B8D4C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="39AB9F0E" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="39AB9F0E" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B927D8E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B927D8E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DE78B7A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1DE78B7A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56DE8775" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="56DE8775" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31FF7FED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="31FF7FED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31DB7A92" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="31DB7A92" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BF9F3DA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4BF9F3DA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F0CD09B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F0CD09B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="5A23BAE7" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="5A23BAE7" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="892089655"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="0801A046" w14:textId="21F833BC" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="0801A046" w14:textId="21F833BC" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="416E5C25" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="416E5C25" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15,6 – 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41D1D28E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="41D1D28E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="298766A2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="298766A2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A790E8C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4A790E8C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="212FE575" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="212FE575" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45826FC1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="45826FC1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758375</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38060612" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="38060612" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778277</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7FA8F361" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7FA8F361" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27C60C02" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="27C60C02" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73C76544" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="73C76544" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4384D8EA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4384D8EA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A82628C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A82628C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="570B7105" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="570B7105" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CFBB6B0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6CFBB6B0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F9C7108" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0F9C7108" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="35E4E53D" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="35E4E53D" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F8DC847" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0F8DC847" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D48FEF8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4D48FEF8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="046A4C42" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="046A4C42" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CFC437C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7CFC437C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74B5DF22" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="74B5DF22" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="003E1B8F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="003E1B8F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69B3E855" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="69B3E855" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6FD5A35C" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="6FD5A35C" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-494647248"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="293B2DA7" w14:textId="4155AA2C" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="293B2DA7" w14:textId="4155AA2C" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E532700" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5E532700" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16,1 – 16,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="370C01D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="370C01D8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62AF82F3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="62AF82F3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023F890F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="023F890F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A79C3B0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A79C3B0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C551C79" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0C551C79" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758376</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3831F6CB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3831F6CB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="08F7876E" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="08F7876E" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71E8E38D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="71E8E38D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E6E7E0E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0E6E7E0E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FE68CDE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3FE68CDE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AB6F9D1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0AB6F9D1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="289A803F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="289A803F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A36C901" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4A36C901" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32C9F638" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="32C9F638" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1A7E9024" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="1A7E9024" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="2131811240"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="1B134C92" w14:textId="2FE8A853" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="1B134C92" w14:textId="2FE8A853" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E6D4D10" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4E6D4D10" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16,6 – 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5232385A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5232385A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA8B0DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6BA8B0DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4195AB6F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4195AB6F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25DE8E21" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25DE8E21" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65FF426E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="65FF426E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758377</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CA469E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0CA469E1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="035A631C" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="035A631C" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="046C7FC9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="046C7FC9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="516EF92B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="516EF92B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2959B479" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2959B479" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="716D553A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="716D553A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A6B9905" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0A6B9905" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CDA0D89" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5CDA0D89" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34462DDE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="34462DDE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2CD448F9" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2CD448F9" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D98EB42" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3D98EB42" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E8624C2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2E8624C2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B3D01E3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6B3D01E3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E7E5262" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1E7E5262" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F2B493F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6F2B493F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA5F94F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6AA5F94F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C5A3C9D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7C5A3C9D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="39AF8FED" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="39AF8FED" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="992371484"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="67004EB3" w14:textId="4DA7BB47" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="67004EB3" w14:textId="4DA7BB47" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11D8057E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="11D8057E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>17,1 – 17,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27576BCC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="27576BCC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FCF2D5A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5FCF2D5A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0BB109" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2A0BB109" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9369DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1D9369DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B50CA41" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3B50CA41" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758378</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="256BF555" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="256BF555" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="02036473" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="02036473" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F314CF8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1F314CF8" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41627FB7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="41627FB7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ACA5D1A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7ACA5D1A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4062B58B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4062B58B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25DB5C28" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25DB5C28" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B6B2905" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6B6B2905" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09119164" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="09119164" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="45B9BDB6" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="45B9BDB6" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57314F51" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="57314F51" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19BCB178" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="19BCB178" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F1074E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="76F1074E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17B23CD1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17B23CD1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BD3CC9C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2BD3CC9C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="775D365D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="775D365D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DFB88BE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4DFB88BE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="084360EF" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="084360EF" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="2059815581"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="01AFBD0C" w14:textId="5266CEF8" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="01AFBD0C" w14:textId="5266CEF8" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DF4253D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4DF4253D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>17,6 – 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A4571A0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2A4571A0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4524D726" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4524D726" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="315EA658" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="315EA658" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17205A22" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17205A22" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2E8DDD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4F2E8DDD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758379</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48052403" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="48052403" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7EF18A1A" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7EF18A1A" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BEA5C23" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1BEA5C23" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08DD5DBF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="08DD5DBF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F621040" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2F621040" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60163300" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="60163300" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EAF7957" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4EAF7957" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CCEDF7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3CCEDF7D" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="676092ED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="676092ED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="50A82792" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="50A82792" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-455956777"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="134BF8E4" w14:textId="476C225F" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="134BF8E4" w14:textId="476C225F" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6497F69A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6497F69A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>18,1 – 18,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34DC5F7E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="34DC5F7E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05482DAF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="05482DAF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D0D3BEF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3D0D3BEF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FC123DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3FC123DB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F894ED7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6F894ED7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758380</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01A2767C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="01A2767C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="11F617E8" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="11F617E8" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E02F28A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5E02F28A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="321F9005" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="321F9005" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FE4DB44" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7FE4DB44" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09BCBC8A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="09BCBC8A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28999EED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="28999EED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2872A4B1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2872A4B1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5124F5CA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5124F5CA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="762F5414" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="762F5414" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28FFEABC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="28FFEABC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CDD04C3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7CDD04C3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="460C9E35" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="460C9E35" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D1E2A59" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6D1E2A59" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="394B8308" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="394B8308" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20EE968F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="20EE968F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C12BED1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7C12BED1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="0DCA65EB" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="0DCA65EB" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1739983960"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="10B982B9" w14:textId="5A9705F0" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="10B982B9" w14:textId="5A9705F0" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37D8A5A2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="37D8A5A2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>18,6 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D571B0F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0D571B0F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61B5D4CE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="61B5D4CE" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17B1D22F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="17B1D22F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BD90568" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1BD90568" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FB12053" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6FB12053" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758381</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7931FD2B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7931FD2B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="581531DE" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="581531DE" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28B48F43" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="28B48F43" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31E8BB3B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="31E8BB3B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4863A19F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4863A19F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="313C2CC6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="313C2CC6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C8E83DD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6C8E83DD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3265B09E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3265B09E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023576A4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="023576A4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="21B52148" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="21B52148" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4026E5A5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4026E5A5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F44CD2C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2F44CD2C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D7FEFD7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7D7FEFD7" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="302109A9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="302109A9" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E7C6A4A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7E7C6A4A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0606872E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0606872E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437CB193" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="437CB193" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="74AE6A92" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="74AE6A92" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-894043738"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="3CCA8892" w14:textId="723A8692" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="3CCA8892" w14:textId="723A8692" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40E61278" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="40E61278" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>19,1 – 19,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="555F5FBB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="555F5FBB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46E8767B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="46E8767B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F161596" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5F161596" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D471194" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6D471194" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A7A3ECB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5A7A3ECB" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758382</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EC7DE78" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1EC7DE78" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778283</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7743E4D1" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="7743E4D1" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="623B6018" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="623B6018" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AE258B4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1AE258B4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7871BF03" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7871BF03" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EB9DD30" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3EB9DD30" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B674117" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7B674117" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43391A93" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="43391A93" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00BD3FC4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="00BD3FC4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="5C7E15EF" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="5C7E15EF" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1969776898"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="02AE22FD" w14:textId="0C331E63" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="02AE22FD" w14:textId="0C331E63" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D80E2B4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6D80E2B4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>19,6 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04860656" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="04860656" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24ADCDDC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="24ADCDDC" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ABF48BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3ABF48BD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57565001" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="57565001" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25480BEF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="25480BEF" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758383</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57FE93EF" w14:textId="04651D1E" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="57FE93EF" w14:textId="04651D1E" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2FD100A1" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2FD100A1" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C1C510E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6C1C510E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="155E811F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="155E811F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="658C3FA0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="658C3FA0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5071D443" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5071D443" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39E8E0D6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="39E8E0D6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36064B0F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="36064B0F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A7A45B5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2A7A45B5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="06606811" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="06606811" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0011EC18" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0011EC18" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A9B12C2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4A9B12C2" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A2B859A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3A2B859A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32B1465A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="32B1465A" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55E4C9A1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="55E4C9A1" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="451804A6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="451804A6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45772201" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="45772201" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2252E2CE" w14:textId="77777777" w:rsidR="002D038F" w:rsidRDefault="002D038F">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07052793" w14:textId="77777777" w:rsidR="002D038F" w:rsidRDefault="002D038F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8420" w:type="dxa"/>
@@ -21734,1123 +21653,1121 @@
         <w:gridCol w:w="899"/>
         <w:gridCol w:w="858"/>
         <w:gridCol w:w="2464"/>
         <w:gridCol w:w="1075"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="4E3246EC" w14:textId="77777777" w:rsidTr="002D038F">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-1282407794"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="3B8516A3" w14:textId="1CACC225" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="3B8516A3" w14:textId="1CACC225" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC24979" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7BC24979" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20,1 – 20,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67899420" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="67899420" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2404827E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2404827E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C0EE0B5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5C0EE0B5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41CF5DCA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="41CF5DCA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C1E4F5" w:themeColor="accent1" w:themeTint="33"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B4DE6A6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4B4DE6A6" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758384</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06964719" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="06964719" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2D73DDE7" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="2D73DDE7" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79D7B874" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="79D7B874" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63CC297B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="63CC297B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A6050E4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2A6050E4" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C0C024F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4C0C024F" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03C1757B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="03C1757B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FC4AEED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="2FC4AEED" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 FA PLAS TRANS X 5,5 ML +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27777944" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="27777944" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="54FFB79E" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="54FFB79E" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5114A33C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5114A33C" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FC7171B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1FC7171B" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33CE2646" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="33CE2646" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="069F1F81" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="069F1F81" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="218843B3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="218843B3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0399E779" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0399E779" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4251BE56" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4251BE56" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="43851C19" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="004D5E49" w14:paraId="43851C19" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1244464949"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1051" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w14:paraId="71340216" w14:textId="3BC648D7" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00E96FD9">
+              <w:p w14:paraId="71340216" w14:textId="3BC648D7" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00C12081" w:rsidP="00556C04">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7340F016" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="7340F016" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20,6 – 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D4783FD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="1D4783FD" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B9F4E76" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="5B9F4E76" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0991DEA3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="0991DEA3" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C16B78E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3C16B78E" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6803">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,0 X 10^13 VG/ML SUS INJ CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E8CA019" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4E8CA019" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>758385</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03E6ACF0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="03E6ACF0" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C208E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>778286</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5956F3D8" w14:textId="77777777" w:rsidTr="00E96FD9">
+      <w:tr w:rsidR="00DF6803" w:rsidRPr="00AE3F13" w14:paraId="5956F3D8" w14:textId="77777777" w:rsidTr="00556C04">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6493CBAA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="6493CBAA" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14F917C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="14F917C5" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3311A055" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="3311A055" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4640A675" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="4640A675" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="393EBE94" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="393EBE94" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37221912" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="37221912" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5E49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14 FA PLAS TRANS X 8,3 ML</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BDD6EE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32289132" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00E96FD9">
+          <w:p w14:paraId="32289132" w14:textId="77777777" w:rsidR="00DF6803" w:rsidRPr="004D5E49" w:rsidRDefault="00DF6803" w:rsidP="00556C04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79F1C585" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="00CE6F95" w:rsidP="00DF6803">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="709"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="465EE4FF" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="00CE6F95">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1701" w:right="709"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FCE46D2" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="00CE6F95">
@@ -22894,169 +22811,169 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DATA:  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CE6F95">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1393" w:right="1060" w:bottom="1784" w:left="1701" w:header="720" w:footer="1008" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C525E27" w14:textId="77777777" w:rsidR="00397307" w:rsidRDefault="00397307">
+    <w:p w14:paraId="19DD2A00" w14:textId="77777777" w:rsidR="007235A0" w:rsidRDefault="007235A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2607CE62" w14:textId="77777777" w:rsidR="00397307" w:rsidRDefault="00397307">
+    <w:p w14:paraId="3DCDDCCE" w14:textId="77777777" w:rsidR="007235A0" w:rsidRDefault="007235A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="63CB0F2A" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
+  <w:p w14:paraId="63CB0F2A" w14:textId="77777777" w:rsidR="00556C04" w:rsidRDefault="00556C04">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="641"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3E976229" w14:textId="06C98F95" w:rsidR="00CE6F95" w:rsidRDefault="008603CE">
+  <w:p w14:paraId="3E976229" w14:textId="3CBCA9E1" w:rsidR="00556C04" w:rsidRDefault="00556C04">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="641"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7812F650" wp14:editId="50E5C3B6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>11911965</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7543800" cy="950595"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="2021242294" name="Picture 2021242294"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -23064,149 +22981,149 @@
                 <pic:nvPicPr>
                   <pic:cNvPr id="10343" name="Picture 10343"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7543800" cy="950595"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="0021054A">
+    <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="0021054A">
+    <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="0021054A">
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="009C4AE6" w:rsidRPr="009C4AE6">
+    <w:r w:rsidR="00A01FE8" w:rsidRPr="00A01FE8">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="0021054A">
+    <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="0021054A">
+    <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="65C4BC7A" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
+  <w:p w14:paraId="65C4BC7A" w14:textId="77777777" w:rsidR="00556C04" w:rsidRDefault="00556C04">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="641"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30DDC2DF" w14:textId="77777777" w:rsidR="00397307" w:rsidRDefault="00397307">
+    <w:p w14:paraId="684FA129" w14:textId="77777777" w:rsidR="007235A0" w:rsidRDefault="007235A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CFE47C8" w14:textId="77777777" w:rsidR="00397307" w:rsidRDefault="00397307">
+    <w:p w14:paraId="15E5C1C7" w14:textId="77777777" w:rsidR="007235A0" w:rsidRDefault="007235A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3B7D0534" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
+  <w:p w14:paraId="3B7D0534" w14:textId="77777777" w:rsidR="00556C04" w:rsidRDefault="00556C04">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="-1701" w:right="10840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7A9D46B2" wp14:editId="7EAE1971">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7543800" cy="950976"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="10343" name="Picture 10343"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -23219,51 +23136,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7543800" cy="950976"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0A7A871C" w14:textId="77777777" w:rsidR="00FF2A81" w:rsidRDefault="00FF2A81" w:rsidP="00FF2A81">
+  <w:p w14:paraId="0A7A871C" w14:textId="77777777" w:rsidR="00556C04" w:rsidRDefault="00556C04" w:rsidP="00FF2A81">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:bookmarkStart w:id="2" w:name="_Hlk216265006"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk216265007"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="199DF3F2" wp14:editId="5BA45C49">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1939290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-1664970</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3190240" cy="3423920"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="14059" y="9013"/>
               <wp:lineTo x="4127" y="9734"/>
@@ -23373,62 +23290,62 @@
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1342390" cy="826135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
   </w:p>
-  <w:p w14:paraId="3B3FA21F" w14:textId="24A0FE84" w:rsidR="00CE6F95" w:rsidRDefault="00CE6F95">
+  <w:p w14:paraId="3B3FA21F" w14:textId="24A0FE84" w:rsidR="00556C04" w:rsidRDefault="00556C04">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="-1701" w:right="10840"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="4627C411" w14:textId="77777777" w:rsidR="00CE6F95" w:rsidRDefault="0021054A">
+  <w:p w14:paraId="4627C411" w14:textId="77777777" w:rsidR="00556C04" w:rsidRDefault="00556C04">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="-1701" w:right="10840"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="793FD130" wp14:editId="20491CEB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7543800" cy="950976"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="932398033" name="Picture 932398033"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -23887,89 +23804,99 @@
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="al8NSopHKf9HwWJUGf/0yPQf+cApXCPlt+99N/NEITgTGtx9Eu+zKcAGxYXcGAAlHaSV+Cr+gao3mwBu2WnutA==" w:salt="UOaQc54+dTu/5hbzER1E3Q=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE6F95"/>
     <w:rsid w:val="00030E81"/>
+    <w:rsid w:val="0003235D"/>
     <w:rsid w:val="00074B44"/>
+    <w:rsid w:val="00101A42"/>
     <w:rsid w:val="00161F6F"/>
     <w:rsid w:val="0021054A"/>
     <w:rsid w:val="002178E9"/>
+    <w:rsid w:val="002C2AC1"/>
     <w:rsid w:val="002D038F"/>
-    <w:rsid w:val="00397307"/>
+    <w:rsid w:val="003B3039"/>
     <w:rsid w:val="003D2617"/>
+    <w:rsid w:val="004E5BD4"/>
     <w:rsid w:val="004F6A78"/>
+    <w:rsid w:val="00556C04"/>
     <w:rsid w:val="00566B65"/>
+    <w:rsid w:val="007235A0"/>
     <w:rsid w:val="007B7664"/>
     <w:rsid w:val="008603CE"/>
-    <w:rsid w:val="009C4AE6"/>
+    <w:rsid w:val="00925333"/>
+    <w:rsid w:val="00950DDF"/>
+    <w:rsid w:val="009A1015"/>
+    <w:rsid w:val="00A01FE8"/>
     <w:rsid w:val="00A10B58"/>
-    <w:rsid w:val="00B018E1"/>
     <w:rsid w:val="00C12081"/>
     <w:rsid w:val="00CE6F95"/>
     <w:rsid w:val="00D20B7D"/>
     <w:rsid w:val="00DF6803"/>
     <w:rsid w:val="00FB50A0"/>
     <w:rsid w:val="00FF2A81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -24458,121 +24385,107 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF2A81"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoEspaoReservado">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C12081"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TtuloChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009C4AE6"/>
+    <w:rsid w:val="004E5BD4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="pt-PT" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
     <w:name w:val="Título Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="009C4AE6"/>
+    <w:rsid w:val="004E5BD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="pt-PT" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0003235D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...28 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -24883,70 +24796,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7279a758c804593402be84a303a3fbc6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25cffd1a-cf56-4884-be10-d051a2a91f95" xmlns:ns3="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a8f2f76b46a626c595c7ea52867e9d" ns2:_="" ns3:_="">
     <xsd:import namespace="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
     <xsd:import namespace="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -25137,136 +25030,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25cffd1a-cf56-4884-be10-d051a2a91f95">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17539A20-4A7A-4F33-ADF7-422C71DB06DA}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C2951A-650C-40E4-BD9D-D7CE9743C6AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
     <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9B4CEDD-132D-476C-BBCA-774AE678E77D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
+    <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17539A20-4A7A-4F33-ADF7-422C71DB06DA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8D10A9B-D7DC-4625-86DF-1CB4237346B6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB1CAED8-D7D8-401E-A52B-45043FB3E616}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3c9bec58-8084-492e-8360-0e1cfe36408c}" enabled="1" method="Standard" siteId="{f35a6974-607f-47d4-82d7-ff31d7dc53a5}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>849</Words>
-  <Characters>4588</Characters>
+  <Words>850</Words>
+  <Characters>4593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>PACTE UNICAMP 2:11</vt:lpstr>
       <vt:lpstr>PACTE UNICAMP 2:11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Novartis Pharma AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5427</CharactersWithSpaces>
+  <CharactersWithSpaces>5433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PACTE UNICAMP 2:11</dc:title>
   <dc:subject/>
   <dc:creator>Veronesi, Jose Ricardo</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">