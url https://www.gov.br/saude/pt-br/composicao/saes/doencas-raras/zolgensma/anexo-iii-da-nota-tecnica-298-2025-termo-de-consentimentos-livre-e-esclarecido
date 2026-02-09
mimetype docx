--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -1,331 +1,235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="58B78C74" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30C80078" wp14:editId="03C6C960">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Image 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C2809D0" wp14:editId="270D7BA2">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Image 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRDefault="0002689C">
+    <w:p w14:paraId="14941968" w14:textId="77777777" w:rsidR="0002689C" w:rsidRDefault="0002689C">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="109F6767" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002689C">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t>Anexo</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0002689C">
+        <w:t>Anexo III</w:t>
+      </w:r>
+      <w:r w:rsidR="0002689C" w:rsidRPr="0002689C">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0002689C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0002689C">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t>III</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>Nota Técnica nº 298/2025-CGRAR/DAET/SAES/MS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4E4E8BDF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:spacing w:before="193" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002689C">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t>Termo</w:t>
-[...86 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+        <w:t>Termo de Consentimento Livre e Esclarecido (TCLE) para tratamento com Onasemnogeno Abeparvoveque - Onasemnogeno Abeparvoveque (Zolgensma®)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3658BF5B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="05B1DBA1" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="63"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1DB692B2" w14:textId="640370FB" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="00F91C89">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1937"/>
           <w:tab w:val="left" w:pos="3298"/>
           <w:tab w:val="left" w:pos="5225"/>
           <w:tab w:val="left" w:pos="6466"/>
           <w:tab w:val="left" w:pos="7667"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="138"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Eu,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -379,234 +283,191 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>responsável</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>legal</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:t>paciente), portador</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CPF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">, fui informado(a) e esclarecido(a) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>pelo(a)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Dr(a).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, fui informado(a) e esclarecido(a) </w:t>
-[...36 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(nome</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">do médico responsável), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>CRM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="00266F8A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2989"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="139"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>, sobre a necessidade e os riscos do tratamento com Onasemnogeno Abeparvoveque (Zolgensma®) para Atrofia Muscular Espinhal (AME) tipo 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5D91AF70" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="719" w:hanging="358"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Esclarecimento</w:t>
       </w:r>
       <w:r>
@@ -649,60 +510,60 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>terapia</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="39043F45" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="13"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="72FC0B49" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="141"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A terapia gênica é um tipo de tratamento feito com um produto biológico que atua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
@@ -972,51 +833,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saúde.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4A49EBD3" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="2769"/>
           <w:tab w:val="left" w:pos="5807"/>
           <w:tab w:val="left" w:pos="7885"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
@@ -1152,95 +1013,77 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">medicamento Onasemnogeno Abeparvoveque (Zolgensma®), aplicado por infusão na veia (injeção lenta diretamente na corrente sanguínea). </w:t>
-[...5 lines deleted...]
-        <w:t>Esse medicamento contém uma cópia funcional do gene SMN, responsável</w:t>
+        <w:t>medicamento Onasemnogeno Abeparvoveque (Zolgensma®), aplicado por infusão na veia (injeção lenta diretamente na corrente sanguínea). Esse medicamento contém uma cópia funcional do gene SMN, responsável</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pela produção de uma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>proteína essencial para a sobre</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> células que controlam </w:t>
+        <w:t xml:space="preserve">proteína essencial para a sobrevivência dos neurônios motores — células que controlam </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>movimentos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1248,223 +1091,196 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">corpo. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>No SUS, o us</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+        <w:t>No SUS, o uso do Onasemnogeno Abeparvoveque (Zolgensma®) é autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E8E4AF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5199B7AF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B4CAE1F" wp14:editId="57C0C4E9">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Image 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Image 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="194EFCD5" wp14:editId="06463739">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Image 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Image 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="11289190" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5C6504BF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="137"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>a</w:t>
-[...2 lines deleted...]
-        <w:t>penas</w:t>
+        <w:t>apenas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>para</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pacientes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1540,87 +1356,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>da</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prescrição</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e até sete meses de idade na data da infusão, conforme as normas oficiais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2A73FF83" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+        <w:t>A aplicação do Onasemnogeno Abeparvoveque (Zolgensma®) é feita uma única vez, em um procedimento que dura cerca de uma hora, podendo ser um pouco mais demorado se o médico considerar necessário.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1DFC30" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="145"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -1756,81 +1560,74 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>clínico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de pacientes com Atrofia Muscular Espinhal (AME).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7C608EBB" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="242" w:hanging="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...6 lines deleted...]
-        <w:t>rocedimento</w:t>
+        <w:t>Procedimento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1850,103 +1647,97 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>terapia</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="1F509F36" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="72F89715" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A infusão de Onasemnogeno Abeparvoveque (Zolgensma®) será realizada em ambiente hospitalar, com equipe multidisciplinar treinada e capacitada, e em unidade hospitalar com suporte avançado à vida. O tratamento exige </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">monitoramento rigoroso </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>durante e após a i</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>durante e após a infusão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C8F0DF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="3058"/>
           <w:tab w:val="left" w:pos="4161"/>
           <w:tab w:val="left" w:pos="5611"/>
           <w:tab w:val="left" w:pos="6580"/>
           <w:tab w:val="left" w:pos="7681"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2185,88 +1976,82 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(como</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>troponina).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="48CD78BF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Durante o procedimento, serão monitorados os sin</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ais vitais (como batimentos cardíacos, pressão e respiração), devido ao risco de reações alérgicas graves </w:t>
+        <w:t xml:space="preserve">Durante o procedimento, serão monitorados os sinais vitais (como batimentos cardíacos, pressão e respiração), devido ao risco de reações alérgicas graves </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(anafilaxia).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0D9E1A25" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="133"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Após a infusão, o paciente ficará em observação</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -2357,206 +2142,206 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>primeiras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="80"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">horas. O tempo de observação poderá ser prolongado, se o médico considerar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>necessário.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="055DC05B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="162" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Antes e depois do tratamento, será aplicada a escala CHOP INTEND e o Instrumento para Avaliação da Função Motora, que ajuda a avaliar os</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="78A91E66" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0B0029DE" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EC12FE4" wp14:editId="645721C8">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Image 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Image 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DB7DB55" wp14:editId="11663861">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Image 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Image 7"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="2052D209" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="24507970" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="139"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>movimentos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
@@ -2649,51 +2434,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>sua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">evolução </w:t>
       </w:r>
       <w:r>
         <w:t>ao longo do tempo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3E4F932E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O acompanhamento médico após a aplicação do Onasemnogeno Abeparvoveque</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
@@ -2777,51 +2562,51 @@
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>etapas a seguir:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0DCE2F38" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Primeiro mês</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2829,87 +2614,84 @@
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(quatro primeiras semanas pós-infusão):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A criança deve realizar, obrigatoriamente, consultas médicas semanais — presenciais ou por teleconsulta — no mesmo Serviço de Terapia Gênica habilitado onde ocorreu a infusão, ou no local indicado pela equipe responsável.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="39F63336" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Os exames laboratoriais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>semanais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>s</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>são igualmente obrigatórios e constituem etapa indispensável para o monitoramento da resposta ao tratamento e para a detecção precoce de possíveis complicações.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35177D7A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nota:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Durante o primeiro mês, os exames laboratoriais obrigatórios — função </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -3003,63 +2785,60 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>completo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">(incluindo </w:t>
       </w:r>
       <w:r>
-        <w:t>hemoglobina e contagem de plaquetas), tempo de protrombina, tempo de tromboplastina parcial ativado (PTT), razão normalizada internacional (RNI), troponina I e avaliação da função renal (creatinin</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">a, albumina e ureia) — devem ser realizados semanalmente, independentemente da realização da consulta </w:t>
+        <w:t xml:space="preserve">hemoglobina e contagem de plaquetas), tempo de protrombina, tempo de tromboplastina parcial ativado (PTT), razão normalizada internacional (RNI), troponina I e avaliação da função renal (creatinina, albumina e ureia) — devem ser realizados semanalmente, independentemente da realização da consulta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>presencial.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="61358982" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Segundo mês</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3067,62 +2846,59 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(5ª a 8ª semanas pós-infusão):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Durante este período, a criança deve, obrigatoriamente, realizar uma (01) consulta médica (presencial ou teleconsulta) no mesmo Serviço de Terapia Gênica habilitado onde ocorreu o tratamento, ou ao local indicado pela equipe.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5DE93869" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Além disso, também neste perío</w:t>
-[...2 lines deleted...]
-        <w:t>do, a realização dos exames semanais</w:t>
+        <w:t>Além disso, também neste período, a realização dos exames semanais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pós- infusão</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>são</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3180,51 +2956,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tratamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>identificar precocemente possíveis complicações.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5725FB78" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nota:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Durante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
@@ -3366,206 +3142,203 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>hemograma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>completo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(incluindo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="672D16F0" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="47D5E80D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="198D9551" wp14:editId="67A6011E">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Image 8"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6685BAAE" wp14:editId="33579CCC">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Image 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Image 9"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
+    <w:p w14:paraId="74342604" w14:textId="77777777" w:rsidR="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
+    <w:p w14:paraId="0FA36BDB" w14:textId="77777777" w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0B6D628A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>h</w:t>
-[...2 lines deleted...]
-        <w:t>emoglobina</w:t>
+        <w:t>hemoglobina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>contagem de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3593,57 +3366,54 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>protrombina,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>PTT (tempo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>de tromboplastina parcial ativado), razão normalizada interna</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>de tromboplastina parcial ativado), razão normalizada internacional (RNI), troponina I, avaliação da função renal (creatinina, albumina e ureia) — devem, obrigatoriamente, ser realizados semanalmente, independentemente da consulta presencial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6A0186" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="159"/>
         <w:ind w:left="720" w:hanging="359"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Terceiro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3712,86 +3482,86 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>semanas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pós-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>infusão):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="43C97721" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="22EBF3CC" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Durante este período, a criança deve, obrigatoriamente, realizar uma (01) consulta médica (presencial ou teleconsulta) no mesmo Serviço de Terapia Gênica habilitado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>onde ocorreu o tratamento,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ou ao local indicado pela equipe.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="50F4A589" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Além disso, também neste período, a realização dos exames semanais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pós- infusão</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3857,51 +3627,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tratamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>identificar precocemente possíveis complicações.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="547F5D19" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nota:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Durante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
@@ -3950,54 +3720,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>exames</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>laboratoriais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>obrigatór</w:t>
-[...2 lines deleted...]
-        <w:t>ios</w:t>
+        <w:t>obrigatórios</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>—</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>função hepática</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4118,80 +3885,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>protrombina,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>PTT (tempo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de tromboplastina parcial ativado), razão normalizada internacional (RNI), troponina I, avaliação da função renal (creatinina, albumina e ureia) — devem, obrigatoriamente, ser realizados semanalmente, independentemente da consulta presencial.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="35236A3D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do quarto ao </w:t>
-[...6 lines deleted...]
-        <w:t>décimo segundo mês:</w:t>
+        <w:t>Do quarto ao décimo segundo mês:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A criança deve realizar, obrigatoriamente, uma avaliação laboratorial mensal, incluindo: função hepática (ALT, AST, bilirrubina total, Gama-GT); hemograma completo (incluindo hemoglobina e contagem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4239,57 +3999,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>protrombina,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...5 lines deleted...]
-        <w:t>TT</w:t>
+        <w:t>PTT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(tempo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4700,280 +4454,271 @@
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>responsável</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>deverá,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="2AAF7E0D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="29839509" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4327140D" wp14:editId="4D391DAC">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Image 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Image 10"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23343F5B" wp14:editId="266F40CE">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="Image 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="11" name="Image 11"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="37F94BB8" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="71DA9653" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">obrigatoriamente, </w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>obrigatoriamente, solicitar consulta presencial ou teleconsulta para avaliação imediata da criança.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C5EF1A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="143"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para o acompanhamento da evolução clínica e das orientações de cuidado, o Serviço de Terapia Gênica poderá optar pela realização da consulta por </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>teleconsulta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6972A983" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Os</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>exames</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>clíni</w:t>
-[...5 lines deleted...]
-        <w:t>cos</w:t>
+        <w:t>clínicos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -5049,51 +4794,51 @@
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>resposta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ao tratamento e identificar precocemente possíveis complicações.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="6EDDE419" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="3583"/>
         </w:tabs>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Em</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5232,135 +4977,128 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">deve entrar em contato imediatamente com a equipe médica que realizou a infusão, pelo telefone: ( ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
+    <w:p w14:paraId="5184874C" w14:textId="77777777" w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="3583"/>
         </w:tabs>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="64473DF5" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="243"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="243" w:hanging="241"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>R</w:t>
-[...6 lines deleted...]
-        <w:t>iscos</w:t>
+        <w:t>Riscos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> complicações</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="1C20C78F" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="13"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="30946D7A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -5415,67 +5153,61 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>isenta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>de riscos e podem ocorrer reações adversas. Os riscos e co</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">mplicações potenciais </w:t>
+        <w:t xml:space="preserve">de riscos e podem ocorrer reações adversas. Os riscos e complicações potenciais </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>incluem:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4938A175" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Reações relacionadas à infusão</w:t>
       </w:r>
@@ -5604,74 +5336,68 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>incluir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>taquicardia (aceleração dos batimentos cardíacos), taquipneia (aceleração da respiração), inchaço dos lábios, dificuldade em respirar, dilatação nasal, urticária, vermelhidão, coceira nos lábios, manchas na pele, lesões nos cantos da boca, vômitos, náuseas</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> e febre.</w:t>
+        <w:t>taquicardia (aceleração dos batimentos cardíacos), taquipneia (aceleração da respiração), inchaço dos lábios, dificuldade em respirar, dilatação nasal, urticária, vermelhidão, coceira nos lábios, manchas na pele, lesões nos cantos da boca, vômitos, náuseas e febre.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Casos graves de anafilaxia podem ser fatais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1C96F1ED" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="162" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Hepatotoxicidade</w:t>
       </w:r>
       <w:r>
@@ -5795,57 +5521,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>graves,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">insuficiência </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">hepática aguda, inclusive com risco de morte. </w:t>
-[...5 lines deleted...]
-        <w:t>Portanto, antes e depois da infusão,</w:t>
+        <w:t>hepática aguda, inclusive com risco de morte. Portanto, antes e depois da infusão,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6115,216 +5835,209 @@
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>medicamentos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>como corticoides para reduzir esse risco.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="65CBE491" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="5A0C75DA" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1515E1E6" wp14:editId="0387FDD7">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Image 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Image 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1321C6F3" wp14:editId="11DA0157">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Image 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="13" name="Image 13"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
+    <w:p w14:paraId="2B120A9B" w14:textId="77777777" w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6E2DB10D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...6 lines deleted...]
-        <w:t>omprometimento hepático</w:t>
+        <w:t>Comprometimento hepático</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, significa que o fígado não está funcionando normalmente. Pode ocorrer porque as células do fígado ficam lesionadas ou inflamadas,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6763,51 +6476,51 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>AST)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e, em casos mais graves, à insuficiência hepática aguda.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="69EE2A45" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="3311"/>
           <w:tab w:val="left" w:pos="5440"/>
           <w:tab w:val="left" w:pos="7919"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6847,60 +6560,54 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>fígado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">antes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>O quadro é caracterizado por</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>O quadro é caracterizado por:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D87E4B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1070"/>
         </w:tabs>
         <w:spacing w:before="280" w:line="362" w:lineRule="auto"/>
         <w:ind w:right="138"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Aumento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -6945,115 +6652,109 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>fígado (como ALT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e AST), indicando lesão das células hepáticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3C71EC4C" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1070"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Perda da capacidade do fígado de produzir substâncias importantes, como fatores de coagulação — o que aparece em exames como aumento do INR.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7982EC8F" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1070"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alterações</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...5 lines deleted...]
-        <w:t>o</w:t>
+        <w:t>no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>funcionamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7090,83 +6791,83 @@
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>hepática),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>como sonolência, confusão ou mudança no nível de consciência.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2EBA18B2" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="276" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Distúrbios Hepatobiliares, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>significa que ocorreu um problema no fígado, na vesícula biliar ou nos canais que transportam a bile.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="34522A20" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="2276"/>
           <w:tab w:val="left" w:pos="3127"/>
           <w:tab w:val="left" w:pos="4424"/>
           <w:tab w:val="left" w:pos="5732"/>
           <w:tab w:val="left" w:pos="6586"/>
           <w:tab w:val="left" w:pos="7672"/>
         </w:tabs>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7251,51 +6952,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>valor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">normal). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Depois de um tempo, essa contagem volta ao normal sozinha. Isso pode acontecer porque:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4F26CFB6" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7352,57 +7053,57 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>medicamento,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="1EFB5AE7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2BDB04F8" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="720" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>há</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
@@ -7447,244 +7148,241 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>organismo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="0C5A68A7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="036D77E2" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73722EC2" wp14:editId="7E78C59A">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="14" name="Image 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="14" name="Image 14"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A41B255" wp14:editId="45635DCA">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="15" name="Image 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="15" name="Image 15"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="199CC8D5" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="361" w:right="142" w:firstLine="348"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>M</w:t>
-[...2 lines deleted...]
-        <w:t>esmo sendo algo que costuma</w:t>
+        <w:t>Mesmo sendo algo que costuma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>se</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">resolver sozinho, é importante acompanhar com exames, porque a baixa quantidade de plaquetas pode aumentar o risco de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>sangramentos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2ED161E8" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="143"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Lesão Hepática Aguda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, é um dano recente às células do fígado, identificado principalmente quando ocorre um aumento rápido das enzimas ALT e AST nos exames de sangue.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="31A5C28C" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1851"/>
           <w:tab w:val="left" w:pos="3656"/>
           <w:tab w:val="left" w:pos="4659"/>
           <w:tab w:val="left" w:pos="6223"/>
           <w:tab w:val="left" w:pos="7353"/>
         </w:tabs>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="139" w:firstLine="696"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Esse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dano</w:t>
       </w:r>
@@ -7778,99 +7476,93 @@
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">produção </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>pr</w:t>
-[...5 lines deleted...]
-        <w:t>oteínas</w:t>
+        <w:t>proteínas</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>fatores</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">coagulação. </w:t>
       </w:r>
       <w:r>
         <w:t>Por isso, não significa que o fígado está falhando — apenas que houve uma agressão ao órgão.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="3F25305A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160"/>
         <w:ind w:left="721"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>lesão</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -7894,128 +7586,128 @@
       <w:r>
         <w:t>por</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>causas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>como:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
+    <w:p w14:paraId="10BCCF14" w14:textId="77777777" w:rsidR="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160"/>
         <w:ind w:left="721"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3660F8B3" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1069"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1069" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>uso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>medicamentos,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4131BAFA" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1069"/>
         </w:tabs>
         <w:spacing w:before="146"/>
         <w:ind w:left="1069" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>infecções,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2BDEDB65" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1069"/>
         </w:tabs>
         <w:spacing w:before="147"/>
         <w:ind w:left="1069" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>redução</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
@@ -8113,51 +7805,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>fígado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(isquemia),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1F936B9D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1069"/>
         </w:tabs>
         <w:spacing w:before="146"/>
         <w:ind w:left="1069" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>reação</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
@@ -8177,95 +7869,89 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sistema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>imunológico.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="7594292B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="134"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4FFC4D3B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Trombocitopenia, caracterizada pela diminuição da contagem de plaquetas, pode causar sintomas como </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>hematomas frequentes, sangramento nasais ou gengivais, manchas vermelhas ou roxas na pele, sangramento prolongado</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>hematomas frequentes, sangramento nasais ou gengivais, manchas vermelhas ou roxas na pele, sangramento prolongado após cortes ou lesões, além de sangue na urina ou nas fezes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2BBEF5" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="719"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Microangiopatia trombótica (MAT) pode se manifestar </w:t>
       </w:r>
       <w:r>
@@ -8409,229 +8095,229 @@
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Caso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>esses sinais e sintomas ocorram na presença de trombocitopenia, uma avaliação diagnóstica adicional para anemia hemolítica e disfunção renal deve ser prontamente realizada. É fundamental dar atenção imediata aos sinais e</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="32496D69" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="45F715A8" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1011F26A" wp14:editId="1B8D92CB">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="16" name="Image 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="16" name="Image 16"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="214537C3" wp14:editId="7778E849">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="17" name="Image 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="17" name="Image 17"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="3306B6EF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="23A4ADB1" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7FA821FC" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>sintomas de MAT, pois essa condição pode representar risco de vida ou levar a desfechos fatais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="702CB3B6" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="718"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Elevação de Troponina I, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>com elevação dos níveis de troponina I em alguns pacientes pode indicar a ocorrência de lesão no tecido miocárdico.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7DF72DFF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="718"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Resposta imunológica sistêmica </w:t>
       </w:r>
       <w:r>
@@ -8785,57 +8471,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>grave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>aum</w:t>
-[...5 lines deleted...]
-        <w:t>enta,</w:t>
+        <w:t>aumenta,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -8921,108 +8601,96 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>quadro clínico. Outras reações adversas comuns neste cenário podem incluir náusea, convulsão, vômito, febre, erupção cutânea, urticária, icterícia, hematomas ou sangramentos, dispneia, sintomas respiratório</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>quadro clínico. Outras reações adversas comuns neste cenário podem incluir náusea, convulsão, vômito, febre, erupção cutânea, urticária, icterícia, hematomas ou sangramentos, dispneia, sintomas respiratórios, diminuição na produção de urina e /ou alterações na frequência cardíaca e pressão arterial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EAC8A99" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="718"/>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Imunogenicidade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, é a resposta do sistema imunológico (as defesas naturais do corpo) a um medicamento, vacina ou terapia que contém substâncias que o organismo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>re</w:t>
-[...5 lines deleted...]
-        <w:t>conhece</w:t>
+        <w:t>reconhece</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -9222,150 +8890,150 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>exigem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atenção </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>médica:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0C4DC5E9" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="161"/>
         <w:ind w:left="1440" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Febre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>baixa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="1EAE2336" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="12"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="19897E80" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1440" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Cansaço</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>irritabilidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="4AC6AA99" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="15"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="428B8EF7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1441"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1441"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Aumento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
@@ -9463,343 +9131,343 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sangue)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="7EF87C55" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1DC6CA95" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1441"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1441"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mal-estar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>geral</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="6E5679C9" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="068B150D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1441"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1441"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Perda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apetite</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="20B33F1C" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1788CF2B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1442"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1442" w:right="135"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Em casos mais raros, icterícia (pele e olhos amarelados), vômitos ou alterações nos exames hepáticos, que podem indicar que o fígado está sendo afetado pela resposta imune.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="76806EB9" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3824A1B3" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74743E6A" wp14:editId="2A8B5920">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="18" name="Image 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="18" name="Image 18"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EE6FAC4" wp14:editId="3E2EF863">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="19" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="19" name="Image 19"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="705C187B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="18241954" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3BEC5BB2" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="707"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="707" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Tumorigenicidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="75868DA2" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="146" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="137"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Existe um </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">risco teórico de formação de tumores </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -9810,51 +9478,51 @@
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tumorigenicidade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) porque o material genético usado na terapia (o DNA do vetor viral AAV9) pode, em situações muito raras, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>se integrar ao DNA das células humanas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="45F4751D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -10027,78 +9695,71 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">permanece, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>na maior parte das vezes, fora do núcleo das células</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, o que reduz esse risco.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4E3DBDB7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="281" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="136"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">No entanto, em casos excepcionais, pode ocorrer uma </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>integr</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ação aleatória </w:t>
+        <w:t xml:space="preserve">integração aleatória </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">do DNA do vetor ao DNA humano. Ainda </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>não se sabe exatamente qual é a importância</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -10225,51 +9886,51 @@
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eles </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>podem aumentar o risco de desenvolvimento de tumores</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="31A3E9B3" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="136" w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Esta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>lista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -10335,51 +9996,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ocorrer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>outras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>complicações não previstas, incluindo complicações graves que podem evoluir para óbito, mesmo com os melhores cuidados médicos. Casos semelhantes já foram observados durante o tratamento com esta terapia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="78495828" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="137" w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Em situação de qualquer sinal ou sintoma inesperado, o paciente ou responsável</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>deve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -10427,95 +10088,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>responsável,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fim de possibilitar a avaliação clínica adequada e a adoção das medidas necessárias para o manejo do evento.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="30C7F875" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="243"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="243" w:hanging="241"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Contra</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+        <w:t>Contraindicações</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02937926" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6E9B55B5" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
           <w:tab w:val="left" w:pos="1146"/>
           <w:tab w:val="left" w:pos="2516"/>
           <w:tab w:val="left" w:pos="3199"/>
           <w:tab w:val="left" w:pos="5003"/>
           <w:tab w:val="left" w:pos="6809"/>
           <w:tab w:val="left" w:pos="8389"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10587,51 +10240,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Zolgensma®)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">é </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>contraindicado nas seguintes situações:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5833F5B8" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="161"/>
         <w:ind w:left="1440" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Recém-nascidos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
@@ -10716,57 +10369,57 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gestacional.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="5C667314" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="11"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="61599AEF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1442"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="362" w:lineRule="auto"/>
         <w:ind w:right="138"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pacientes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
@@ -10837,51 +10490,51 @@
           <w:spacing w:val="22"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>com</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="23"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Onasemnogeno Abeparvoveque (Zolgensma®).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4599A667" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="155"/>
         <w:ind w:left="1440" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Infecções</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
@@ -10953,215 +10606,208 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>não</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>controladas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="3291A69E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="18B1D624" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AFBB6DF" wp14:editId="15A358BD">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="20" name="Image 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="20" name="Image 20"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36900854" wp14:editId="4E9C44CC">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Image 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="21" name="Image 21"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
+    <w:p w14:paraId="7970D547" w14:textId="77777777" w:rsidR="0002689C" w:rsidRPr="0002689C" w:rsidRDefault="0002689C" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="78B2F974" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1440" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...6 lines deleted...]
-        <w:t>ítulos</w:t>
+        <w:t>Títulos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>elevados</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11255,57 +10901,57 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>terapia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;1:50.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="0518D04E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="23FBE8E0" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="135"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r>
         <w:t>Segundo o Caderno de Atenção à Saúde do Recém-Nascido: Guia para os Profissionais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de Saúde,</w:t>
       </w:r>
       <w:r>
@@ -11374,54 +11020,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">de completar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">37 (trinta e sete) semanas de gestação </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">são considerados </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>recém- nascidos prematuros</w:t>
       </w:r>
       <w:r>
-        <w:t>. Após o nasciment</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">o, recomenda-se continuar </w:t>
+        <w:t xml:space="preserve">. Após o nascimento, recomenda-se continuar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>contabilizando</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11554,51 +11197,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">conhecido </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">como </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>idade corrigida</w:t>
       </w:r>
       <w:r>
         <w:t>. Essa correção é fundamental para a avaliação adequada do crescimento, desenvolvimento e acompanhamento clínico do bebê, especialmente durante os primeiros dois anos de vida. ”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1221971E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="159" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="710" w:right="136"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Segundo o Caderno de Atenção à Saúde do Recém-Nascido do Ministério da Saúde,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>bebês</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11715,102 +11358,99 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de seu crescimento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>desenvolvimento, utiliza-se a idade corrigida, que consiste em subtrair das semanas de vida cronológica o tempo que faltou para o</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> bebê atingir as 40 semanas de gestação (idade gestacional a termo ideal). Recomenda-se o uso dessa correção para o </w:t>
+        <w:t xml:space="preserve">desenvolvimento, utiliza-se a idade corrigida, que consiste em subtrair das semanas de vida cronológica o tempo que faltou para o bebê atingir as 40 semanas de gestação (idade gestacional a termo ideal). Recomenda-se o uso dessa correção para o </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>acompanhamento clínico do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>bebê, especialmente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>durante os</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">primeiros dois anos </w:t>
       </w:r>
       <w:r>
         <w:t>de vida.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2DAF2727" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:spacing w:before="162"/>
         <w:ind w:left="242" w:hanging="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Medicação</w:t>
       </w:r>
       <w:r>
@@ -11823,60 +11463,60 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>imunização</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="337DC10F" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="134"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7A6437A2" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Antes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
@@ -11970,60 +11610,54 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Zolgensma®),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>o uso de corticosteroides (corticoides) é recomendado para reduzir o risco de reações do sistema imunológico. O médico será responsável por prescrever o corticoide, informando a dose correta e o tempo de uso para c</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>o uso de corticosteroides (corticoides) é recomendado para reduzir o risco de reações do sistema imunológico. O médico será responsável por prescrever o corticoide, informando a dose correta e o tempo de uso para cada paciente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B74439" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="134"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
@@ -12156,338 +11790,319 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>antes da infusão e permanecer diariamente por pelo menos dois (2) meses, seguindo a orientação médica. Se os exames de função do fígado mostrarem alterações após o trata</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">mento, o médico poderá ajustar a dose ou o tempo de uso do </w:t>
+        <w:t xml:space="preserve">antes da infusão e permanecer diariamente por pelo menos dois (2) meses, seguindo a orientação médica. Se os exames de função do fígado mostrarem alterações após o tratamento, o médico poderá ajustar a dose ou o tempo de uso do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>medicamento.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="1EC14102" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="76E7BEC4" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C082E7C" wp14:editId="40EC25DC">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="22" name="Image 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="22" name="Image 22"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E754875" wp14:editId="34697AAF">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="23" name="Image 23"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="23" name="Image 23"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="338E6BA0" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="79C3ADDE" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRPr="0002689C" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>É importante informar qual é a situação vacinal do paciente antes de iniciar o tratamento com Onasemnogeno Abeparvoveque (Zolgensma®), e o calendário de vacinação deverá ser ajustado, sempre que possível, para se</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>adequar ao uso do corticosteroide, obedecen</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>adequar ao uso do corticosteroide, obedecendo a orientação médica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F20832" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="243"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="243" w:hanging="241"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...6 lines deleted...]
-        <w:t>onsentimento</w:t>
+        <w:t>Consentimento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>confidencialidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="7A314B64" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="50262460" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="141"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Eu tenho o direito de fazer perguntas e receber respostas claras e satisfatórias sobre o tratamento.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="624E6A30" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fui informado(a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -12617,119 +12232,119 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">existem outras alternativas terapêuticas que podem ser esclarecidas pela equipe de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saúde.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="754CA22E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="158" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Autorizo a equipe médica a realizar todos os procedimentos necessários para a segurança do paciente, incluindo transfusão de sangue e hemoderivados, caso </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>necessário.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="17F6AA63" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fui informado que os dados do paciente serão mantidos em </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sigilo e confidencialidade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, mesmo que usados em pesquisas, relatórios ou em apresentações clínicas, garantindo que o paciente não seja identificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6CF34C30" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
@@ -12810,57 +12425,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>paciente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ser</w:t>
-[...5 lines deleted...]
-        <w:t>ão</w:t>
+        <w:t>serão</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>repassados</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -13014,82 +12623,82 @@
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>também</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>serão envolvidos na avaliação, acompanhamento e produção de documentos administrativos e científicos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4CBEBE6E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="162" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estou ciente de que, antes e após a infusão, será registrada a aplicação do Instrumento de Avaliação da Função Motora, com a finalidade de avaliação clínica, acompanhamento e produção de documentos administrativos e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>científicos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4C9C5881" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="138"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
@@ -13118,57 +12727,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>tratamen</w:t>
-[...5 lines deleted...]
-        <w:t>to</w:t>
+        <w:t>tratamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>não</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -13244,187 +12847,187 @@
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>me</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>comprometo a retornar ao hospital que realizou a infusão para consultas de</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="24FC1ED6" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7737C6A3" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D945EAB" wp14:editId="5000B0D1">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="24" name="Image 24"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="24" name="Image 24"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="458C34F1" wp14:editId="2ED7D46C">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="25" name="Image 25"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="25" name="Image 25"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="31CC65AF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="0965B7D4" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1E49FDE9" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721"/>
       </w:pPr>
       <w:r>
         <w:t>acompanhamento,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>exames</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>laboratoriais</w:t>
@@ -13472,51 +13075,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>quaisquer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>outros</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="80"/>
           <w:w w:val="150"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>procedimentos que o médico assistente julgar necessário para avaliação.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="179E8879" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Compreendo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -13640,145 +13243,142 @@
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tratamento,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>podem ocorrer reações adversas ou complicações graves.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="37E63F9B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:ind w:left="242" w:hanging="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Higiene</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> precauções</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="1722F940" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="33C0BADB" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="133"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fui orientado(a) sobre a importância da </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">higiene das mãos </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ao prestar cuidados ao paciente para evitar contaminação, especialmente devido ao uso de corticosteroides, que pode enfraquecer o sistema imunológico, deixando o paciente mais suscetível a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>infecções.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="03CD3CA7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="135"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Fui informado(a) que o vírus usado na c</w:t>
-[...2 lines deleted...]
-        <w:t>omposição do medicamento Onasemnogeno Abeparvoveque (Zolgensma®) é eliminado pelos</w:t>
+        <w:t>Fui informado(a) que o vírus usado na composição do medicamento Onasemnogeno Abeparvoveque (Zolgensma®) é eliminado pelos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>resíduos corporais. Portanto, é necessário seguir práticas rigorosas de higiene, incluindo cuidados com o descarte de resíduos,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>por</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13881,108 +13481,108 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>risco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>contaminação.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="739C8504" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="171"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="56A7ED0D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="242" w:hanging="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Declaração</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>final</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="033DFCA5" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="13"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7C11EF26" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Declaro que li e entendi todas as informações contidas neste termo, e que concordo,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
@@ -14105,51 +13705,51 @@
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tratamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>proposto.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="57108143" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -14204,283 +13804,263 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>médico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>é utili</w:t>
-[...5 lines deleted...]
-        <w:t>zar todos</w:t>
+        <w:t>é utilizar todos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>os meios disponíveis na busca pela saúde do paciente, e que, mesmo com os melhores cuidados médicos, podem ocorrer resultados adversos ou complicações.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2F3BCCDE" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estou ciente da </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">obrigatoriedade do acompanhamento </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>e me comprometo a comparecer ao hospital ond</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+        <w:t>e me comprometo a comparecer ao hospital onde a infusão foi realizada, ou ao serviço de saúde público indicado, para a realização dos exames laboratoriais e demais procedimentos previamente elencados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242F3F36" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="135"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Estou ciente que após a infusão devo continuar realizando o acompanhamento clínico do paciente em u</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+        <w:t>Estou ciente que após a infusão devo continuar realizando o acompanhamento clínico do paciente em unidade pública de saúde do Sistema Único de Saúde.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4398B6EF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
+    <w:p w14:paraId="54AED121" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE" w:rsidP="0002689C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:rPr>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28FD0907" wp14:editId="0E502A90">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="26" name="Image 26"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="26" name="Image 26"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="347D81B2" wp14:editId="4DE56A05">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="27" name="Image 27"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="27" name="Image 27"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="5199C4D1" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="13205A00" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="179"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    </w:p>
+    <w:p w14:paraId="5B295DD5" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="137"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
@@ -14764,51 +14344,51 @@
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>foi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>realizada a infusão, conforme estabelecido.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5D01982F" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -14905,51 +14485,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>relacionados</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>à realização desta terapia gênica.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="21381AD1" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="359"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
@@ -15046,118 +14626,112 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>uma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vacina.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="0069924E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6D1E6DA9" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou ciente que este é um serviço público e que deverei seguir as orientações fornecidas, a fim de respeitar a organização dos processos hospitalares, como consultas, internações, prescrições e alta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4361D67F" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Estou ciente de que, antes e após a infusão, será regis</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">trada a aplicação do Instrumento de Avaliação da Função Motora, com a finalidade de avaliação clínica, acompanhamento e produção de documentos administrativos e </w:t>
+        <w:t xml:space="preserve">Estou ciente de que, antes e após a infusão, será registrada a aplicação do Instrumento de Avaliação da Função Motora, com a finalidade de avaliação clínica, acompanhamento e produção de documentos administrativos e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>científicos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1B6E8FCB" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="136"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Estou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
@@ -15303,57 +14877,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Saúde, Co</w:t>
-[...5 lines deleted...]
-        <w:t>mitê Gestor e</w:t>
+        <w:t>Saúde, Comitê Gestor e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Comitê</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -15512,101 +15080,101 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ser contatado pelo telefone (61) 3315-9220 ou pelo e-mail </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr>
             <w:color w:val="467885"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="467885"/>
           </w:rPr>
           <w:t>monitoramento.infusao@saude.gov.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="7B8F276C" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="721"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="721" w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Comprometo-me a manter minhas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informações</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de contato atualizadas junto as equipes do serviço de saúde, para garantir o recebimento de informações e convocações relacionadas ao acompanhamento.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3DE861C8" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="161"/>
         <w:ind w:left="720" w:hanging="359"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Confirmo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
@@ -15678,257 +15246,257 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>deste</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TCLE.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="16FBFFC3" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="5C8FA7F7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="193"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0E2B9D8E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="933"/>
           <w:tab w:val="left" w:pos="1383"/>
           <w:tab w:val="left" w:pos="2009"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="3A47F680" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8526B">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="75C862E4" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75213248" wp14:editId="1592E6A6">
             <wp:extent cx="1209583" cy="699516"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="28" name="Image 28"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="28" name="Image 28"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209583" cy="699516"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA736C3" wp14:editId="0CECA31F">
             <wp:extent cx="2831734" cy="490347"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="29" name="Image 29"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="29" name="Image 29"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2831734" cy="490347"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="2386AF3A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="00FD1B37" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="89"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="0909C9FA" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="2"/>
       </w:pPr>
       <w:r>
         <w:t>Nome</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(em</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>letra</w:t>
       </w:r>
@@ -15968,68 +15536,68 @@
       <w:r>
         <w:t>paciente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>responsável:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="579629C0" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="177"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D3A8C4A" wp14:editId="7A24DD47">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1080820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>283082</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3034665" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3034665" cy="1270"/>
                         </a:xfrm>
@@ -16049,136 +15617,136 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="9906">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="523073D3" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:22.3pt;width:238.95pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3034665,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABG51lJwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aSNWuNOMXQoMWA&#10;oivQDD0rshwbk0VNVGLn70fJdpJ2t2I+CJT4RPLxUV7edo1mB+WwBpPz6STlTBkJRW12Of+1uf9y&#10;zRl6YQqhwaicHxXy29XnT8vWZmoGFehCOUZBDGatzXnlvc2SBGWlGoETsMqQswTXCE9bt0sKJ1qK&#10;3uhklqaLpAVXWAdSIdLpunfyVYxflkr6n2WJyjOdc6rNx9XFdRvWZLUU2c4JW9VyKEN8oIpG1IaS&#10;nkKthRds7+p/QjW1dIBQ+omEJoGyrKWKHIjNNH3H5qUSVkUu1By0pzbh/wsrnw7PjtVFzufUHiMa&#10;0uhhaAedUHtaixmhXuyzCwTRPoL8jeRI3njCBgdMV7omYIke62Kvj6deq84zSYfzdP51sbjiTJJv&#10;OvsWcyUiG+/KPfoHBTGOODyi75UqRktUoyU7M5qO9A5K66i054yUdpyR0tteaSt8uBeKCyZrz4WE&#10;swYOagPR699VTqWdvdpcogKVq2sa9JElYXsEGSEN9ao3YmqyL8lpE6q4uUkXcYAQdF3c11qHKtDt&#10;tnfasYMI4xu/wIMivIFZh34tsOpx0TXAtBl06qUJIm2hOJLkLYmcc/yzF05xpn8YGqrwQEbDjcZ2&#10;NJzXdxCfUWwQ5dx0r8JZFtLn3JOyTzCOrMhG0QL1EzbcNPB976Gsg6JxhvqKhg3NeSQ4vMnwkC73&#10;EXX+c6z+AgAA//8DAFBLAwQUAAYACAAAACEAk5OGEd4AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwW7CMAyG75P2DpEn7TZSuqpUXVM0DaH1yGCH7RYa01Y0TtUEKG8/cxrH3/70+3OxnGwvzjj6&#10;zpGC+SwCgVQ701Gj4Hu3fslA+KDJ6N4RKriih2X5+FDo3LgLfeF5GxrBJeRzraANYcil9HWLVvuZ&#10;G5B4d3Cj1YHj2Egz6guX217GUZRKqzviC60e8KPF+rg9WQXV56L62dC16V5Xm3UVfnfdEK+Uen6a&#10;3t9ABJzCPww3fVaHkp327kTGi57zIooZVZAkKQgG0iSbg9jfBhnIspD3H5R/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAEbnWUnAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAJOThhHeAAAACQEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l3034588,e" filled="f" strokeweight=".78pt">
+              <v:shape w14:anchorId="6B681D82" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:22.3pt;width:238.95pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3034665,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCouTtFFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SNWuNOMXQoMOA&#10;oivQDDsrshwbk0WNVGL370fJcZJ1t2E+CJT4RD7yUV7e9a0VB4PUgCvkbDKVwjgNZeN2hfy+efhw&#10;IwUF5UplwZlCvhqSd6v375adz80carClQcFBHOWdL2Qdgs+zjHRtWkUT8MaxswJsVeAt7rISVcfR&#10;W5vNp9NF1gGWHkEbIj5dD065SvGryujwrarIBGELydxCWjGt27hmq6XKd6h83egjDfUPLFrVOE56&#10;CrVWQYk9Nn+FahuNQFCFiYY2g6pqtEk1cDWz6ZtqXmrlTaqFm0P+1Cb6f2H10+HFP2OkTv4R9E/i&#10;jmSdp/zkiRs6YvoK24hl4qJPXXw9ddH0QWg+vJpefVwsrqXQ7JvNP6UmZyof7+o9hS8GUhx1eKQw&#10;aFCOlqpHS/duNJGVjBrapGGQgjVEKVjD7aChVyHei+SiKbozkXjWwsFsIHnDG+ZM7ey17hIVS7m+&#10;4REeq2TsgGAjpuFeDUZKzfZlcdZFFre300UaDQLblA+NtZEF4W57b1EcVBzM9MU6OMIfMI8U1orq&#10;AZdcR5h1R50GaaJIWyhfn1F0PM2FpF97hUYK+9XxuMTRHw0cje1oYLD3kB5IahDn3PQ/FHoR0xcy&#10;sLJPMA6jykfRYuknbLzp4PM+QNVERdMMDYyOG57gVODxtcUncrlPqPM/YfUbAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCTk4YR3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftNlK6&#10;qlRdUzQNofXIYIftFhrTVjRO1QQobz9zGsff/vT7c7GcbC/OOPrOkYL5LAKBVDvTUaPge7d+yUD4&#10;oMno3hEquKKHZfn4UOjcuAt94XkbGsEl5HOtoA1hyKX0dYtW+5kbkHh3cKPVgePYSDPqC5fbXsZR&#10;lEqrO+ILrR7wo8X6uD1ZBdXnovrZ0LXpXlebdRV+d90Qr5R6fpre30AEnMI/DDd9VoeSnfbuRMaL&#10;nvMiihlVkCQpCAbSJJuD2N8GGciykPcflH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;qLk7RRQCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAk5OGEd4AAAAJAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" path="m,l3034588,e" filled="f" strokeweight=".78pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="36CC9D5B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="62BD6BBF" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="95"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="17DB675D" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="2"/>
       </w:pPr>
       <w:r>
         <w:t>Assinatura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>paciente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>responsável:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5719209E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="178"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7349EA4C" wp14:editId="75AE4909">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1080820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>283396</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3034665" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3034665" cy="1270"/>
                         </a:xfrm>
@@ -16198,71 +15766,71 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="9906">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="46E17FDC" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:22.3pt;width:238.95pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3034665,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnul5KJwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aSNWuNOMXQoMWA&#10;oivQDD0rshwbkyWNVGLn70fJdpJ2t2I+CJT4RPLxUV7edo1mBwVYW5Pz6STlTBlpi9rscv5rc//l&#10;mjP0whRCW6NyflTIb1efPy1bl6mZrawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hV1SgGgp&#10;eqOTWZouktZC4cBKhUin697JVzF+WSrpf5YlKs90zqk2H1eI6zasyWopsh0IV9VyKEN8oIpG1IaS&#10;nkKthRdsD/U/oZpagkVb+om0TWLLspYqciA20/Qdm5dKOBW5UHPQndqE/y+sfDo8A6uLnM+nnBnR&#10;kEYPQzvohNrTOswI9eKeIRBE92jlbyRH8sYTNjhguhKagCV6rIu9Pp56rTrPJB3O0/nXxeKKM0m+&#10;6exblCIR2XhX7tE/KBvjiMMj+l6pYrRENVqyM6MJpHdQWkelPWekNHBGSm97pZ3w4V4oLpisPRcS&#10;zhp7UBsbvf5d5VTa2avNJSpQubqmQR9ZErZHkBHSUK96I6Ym+5KcNqGKm5t0EQcIra6L+1rrUAXC&#10;bnungR1EGN/4BR4U4Q3MAfq1wKrHRdcA02bQqZcmiLS1xZEkb0nknOOfvQDFmf5haKjCAxkNGI3t&#10;aIDXdzY+o9ggyrnpXgU4FtLn3JOyT3YcWZGNogXqJ2y4aez3vbdlHRSNM9RXNGxoziPB4U2Gh3S5&#10;j6jzn2P1FwAA//8DAFBLAwQUAAYACAAAACEAk5OGEd4AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwW7CMAyG75P2DpEn7TZSuqpUXVM0DaH1yGCH7RYa01Y0TtUEKG8/cxrH3/70+3OxnGwvzjj6&#10;zpGC+SwCgVQ701Gj4Hu3fslA+KDJ6N4RKriih2X5+FDo3LgLfeF5GxrBJeRzraANYcil9HWLVvuZ&#10;G5B4d3Cj1YHj2Egz6guX217GUZRKqzviC60e8KPF+rg9WQXV56L62dC16V5Xm3UVfnfdEK+Uen6a&#10;3t9ABJzCPww3fVaHkp327kTGi57zIooZVZAkKQgG0iSbg9jfBhnIspD3H5R/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOe6XkonAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAJOThhHeAAAACQEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l3034588,e" filled="f" strokeweight=".78pt">
+              <v:shape w14:anchorId="45045BAC" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:22.3pt;width:238.95pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3034665,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCouTtFFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SNWuNOMXQoMOA&#10;oivQDDsrshwbk0WNVGL370fJcZJ1t2E+CJT4RD7yUV7e9a0VB4PUgCvkbDKVwjgNZeN2hfy+efhw&#10;IwUF5UplwZlCvhqSd6v375adz80carClQcFBHOWdL2Qdgs+zjHRtWkUT8MaxswJsVeAt7rISVcfR&#10;W5vNp9NF1gGWHkEbIj5dD065SvGryujwrarIBGELydxCWjGt27hmq6XKd6h83egjDfUPLFrVOE56&#10;CrVWQYk9Nn+FahuNQFCFiYY2g6pqtEk1cDWz6ZtqXmrlTaqFm0P+1Cb6f2H10+HFP2OkTv4R9E/i&#10;jmSdp/zkiRs6YvoK24hl4qJPXXw9ddH0QWg+vJpefVwsrqXQ7JvNP6UmZyof7+o9hS8GUhx1eKQw&#10;aFCOlqpHS/duNJGVjBrapGGQgjVEKVjD7aChVyHei+SiKbozkXjWwsFsIHnDG+ZM7ey17hIVS7m+&#10;4REeq2TsgGAjpuFeDUZKzfZlcdZFFre300UaDQLblA+NtZEF4W57b1EcVBzM9MU6OMIfMI8U1orq&#10;AZdcR5h1R50GaaJIWyhfn1F0PM2FpF97hUYK+9XxuMTRHw0cje1oYLD3kB5IahDn3PQ/FHoR0xcy&#10;sLJPMA6jykfRYuknbLzp4PM+QNVERdMMDYyOG57gVODxtcUncrlPqPM/YfUbAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCTk4YR3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftNlK6&#10;qlRdUzQNofXIYIftFhrTVjRO1QQobz9zGsff/vT7c7GcbC/OOPrOkYL5LAKBVDvTUaPge7d+yUD4&#10;oMno3hEquKKHZfn4UOjcuAt94XkbGsEl5HOtoA1hyKX0dYtW+5kbkHh3cKPVgePYSDPqC5fbXsZR&#10;lEqrO+ILrR7wo8X6uD1ZBdXnovrZ0LXpXlebdRV+d90Qr5R6fpre30AEnMI/DDd9VoeSnfbuRMaL&#10;nvMiihlVkCQpCAbSJJuD2N8GGciykPcflH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;qLk7RRQCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAk5OGEd4AAAAJAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" path="m,l3034588,e" filled="f" strokeweight=".78pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="7A053253" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="34688DB1" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="95"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="2A109CBD" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8385"/>
         </w:tabs>
         <w:ind w:left="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Grau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -16282,560 +15850,560 @@
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>responsável:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="5A59C58B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="40FC38E4" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="109"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="271F630A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7744"/>
         </w:tabs>
         <w:ind w:left="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Assinatura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRM do médico: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="7A2732CC" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="4CD4B6D7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="110"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="17774454" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="26"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O médico deverá registrar a obtenção deste consentimento no prontuário do paciente, no item evolução.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="55850569" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="6B2D5E24" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="58"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4681727B" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:line="391" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="6528"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Médico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsável: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CRM:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6F11A5A2" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:line="291" w:lineRule="exact"/>
         <w:ind w:left="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Instituição:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="130C2699" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="182"/>
         <w:ind w:left="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CNPJ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="5431810A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="0A304516" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="74"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="78D71868" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:ind w:left="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Paciente:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6ED04F8E" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="185"/>
         <w:ind w:left="2" w:right="6566"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nascimento:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="4888EB81" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="182"/>
         <w:ind w:left="2" w:right="6566"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CPF:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="47BF8383" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
+    <w:p w14:paraId="192515A7" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00B8526B">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="74"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="3EBC7212" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:line="388" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="6528"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Responsável</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">legal: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CPF:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="5E71048A" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
       <w:pPr>
         <w:spacing w:before="4" w:line="388" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="6736"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Contato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>telefônico: E-mail:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B8526B">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="180" w:right="1559" w:bottom="1200" w:left="1700" w:header="0" w:footer="1008" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="000000"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="318AD886" w14:textId="77777777" w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="6873D329" w14:textId="77777777" w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="371E9C17" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487411200" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487411200" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28BD150F" wp14:editId="78DD9C64">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6313170</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9912372</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="219075" cy="182245"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="219075" cy="182245"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+                        <w:p w14:paraId="68C58E27" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
                           <w:pPr>
                             <w:spacing w:before="13"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:spacing w:val="-5"/>
@@ -16849,59 +16417,58 @@
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t>13</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="28BD150F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:497.1pt;margin-top:780.5pt;width:17.25pt;height:14.35pt;z-index:-15905280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2EVhOpgEAAD4DAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu1DAQfUfiHyy/s7mIQok2WwEVCKkC&#10;pLYf4Dj2xiL2GI93k/17xk52W8FbxYs9to/PmTMz25vZjuyoAhpwLa82JWfKSeiN27f88eHLm2vO&#10;MArXixGcavlJIb/ZvX61nXyjahhg7FVgROKwmXzLhxh9UxQoB2UFbsArR48aghWRjmFf9EFMxG7H&#10;oi7Ld8UEofcBpEKk29vlke8yv9ZKxh9ao4psbDnlFvMa8tqltdhtRbMPwg9GrmmIF2RhhXEkeqG6&#10;FVGwQzD/UFkjAyDouJFgC9DaSJU9kJuq/MvN/SC8yl6oOOgvZcL/Ryu/H38GZnrqHWdOWGrRg5pj&#10;BzOrUnEmjw1h7j2h4vwJ5gRMRtHfgfyFBCmeYZYPSOiEmXWwaSebjD5S/U+XmpMIk3RZVx/K91ec&#10;SXqqruv67VWSLZ4++4DxqwLLUtDyQC3NCYjjHcYFeoasuSzyKas4d/NqooP+RB4manXL8fdBBMXZ&#10;+M1RLdNcnINwDrpzEOL4GfL0JCsOPh4iaJOVk8TCuypTk3Lu60ClKXh+zqinsd/9AQAA//8DAFBL&#10;AwQUAAYACAAAACEAn5OzjuIAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KjTiDY/xKlQUcUBcWgBieM2NnFEvI5iN3XfHudUjjvzaXam2gTTs0mNrrMkYLlIgClqrOyoFfD5&#10;sXvIgTmPJLG3pARclINNfXtTYSntmfZqOviWxRByJQrQ3g8l567RyqBb2EFR9H7saNDHc2y5HPEc&#10;w03P0yRZc4MdxQ8aB7XVqvk9nIyAr+2wewvfGt+nlXx9SbP9ZWyCEPd34fkJmFfBX2GY68fqUMdO&#10;R3si6VgvoCge04hGY7VexlUzkqR5Buw4a3mRAa8r/n9G/QcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB2EVhOpgEAAD4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCfk7OO4gAAAA4BAAAPAAAAAAAAAAAAAAAAAAAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAADwUAAAAA&#10;" filled="f" stroked="f">
-              <v:path arrowok="t"/>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:497.1pt;margin-top:780.5pt;width:17.25pt;height:14.35pt;z-index:-15905280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiSQIAlAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6N3aMdeuMOMXWYsOA&#10;YhvQ9QMUWYqNWaJKKrHz96MUJxnW27ALRUnU43uPWt1NbhB7g9SDb+RyUUphvIa299tGPv/8fH0r&#10;BUXlWzWAN408GJJ366s3qzHUpoIOhtagYBBP9Rga2cUY6qIg3RmnaAHBeL60gE5F3uK2aFGNjO6G&#10;oirLd8UI2AYEbYj49OF4KdcZ31qj43dryUQxNJK5xRwxx02KxXql6i2q0PV6pqH+gYVTveemZ6gH&#10;FZXYYf8KyvUagcDGhQZXgLW9NlkDq1mWf6l56lQwWQubQ+FsE/0/WP1t/xR+oIjTJ5h4gFkEhUfQ&#10;v4i9KcZA9VyTPKWauDoJnSy6tLIEwQ/Z28PZTzNFofmwWn4o399IoflqeVtVb2+S38XlcUCKXww4&#10;kZJGIo8rE1D7R4rH0lPJzOXYPhGJ02bikpRuoD2whpHH2Eh62Sk0UgxfPfuUZn5K8JRsTgnG4R7y&#10;z0hSPHzcRbB97nzBnTvzADL3+bOkCf+5z1WXL73+DQAA//8DAFBLAwQUAAYACAAAACEAfw9TgOEA&#10;AAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTCNIkxKkqBCckRBoOHJ3Y&#10;TazG6xC7bfh7Nqdy3Jmn2ZliO9uBnfXkjUMB61UETGPrlMFOwFf99pAC80GikoNDLeBXe9iWtzeF&#10;zJW7YKXP+9AxCkGfSwF9CGPOuW97baVfuVEjeQc3WRnonDquJnmhcDvwOIoSbqVB+tDLUb/0uj3u&#10;T1bA7hurV/Pz0XxWh8rUdRbhe3IU4v5u3j0DC3oOVxiW+lQdSurUuBMqzwYBWfYYE0rGU7KmVQsS&#10;xekGWLNoabYBXhb8/4zyDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGJJAgCUAQAAGgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH8PU4DhAAAA&#10;DgEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
+                  <w:p w14:paraId="68C58E27" w14:textId="77777777" w:rsidR="00B8526B" w:rsidRDefault="00BF25BE">
                     <w:pPr>
                       <w:spacing w:before="13"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:spacing w:val="-5"/>
@@ -16915,70 +16482,70 @@
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t>13</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="1981171F" w14:textId="77777777" w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
+    <w:p w14:paraId="00FBC9EA" w14:textId="77777777" w:rsidR="00BF25BE" w:rsidRDefault="00BF25BE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F2750D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA1EAD18"/>
     <w:lvl w:ilvl="0" w:tplc="FC16850C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="722" w:hanging="360"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -17199,134 +16766,147 @@
     <w:lvl w:ilvl="7" w:tplc="9FDC3DE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5944" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E27C5C46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6845" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1488395169">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1988850426">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="72"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JrpHSTgNr3GhogpeDJOnsR7wQOBK8OyOq5vuAo3utVdj3CfGCE6WoGuzjaZYNJ7fKBqQGQNCekHcoMFbbxyKAw==" w:salt="QRZLC3YLM/oO3DCmPIf2Jw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B8526B"/>
     <w:rsid w:val="0002689C"/>
+    <w:rsid w:val="00194935"/>
+    <w:rsid w:val="001C786F"/>
+    <w:rsid w:val="002549EE"/>
+    <w:rsid w:val="005353F6"/>
+    <w:rsid w:val="00925333"/>
     <w:rsid w:val="00B8526B"/>
     <w:rsid w:val="00BF25BE"/>
+    <w:rsid w:val="00F91C89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71BB7F23"/>
+  <w14:docId w14:val="2BAB8BCA"/>
   <w15:docId w15:val="{6D9B7F35-F87B-4A55-936B-7082214A08DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -17654,50 +17234,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -17766,55 +17351,71 @@
       <w:ind w:left="721" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
     <w:name w:val="Título Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0002689C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002549EE"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1506245109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monitoramento.infusao@saude.gov.br" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -18081,60 +17682,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3335</Words>
-  <Characters>18009</Characters>
+  <Words>3329</Words>
+  <Characters>17980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
+  <Lines>149</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21302</CharactersWithSpaces>
+  <CharactersWithSpaces>21267</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Natan Monsores</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-12-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">