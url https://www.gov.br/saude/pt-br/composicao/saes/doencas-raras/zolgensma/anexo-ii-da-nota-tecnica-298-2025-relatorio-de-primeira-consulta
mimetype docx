--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -13,53 +13,53 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="73400EA9" w14:textId="77777777" w:rsidR="00956461" w:rsidRPr="00F62BDF" w:rsidRDefault="00956461" w:rsidP="00956461">
+    <w:p w14:paraId="73400EA9" w14:textId="436FBBA0" w:rsidR="00956461" w:rsidRPr="00F62BDF" w:rsidRDefault="00956461" w:rsidP="00956461">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F62BDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>MINISTÉRIO DA SAÚDE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F7B1BE" w14:textId="77777777" w:rsidR="00956461" w:rsidRPr="00F62BDF" w:rsidRDefault="00956461" w:rsidP="00956461">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -157,60 +157,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="370ADC6A" w14:textId="77777777" w:rsidR="00D92C76" w:rsidRPr="00D92C76" w:rsidRDefault="00D92C76" w:rsidP="00D92C76">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92C76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anexo II. </w:t>
-[...8 lines deleted...]
-        <w:t>Nota Técnica nº 298/2025-CGRAR/DAET/SAES/MS</w:t>
+        <w:t>Anexo II. Nota Técnica nº 298/2025-CGRAR/DAET/SAES/MS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287A65D5" w14:textId="327E6C3B" w:rsidR="005B3C04" w:rsidRPr="00F2418A" w:rsidRDefault="005B3C04" w:rsidP="00D92C76">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2418A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Relatório de Primeira Consulta </w:t>
       </w:r>
       <w:r w:rsidR="00B8600F" w:rsidRPr="00F2418A">
         <w:rPr>
@@ -319,967 +310,431 @@
           <w:sz w:val="36"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2418A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2418A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA16488" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00D905CB" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
-    <w:p w14:paraId="1C9AB28A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="1C9AB28A" w14:textId="184E5839" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DADOS INSTITUCIONAIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C018CB" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65841A95" w14:textId="3289CE59" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="65841A95" w14:textId="3C5EB529" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LOCAL:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81A6D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...55 lines deleted...]
-    <w:p w14:paraId="17FCA344" w14:textId="517BFCF0" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="17FCA344" w14:textId="366B0226" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DATA:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:sdt>
-[...30 lines deleted...]
-    <w:p w14:paraId="52103913" w14:textId="2610D160" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="52103913" w14:textId="2D4290CD" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005343FA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CNES:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...47 lines deleted...]
-    <w:p w14:paraId="536A71C8" w14:textId="4D8569B8" w:rsidR="005B3C04" w:rsidRPr="00A76F0E" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="536A71C8" w14:textId="1551121A" w:rsidR="005B3C04" w:rsidRPr="00A76F0E" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">CIDADE/ESTADO: </w:t>
       </w:r>
-      <w:sdt>
-[...61 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:p w14:paraId="359BE45E" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3894B467" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="3894B467" w14:textId="1776BD90" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>IDENTIFICAÇÃO do paciente</w:t>
+        <w:t xml:space="preserve">IDENTIFICAÇÃO </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="001A2146">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DO PACIENTE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BD9AD7B" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
-    <w:p w14:paraId="28E12E43" w14:textId="3B257D23" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="28E12E43" w14:textId="7242583F" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nome do Paciente:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...27 lines deleted...]
-    <w:p w14:paraId="61B88D5D" w14:textId="3D0A378E" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="61B88D5D" w14:textId="42F255FE" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005343FA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CPF:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...41 lines deleted...]
-    <w:p w14:paraId="00141E80" w14:textId="66059203" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="00141E80" w14:textId="4FA87A12" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005343FA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Data de Nascimento:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...30 lines deleted...]
-    <w:p w14:paraId="1EE2D5B1" w14:textId="4B330204" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="1EE2D5B1" w14:textId="235D131B" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Idade:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...47 lines deleted...]
-    <w:p w14:paraId="7F2C9BD3" w14:textId="39DF589C" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="7F2C9BD3" w14:textId="686DA779" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sexo</w:t>
       </w:r>
       <w:r w:rsidRPr="005343FA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...25 lines deleted...]
-    <w:p w14:paraId="6D62E1CA" w14:textId="40864A9E" w:rsidR="005B3C04" w:rsidRPr="006E5E04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="6D62E1CA" w14:textId="7C6D2154" w:rsidR="005B3C04" w:rsidRPr="006E5E04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5E04">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Raça/cor:</w:t>
       </w:r>
-      <w:sdt>
-[...22 lines deleted...]
-    <w:p w14:paraId="057CF135" w14:textId="6948C5E1" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="057CF135" w14:textId="08BE4674" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nome da mãe:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...41 lines deleted...]
-    <w:p w14:paraId="253E243F" w14:textId="0F9FD730" w:rsidR="005B3C04" w:rsidRPr="000F258B" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="253E243F" w14:textId="7BDD62EC" w:rsidR="005B3C04" w:rsidRPr="000F258B" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F258B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nome do responsável legal:</w:t>
       </w:r>
-      <w:sdt>
-[...22 lines deleted...]
-    <w:p w14:paraId="5C013BE2" w14:textId="4180D808" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="5C013BE2" w14:textId="36E83F00" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Endereço Residencial:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...18 lines deleted...]
-    <w:p w14:paraId="36633361" w14:textId="3B489E13" w:rsidR="005B3C04" w:rsidRPr="009900EF" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="36633361" w14:textId="5E9AF31D" w:rsidR="005B3C04" w:rsidRPr="009900EF" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009900EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CEP:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...31 lines deleted...]
-    <w:p w14:paraId="16B6E7C2" w14:textId="510F703D" w:rsidR="005B3C04" w:rsidRPr="009900EF" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="16B6E7C2" w14:textId="75812C78" w:rsidR="005B3C04" w:rsidRPr="009900EF" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009900EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Telefone</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:sdt>
-[...22 lines deleted...]
-    <w:p w14:paraId="01E5B6F3" w14:textId="37C2BEA8" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    </w:p>
+    <w:p w14:paraId="01E5B6F3" w14:textId="192A0C5E" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009900EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:sdt>
-[...20 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:p w14:paraId="64A847F7" w14:textId="01995B82" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7358474A" w14:textId="365C52E1" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EE449F9" w14:textId="570BEE5B" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1291,276 +746,259 @@
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CD0F860" w14:textId="736FCDB1" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2332FCA8" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRPr="003E4B0E" w:rsidRDefault="00AD451F" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26DDB7B6" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00A76F0E" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="26DDB7B6" w14:textId="6B5E1DC0" w:rsidR="005B3C04" w:rsidRPr="00A76F0E" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DIAGNÓSTICO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Molecular</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22DD7798" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MOLECULAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DD7798" w14:textId="7D3E683F" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7785B">
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00A7785B">
         <w:t>M</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A7785B">
+      <w:r w:rsidR="00EB6D8F">
+        <w:t>ÉTODO</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00A7785B">
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EB6D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2541B7B8" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="7064F144" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="4DCD4A03" w14:textId="36BB9352" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
-              <w:id w:val="-1304238848"/>
-[...39 lines deleted...]
-          </w:sdt>
+              <w:t>“T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>écnica de diagnóstico confirmatório molecular</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6531DBD8" w14:textId="3C0CB01E" w:rsidR="005B3C04" w:rsidRPr="00D905CB" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="44CBCAAE" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="592B4D8D" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D4AF9FB" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B88AADF" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75101FE0" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="75101FE0" w14:textId="59352957" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E30A9E">
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00E30A9E">
         <w:t>V</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E30A9E">
+      <w:r w:rsidR="00EB6D8F">
+        <w:t>ARIANTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00E30A9E">
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EB6D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A3BFC0" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="4B50A18C" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="52FFE777" w14:textId="323E445E" w:rsidR="005B3C04" w:rsidRDefault="004E722E" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
-              <w:id w:val="-143822718"/>
-[...36 lines deleted...]
-          </w:sdt>
+              <w:t>“A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>lteração molecular e classificação de acordo com a ACMG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>.”</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="3E5F9B58" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74D75402" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03BED727" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F526268" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="469614DC" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
@@ -1579,1427 +1017,1015 @@
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="002D2C44">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>HISTÓRICO MÉDICO ATUAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AB171D" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="7877F72B" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="45942B61" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
-              <w:id w:val="-1252422256"/>
-[...131 lines deleted...]
-          </w:sdt>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Ex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>: “Sintomas principais: Detalhe a queixa principal e os sintomas associados, especificando início, duração e intensidade.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6050F7A9" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Cronologia dos eventos: Descreva a evolução dos sintomas ao longo do tempo.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D39FCEB" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Tratamentos prévios: Liste tratamentos já utilizados e seus resultados, incluindo efeitos colaterais.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A873C6" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Relação com outras condições: Explique a interação com outras condições médicas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D6E59CE" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Exames realizados: Apresente resultados conhecidos e mencione exames pendentes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314D2B04" w14:textId="27F45C86" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Observações adicionais: Inclua comentários do paciente e o impacto na vida diária.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D52133D" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40B8C887" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="40B8C887" w14:textId="12277277" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E13ABE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>5. Hábitos de Vida</w:t>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00E13ABE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HÁBITOS DE VIDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF1B3D2" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:p w14:paraId="528C2B6C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D67D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Medicações de uso de contínuo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666AA78C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="31A01981" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...13 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="70BC2C6A" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="007A0E6D" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
-            </w:sdtEndPr>
-[...102 lines deleted...]
-          </w:sdt>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0E6D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0E6D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>(Nome da medicaç</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>ão – Posologia)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E00D44B" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DD2FC5" w14:textId="77777777" w:rsidR="004E722E" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A5AE41" w14:textId="407E490C" w:rsidR="005B3C04" w:rsidRPr="00D905CB" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D905CB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="6D1AA104" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65FF37DD" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B0EF680" w14:textId="5D775B4F" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="0B0EF680" w14:textId="7C1DC0C9" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Restrições Alimentares</w:t>
       </w:r>
       <w:r w:rsidRPr="003D67D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...24 lines deleted...]
-      <w:r w:rsidR="00BF4AE1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58133E7A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="003D67D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7550AE13" w14:textId="65A5BF8A" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Padrão de Sono:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Sim. </w:t>
-[...42 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00EB6D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="00EB6D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Alterado</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Não.</w:t>
-[...141 lines deleted...]
-    <w:p w14:paraId="49A08781" w14:textId="1B8EA6D4" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3333145A" w14:textId="054AD016" w:rsidR="005B3C04" w:rsidRPr="003D67D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="680F645A" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D67D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Eliminações fisiológicas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EB6D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:sdt>
-[...91 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A08781" w14:textId="3189C24A" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7B2C4B" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="003D67D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BC060BF" w14:textId="77777777" w:rsidR="00FE3211" w:rsidRDefault="00FE3211" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="465EF736" w14:textId="7A17FAE7" w:rsidR="005B3C04" w:rsidRPr="003D67D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="2251A3A8" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D67D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Histórico Vacinal Atualizado: </w:t>
       </w:r>
-      <w:sdt>
-[...126 lines deleted...]
-        <w:t>.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="443EB4C6" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00E13ABE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:p w14:paraId="34A9E7D2" w14:textId="0EFC56D2" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A7785B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ANTECEDENTES PESSOAIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752F3F99" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00D905CB" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
-    <w:p w14:paraId="30A7C865" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="30A7C865" w14:textId="4EF3F2B6" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6.1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0D7F">
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="007D0D7F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DADOS MATERNOS E GESTACIONAIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FBF8F41" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
-    <w:p w14:paraId="62E76BCE" w14:textId="2F6826A0" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="62E76BCE" w14:textId="2C08E125" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Gestações: </w:t>
       </w:r>
-      <w:sdt>
-[...243 lines deleted...]
-        <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:r w:rsidR="004E722E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-      </w:pPr>
-[...44 lines deleted...]
-        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:t>(N</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="007A0E6D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="46AA82B7" w14:textId="4519ED14" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>úmero de gestações</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631FAAB4" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD6D554" w14:textId="775C9632" w:rsidR="004E722E" w:rsidRDefault="005B3C04" w:rsidP="004E722E">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Abortos:</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="007A0E6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Número de abortos)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E4B8AC" w14:textId="18C2D375" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5998ED7B" w14:textId="6E69A25C" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Consultas Pré-Natais:</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="007A0E6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="007A0E6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>úmero de consulta pré-natais</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADB6DCF" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F108E25" w14:textId="72A30C39" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tipo de Parto:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(Cesariana)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2929E328" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46FC3479" w14:textId="027F55A0" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Apresentação:</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="004E722E">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="007A0E6D">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E" w:rsidRPr="007A0E6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Pélvica</w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5475CF9C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26123D51" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0D7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Sorologias Maternas Negativas </w:t>
       </w:r>
-      <w:sdt>
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166587AA" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="0023252C" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50124EC9" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008352A2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -3008,1184 +2034,676 @@
     </w:p>
     <w:p w14:paraId="6965608A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="008352A2" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="748D9F42" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...23 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="71358112" w14:textId="723F5C93" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:pStyle w:val="Ttulo5"/>
+              <w:spacing w:before="0"/>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="2CA581CE" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3"/>
           <w:p w14:paraId="647195D3" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="008352A2" w:rsidRDefault="005B3C04" w:rsidP="00C046E3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="78239E7C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0983F077" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="0983F077" w14:textId="759D5C1B" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6.2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A2146">
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00EB6D8F" w:rsidRPr="001A2146">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HISTÓRICO DO RECÉM-NASCIDO</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25ACAA9F" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
-    <w:p w14:paraId="6C1A61BD" w14:textId="080DD0EE" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="6C1A61BD" w14:textId="363A174B" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7ED6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Idade Gestacional:</w:t>
+        <w:t>Idade Gestacional</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B7ED6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A0E6D">
+      <w:r w:rsidR="004E722E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:sdt>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="007A0E6D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004E722E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> semanas e </w:t>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A0E6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">semanas e </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="707378040"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007A0E6D">
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:rPr>
             <w:t>x</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007A0E6D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> dias)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B24708B" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FFE5917" w14:textId="3158748E" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="4FFE5917" w14:textId="0F473FDD" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7ED6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(APGAR)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidRPr="006B7ED6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B7ED6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>minuto:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="007A0E6D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E722E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="002926D4">
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004E722E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7ED6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>| 5º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...55 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="006B7ED6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Necessitou de Reanimação Neonatal</w:t>
-[...267 lines deleted...]
-        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:t>minuto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002926D4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6BACA3F7" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="591B280D" w14:textId="01008B41" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7ED6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Necessitou de Reanimação Neonatal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DC552A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6529E5CD" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Hipotonia ao nascimento:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...47 lines deleted...]
-    <w:p w14:paraId="5DB47B82" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE49110" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="6FF31200" w14:textId="0BEE63FE" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9DFB0B" w14:textId="5F7F7A87" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002926D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Perímetro Cefálico: </w:t>
-[...52 lines deleted...]
-        <w:rPr>
+        <w:t>Peso:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002926D4">
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(gramas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB47B82" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF31200" w14:textId="5D50A7C3" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002926D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Perímetro Cefálico: </w:t>
+      </w:r>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(centímetros)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0679CB" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="227B3AE3" w14:textId="0AFA6A52" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002926D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Estatura:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002926D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...25 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="004E722E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(centímetros)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6C8EDDA5" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FD9F236" w14:textId="4ADE7871" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
-[...1 lines deleted...]
-        <w:spacing w:line="278" w:lineRule="auto"/>
+    <w:p w14:paraId="60220F96" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002926D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Realizou </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="002926D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">riagem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="002926D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>eonatal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...45 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272DD16B" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6762F3A9" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>.</w:t>
-[...84 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Está em uso de ventilação mecânica? </w:t>
       </w:r>
-      <w:sdt>
-[...112 lines deleted...]
-        <w:t>o.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404ACF63" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00911C02" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="560613C0" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1102F1B8" w14:textId="24226193" w:rsidR="005B3C04" w:rsidRPr="002926D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
@@ -4193,792 +2711,572 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
       <w:r w:rsidRPr="002926D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>HISTÓRIA FAMILIAR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38FFD0C6" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48F906DC" w14:textId="10DAB420" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
-[...1 lines deleted...]
-        <w:spacing w:line="278" w:lineRule="auto"/>
+    <w:p w14:paraId="73074001" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494F03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Consaguinidade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00494F03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...90 lines deleted...]
-        <w:t xml:space="preserve"> Não.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1488F1FA" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="5789ED19" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="72EDCC88" w14:textId="77777777" w:rsidR="000C0369" w:rsidRPr="00142651" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
-              <w:id w:val="-524249508"/>
-[...72 lines deleted...]
-          </w:sdt>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00142651">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Relatar histórico familiar de pelo menos 3 gerações (Avós, Pais e irmãos) sobre doenças neuromusculares.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27CC7777" w14:textId="77777777" w:rsidR="000C0369" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00142651">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Informar se dentro da família há relatos sobre abortos de recorrências, malformações, doenças neuromusculares, doenças de prevalência familiar, síndromes genéticas e outras condições suspeitas com padrões de heranças genéticas reconhecíveis.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7342184D" w14:textId="6A0FE605" w:rsidR="004E722E" w:rsidRDefault="004E722E" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79193818" w14:textId="3F0C211D" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6159C600" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="0009205C" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Ttulo2Char"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C0DD9BF" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="002926D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="4C0DD9BF" w14:textId="62E7D840" w:rsidR="005B3C04" w:rsidRPr="002926D4" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>8. exames complementares</w:t>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EXAMES COMPLEMENTARES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6755DE" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79560B8C" w14:textId="7E9B7FE4" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">8.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:t>LABORATORIA</w:t>
       </w:r>
       <w:r w:rsidR="00AD451F">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7505FB42" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="008352A2" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="48E5EAEB" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...21 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="0185077F" w14:textId="68883D35" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="528C6C7C" w14:textId="03EEB3E7" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="677D31A1" w14:textId="05F2E6C9" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37722139" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3071581B" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">8.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:t>IMAGEM:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="074DD9D4" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="008352A2" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="30C92567" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...21 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="50AA6192" w14:textId="160E24F4" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="336E09C9" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F7A4581" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FACBB75" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10A04595" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">8.3 </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:t>TRIAGEM NEONATAL:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9A22F1" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00142651" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
-    <w:p w14:paraId="073B7223" w14:textId="71EC66E5" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="145AE41C" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Triagem Neonatal Alterada (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">este do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ezinho): </w:t>
       </w:r>
-      <w:sdt>
-[...112 lines deleted...]
-        <w:t>.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E96627D" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4D0A9C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Houve alterações persistentes, quais? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389CDB2A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="261F3E96" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...28 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="7490A196" w14:textId="6D663EC4" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="63D94A19" w14:textId="05F79A01" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B93F4B2" w14:textId="29EC2878" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17B0C5F4" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A6E3B9" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="569A5BFD" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62F4D2FE" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73A6E3B9" w14:textId="7AC7EDA5" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Está em acompanhamento para essas alterações?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="647B385A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="28D1D509" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...28 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="662DB02E" w14:textId="0E66CBA3" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="1DCA2D86" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6ECBF83C" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01CCCC9A" w14:textId="3098BE5E" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5020,234 +3318,151 @@
         <w:t xml:space="preserve"> painel NGS estendido para triagem neonatal (Teste da </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76F0E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ochechinha): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5146516D" w14:textId="77777777" w:rsidR="00BF4AE1" w:rsidRDefault="00BF4AE1" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C4B84AA" w14:textId="70F44A54" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="005B3C04">
-[...106 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1FE3562D" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Sim. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4B84AA" w14:textId="285A00F4" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="66D46682" w14:textId="77777777" w:rsidR="00BF4AE1" w:rsidRDefault="00BF4AE1" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="282D5E14" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Houve alterações, quais? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7EE387" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="0488C454" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...28 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="71EBB012" w14:textId="626AD4DF" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="4395F260" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03CC4A18" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79CE9075" w14:textId="0B7432C4" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5264,81 +3479,59 @@
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">8.4 </w:t>
       </w:r>
       <w:r w:rsidRPr="008352A2">
         <w:t>OUTROS:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8711DF" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00F36ABE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="09432488" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-[...29 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="44C58961" w14:textId="7A8889F8" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="69342142" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FECC4B6" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FDD2189" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00E92BD0" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
@@ -5387,73 +3580,55 @@
     </w:p>
     <w:p w14:paraId="2551F709" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00911C02" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="011C172F" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="547EE424" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:sdt>
-[...21 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="23032B0C" w14:textId="14CB0916" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="0B7DA5F4" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D953AD0" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0664452C" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4B972966" w14:textId="3C00D125" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DB2137B" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00911C02" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
@@ -5486,256 +3661,307 @@
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EXAME FÍSICO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0068BF15" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="008352A2" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="7FEE4A88" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="71CD7D30" w14:textId="7B5C96CF" w:rsidR="000C0369" w:rsidRPr="00166D90" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:pStyle w:val="PargrafodaLista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
-              <w:id w:val="742454846"/>
-[...155 lines deleted...]
-          </w:sdt>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inais Vitais: Frequência cardíaca; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>requência respiratória; Pressão arterial</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="734892EB" w14:textId="77777777" w:rsidR="000C0369" w:rsidRPr="00166D90" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:pStyle w:val="PargrafodaLista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antropometria </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42394492" w14:textId="77777777" w:rsidR="000C0369" w:rsidRPr="00166D90" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:pStyle w:val="PargrafodaLista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Ectoscopia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0870FA" w14:textId="77777777" w:rsidR="000C0369" w:rsidRPr="00166D90" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:pStyle w:val="PargrafodaLista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Sistema Cardiovascular</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E2FBCB" w14:textId="77777777" w:rsidR="000C0369" w:rsidRPr="00166D90" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:pStyle w:val="PargrafodaLista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Sistema Respiratório</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE24D79" w14:textId="77777777" w:rsidR="000C0369" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:pStyle w:val="PargrafodaLista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D90">
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Sistema Gastrointestinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C473F8" w14:textId="0AC2F3AD" w:rsidR="000C0369" w:rsidRDefault="000C0369" w:rsidP="000C0369">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Avaliação neurológica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D65CBB1" w14:textId="2AFED0D0" w:rsidR="004E722E" w:rsidRDefault="004E722E" w:rsidP="000C0369">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E73E4C3" w14:textId="461FF3A4" w:rsidR="005B3C04" w:rsidRPr="00166D90" w:rsidRDefault="005B3C04" w:rsidP="004E722E">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="4DE9074A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="341CB168" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23BADA6F" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F1BFE0E" w14:textId="0F78AE13" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73AE2F60" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00911C02" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo5"/>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C5C6C55" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="7C5C6C55" w14:textId="232A8BC1" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>11. dados pré infusionais – Check List Bula</w:t>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">DADOS PRÉ INFUSIONAIS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bula</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B4FFD4" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00F36ABE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="0C6FA853" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AC720BD" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="007141DE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
@@ -5744,1854 +3970,1176 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007141DE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">O paciente possui </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>até 6 meses e 29 dias de idade?</w:t>
             </w:r>
             <w:r w:rsidRPr="007141DE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="043FB966" w14:textId="7BB588B2" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="2D862098" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BB8289E" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02FAEF79" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00ED4016" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A Prescrição do medicamento foi realizada enquanto o paciente tinha até 6 meses de idade?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FC19FAA" w14:textId="7B0CBBB2" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="52F522E7" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72172B20" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DDE70D1" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="007141DE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>O paciente tem alergias ou hipersensibilidade às substâncias do Zolgensma</w:t>
             </w:r>
             <w:r w:rsidRPr="00B30560">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>®, predinisona ou outros glicocorticoides ou seus excipientes</w:t>
             </w:r>
             <w:r w:rsidRPr="007141DE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="599B0E6A" w14:textId="4ACDF450" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="4D633335" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C84E887" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00CF3132" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01D94BBA" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="007141DE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>O paciente recebeu alguma vacina nos últimos 30 dias?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="083AD965" w14:textId="5108D266" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="1F23E6B3" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54B29B5C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62FEF493" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">O paciente tem </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4016">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>necessidade de ventilação mecânica invasiva acima de 16 horas por dia</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69F985FD" w14:textId="5AE5F816" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="623FBC79" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24962BE7" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00ED4016" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="301F1376" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="007141DE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007141DE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Anti-AAV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="007141DE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="333A67D7" w14:textId="35C52DB9" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="333A67D7" w14:textId="2E3E52CD" w:rsidR="005B3C04" w:rsidRDefault="00EB6D8F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) </w:t>
             </w:r>
             <w:r w:rsidR="005B3C04" w:rsidRPr="00CF3132">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>NR &lt;1:</w:t>
             </w:r>
             <w:r w:rsidR="005B3C04">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00B30560">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B30560">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="005B3C04" w:rsidRPr="00CF3132">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:sdt>
-[...39 lines deleted...]
-            <w:r w:rsidR="005B3C04" w:rsidRPr="00CF3132">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005B3C04">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> RE &gt;1:50</w:t>
+              <w:t>RE &gt;1:50</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62AE7201" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59587477" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>O paciente tem presença de infecção ativa (HIV, sorologia positiva para hepatite B ou C, Zika Vírus ou outros?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3178ECD9" w14:textId="195B04AF" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="4CEC4B55" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:r w:rsidR="00B30560">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
             </w:r>
-            <w:r w:rsidR="005B3C04">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0722FEBA" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6492DA65" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="000800A7" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">O paciente apresenta incapacidade de deglutição? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70D130B3" w14:textId="4224EDDD" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="1604AAAF" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
-              <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Sim. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
             </w:r>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Não.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sim. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(    )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Não.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24464554" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36DE7C8F" w14:textId="55FD0925" w:rsidR="005B3C04" w:rsidRPr="007141DE" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Níveis de Troponina </w:t>
             </w:r>
             <w:r w:rsidR="007B27BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="105D5A03" w14:textId="34BFCCC0" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="105D5A03" w14:textId="07752D00" w:rsidR="005B3C04" w:rsidRDefault="00EB6D8F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...38 lines deleted...]
-            </w:sdt>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) </w:t>
+            </w:r>
             <w:r w:rsidR="005B3C04">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Normal </w:t>
+              <w:t>Normal</w:t>
             </w:r>
-            <w:sdt>
-[...38 lines deleted...]
-            </w:sdt>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="005B3C04">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Alte</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B3C04">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Alte</w:t>
             </w:r>
             <w:r w:rsidR="00B30560">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="005B3C04">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ada.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6852D352" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C81CD66" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Função hepática:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AB1AF60" w14:textId="23E35F07" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="7DA1D03C" w14:textId="46A59C81" w:rsidR="005B3C04" w:rsidRDefault="00EB6D8F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Normal.  </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">(  </w:t>
             </w:r>
-            <w:sdt>
-[...39 lines deleted...]
-            <w:r w:rsidR="005B3C04">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Normal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Alterada.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DA1D03C" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+          <w:p w14:paraId="31E61992" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43BE903F" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Plaquetas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00B0A3DF" w14:textId="15AE512A" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="279D995D" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Normal. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
             </w:r>
-            <w:sdt>
-[...39 lines deleted...]
-            <w:r w:rsidR="005B3C04">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Normal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Alterada.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="138B5378" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="630DD193" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Creatina: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="242DD579" w14:textId="3E30DBBC" w:rsidR="005B3C04" w:rsidRDefault="00DB75A6" w:rsidP="00C046E3">
+          <w:p w14:paraId="35E8C6B0" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Normal. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
             </w:r>
-            <w:sdt>
-[...39 lines deleted...]
-            <w:r w:rsidR="005B3C04">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Normal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Alterada.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D6355AE" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36DABC11" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Hemograma completo: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="006DB970" w14:textId="72490A41" w:rsidR="005B3C04" w:rsidRPr="00AF1592" w:rsidRDefault="00DB75A6" w:rsidP="00BF4AE1">
+          <w:p w14:paraId="4122AC35" w14:textId="77777777" w:rsidR="00EB6D8F" w:rsidRDefault="00EB6D8F" w:rsidP="00EB6D8F">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Normal. </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
             </w:r>
-            <w:sdt>
-[...39 lines deleted...]
-            <w:r w:rsidR="005B3C04">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Normal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Alterada.</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="006DB970" w14:textId="0D1386AF" w:rsidR="005B3C04" w:rsidRPr="00AF1592" w:rsidRDefault="005B3C04" w:rsidP="00BF4AE1">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32993931" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00911C02" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B33E541" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -7605,316 +5153,229 @@
           <w:bCs/>
         </w:rPr>
         <w:t>CONDUTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50EEC5A4" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="00D905CB" w:rsidRDefault="005B3C04" w:rsidP="005B3C04"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B3C04" w14:paraId="3439CCD5" w14:textId="77777777" w:rsidTr="00C046E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7321109F" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:sdt>
-[...21 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="5687A11E" w14:textId="5C8E061D" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="096DDC72" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13DAABDB" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5812D09D" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="598CCD1E" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FB351AD" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C286295" w14:textId="77777777" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C3CD165" w14:textId="3ED4936C" w:rsidR="00AD451F" w:rsidRDefault="00AD451F" w:rsidP="00C046E3">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2873E99D" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00911C02">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D5E489" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
+    <w:p w14:paraId="01D5E489" w14:textId="41A21599" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">DADOS </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>médicos</w:t>
+      <w:r w:rsidR="00EB6D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MÉDICOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AD0D9A" w14:textId="77777777" w:rsidR="005B3C04" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AEF7868" w14:textId="76CB235E" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="005B3C04">
-      <w:pPr>
+    <w:p w14:paraId="5AEF7868" w14:textId="15A9CB69" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nome do Médico Assistente:</w:t>
       </w:r>
-      <w:sdt>
-[...23 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FEB05BD" w14:textId="1EFBF93C" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CRM:</w:t>
       </w:r>
-      <w:sdt>
-[...23 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="6647F7A7" w14:textId="53583A8C" w:rsidR="005B3C04" w:rsidRPr="001A2146" w:rsidRDefault="005B3C04" w:rsidP="00EB6D8F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Data:</w:t>
       </w:r>
-      <w:sdt>
-[...26 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:p w14:paraId="72A518BB" w14:textId="250EA71E" w:rsidR="00497074" w:rsidRDefault="00497074" w:rsidP="00C73DA0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00497074">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D5F93C8" w14:textId="77777777" w:rsidR="00DB75A6" w:rsidRDefault="00DB75A6" w:rsidP="00734B9E">
+    <w:p w14:paraId="26ABD2FC" w14:textId="77777777" w:rsidR="0016186E" w:rsidRDefault="0016186E" w:rsidP="00734B9E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="049BEA29" w14:textId="77777777" w:rsidR="00DB75A6" w:rsidRDefault="00DB75A6" w:rsidP="00734B9E">
+    <w:p w14:paraId="64B5F306" w14:textId="77777777" w:rsidR="0016186E" w:rsidRDefault="0016186E" w:rsidP="00734B9E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7932,117 +5393,117 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2007586255"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="00F193C9" w14:textId="55DC068C" w:rsidR="00B30560" w:rsidRDefault="00B30560">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00D92C76">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0F3DC6DE" w14:textId="77833E15" w:rsidR="00734B9E" w:rsidRDefault="00734B9E" w:rsidP="005A3944">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2141C55A" w14:textId="77777777" w:rsidR="00DB75A6" w:rsidRDefault="00DB75A6" w:rsidP="00734B9E">
+    <w:p w14:paraId="60D298D5" w14:textId="77777777" w:rsidR="0016186E" w:rsidRDefault="0016186E" w:rsidP="00734B9E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DCE3B03" w14:textId="77777777" w:rsidR="00DB75A6" w:rsidRDefault="00DB75A6" w:rsidP="00734B9E">
+    <w:p w14:paraId="0855F171" w14:textId="77777777" w:rsidR="0016186E" w:rsidRDefault="0016186E" w:rsidP="00734B9E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18E62C60" w14:textId="6A36D167" w:rsidR="00FE3211" w:rsidRPr="00FE3211" w:rsidRDefault="00FE3211" w:rsidP="00FE3211">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r w:rsidRPr="00FE3211">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16186ED7" wp14:editId="592AA140">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1939290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-1634490</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3190240" cy="3423920"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="14188" y="8893"/>
               <wp:lineTo x="4901" y="9614"/>
               <wp:lineTo x="903" y="10215"/>
@@ -8082,58 +5543,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3190240" cy="3423920"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:bookmarkStart w:id="1" w:name="_Hlk216265006"/>
-[...6 lines deleted...]
-    <w:bookmarkStart w:id="8" w:name="_Hlk216265245"/>
+    <w:bookmarkStart w:id="0" w:name="_Hlk216265006"/>
+    <w:bookmarkStart w:id="1" w:name="_Hlk216265007"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk216265088"/>
+    <w:bookmarkStart w:id="3" w:name="_Hlk216265089"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk216265170"/>
+    <w:bookmarkStart w:id="5" w:name="_Hlk216265171"/>
+    <w:bookmarkStart w:id="6" w:name="_Hlk216265244"/>
+    <w:bookmarkStart w:id="7" w:name="_Hlk216265245"/>
     <w:r w:rsidRPr="00FE3211">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4260DC09" wp14:editId="53790C5C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>405765</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-381000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1342390" cy="826135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20919"/>
               <wp:lineTo x="21150" y="20919"/>
               <wp:lineTo x="21150" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
@@ -8163,69 +5624,69 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1342390" cy="826135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkEnd w:id="8"/>
   </w:p>
   <w:p w14:paraId="02550672" w14:textId="77777777" w:rsidR="00734B9E" w:rsidRDefault="00734B9E">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00847CE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5FA7CD8"/>
     <w:lvl w:ilvl="0" w:tplc="528889CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13133,368 +10594,379 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="852644178">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="284773481">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1833829815">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="45760666">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1870529641">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2098750383">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1315983859">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1402554814">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="2083601770">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2131436897">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="823426347">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="534275763">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1477801707">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="713576756">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1972902743">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1452475242">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="685592610">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1671784970">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1772510821">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1232736670">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1236016891">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="288829544">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="95256244">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1416130752">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="882601092">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="642660656">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1431926147">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="834953435">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="112751884">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="716129025">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1446652705">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="2136022240">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1871800205">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1238322236">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1665547548">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1349597242">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="526260654">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1260602514">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="675153650">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1317801920">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1157460718">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1408917355">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZMc7sB/hhThCSgNmuIf9GT28nJeHDe7CIKl/xS234NskJwHdPH2AZwNTuK9kyoINdZ/DllS9ZPSdXmdlRHYv9A==" w:salt="RMST78AprQgXPE9mz6A4oQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00734B9E"/>
     <w:rsid w:val="00017F91"/>
     <w:rsid w:val="00053C91"/>
     <w:rsid w:val="00091EEB"/>
+    <w:rsid w:val="000C0369"/>
     <w:rsid w:val="00112C11"/>
     <w:rsid w:val="001155D0"/>
     <w:rsid w:val="00143080"/>
     <w:rsid w:val="001451BB"/>
+    <w:rsid w:val="0016186E"/>
     <w:rsid w:val="00173877"/>
     <w:rsid w:val="00191E13"/>
     <w:rsid w:val="00191F02"/>
     <w:rsid w:val="001B3CD8"/>
     <w:rsid w:val="001D6B5E"/>
     <w:rsid w:val="002A366C"/>
     <w:rsid w:val="002B1B16"/>
     <w:rsid w:val="002B6022"/>
     <w:rsid w:val="002B75A4"/>
     <w:rsid w:val="002C3F26"/>
     <w:rsid w:val="00304766"/>
     <w:rsid w:val="0036552E"/>
     <w:rsid w:val="0037474C"/>
     <w:rsid w:val="0038766F"/>
     <w:rsid w:val="003E6CDB"/>
     <w:rsid w:val="003F2DC4"/>
     <w:rsid w:val="004342C1"/>
     <w:rsid w:val="00452EA1"/>
     <w:rsid w:val="00497074"/>
     <w:rsid w:val="004A31AD"/>
     <w:rsid w:val="004C2D5F"/>
     <w:rsid w:val="004C66ED"/>
     <w:rsid w:val="004D0378"/>
+    <w:rsid w:val="004E722E"/>
     <w:rsid w:val="00500578"/>
     <w:rsid w:val="005238F8"/>
     <w:rsid w:val="005664E5"/>
     <w:rsid w:val="005A3944"/>
     <w:rsid w:val="005B3C04"/>
     <w:rsid w:val="005D0B99"/>
     <w:rsid w:val="005E2F35"/>
     <w:rsid w:val="0063146B"/>
     <w:rsid w:val="006900EE"/>
     <w:rsid w:val="00734B9E"/>
     <w:rsid w:val="00741E00"/>
     <w:rsid w:val="00767252"/>
     <w:rsid w:val="007B27BC"/>
     <w:rsid w:val="007C1B02"/>
     <w:rsid w:val="007F60E0"/>
     <w:rsid w:val="0081700E"/>
     <w:rsid w:val="00824EA3"/>
     <w:rsid w:val="0084287B"/>
+    <w:rsid w:val="008528CB"/>
     <w:rsid w:val="00892481"/>
     <w:rsid w:val="0089469F"/>
     <w:rsid w:val="008F2485"/>
     <w:rsid w:val="009231A8"/>
+    <w:rsid w:val="00925333"/>
     <w:rsid w:val="00945DAA"/>
     <w:rsid w:val="00956461"/>
     <w:rsid w:val="009909D9"/>
     <w:rsid w:val="009A278F"/>
     <w:rsid w:val="009A3225"/>
     <w:rsid w:val="009D612D"/>
     <w:rsid w:val="00A034E8"/>
     <w:rsid w:val="00A2353C"/>
     <w:rsid w:val="00A70733"/>
     <w:rsid w:val="00AA59AB"/>
     <w:rsid w:val="00AD3AF5"/>
     <w:rsid w:val="00AD451F"/>
     <w:rsid w:val="00AF665E"/>
     <w:rsid w:val="00B02A39"/>
     <w:rsid w:val="00B30560"/>
     <w:rsid w:val="00B3240C"/>
     <w:rsid w:val="00B42440"/>
     <w:rsid w:val="00B51600"/>
     <w:rsid w:val="00B53CC7"/>
     <w:rsid w:val="00B8600F"/>
     <w:rsid w:val="00BA337E"/>
     <w:rsid w:val="00BB52AE"/>
     <w:rsid w:val="00BC4DE9"/>
     <w:rsid w:val="00BF4AE1"/>
     <w:rsid w:val="00C01B65"/>
     <w:rsid w:val="00C069B6"/>
     <w:rsid w:val="00C31E75"/>
     <w:rsid w:val="00C702E4"/>
     <w:rsid w:val="00C73DA0"/>
     <w:rsid w:val="00C868FC"/>
     <w:rsid w:val="00C96DA7"/>
+    <w:rsid w:val="00CB3A75"/>
     <w:rsid w:val="00CC18F7"/>
     <w:rsid w:val="00CC7763"/>
     <w:rsid w:val="00CF61F4"/>
     <w:rsid w:val="00CF7B06"/>
     <w:rsid w:val="00D13A7C"/>
     <w:rsid w:val="00D52A11"/>
+    <w:rsid w:val="00D87802"/>
     <w:rsid w:val="00D91276"/>
     <w:rsid w:val="00D92C76"/>
     <w:rsid w:val="00DB06DF"/>
     <w:rsid w:val="00DB75A6"/>
     <w:rsid w:val="00DC6544"/>
     <w:rsid w:val="00E02C00"/>
     <w:rsid w:val="00E24D66"/>
     <w:rsid w:val="00E36F6F"/>
     <w:rsid w:val="00E65FDB"/>
     <w:rsid w:val="00EB617C"/>
+    <w:rsid w:val="00EB6D8F"/>
     <w:rsid w:val="00EC0381"/>
+    <w:rsid w:val="00EC5D0C"/>
     <w:rsid w:val="00EE4265"/>
     <w:rsid w:val="00F017C1"/>
     <w:rsid w:val="00F2418A"/>
     <w:rsid w:val="00F24327"/>
     <w:rsid w:val="00F3198F"/>
     <w:rsid w:val="00F620DB"/>
     <w:rsid w:val="00F638F9"/>
     <w:rsid w:val="00FD64C5"/>
     <w:rsid w:val="00FD7B8C"/>
     <w:rsid w:val="00FE3211"/>
     <w:rsid w:val="2B259AD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55942046"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0ABE4720-EB8B-4B1F-A19A-E2F3E96BFE05}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13822,50 +11294,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D6B5E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005B3C04"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
@@ -14251,55 +11728,69 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
     <w:name w:val="Título 5 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="005B3C04"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoEspaoReservado">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B30560"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6D8F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="155540627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="165756964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15044,168 +12535,84 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{514DA861-CCC1-48EC-AEF2-7E99A2C96025}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008E55CD" w:rsidRDefault="008B3A20">
           <w:r w:rsidRPr="007D0181">
             <w:rPr>
               <w:rStyle w:val="TextodoEspaoReservado"/>
             </w:rPr>
             <w:t>Clique ou toque aqui para inserir o texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...82 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -15219,118 +12626,134 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B3A20"/>
+    <w:rsid w:val="004A5CBB"/>
     <w:rsid w:val="00710B3E"/>
+    <w:rsid w:val="00722514"/>
     <w:rsid w:val="0081700E"/>
     <w:rsid w:val="008B3A20"/>
     <w:rsid w:val="008E55CD"/>
+    <w:rsid w:val="00925333"/>
     <w:rsid w:val="00A01DB9"/>
     <w:rsid w:val="00AE5F95"/>
     <w:rsid w:val="00BC4DE9"/>
     <w:rsid w:val="00CF61F4"/>
     <w:rsid w:val="00E46D10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15658,105 +13081,102 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoEspaoReservado">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A01DB9"/>
+    <w:rsid w:val="00722514"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00A01DB9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -15996,50 +13416,70 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25cffd1a-cf56-4884-be10-d051a2a91f95">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7279a758c804593402be84a303a3fbc6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25cffd1a-cf56-4884-be10-d051a2a91f95" xmlns:ns3="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a8f2f76b46a626c595c7ea52867e9d" ns2:_="" ns3:_="">
     <xsd:import namespace="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
     <xsd:import namespace="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -16230,150 +13670,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B573DA6E-C91A-4010-88F3-A7AA4A2018B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
+    <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{865FE67C-A19B-4E83-9CFD-C0045530154F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0E8EC44-FCAB-4BEE-95E5-7AA1E0592F03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
     <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{152D2E66-2B0B-4035-B1FF-30794A4C920B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>890</Words>
-  <Characters>4812</Characters>
+  <Words>750</Words>
+  <Characters>4052</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5691</CharactersWithSpaces>
+  <CharactersWithSpaces>4793</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ana Carolina Digues da Costa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E</vt:lpwstr>
   </property>