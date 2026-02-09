--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -1,2480 +1,6530 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
-[...2 lines deleted...]
-        <w:ind w:left="645" w:right="648" w:hanging="2"/>
+    <w:p w14:paraId="73400EA9" w14:textId="28A9B4A7" w:rsidR="00956461" w:rsidRPr="00F62BDF" w:rsidRDefault="00956461" w:rsidP="00956461">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F62BDF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>SECRETARIA DE ATENÇÃO ESPECIALIZADA À SAÚDE DEPARTAMENTO</w:t>
-[...84 lines deleted...]
-        <w:t>TEMÁTICA</w:t>
+        <w:t>MINISTÉRIO DA SAÚDE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="38F7B1BE" w14:textId="40EA3124" w:rsidR="00956461" w:rsidRDefault="00956461" w:rsidP="00956461">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F62BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>SECRETARIA DE ATENÇÃO ESPECIALIZADA À SAÚDE</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...2 lines deleted...]
-        <w:spacing w:before="124"/>
+    <w:p w14:paraId="4A94D45A" w14:textId="77777777" w:rsidR="005F77A4" w:rsidRPr="00F62BDF" w:rsidRDefault="005F77A4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F62BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>DEPARTAMENTO DE ATENÇÃO ESPECIALIZADA E TEMÁTICA</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
+    <w:p w14:paraId="736C1222" w14:textId="77777777" w:rsidR="005F77A4" w:rsidRPr="00F62BDF" w:rsidRDefault="005F77A4" w:rsidP="00956461">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="694E9259" w14:textId="178E6C9B" w:rsidR="00956461" w:rsidRDefault="00956461" w:rsidP="00956461">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B56BBD4" w14:textId="39707D5F" w:rsidR="005872F4" w:rsidRDefault="005872F4" w:rsidP="00956461">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8678AF" w14:textId="6872C1D0" w:rsidR="005872F4" w:rsidRDefault="005872F4" w:rsidP="00956461">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="360D70B6" w14:textId="77777777" w:rsidR="0051171D" w:rsidRDefault="0051171D" w:rsidP="0051171D">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
         <w:t>Anexo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I</w:t>
+        <w:t xml:space="preserve"> I. Nota Técnica nº 298/2025-CGRAR/DAET/SAES/MS.</w:t>
       </w:r>
-      <w:r w:rsidR="004A3A8C">
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
+    <w:p w14:paraId="3CA9CA7D" w14:textId="30E91820" w:rsidR="0051171D" w:rsidRDefault="0051171D" w:rsidP="0051171D">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:ind w:left="1"/>
       </w:pPr>
       <w:r>
         <w:t>Prescrição</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Médica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Medicamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Onasemnogeno Aberpavoveque (Zolgensma®).</w:t>
+        <w:t>Onasemnogeno Abepa</w:t>
+      </w:r>
+      <w:r w:rsidR="00665D85">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t>voveque (Zolgensma®).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="15823AFB" w14:textId="32B3C807" w:rsidR="005872F4" w:rsidRPr="0051171D" w:rsidRDefault="005872F4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296D1CB6" w14:textId="57BB291D" w:rsidR="005F77A4" w:rsidRDefault="005F77A4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...2 lines deleted...]
-        <w:spacing w:before="329"/>
+    <w:p w14:paraId="422534BF" w14:textId="0411B367" w:rsidR="005F77A4" w:rsidRDefault="005F77A4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w14:paraId="361C2B78" w14:textId="77777777" w:rsidR="00192F66" w:rsidRDefault="00192F66" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1467732F" w14:textId="17A2B134" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:t>Identificação</w:t>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Identificação do Médico</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="597A7DF5" w14:textId="32D2F016" w:rsidR="005F77A4" w:rsidRDefault="005F77A4" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-11"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome:</w:t>
+      </w:r>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>do</w:t>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>CRM/UF:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Médico</w:t>
-[...48 lines deleted...]
-      <w:r>
+        <w:br/>
         <w:t xml:space="preserve">RQE (quando houver): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
-[...3 lines deleted...]
-        <w:ind w:left="2" w:right="1"/>
+    <w:p w14:paraId="327BEEDA" w14:textId="57E3540B" w:rsidR="005A144E" w:rsidRPr="00555173" w:rsidRDefault="005A144E" w:rsidP="005A144E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Endereço Completo (residencial ou profissional): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A3A8C" w:rsidRDefault="00DB06E4">
-[...3 lines deleted...]
-        <w:ind w:left="2" w:right="2227"/>
+    <w:p w14:paraId="5786FA36" w14:textId="61157DD5" w:rsidR="005A144E" w:rsidRPr="00555173" w:rsidRDefault="005A144E" w:rsidP="005A144E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="808080"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">contato: </w:t>
+        <w:t xml:space="preserve">Telefone para contato: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
-[...3 lines deleted...]
-        <w:ind w:left="2" w:right="2227"/>
+    <w:p w14:paraId="7039BB5D" w14:textId="0AA6AC7A" w:rsidR="005A144E" w:rsidRDefault="005A144E" w:rsidP="005A144E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>E-mail para contato:</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail para contato: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w14:paraId="0499565F" w14:textId="471CAED7" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="00192F66">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:tabs>
-[...8 lines deleted...]
-      <w:r>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-11"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>Paciente</w:t>
+        <w:t>Identificação do Paciente</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...2 lines deleted...]
-        <w:spacing w:before="121"/>
+    <w:p w14:paraId="71BA664A" w14:textId="7DBF3105" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="26"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-        <w:t>Nome</w:t>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome Completo:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...8 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...9 lines deleted...]
-        <w:ind w:left="2" w:right="2178"/>
+    <w:p w14:paraId="300D321D" w14:textId="322AE654" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="808080"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>Data</w:t>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Data de Nascimento:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...48 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...19 lines deleted...]
-        <w:t>Identificação</w:t>
+    <w:p w14:paraId="00DE53EA" w14:textId="08CF1B49" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="005F77A4">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>CPF:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
         <w:rPr>
-          <w:spacing w:val="-11"/>
-[...385 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A3A8C" w:rsidRDefault="00DB06E4">
-[...3 lines deleted...]
-        <w:ind w:left="2" w:right="1891"/>
+    <w:p w14:paraId="4BE495E6" w14:textId="5CE2A6E2" w:rsidR="005F77A4" w:rsidRDefault="005F77A4" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="808080"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Dose do Medicamento: </w:t>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Endereço Completo:</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-        <w:ind w:left="2"/>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
         <w:rPr>
-          <w:b/>
-[...94 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="7E6DFCA1" w14:textId="77777777" w:rsidR="0051171D" w:rsidRPr="00555173" w:rsidRDefault="0051171D" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7D31AF38" w14:textId="0D38767E" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="00192F66">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Identificação da Mãe</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="031C02A2" w14:textId="4A8E8F33" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome Completo: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="000F5702">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2E88C6BC" w14:textId="4B31359F" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="005F77A4" w:rsidP="00192F66">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Identificação do Responsável Legal</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
-[...1 lines deleted...]
-        <w:ind w:left="2"/>
+    <w:p w14:paraId="3658AFC3" w14:textId="0FADBEFB" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome Completo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C239B8" w14:textId="4E4F2E01" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Endereço Completo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAD8EB7" w14:textId="1A59F9DA" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telefone para contato: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16899EB1" w14:textId="5E52C809" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Cartão Nacional de Saúde – CNS (se houver)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D0860D" w14:textId="20C17539" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BAD3A4" w14:textId="6333F59D" w:rsidR="00192F66" w:rsidRPr="00555173" w:rsidRDefault="00192F66" w:rsidP="00192F66">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Dados da Prescrição</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033A1D9D" w14:textId="2EEAB895" w:rsidR="005F77A4" w:rsidRDefault="005A144E" w:rsidP="00192F66">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome do Medicamento:</w:t>
+      </w:r>
+      <w:r w:rsidR="00192F66" w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790CE064" w14:textId="4E0F63E3" w:rsidR="005A144E" w:rsidRPr="00555173" w:rsidRDefault="005A144E" w:rsidP="005A144E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Dose do Medicamento:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513E35BD" w14:textId="505F6413" w:rsidR="005A144E" w:rsidRPr="00555173" w:rsidRDefault="005A144E" w:rsidP="005A144E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Via do Medicamento:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8A2822" w14:textId="77777777" w:rsidR="00555173" w:rsidRDefault="00555173" w:rsidP="00555173">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="0EAE3CF3" w14:textId="7A7B7D7D" w:rsidR="005F77A4" w:rsidRPr="00555173" w:rsidRDefault="00555173" w:rsidP="00555173">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:spacing w:val="-2"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Carimbo:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura: </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000F5702">
-[...4 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="23D1F827" w14:textId="60C49F82" w:rsidR="00555173" w:rsidRDefault="00555173" w:rsidP="00555173">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="600" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="490F879E" w14:textId="55DAEFB2" w:rsidR="005A144E" w:rsidRPr="00555173" w:rsidRDefault="005A144E" w:rsidP="005A144E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A144E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Data da Emissão</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7228282C" w14:textId="77777777" w:rsidR="00555173" w:rsidRPr="00555173" w:rsidRDefault="00555173" w:rsidP="00555173">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="600" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FFB6C78" w14:textId="7F1316B5" w:rsidR="00555173" w:rsidRPr="00555173" w:rsidRDefault="00555173" w:rsidP="00555173">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="600" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555173">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carimbo: </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00555173" w:rsidRPr="00555173">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB06E4" w:rsidRDefault="00DB06E4">
+    <w:p w14:paraId="1E4BF1ED" w14:textId="77777777" w:rsidR="0045192F" w:rsidRDefault="0045192F" w:rsidP="00734B9E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB06E4" w:rsidRDefault="00DB06E4">
+    <w:p w14:paraId="4DFF05D5" w14:textId="77777777" w:rsidR="0045192F" w:rsidRDefault="0045192F" w:rsidP="00734B9E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="423851070"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="0A7F49E3" w14:textId="5CAD36F8" w:rsidR="005872F4" w:rsidRDefault="005872F4">
+        <w:pPr>
+          <w:pStyle w:val="Rodap"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00F767E7">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="0F3DC6DE" w14:textId="1F89F4C1" w:rsidR="005872F4" w:rsidRDefault="005872F4" w:rsidP="005A3944">
     <w:pPr>
-      <w:pStyle w:val="Corpodetexto"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Rodap"/>
+      <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
-[...304 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB06E4" w:rsidRDefault="00DB06E4">
+    <w:p w14:paraId="4D4BC5D9" w14:textId="77777777" w:rsidR="0045192F" w:rsidRDefault="0045192F" w:rsidP="00734B9E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB06E4" w:rsidRDefault="00DB06E4">
+    <w:p w14:paraId="52145033" w14:textId="77777777" w:rsidR="0045192F" w:rsidRDefault="0045192F" w:rsidP="00734B9E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05EC9746" w14:textId="77777777" w:rsidR="006E4328" w:rsidRDefault="006E4328" w:rsidP="006E4328">
     <w:pPr>
-      <w:pStyle w:val="Corpodetexto"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487532544" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60741D36" wp14:editId="4C036D65">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>1583023</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>1939290</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>131060</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-1664970</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1224453" cy="708115"/>
+          <wp:extent cx="3190240" cy="3423920"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="1" name="Image 1"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="14059" y="9013"/>
+              <wp:lineTo x="4127" y="9734"/>
+              <wp:lineTo x="903" y="10215"/>
+              <wp:lineTo x="903" y="11898"/>
+              <wp:lineTo x="6449" y="12378"/>
+              <wp:lineTo x="13285" y="12619"/>
+              <wp:lineTo x="19992" y="12619"/>
+              <wp:lineTo x="20121" y="12378"/>
+              <wp:lineTo x="20637" y="10936"/>
+              <wp:lineTo x="19605" y="9734"/>
+              <wp:lineTo x="18831" y="9013"/>
+              <wp:lineTo x="14059" y="9013"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Imagem 2" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Image 1"/>
+                  <pic:cNvPr id="2" name="Imagem 2" descr="Interface gráfica do usuário, Aplicativo&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1224453" cy="708115"/>
+                    <a:ext cx="3190240" cy="3423920"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+        <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487533056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="295DBAC6" wp14:editId="37AEE7E7">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>3194590</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>405765</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>253254</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-381000</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2839909" cy="491612"/>
+          <wp:extent cx="1342390" cy="826135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="2" name="Image 2"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20919"/>
+              <wp:lineTo x="21150" y="20919"/>
+              <wp:lineTo x="21150" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1" name="Imagem 1" descr="Logotipo, nome da empresa&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Image 2"/>
+                  <pic:cNvPr id="1" name="Imagem 1" descr="Logotipo, nome da empresa&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2" cstate="print"/>
+                  <a:blip r:embed="rId2" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2839909" cy="491612"/>
+                    <a:ext cx="1342390" cy="826135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...176 lines deleted...]
-    </w:r>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w:rsidR="000F5702" w:rsidRDefault="00DB06E4">
+  <w:p w14:paraId="02550672" w14:textId="4A0A3DAB" w:rsidR="005872F4" w:rsidRDefault="005872F4">
     <w:pPr>
-      <w:pStyle w:val="Corpodetexto"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
-    <w:r>
-[...414 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A88399E"/>
+    <w:nsid w:val="00847CE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="449685CE"/>
-    <w:lvl w:ilvl="0" w:tplc="AB324DE8">
+    <w:tmpl w:val="D5FA7CD8"/>
+    <w:lvl w:ilvl="0" w:tplc="528889CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="009E68CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="706EC6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07236E48"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39467D34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07E21813"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6890BB9C"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="083E54C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CA04224"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A3364C0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E988ADCC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E714AA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47E8E138"/>
+    <w:lvl w:ilvl="0" w:tplc="04160019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="115B06B4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9258CD94"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="123405FC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9D6A684E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12962690"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16A87D96"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14AF2A68"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="206883B8"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="186503EE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D060776A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BF82119"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB2E2B46"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D230B22"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A76C4466"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24E17B29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37EE3850"/>
+    <w:lvl w:ilvl="0" w:tplc="E724181E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AF5362D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1084ED84"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C8D4CF6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8C90062C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CEF797C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DB1662EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FFF1653"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C683562"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33487EF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21A8804C"/>
+    <w:lvl w:ilvl="0" w:tplc="528889CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="346676D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E44986C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36551036"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CCEACE72"/>
+    <w:lvl w:ilvl="0" w:tplc="50FC3202">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3768503D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="018EEC70"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39E2520C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A536902C"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F9B59EC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0E543198"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44C878EA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="059A6228"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F872B3F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A8EE47E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5275AE65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BAEF242"/>
+    <w:lvl w:ilvl="0" w:tplc="4FEEC53A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C9486F94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1B9221C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AA9CCD5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DBC48C0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BEAA2F92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="712ABD14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5462C076">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1A08E88A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="547C6694"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38CC5BB8"/>
+    <w:lvl w:ilvl="0" w:tplc="2E806E84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="564155BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAB283B0"/>
+    <w:lvl w:ilvl="0" w:tplc="BFD6E79C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="722" w:hanging="720"/>
-[...3 lines deleted...]
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b/>
-        <w:bCs/>
-[...14 lines deleted...]
-        <w:ind w:left="1498" w:hanging="720"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="565F48DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="315ACD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F8A0A15"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1160F760"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...7 lines deleted...]
-        <w:ind w:left="2277" w:hanging="720"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="608F2504"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6BF28D2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="686E0191"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8D6CC93A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69E556F5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8C946CB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D8D0222"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5AB0A9D8"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...7 lines deleted...]
-        <w:ind w:left="3055" w:hanging="720"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DF22702"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53729C48"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E5E49BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD8A77B8"/>
+    <w:lvl w:ilvl="0" w:tplc="656A07C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...7 lines deleted...]
-        <w:ind w:left="3834" w:hanging="720"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EC70604"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E716D96A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75DB13DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A685F06"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1485" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2925" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3645" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4365" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5085" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5805" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6525" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7245" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="783A28D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54F6B314"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...48 lines deleted...]
-      </w:rPr>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78A94E15"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A784F2E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1738166103">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1288120737">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="132331272">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2146501987">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="349911108">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="245698569">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1682049929">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1553808900">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="432633725">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="894464660">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="503786629">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1519811853">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2012440049">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1716193922">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1621761012">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="59598802">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="816335108">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1633368241">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1259869436">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1688944721">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="574515559">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1505122949">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1486706878">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="2099522717">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="564992477">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1475877789">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1689020722">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2073657172">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="444736314">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="951285396">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1392533660">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1240677371">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="407383109">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="392971973">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="280773076">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="694693710">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="856042260">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="442043236">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1654944153">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="416679081">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="2085446536">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="916289209">
+    <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cPcWklOairjR5+47LC6H4cGnh52avPXRs5E5vEphBUVVtpTmL6ZG2H7P2QmYB4VEpagoXbrKTaQQeMQIPBoeRg==" w:salt="+dhkGIolfmV4mfyynljlYQ=="/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000F5702"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DB06E4"/>
+    <w:rsidRoot w:val="00734B9E"/>
+    <w:rsid w:val="00017F91"/>
+    <w:rsid w:val="00021FDA"/>
+    <w:rsid w:val="00053C91"/>
+    <w:rsid w:val="00091EEB"/>
+    <w:rsid w:val="00112C11"/>
+    <w:rsid w:val="001155D0"/>
+    <w:rsid w:val="00143080"/>
+    <w:rsid w:val="001451BB"/>
+    <w:rsid w:val="00173877"/>
+    <w:rsid w:val="00191F02"/>
+    <w:rsid w:val="00192F66"/>
+    <w:rsid w:val="001B3CD8"/>
+    <w:rsid w:val="001C6205"/>
+    <w:rsid w:val="001D6B5E"/>
+    <w:rsid w:val="002178E9"/>
+    <w:rsid w:val="002A366C"/>
+    <w:rsid w:val="002B1B16"/>
+    <w:rsid w:val="002B6022"/>
+    <w:rsid w:val="002B75A4"/>
+    <w:rsid w:val="002C3F26"/>
+    <w:rsid w:val="0036552E"/>
+    <w:rsid w:val="0037474C"/>
+    <w:rsid w:val="0038766F"/>
+    <w:rsid w:val="003E6CDB"/>
+    <w:rsid w:val="004342C1"/>
+    <w:rsid w:val="0045192F"/>
+    <w:rsid w:val="00452EA1"/>
+    <w:rsid w:val="00465F17"/>
+    <w:rsid w:val="00497074"/>
+    <w:rsid w:val="004A31AD"/>
+    <w:rsid w:val="004C2D5F"/>
+    <w:rsid w:val="004C66ED"/>
+    <w:rsid w:val="004D0378"/>
+    <w:rsid w:val="00500578"/>
+    <w:rsid w:val="0051171D"/>
+    <w:rsid w:val="005238F8"/>
+    <w:rsid w:val="00555173"/>
+    <w:rsid w:val="005664E5"/>
+    <w:rsid w:val="005872F4"/>
+    <w:rsid w:val="005A144E"/>
+    <w:rsid w:val="005A3944"/>
+    <w:rsid w:val="005B2797"/>
+    <w:rsid w:val="005D0B99"/>
+    <w:rsid w:val="005E2F35"/>
+    <w:rsid w:val="005F77A4"/>
+    <w:rsid w:val="0063146B"/>
+    <w:rsid w:val="00665D85"/>
+    <w:rsid w:val="006C3A17"/>
+    <w:rsid w:val="006E4328"/>
+    <w:rsid w:val="00734B9E"/>
+    <w:rsid w:val="00741E00"/>
+    <w:rsid w:val="00755E83"/>
+    <w:rsid w:val="00767252"/>
+    <w:rsid w:val="007C1B02"/>
+    <w:rsid w:val="007E3ECB"/>
+    <w:rsid w:val="007F0D85"/>
+    <w:rsid w:val="00824EA3"/>
+    <w:rsid w:val="0083133A"/>
+    <w:rsid w:val="0084287B"/>
+    <w:rsid w:val="00884D02"/>
+    <w:rsid w:val="00892481"/>
+    <w:rsid w:val="0089469F"/>
+    <w:rsid w:val="008F2485"/>
+    <w:rsid w:val="00910D05"/>
+    <w:rsid w:val="009231A8"/>
+    <w:rsid w:val="00925333"/>
+    <w:rsid w:val="00945DAA"/>
+    <w:rsid w:val="00956461"/>
+    <w:rsid w:val="009909D9"/>
+    <w:rsid w:val="009A278F"/>
+    <w:rsid w:val="009A3225"/>
+    <w:rsid w:val="009C601F"/>
+    <w:rsid w:val="009D612D"/>
+    <w:rsid w:val="00A2353C"/>
+    <w:rsid w:val="00A70733"/>
+    <w:rsid w:val="00AA59AB"/>
+    <w:rsid w:val="00AC3536"/>
+    <w:rsid w:val="00AD3AF5"/>
+    <w:rsid w:val="00AF665E"/>
+    <w:rsid w:val="00B02A39"/>
+    <w:rsid w:val="00B3240C"/>
+    <w:rsid w:val="00B42440"/>
+    <w:rsid w:val="00B51600"/>
+    <w:rsid w:val="00B53CC7"/>
+    <w:rsid w:val="00BA337E"/>
+    <w:rsid w:val="00BB52AE"/>
+    <w:rsid w:val="00C01B65"/>
+    <w:rsid w:val="00C069B6"/>
+    <w:rsid w:val="00C45AAC"/>
+    <w:rsid w:val="00C65D17"/>
+    <w:rsid w:val="00C702E4"/>
+    <w:rsid w:val="00C73DA0"/>
+    <w:rsid w:val="00C8388D"/>
+    <w:rsid w:val="00C868FC"/>
+    <w:rsid w:val="00C96DA7"/>
+    <w:rsid w:val="00CC18F7"/>
+    <w:rsid w:val="00CC7763"/>
+    <w:rsid w:val="00D13A7C"/>
+    <w:rsid w:val="00D52A11"/>
+    <w:rsid w:val="00D91276"/>
+    <w:rsid w:val="00DB06DF"/>
+    <w:rsid w:val="00DC6544"/>
+    <w:rsid w:val="00E02C00"/>
+    <w:rsid w:val="00E1484B"/>
+    <w:rsid w:val="00E24D66"/>
+    <w:rsid w:val="00E36F6F"/>
+    <w:rsid w:val="00E65FDB"/>
+    <w:rsid w:val="00EB617C"/>
+    <w:rsid w:val="00EC0381"/>
+    <w:rsid w:val="00EE4265"/>
+    <w:rsid w:val="00F017C1"/>
+    <w:rsid w:val="00F24327"/>
+    <w:rsid w:val="00F3198F"/>
+    <w:rsid w:val="00F620DB"/>
+    <w:rsid w:val="00F638F9"/>
+    <w:rsid w:val="00F767E7"/>
+    <w:rsid w:val="00FD64C5"/>
+    <w:rsid w:val="00FD7B8C"/>
+    <w:rsid w:val="2B259AD2"/>
+    <w:rsid w:val="454918A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pt-BR"/>
+  <w:themeFontLang w:val="pt-BR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5637ED9C"/>
-  <w15:docId w15:val="{EE1A6B0E-C740-434E-9D96-956E2094F47F}"/>
+  <w14:docId w14:val="55942046"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0ABE4720-EB8B-4B1F-A19A-E2F3E96BFE05}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2493,51 +6543,51 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -2802,484 +6852,1894 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="001D6B5E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:val="pt-PT"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="005872F4"/>
     <w:pPr>
-      <w:ind w:left="721" w:hanging="719"/>
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Ttulo3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F620DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EC0381"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
+    <w:rsid w:val="00734B9E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00734B9E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00734B9E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00734B9E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="001D6B5E"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="001D6B5E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corpodetexto">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003E6CDB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="Questions,Table of Contents 2,allergan list"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PargrafodaListaChar"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="003E6CDB"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004D0378"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragrafonumeradonivel1">
+    <w:name w:val="paragrafo_numerado_nivel1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0038766F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00053C91"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00053C91"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00053C91"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scxw256528474">
+    <w:name w:val="scxw256528474"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00053C91"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Forte">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F620DB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfase">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F620DB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
+    <w:name w:val="Título 3 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F620DB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="relative">
+    <w:name w:val="relative"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00F620DB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="not-prose">
+    <w:name w:val="not-prose"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F620DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
+    <w:name w:val="Título 4 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EC0381"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="paragrafonumeradonivel11">
+    <w:name w:val="paragrafo_numerado_nivel11"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00497074"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PargrafodaListaChar">
+    <w:name w:val="Parágrafo da Lista Char"/>
+    <w:aliases w:val="Questions Char,Table of Contents 2 Char,allergan list Char"/>
+    <w:link w:val="PargrafodaLista"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="007E3ECB"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="TextodoEspaoReservado">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E3ECB"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005872F4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="TtuloChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="0051171D"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
       <w:ind w:right="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
+    <w:name w:val="Título Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:rsid w:val="0051171D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C601F"/>
     <w:pPr>
-      <w:ind w:left="721" w:hanging="719"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="155540627">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="165756964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="322440923">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="338703212">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="425687727">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="509369773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="510728396">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="615674894">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="750545253">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="786195037">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="909270202">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="911282168">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="232156093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="235743982">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="246892029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="293290875">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="527990420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="529299627">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="540215391">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="613249891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="736708645">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1101801402">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1258640006">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1276905061">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1488591186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1726444432">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1957978464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1991329747">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2027174139">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2078432363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1157304830">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1309748000">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1373650525">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1432551913">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="18816449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1061909205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1544707281">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="268007024">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="377553571">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="667752907">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1517504976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1615400181">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="111024981">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="509026011">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="688339818">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1172142070">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1180586753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1334190088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1406416584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1527139953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1859151939">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1890220834">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1939635872">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1995255655">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1679309337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1731878831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2088259946">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1733042605">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1480268134">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1840151653">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1701397411">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1845245503">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2023822090">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2059938952">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25cffd1a-cf56-4884-be10-d051a2a91f95">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7279a758c804593402be84a303a3fbc6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25cffd1a-cf56-4884-be10-d051a2a91f95" xmlns:ns3="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a8f2f76b46a626c595c7ea52867e9d" ns2:_="" ns3:_="">
+    <xsd:import namespace="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
+    <xsd:import namespace="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25cffd1a-cf56-4884-be10-d051a2a91f95" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08562b07-c12b-440e-8652-dcaac954a869" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{790d3d33-28ae-4e12-8bca-fc36a1db9409}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B573DA6E-C91A-4010-88F3-A7AA4A2018B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
+    <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{865FE67C-A19B-4E83-9CFD-C0045530154F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDEC4B25-FB26-4C92-B3A0-2E4164178EBD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25cffd1a-cf56-4884-be10-d051a2a91f95"/>
+    <ds:schemaRef ds:uri="a138c84e-e6a3-4b77-ad4e-73fb3cc2b72f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>121</Words>
-  <Characters>659</Characters>
+  <Words>126</Words>
+  <Characters>684</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>779</CharactersWithSpaces>
+  <CharactersWithSpaces>809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Ana Carolina Digues da Costa</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-12-23T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101001BB2CEE3B73C3544A5A62077C5BC1E2E</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-[...6 lines deleted...]
-    <vt:lpwstr>3-Heights(TM) PDF Security Shell 4.8.25.2 (http://www.pdf-tools.com)</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>