--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -1,78 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\Monitoramento\Site\Serviços Habilitados\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Usuário\PO\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1852FCE5-5FE2-4330-AC0C-BB748406A93F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11100"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913" concurrentManualCount="8"/>
+  <calcPr calcId="191029" concurrentManualCount="8"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F187" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="150">
   <si>
     <t>UF</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t xml:space="preserve">CNES </t>
   </si>
   <si>
     <t>Estabelecimento</t>
   </si>
   <si>
     <t>Tipo da Habilitação</t>
   </si>
   <si>
     <t>Ano da Habilitação</t>
   </si>
   <si>
     <t>Códigos Habilitados</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
@@ -466,121 +478,150 @@
     <t>2522322</t>
   </si>
   <si>
     <t>2079798</t>
   </si>
   <si>
     <t>2082187</t>
   </si>
   <si>
     <t>2077396</t>
   </si>
   <si>
     <t>2789582</t>
   </si>
   <si>
     <t>Associação de Pais e Amigos dos Excepcionais -APAE de Anápolis</t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de Atenção Especializada em Doenças Raras </t>
   </si>
   <si>
     <t>Salgueiro</t>
   </si>
   <si>
     <t>Hospital Regional Inácio de Sá</t>
+  </si>
+  <si>
+    <t>Hospital das Clínicas da Universidade Federal de Pernambuco Ebserh</t>
+  </si>
+  <si>
+    <t>Real Hospital Português de Beneficência em Pernambuco</t>
+  </si>
+  <si>
+    <t>35.07- Serviço de Referência Eixo I DR de Origem Genética: 1- Anomalias Congênitas ou de Manifestação Tardia
+35.08- Serviço de Referência Eixo I DR de Origem Genética: 2- Deficiência Intelectual
+35.09- Serviço de Referência Eixo I DR de Origem Genética: 3- Erro Inato do Metabolismo
+35.10- Serviço de Referência Eixo II DR de Origem Não Genética: 3- Doenças Raras Autoimunes
+35.11- Serviço de Referência Eixo II DR de Origem Não Genética: 2- Doenças Raras Inflamatórias
+35.12- Serviço de Referência Eixo II DR de Origem Não Genética: 1- Doenças Raras Infecciosas
+35.14- Serviço de Referência Eixo II DR de Origem Não Genética: 4- Outras Doenças Raras de Origem Não Genética
+35.15- Serviço de Aconselhamento Genético</t>
+  </si>
+  <si>
+    <t>35.07- Serviço de Referência Eixo I DR de Origem Genética: 1- Anomalias Congênitas ou de Manifestação Tardia
+35.10- Serviço de Referência Eixo II DR de Origem Não Genética: 3- Doenças Raras Autoimunes
+35.11- Serviço de Referência Eixo II DR de Origem Não Genética: 2- Doenças Raras Inflamatórias
+35.12- Serviço de Referência Eixo II DR de Origem Não Genética: 1- Doenças Raras Infecciosas
+35.15- Serviço de Aconselhamento Genético</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="5">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -596,158 +637,197 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
@@ -992,2787 +1072,2861 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H187"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A129" workbookViewId="0">
-      <selection activeCell="H168" sqref="H168"/>
+    <sheetView tabSelected="1" topLeftCell="A159" workbookViewId="0">
+      <selection activeCell="G163" sqref="G163"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="71.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="69.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.140625" style="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="113.5703125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="71.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="28" t="s">
+      <c r="C1" s="23" t="s">
         <v>88</v>
       </c>
-      <c r="D1" s="30" t="s">
+      <c r="D1" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="31" t="s">
+      <c r="F1" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="22" t="s">
+      <c r="G1" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="22" t="s">
+      <c r="H1" s="19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...6 lines deleted...]
-      <c r="H2" s="22"/>
+      <c r="A2" s="19"/>
+      <c r="B2" s="19"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="9" t="s">
+      <c r="A3" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="9" t="s">
+      <c r="B3" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="10" t="s">
+      <c r="C3" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="D3" s="16" t="s">
         <v>90</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="E3" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="8" t="s">
+      <c r="F3" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G3" s="9">
+      <c r="G3" s="17">
         <v>2018</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="9"/>
-[...5 lines deleted...]
-      <c r="G4" s="9"/>
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="17"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="17"/>
       <c r="H4" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="9"/>
-[...5 lines deleted...]
-      <c r="G5" s="9"/>
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="16"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="17"/>
       <c r="H5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="14" t="s">
+      <c r="A6" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="14" t="s">
+      <c r="B6" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C6" s="15" t="s">
+      <c r="C6" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="D6" s="13" t="s">
+      <c r="D6" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="E6" s="9" t="s">
+      <c r="E6" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="8" t="s">
+      <c r="F6" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="9">
+      <c r="G6" s="17">
         <v>2019</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="14"/>
-[...5 lines deleted...]
-      <c r="G7" s="9"/>
+      <c r="A7" s="12"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="14"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="17"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="17"/>
       <c r="H7" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="14"/>
-[...5 lines deleted...]
-      <c r="G8" s="9"/>
+      <c r="A8" s="12"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="14"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="17"/>
       <c r="H8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="14"/>
-[...5 lines deleted...]
-      <c r="G9" s="9"/>
+      <c r="A9" s="12"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="17"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="17"/>
       <c r="H9" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="14"/>
-[...5 lines deleted...]
-      <c r="G10" s="9"/>
+      <c r="A10" s="12"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="14"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="17"/>
       <c r="H10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="14"/>
-[...5 lines deleted...]
-      <c r="G11" s="9"/>
+      <c r="A11" s="12"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="15"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="17"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="17"/>
       <c r="H11" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>92</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G12" s="3">
         <v>2024</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="9" t="s">
+      <c r="A13" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="9" t="s">
+      <c r="B13" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="10" t="s">
+      <c r="C13" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D13" s="13" t="s">
+      <c r="D13" s="16" t="s">
         <v>93</v>
       </c>
-      <c r="E13" s="9" t="s">
+      <c r="E13" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="F13" s="8" t="s">
+      <c r="F13" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G13" s="9">
+      <c r="G13" s="17">
         <v>2024</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="9"/>
-[...5 lines deleted...]
-      <c r="G14" s="9"/>
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="21"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="17"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="17"/>
       <c r="H14" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="9"/>
-[...5 lines deleted...]
-      <c r="G15" s="9"/>
+      <c r="A15" s="17"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="21"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="17"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="17"/>
       <c r="H15" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="9"/>
-[...5 lines deleted...]
-      <c r="G16" s="9"/>
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="21"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="17"/>
       <c r="H16" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="9"/>
-[...5 lines deleted...]
-      <c r="G17" s="9"/>
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="17"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="17"/>
       <c r="H17" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="14" t="s">
+      <c r="A18" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="14" t="s">
+      <c r="B18" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C18" s="15" t="s">
+      <c r="C18" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="D18" s="13" t="s">
+      <c r="D18" s="16" t="s">
         <v>99</v>
       </c>
-      <c r="E18" s="9" t="s">
+      <c r="E18" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="F18" s="8" t="s">
+      <c r="F18" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G18" s="9">
+      <c r="G18" s="17">
         <v>2019</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="14"/>
-[...5 lines deleted...]
-      <c r="G19" s="9"/>
+      <c r="A19" s="12"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="14"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="17"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="17"/>
       <c r="H19" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="14"/>
-[...5 lines deleted...]
-      <c r="G20" s="9"/>
+      <c r="A20" s="12"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="17"/>
       <c r="H20" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="14"/>
-[...5 lines deleted...]
-      <c r="G21" s="9"/>
+      <c r="A21" s="12"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="14"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="17"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="17"/>
       <c r="H21" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="14"/>
-[...5 lines deleted...]
-      <c r="G22" s="9"/>
+      <c r="A22" s="12"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="17"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="17"/>
       <c r="H22" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="14"/>
-[...5 lines deleted...]
-      <c r="G23" s="9"/>
+      <c r="A23" s="12"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="17"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="17"/>
       <c r="H23" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="14"/>
-[...5 lines deleted...]
-      <c r="G24" s="9"/>
+      <c r="A24" s="12"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="15"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="17"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="17"/>
       <c r="H24" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="14" t="s">
+      <c r="A25" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="14" t="s">
+      <c r="B25" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C25" s="15" t="s">
+      <c r="C25" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="D25" s="13" t="s">
+      <c r="D25" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="E25" s="9" t="s">
+      <c r="E25" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="F25" s="8" t="s">
+      <c r="F25" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="G25" s="9">
+      <c r="G25" s="17">
         <v>2019</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="14"/>
-[...5 lines deleted...]
-      <c r="G26" s="9"/>
+      <c r="A26" s="12"/>
+      <c r="B26" s="12"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="16"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="17"/>
       <c r="H26" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="14"/>
-[...5 lines deleted...]
-      <c r="G27" s="9"/>
+      <c r="A27" s="12"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="17"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="17"/>
       <c r="H27" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="14"/>
-[...5 lines deleted...]
-      <c r="G28" s="9"/>
+      <c r="A28" s="12"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="17"/>
       <c r="H28" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="14"/>
-[...5 lines deleted...]
-      <c r="G29" s="9"/>
+      <c r="A29" s="12"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="16"/>
+      <c r="E29" s="17"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="17"/>
       <c r="H29" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="14"/>
-[...5 lines deleted...]
-      <c r="G30" s="9"/>
+      <c r="A30" s="12"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="17"/>
       <c r="H30" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="14"/>
-[...5 lines deleted...]
-      <c r="G31" s="9"/>
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="15"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="17"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="17"/>
       <c r="H31" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="14" t="s">
+      <c r="A32" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B32" s="14" t="s">
+      <c r="B32" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C32" s="15" t="s">
+      <c r="C32" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="D32" s="13" t="s">
+      <c r="D32" s="16" t="s">
         <v>102</v>
       </c>
-      <c r="E32" s="9" t="s">
+      <c r="E32" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="F32" s="8" t="s">
+      <c r="F32" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="G32" s="9">
+      <c r="G32" s="17">
         <v>2023</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="14"/>
-[...5 lines deleted...]
-      <c r="G33" s="9"/>
+      <c r="A33" s="12"/>
+      <c r="B33" s="12"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="17"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="17"/>
       <c r="H33" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="14"/>
-[...5 lines deleted...]
-      <c r="G34" s="9"/>
+      <c r="A34" s="12"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="16"/>
+      <c r="E34" s="17"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="17"/>
       <c r="H34" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="14"/>
-[...5 lines deleted...]
-      <c r="G35" s="9"/>
+      <c r="A35" s="12"/>
+      <c r="B35" s="12"/>
+      <c r="C35" s="15"/>
+      <c r="D35" s="16"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="17"/>
       <c r="H35" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="14" t="s">
+      <c r="A36" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="14" t="s">
+      <c r="B36" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="C36" s="15" t="s">
+      <c r="C36" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="D36" s="13" t="s">
+      <c r="D36" s="16" t="s">
         <v>104</v>
       </c>
-      <c r="E36" s="9" t="s">
+      <c r="E36" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="F36" s="8" t="s">
+      <c r="F36" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G36" s="9">
+      <c r="G36" s="17">
         <v>2019</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="14"/>
-[...5 lines deleted...]
-      <c r="G37" s="9"/>
+      <c r="A37" s="12"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="16"/>
+      <c r="E37" s="17"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="17"/>
       <c r="H37" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="14"/>
-[...5 lines deleted...]
-      <c r="G38" s="9"/>
+      <c r="A38" s="12"/>
+      <c r="B38" s="12"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="16"/>
+      <c r="E38" s="17"/>
+      <c r="F38" s="18"/>
+      <c r="G38" s="17"/>
       <c r="H38" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="14"/>
-[...5 lines deleted...]
-      <c r="G39" s="9"/>
+      <c r="A39" s="12"/>
+      <c r="B39" s="12"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="16"/>
+      <c r="E39" s="17"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="17"/>
       <c r="H39" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="14"/>
-[...5 lines deleted...]
-      <c r="G40" s="9"/>
+      <c r="A40" s="12"/>
+      <c r="B40" s="12"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="16"/>
+      <c r="E40" s="17"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="17"/>
       <c r="H40" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="14"/>
-[...5 lines deleted...]
-      <c r="G41" s="9"/>
+      <c r="A41" s="12"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="16"/>
+      <c r="E41" s="17"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="17"/>
       <c r="H41" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="9" t="s">
+      <c r="A42" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="B42" s="9" t="s">
+      <c r="B42" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="C42" s="10" t="s">
+      <c r="C42" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="D42" s="13" t="s">
+      <c r="D42" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="E42" s="9" t="s">
+      <c r="E42" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="F42" s="8" t="s">
+      <c r="F42" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G42" s="9">
+      <c r="G42" s="17">
         <v>2016</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="9"/>
-[...5 lines deleted...]
-      <c r="G43" s="9"/>
+      <c r="A43" s="17"/>
+      <c r="B43" s="17"/>
+      <c r="C43" s="21"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="17"/>
       <c r="H43" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="9"/>
-[...5 lines deleted...]
-      <c r="G44" s="9"/>
+      <c r="A44" s="17"/>
+      <c r="B44" s="17"/>
+      <c r="C44" s="21"/>
+      <c r="D44" s="16"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="17"/>
       <c r="H44" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="9"/>
-[...5 lines deleted...]
-      <c r="G45" s="9"/>
+      <c r="A45" s="17"/>
+      <c r="B45" s="17"/>
+      <c r="C45" s="21"/>
+      <c r="D45" s="16"/>
+      <c r="E45" s="17"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="17"/>
       <c r="H45" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="9"/>
-[...5 lines deleted...]
-      <c r="G46" s="9"/>
+      <c r="A46" s="17"/>
+      <c r="B46" s="17"/>
+      <c r="C46" s="22"/>
+      <c r="D46" s="16"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="18"/>
+      <c r="G46" s="17"/>
       <c r="H46" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>107</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G47" s="3">
         <v>2019</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="9" t="s">
+      <c r="A48" s="17" t="s">
         <v>38</v>
       </c>
-      <c r="B48" s="9" t="s">
+      <c r="B48" s="17" t="s">
         <v>39</v>
       </c>
-      <c r="C48" s="10" t="s">
+      <c r="C48" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="D48" s="13" t="s">
+      <c r="D48" s="16" t="s">
         <v>108</v>
       </c>
-      <c r="E48" s="9" t="s">
+      <c r="E48" s="17" t="s">
         <v>142</v>
       </c>
-      <c r="F48" s="8" t="s">
+      <c r="F48" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G48" s="9">
+      <c r="G48" s="17">
         <v>2016</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A49" s="9"/>
-[...5 lines deleted...]
-      <c r="G49" s="9"/>
+      <c r="A49" s="17"/>
+      <c r="B49" s="17"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="16"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="17"/>
       <c r="H49" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A50" s="9"/>
-[...5 lines deleted...]
-      <c r="G50" s="9"/>
+      <c r="A50" s="17"/>
+      <c r="B50" s="17"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="16"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="18"/>
+      <c r="G50" s="17"/>
       <c r="H50" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A51" s="9"/>
-[...5 lines deleted...]
-      <c r="G51" s="9"/>
+      <c r="A51" s="17"/>
+      <c r="B51" s="17"/>
+      <c r="C51" s="22"/>
+      <c r="D51" s="16"/>
+      <c r="E51" s="17"/>
+      <c r="F51" s="18"/>
+      <c r="G51" s="17"/>
       <c r="H51" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A52" s="10" t="s">
+      <c r="A52" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="B52" s="10" t="s">
+      <c r="B52" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="C52" s="10" t="s">
+      <c r="C52" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="D52" s="19" t="s">
+      <c r="D52" s="29" t="s">
         <v>109</v>
       </c>
-      <c r="E52" s="10" t="s">
+      <c r="E52" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="F52" s="23" t="s">
+      <c r="F52" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="G52" s="10">
+      <c r="G52" s="20">
         <v>2022</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A53" s="11"/>
-[...5 lines deleted...]
-      <c r="G53" s="11"/>
+      <c r="A53" s="21"/>
+      <c r="B53" s="21"/>
+      <c r="C53" s="21"/>
+      <c r="D53" s="30"/>
+      <c r="E53" s="21"/>
+      <c r="F53" s="28"/>
+      <c r="G53" s="21"/>
       <c r="H53" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="11"/>
-[...5 lines deleted...]
-      <c r="G54" s="11"/>
+      <c r="A54" s="21"/>
+      <c r="B54" s="21"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="30"/>
+      <c r="E54" s="21"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="21"/>
       <c r="H54" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A55" s="9" t="s">
+      <c r="A55" s="17" t="s">
         <v>38</v>
       </c>
-      <c r="B55" s="9" t="s">
+      <c r="B55" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="C55" s="10" t="s">
+      <c r="C55" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="D55" s="13" t="s">
+      <c r="D55" s="16" t="s">
         <v>110</v>
       </c>
-      <c r="E55" s="9" t="s">
+      <c r="E55" s="17" t="s">
         <v>111</v>
       </c>
-      <c r="F55" s="27" t="s">
+      <c r="F55" s="31" t="s">
         <v>143</v>
       </c>
-      <c r="G55" s="9">
+      <c r="G55" s="17">
         <v>2024</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A56" s="9"/>
-[...5 lines deleted...]
-      <c r="G56" s="9"/>
+      <c r="A56" s="17"/>
+      <c r="B56" s="17"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="16"/>
+      <c r="E56" s="17"/>
+      <c r="F56" s="31"/>
+      <c r="G56" s="17"/>
       <c r="H56" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A57" s="9"/>
-[...5 lines deleted...]
-      <c r="G57" s="9"/>
+      <c r="A57" s="17"/>
+      <c r="B57" s="17"/>
+      <c r="C57" s="22"/>
+      <c r="D57" s="16"/>
+      <c r="E57" s="17"/>
+      <c r="F57" s="31"/>
+      <c r="G57" s="17"/>
       <c r="H57" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="9" t="s">
+      <c r="A58" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B58" s="9" t="s">
+      <c r="B58" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="C58" s="10" t="s">
+      <c r="C58" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D58" s="13" t="s">
+      <c r="D58" s="16" t="s">
         <v>112</v>
       </c>
-      <c r="E58" s="9" t="s">
+      <c r="E58" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="F58" s="8" t="s">
+      <c r="F58" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G58" s="9">
+      <c r="G58" s="17">
         <v>2019</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A59" s="9"/>
-[...5 lines deleted...]
-      <c r="G59" s="9"/>
+      <c r="A59" s="17"/>
+      <c r="B59" s="17"/>
+      <c r="C59" s="21"/>
+      <c r="D59" s="16"/>
+      <c r="E59" s="17"/>
+      <c r="F59" s="18"/>
+      <c r="G59" s="17"/>
       <c r="H59" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A60" s="9"/>
-[...5 lines deleted...]
-      <c r="G60" s="9"/>
+      <c r="A60" s="17"/>
+      <c r="B60" s="17"/>
+      <c r="C60" s="22"/>
+      <c r="D60" s="16"/>
+      <c r="E60" s="17"/>
+      <c r="F60" s="18"/>
+      <c r="G60" s="17"/>
       <c r="H60" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="9" t="s">
+      <c r="A61" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B61" s="9" t="s">
+      <c r="B61" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="C61" s="10" t="s">
+      <c r="C61" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D61" s="13" t="s">
+      <c r="D61" s="16" t="s">
         <v>113</v>
       </c>
-      <c r="E61" s="9" t="s">
+      <c r="E61" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="F61" s="8" t="s">
+      <c r="F61" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G61" s="9">
+      <c r="G61" s="17">
         <v>2021</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A62" s="9"/>
-[...5 lines deleted...]
-      <c r="G62" s="9"/>
+      <c r="A62" s="17"/>
+      <c r="B62" s="17"/>
+      <c r="C62" s="21"/>
+      <c r="D62" s="16"/>
+      <c r="E62" s="17"/>
+      <c r="F62" s="18"/>
+      <c r="G62" s="17"/>
       <c r="H62" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A63" s="9"/>
-[...5 lines deleted...]
-      <c r="G63" s="9"/>
+      <c r="A63" s="17"/>
+      <c r="B63" s="17"/>
+      <c r="C63" s="21"/>
+      <c r="D63" s="16"/>
+      <c r="E63" s="17"/>
+      <c r="F63" s="18"/>
+      <c r="G63" s="17"/>
       <c r="H63" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A64" s="9"/>
-[...5 lines deleted...]
-      <c r="G64" s="9"/>
+      <c r="A64" s="17"/>
+      <c r="B64" s="17"/>
+      <c r="C64" s="21"/>
+      <c r="D64" s="16"/>
+      <c r="E64" s="17"/>
+      <c r="F64" s="18"/>
+      <c r="G64" s="17"/>
       <c r="H64" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A65" s="9"/>
-[...5 lines deleted...]
-      <c r="G65" s="9"/>
+      <c r="A65" s="17"/>
+      <c r="B65" s="17"/>
+      <c r="C65" s="21"/>
+      <c r="D65" s="16"/>
+      <c r="E65" s="17"/>
+      <c r="F65" s="18"/>
+      <c r="G65" s="17"/>
       <c r="H65" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A66" s="9"/>
-[...5 lines deleted...]
-      <c r="G66" s="9"/>
+      <c r="A66" s="17"/>
+      <c r="B66" s="17"/>
+      <c r="C66" s="22"/>
+      <c r="D66" s="16"/>
+      <c r="E66" s="17"/>
+      <c r="F66" s="18"/>
+      <c r="G66" s="17"/>
       <c r="H66" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="9" t="s">
+      <c r="A67" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B67" s="9" t="s">
+      <c r="B67" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="C67" s="10" t="s">
+      <c r="C67" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D67" s="13" t="s">
+      <c r="D67" s="16" t="s">
         <v>114</v>
       </c>
-      <c r="E67" s="9" t="s">
+      <c r="E67" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="F67" s="8" t="s">
+      <c r="F67" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G67" s="9">
+      <c r="G67" s="17">
         <v>2022</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A68" s="9"/>
-[...5 lines deleted...]
-      <c r="G68" s="9"/>
+      <c r="A68" s="17"/>
+      <c r="B68" s="17"/>
+      <c r="C68" s="21"/>
+      <c r="D68" s="16"/>
+      <c r="E68" s="17"/>
+      <c r="F68" s="18"/>
+      <c r="G68" s="17"/>
       <c r="H68" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A69" s="9"/>
-[...5 lines deleted...]
-      <c r="G69" s="9"/>
+      <c r="A69" s="17"/>
+      <c r="B69" s="17"/>
+      <c r="C69" s="21"/>
+      <c r="D69" s="16"/>
+      <c r="E69" s="17"/>
+      <c r="F69" s="18"/>
+      <c r="G69" s="17"/>
       <c r="H69" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A70" s="9"/>
-[...5 lines deleted...]
-      <c r="G70" s="9"/>
+      <c r="A70" s="17"/>
+      <c r="B70" s="17"/>
+      <c r="C70" s="21"/>
+      <c r="D70" s="16"/>
+      <c r="E70" s="17"/>
+      <c r="F70" s="18"/>
+      <c r="G70" s="17"/>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A71" s="9"/>
-[...5 lines deleted...]
-      <c r="G71" s="9"/>
+      <c r="A71" s="17"/>
+      <c r="B71" s="17"/>
+      <c r="C71" s="22"/>
+      <c r="D71" s="16"/>
+      <c r="E71" s="17"/>
+      <c r="F71" s="18"/>
+      <c r="G71" s="17"/>
       <c r="H71" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="9" t="s">
+      <c r="A72" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B72" s="9" t="s">
+      <c r="B72" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="C72" s="10" t="s">
+      <c r="C72" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D72" s="13" t="s">
+      <c r="D72" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="E72" s="9" t="s">
+      <c r="E72" s="17" t="s">
         <v>50</v>
       </c>
-      <c r="F72" s="8" t="s">
+      <c r="F72" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="G72" s="9">
+      <c r="G72" s="17">
         <v>2023</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A73" s="9"/>
-[...5 lines deleted...]
-      <c r="G73" s="9"/>
+      <c r="A73" s="17"/>
+      <c r="B73" s="17"/>
+      <c r="C73" s="22"/>
+      <c r="D73" s="16"/>
+      <c r="E73" s="17"/>
+      <c r="F73" s="18"/>
+      <c r="G73" s="17"/>
       <c r="H73" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="9" t="s">
+      <c r="A74" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B74" s="26" t="s">
+      <c r="B74" s="32" t="s">
         <v>44</v>
       </c>
-      <c r="C74" s="15" t="s">
+      <c r="C74" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="D74" s="13" t="s">
+      <c r="D74" s="16" t="s">
         <v>116</v>
       </c>
-      <c r="E74" s="9" t="s">
+      <c r="E74" s="17" t="s">
         <v>51</v>
       </c>
-      <c r="F74" s="8" t="s">
+      <c r="F74" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="G74" s="9">
+      <c r="G74" s="17">
         <v>2023</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A75" s="9"/>
-[...5 lines deleted...]
-      <c r="G75" s="9"/>
+      <c r="A75" s="17"/>
+      <c r="B75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="16"/>
+      <c r="E75" s="17"/>
+      <c r="F75" s="18"/>
+      <c r="G75" s="17"/>
       <c r="H75" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A76" s="9"/>
-[...5 lines deleted...]
-      <c r="G76" s="9"/>
+      <c r="A76" s="17"/>
+      <c r="B76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="16"/>
+      <c r="E76" s="17"/>
+      <c r="F76" s="18"/>
+      <c r="G76" s="17"/>
       <c r="H76" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A77" s="9"/>
-[...5 lines deleted...]
-      <c r="G77" s="9"/>
+      <c r="A77" s="17"/>
+      <c r="B77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="16"/>
+      <c r="E77" s="17"/>
+      <c r="F77" s="18"/>
+      <c r="G77" s="17"/>
       <c r="H77" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A78" s="9"/>
-[...5 lines deleted...]
-      <c r="G78" s="9"/>
+      <c r="A78" s="17"/>
+      <c r="B78" s="32"/>
+      <c r="C78" s="15"/>
+      <c r="D78" s="16"/>
+      <c r="E78" s="17"/>
+      <c r="F78" s="18"/>
+      <c r="G78" s="17"/>
       <c r="H78" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A79" s="9" t="s">
+      <c r="A79" s="17" t="s">
         <v>52</v>
       </c>
-      <c r="B79" s="9" t="s">
+      <c r="B79" s="17" t="s">
         <v>53</v>
       </c>
-      <c r="C79" s="10" t="s">
+      <c r="C79" s="20" t="s">
         <v>117</v>
       </c>
-      <c r="D79" s="13" t="s">
+      <c r="D79" s="16" t="s">
         <v>118</v>
       </c>
-      <c r="E79" s="9" t="s">
+      <c r="E79" s="17" t="s">
         <v>54</v>
       </c>
-      <c r="F79" s="8" t="s">
+      <c r="F79" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G79" s="9">
+      <c r="G79" s="17">
         <v>2023</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A80" s="9"/>
-[...5 lines deleted...]
-      <c r="G80" s="9"/>
+      <c r="A80" s="17"/>
+      <c r="B80" s="17"/>
+      <c r="C80" s="21"/>
+      <c r="D80" s="16"/>
+      <c r="E80" s="17"/>
+      <c r="F80" s="18"/>
+      <c r="G80" s="17"/>
       <c r="H80" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A81" s="9"/>
-[...5 lines deleted...]
-      <c r="G81" s="9"/>
+      <c r="A81" s="17"/>
+      <c r="B81" s="17"/>
+      <c r="C81" s="21"/>
+      <c r="D81" s="16"/>
+      <c r="E81" s="17"/>
+      <c r="F81" s="18"/>
+      <c r="G81" s="17"/>
       <c r="H81" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A82" s="9"/>
-[...5 lines deleted...]
-      <c r="G82" s="9"/>
+      <c r="A82" s="17"/>
+      <c r="B82" s="17"/>
+      <c r="C82" s="22"/>
+      <c r="D82" s="16"/>
+      <c r="E82" s="17"/>
+      <c r="F82" s="18"/>
+      <c r="G82" s="17"/>
       <c r="H82" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="10" t="s">
+      <c r="A83" s="20" t="s">
         <v>119</v>
       </c>
-      <c r="B83" s="10" t="s">
+      <c r="B83" s="20" t="s">
         <v>120</v>
       </c>
-      <c r="C83" s="10" t="s">
+      <c r="C83" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D83" s="19" t="s">
+      <c r="D83" s="29" t="s">
         <v>121</v>
       </c>
-      <c r="E83" s="10" t="s">
+      <c r="E83" s="20" t="s">
         <v>122</v>
       </c>
-      <c r="F83" s="23" t="s">
+      <c r="F83" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="G83" s="10">
+      <c r="G83" s="20">
         <v>2024</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="11"/>
-[...5 lines deleted...]
-      <c r="G84" s="11"/>
+      <c r="A84" s="21"/>
+      <c r="B84" s="21"/>
+      <c r="C84" s="21"/>
+      <c r="D84" s="30"/>
+      <c r="E84" s="21"/>
+      <c r="F84" s="28"/>
+      <c r="G84" s="21"/>
       <c r="H84" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="11"/>
-[...5 lines deleted...]
-      <c r="G85" s="11"/>
+      <c r="A85" s="21"/>
+      <c r="B85" s="21"/>
+      <c r="C85" s="21"/>
+      <c r="D85" s="30"/>
+      <c r="E85" s="21"/>
+      <c r="F85" s="28"/>
+      <c r="G85" s="21"/>
       <c r="H85" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="11"/>
-[...5 lines deleted...]
-      <c r="G86" s="11"/>
+      <c r="A86" s="21"/>
+      <c r="B86" s="21"/>
+      <c r="C86" s="21"/>
+      <c r="D86" s="30"/>
+      <c r="E86" s="21"/>
+      <c r="F86" s="28"/>
+      <c r="G86" s="21"/>
       <c r="H86" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="11"/>
-[...5 lines deleted...]
-      <c r="G87" s="11"/>
+      <c r="A87" s="21"/>
+      <c r="B87" s="21"/>
+      <c r="C87" s="21"/>
+      <c r="D87" s="30"/>
+      <c r="E87" s="21"/>
+      <c r="F87" s="28"/>
+      <c r="G87" s="21"/>
       <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="11"/>
-[...5 lines deleted...]
-      <c r="G88" s="11"/>
+      <c r="A88" s="21"/>
+      <c r="B88" s="21"/>
+      <c r="C88" s="21"/>
+      <c r="D88" s="30"/>
+      <c r="E88" s="21"/>
+      <c r="F88" s="28"/>
+      <c r="G88" s="21"/>
       <c r="H88" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A89" s="11"/>
-[...5 lines deleted...]
-      <c r="G89" s="11"/>
+      <c r="A89" s="21"/>
+      <c r="B89" s="21"/>
+      <c r="C89" s="21"/>
+      <c r="D89" s="30"/>
+      <c r="E89" s="21"/>
+      <c r="F89" s="28"/>
+      <c r="G89" s="21"/>
       <c r="H89" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A90" s="12"/>
-[...5 lines deleted...]
-      <c r="G90" s="12"/>
+      <c r="A90" s="22"/>
+      <c r="B90" s="22"/>
+      <c r="C90" s="22"/>
+      <c r="D90" s="34"/>
+      <c r="E90" s="22"/>
+      <c r="F90" s="33"/>
+      <c r="G90" s="22"/>
       <c r="H90" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A91" s="9" t="s">
+      <c r="A91" s="17" t="s">
         <v>55</v>
       </c>
-      <c r="B91" s="9" t="s">
+      <c r="B91" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="C91" s="10" t="s">
+      <c r="C91" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D91" s="13" t="s">
+      <c r="D91" s="16" t="s">
         <v>123</v>
       </c>
-      <c r="E91" s="9" t="s">
+      <c r="E91" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="F91" s="8" t="s">
+      <c r="F91" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G91" s="9">
+      <c r="G91" s="17">
         <v>2021</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A92" s="9"/>
-[...5 lines deleted...]
-      <c r="G92" s="9"/>
+      <c r="A92" s="17"/>
+      <c r="B92" s="17"/>
+      <c r="C92" s="21"/>
+      <c r="D92" s="16"/>
+      <c r="E92" s="17"/>
+      <c r="F92" s="18"/>
+      <c r="G92" s="17"/>
       <c r="H92" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A93" s="9"/>
-[...5 lines deleted...]
-      <c r="G93" s="9"/>
+      <c r="A93" s="17"/>
+      <c r="B93" s="17"/>
+      <c r="C93" s="21"/>
+      <c r="D93" s="16"/>
+      <c r="E93" s="17"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="17"/>
       <c r="H93" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A94" s="9"/>
-[...5 lines deleted...]
-      <c r="G94" s="9"/>
+      <c r="A94" s="17"/>
+      <c r="B94" s="17"/>
+      <c r="C94" s="21"/>
+      <c r="D94" s="16"/>
+      <c r="E94" s="17"/>
+      <c r="F94" s="18"/>
+      <c r="G94" s="17"/>
       <c r="H94" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A95" s="9"/>
-[...5 lines deleted...]
-      <c r="G95" s="9"/>
+      <c r="A95" s="17"/>
+      <c r="B95" s="17"/>
+      <c r="C95" s="21"/>
+      <c r="D95" s="16"/>
+      <c r="E95" s="17"/>
+      <c r="F95" s="18"/>
+      <c r="G95" s="17"/>
       <c r="H95" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A96" s="9"/>
-[...5 lines deleted...]
-      <c r="G96" s="9"/>
+      <c r="A96" s="17"/>
+      <c r="B96" s="17"/>
+      <c r="C96" s="21"/>
+      <c r="D96" s="16"/>
+      <c r="E96" s="17"/>
+      <c r="F96" s="18"/>
+      <c r="G96" s="17"/>
       <c r="H96" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A97" s="9"/>
-[...5 lines deleted...]
-      <c r="G97" s="9"/>
+      <c r="A97" s="17"/>
+      <c r="B97" s="17"/>
+      <c r="C97" s="22"/>
+      <c r="D97" s="16"/>
+      <c r="E97" s="17"/>
+      <c r="F97" s="18"/>
+      <c r="G97" s="17"/>
       <c r="H97" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A98" s="9" t="s">
+      <c r="A98" s="17" t="s">
         <v>55</v>
       </c>
-      <c r="B98" s="9" t="s">
+      <c r="B98" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="C98" s="10" t="s">
+      <c r="C98" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D98" s="13" t="s">
+      <c r="D98" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="E98" s="9" t="s">
+      <c r="E98" s="17" t="s">
         <v>58</v>
       </c>
-      <c r="F98" s="8" t="s">
+      <c r="F98" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G98" s="9">
+      <c r="G98" s="17">
         <v>2023</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A99" s="9"/>
-[...5 lines deleted...]
-      <c r="G99" s="9"/>
+      <c r="A99" s="17"/>
+      <c r="B99" s="17"/>
+      <c r="C99" s="21"/>
+      <c r="D99" s="16"/>
+      <c r="E99" s="17"/>
+      <c r="F99" s="18"/>
+      <c r="G99" s="17"/>
       <c r="H99" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A100" s="9"/>
-[...5 lines deleted...]
-      <c r="G100" s="9"/>
+      <c r="A100" s="17"/>
+      <c r="B100" s="17"/>
+      <c r="C100" s="21"/>
+      <c r="D100" s="16"/>
+      <c r="E100" s="17"/>
+      <c r="F100" s="18"/>
+      <c r="G100" s="17"/>
       <c r="H100" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A101" s="9"/>
-[...5 lines deleted...]
-      <c r="G101" s="9"/>
+      <c r="A101" s="17"/>
+      <c r="B101" s="17"/>
+      <c r="C101" s="21"/>
+      <c r="D101" s="16"/>
+      <c r="E101" s="17"/>
+      <c r="F101" s="18"/>
+      <c r="G101" s="17"/>
       <c r="H101" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A102" s="9"/>
-[...5 lines deleted...]
-      <c r="G102" s="9"/>
+      <c r="A102" s="17"/>
+      <c r="B102" s="17"/>
+      <c r="C102" s="21"/>
+      <c r="D102" s="16"/>
+      <c r="E102" s="17"/>
+      <c r="F102" s="18"/>
+      <c r="G102" s="17"/>
       <c r="H102" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A103" s="9"/>
-[...5 lines deleted...]
-      <c r="G103" s="9"/>
+      <c r="A103" s="17"/>
+      <c r="B103" s="17"/>
+      <c r="C103" s="21"/>
+      <c r="D103" s="16"/>
+      <c r="E103" s="17"/>
+      <c r="F103" s="18"/>
+      <c r="G103" s="17"/>
       <c r="H103" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A104" s="9"/>
-[...5 lines deleted...]
-      <c r="G104" s="9"/>
+      <c r="A104" s="17"/>
+      <c r="B104" s="17"/>
+      <c r="C104" s="22"/>
+      <c r="D104" s="16"/>
+      <c r="E104" s="17"/>
+      <c r="F104" s="18"/>
+      <c r="G104" s="17"/>
       <c r="H104" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A105" s="10" t="s">
+      <c r="A105" s="20" t="s">
         <v>125</v>
       </c>
-      <c r="B105" s="10" t="s">
+      <c r="B105" s="20" t="s">
         <v>126</v>
       </c>
-      <c r="C105" s="10" t="s">
+      <c r="C105" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D105" s="19" t="s">
+      <c r="D105" s="29" t="s">
         <v>127</v>
       </c>
-      <c r="E105" s="10" t="s">
+      <c r="E105" s="20" t="s">
         <v>128</v>
       </c>
-      <c r="F105" s="23" t="s">
+      <c r="F105" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="G105" s="10">
+      <c r="G105" s="20">
         <v>2024</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A106" s="12"/>
-[...5 lines deleted...]
-      <c r="G106" s="12"/>
+      <c r="A106" s="22"/>
+      <c r="B106" s="22"/>
+      <c r="C106" s="22"/>
+      <c r="D106" s="34"/>
+      <c r="E106" s="22"/>
+      <c r="F106" s="33"/>
+      <c r="G106" s="22"/>
       <c r="H106" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="9" t="s">
+      <c r="A107" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="B107" s="9" t="s">
+      <c r="B107" s="17" t="s">
         <v>60</v>
       </c>
-      <c r="C107" s="10" t="s">
+      <c r="C107" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="D107" s="13" t="s">
+      <c r="D107" s="16" t="s">
         <v>130</v>
       </c>
-      <c r="E107" s="9" t="s">
+      <c r="E107" s="17" t="s">
         <v>61</v>
       </c>
-      <c r="F107" s="8" t="s">
+      <c r="F107" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G107" s="9">
+      <c r="G107" s="17">
         <v>2016</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A108" s="9"/>
-[...5 lines deleted...]
-      <c r="G108" s="9"/>
+      <c r="A108" s="17"/>
+      <c r="B108" s="17"/>
+      <c r="C108" s="21"/>
+      <c r="D108" s="16"/>
+      <c r="E108" s="17"/>
+      <c r="F108" s="18"/>
+      <c r="G108" s="17"/>
       <c r="H108" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A109" s="9"/>
-[...5 lines deleted...]
-      <c r="G109" s="9"/>
+      <c r="A109" s="17"/>
+      <c r="B109" s="17"/>
+      <c r="C109" s="21"/>
+      <c r="D109" s="16"/>
+      <c r="E109" s="17"/>
+      <c r="F109" s="18"/>
+      <c r="G109" s="17"/>
       <c r="H109" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A110" s="9"/>
-[...5 lines deleted...]
-      <c r="G110" s="9"/>
+      <c r="A110" s="17"/>
+      <c r="B110" s="17"/>
+      <c r="C110" s="21"/>
+      <c r="D110" s="16"/>
+      <c r="E110" s="17"/>
+      <c r="F110" s="18"/>
+      <c r="G110" s="17"/>
       <c r="H110" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A111" s="9"/>
-[...5 lines deleted...]
-      <c r="G111" s="9"/>
+      <c r="A111" s="17"/>
+      <c r="B111" s="17"/>
+      <c r="C111" s="21"/>
+      <c r="D111" s="16"/>
+      <c r="E111" s="17"/>
+      <c r="F111" s="18"/>
+      <c r="G111" s="17"/>
       <c r="H111" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A112" s="9"/>
-[...5 lines deleted...]
-      <c r="G112" s="9"/>
+      <c r="A112" s="17"/>
+      <c r="B112" s="17"/>
+      <c r="C112" s="22"/>
+      <c r="D112" s="16"/>
+      <c r="E112" s="17"/>
+      <c r="F112" s="18"/>
+      <c r="G112" s="17"/>
       <c r="H112" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="9" t="s">
+      <c r="A113" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="B113" s="9" t="s">
+      <c r="B113" s="17" t="s">
         <v>60</v>
       </c>
-      <c r="C113" s="10" t="s">
+      <c r="C113" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="D113" s="13">
+      <c r="D113" s="16">
         <v>2384299</v>
       </c>
-      <c r="E113" s="9" t="s">
+      <c r="E113" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="F113" s="8" t="s">
+      <c r="F113" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="G113" s="9">
+      <c r="G113" s="17">
         <v>2020</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A114" s="9"/>
-[...5 lines deleted...]
-      <c r="G114" s="9"/>
+      <c r="A114" s="17"/>
+      <c r="B114" s="17"/>
+      <c r="C114" s="22"/>
+      <c r="D114" s="16"/>
+      <c r="E114" s="17"/>
+      <c r="F114" s="18"/>
+      <c r="G114" s="17"/>
       <c r="H114" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="9" t="s">
+      <c r="A115" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="B115" s="9" t="s">
+      <c r="B115" s="17" t="s">
         <v>60</v>
       </c>
-      <c r="C115" s="10" t="s">
+      <c r="C115" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="D115" s="13" t="s">
+      <c r="D115" s="16" t="s">
         <v>131</v>
       </c>
-      <c r="E115" s="9" t="s">
+      <c r="E115" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="F115" s="8" t="s">
+      <c r="F115" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G115" s="9">
+      <c r="G115" s="17">
         <v>2023</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A116" s="9"/>
-[...5 lines deleted...]
-      <c r="G116" s="9"/>
+      <c r="A116" s="17"/>
+      <c r="B116" s="17"/>
+      <c r="C116" s="21"/>
+      <c r="D116" s="16"/>
+      <c r="E116" s="17"/>
+      <c r="F116" s="18"/>
+      <c r="G116" s="17"/>
       <c r="H116" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A117" s="9"/>
-[...5 lines deleted...]
-      <c r="G117" s="9"/>
+      <c r="A117" s="17"/>
+      <c r="B117" s="17"/>
+      <c r="C117" s="22"/>
+      <c r="D117" s="16"/>
+      <c r="E117" s="17"/>
+      <c r="F117" s="18"/>
+      <c r="G117" s="17"/>
       <c r="H117" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A118" s="9" t="s">
+      <c r="A118" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="B118" s="9" t="s">
+      <c r="B118" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="C118" s="10" t="s">
+      <c r="C118" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D118" s="13" t="s">
+      <c r="D118" s="16" t="s">
         <v>132</v>
       </c>
-      <c r="E118" s="9" t="s">
+      <c r="E118" s="17" t="s">
         <v>66</v>
       </c>
-      <c r="F118" s="8" t="s">
+      <c r="F118" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G118" s="9">
+      <c r="G118" s="17">
         <v>2016</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A119" s="9"/>
-[...5 lines deleted...]
-      <c r="G119" s="9"/>
+      <c r="A119" s="17"/>
+      <c r="B119" s="17"/>
+      <c r="C119" s="21"/>
+      <c r="D119" s="16"/>
+      <c r="E119" s="17"/>
+      <c r="F119" s="18"/>
+      <c r="G119" s="17"/>
       <c r="H119" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A120" s="9"/>
-[...5 lines deleted...]
-      <c r="G120" s="9"/>
+      <c r="A120" s="17"/>
+      <c r="B120" s="17"/>
+      <c r="C120" s="22"/>
+      <c r="D120" s="16"/>
+      <c r="E120" s="17"/>
+      <c r="F120" s="18"/>
+      <c r="G120" s="17"/>
       <c r="H120" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="9" t="s">
+      <c r="A121" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="B121" s="9" t="s">
+      <c r="B121" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="C121" s="10" t="s">
+      <c r="C121" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D121" s="18" t="s">
+      <c r="D121" s="35" t="s">
         <v>133</v>
       </c>
-      <c r="E121" s="9" t="s">
+      <c r="E121" s="17" t="s">
         <v>67</v>
       </c>
-      <c r="F121" s="8" t="s">
+      <c r="F121" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G121" s="9">
+      <c r="G121" s="17">
         <v>2023</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A122" s="9"/>
-[...5 lines deleted...]
-      <c r="G122" s="9"/>
+      <c r="A122" s="17"/>
+      <c r="B122" s="17"/>
+      <c r="C122" s="21"/>
+      <c r="D122" s="35"/>
+      <c r="E122" s="17"/>
+      <c r="F122" s="18"/>
+      <c r="G122" s="17"/>
       <c r="H122" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A123" s="9"/>
-[...5 lines deleted...]
-      <c r="G123" s="9"/>
+      <c r="A123" s="17"/>
+      <c r="B123" s="17"/>
+      <c r="C123" s="21"/>
+      <c r="D123" s="35"/>
+      <c r="E123" s="17"/>
+      <c r="F123" s="18"/>
+      <c r="G123" s="17"/>
       <c r="H123" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A124" s="9"/>
-[...5 lines deleted...]
-      <c r="G124" s="9"/>
+      <c r="A124" s="17"/>
+      <c r="B124" s="17"/>
+      <c r="C124" s="21"/>
+      <c r="D124" s="35"/>
+      <c r="E124" s="17"/>
+      <c r="F124" s="18"/>
+      <c r="G124" s="17"/>
       <c r="H124" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A125" s="9"/>
-[...5 lines deleted...]
-      <c r="G125" s="9"/>
+      <c r="A125" s="17"/>
+      <c r="B125" s="17"/>
+      <c r="C125" s="21"/>
+      <c r="D125" s="35"/>
+      <c r="E125" s="17"/>
+      <c r="F125" s="18"/>
+      <c r="G125" s="17"/>
       <c r="H125" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A126" s="9"/>
-[...5 lines deleted...]
-      <c r="G126" s="9"/>
+      <c r="A126" s="17"/>
+      <c r="B126" s="17"/>
+      <c r="C126" s="21"/>
+      <c r="D126" s="35"/>
+      <c r="E126" s="17"/>
+      <c r="F126" s="18"/>
+      <c r="G126" s="17"/>
       <c r="H126" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A127" s="9"/>
-[...5 lines deleted...]
-      <c r="G127" s="9"/>
+      <c r="A127" s="17"/>
+      <c r="B127" s="17"/>
+      <c r="C127" s="22"/>
+      <c r="D127" s="35"/>
+      <c r="E127" s="17"/>
+      <c r="F127" s="18"/>
+      <c r="G127" s="17"/>
       <c r="H127" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="9" t="s">
+      <c r="A128" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="B128" s="9" t="s">
+      <c r="B128" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="C128" s="10" t="s">
+      <c r="C128" s="20" t="s">
         <v>134</v>
       </c>
-      <c r="D128" s="13" t="s">
+      <c r="D128" s="16" t="s">
         <v>135</v>
       </c>
-      <c r="E128" s="9" t="s">
+      <c r="E128" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="F128" s="8" t="s">
+      <c r="F128" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G128" s="9">
+      <c r="G128" s="17">
         <v>2016</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A129" s="9"/>
-[...5 lines deleted...]
-      <c r="G129" s="9"/>
+      <c r="A129" s="17"/>
+      <c r="B129" s="17"/>
+      <c r="C129" s="21"/>
+      <c r="D129" s="16"/>
+      <c r="E129" s="17"/>
+      <c r="F129" s="18"/>
+      <c r="G129" s="17"/>
       <c r="H129" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A130" s="9"/>
-[...5 lines deleted...]
-      <c r="G130" s="9"/>
+      <c r="A130" s="17"/>
+      <c r="B130" s="17"/>
+      <c r="C130" s="22"/>
+      <c r="D130" s="16"/>
+      <c r="E130" s="17"/>
+      <c r="F130" s="18"/>
+      <c r="G130" s="17"/>
       <c r="H130" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="9" t="s">
+      <c r="A131" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="B131" s="9" t="s">
+      <c r="B131" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="C131" s="10" t="s">
+      <c r="C131" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="D131" s="13">
+      <c r="D131" s="16">
         <v>2244306</v>
       </c>
-      <c r="E131" s="9" t="s">
+      <c r="E131" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="F131" s="8" t="s">
+      <c r="F131" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G131" s="9">
+      <c r="G131" s="17">
         <v>2021</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A132" s="9"/>
-[...5 lines deleted...]
-      <c r="G132" s="9"/>
+      <c r="A132" s="17"/>
+      <c r="B132" s="17"/>
+      <c r="C132" s="22"/>
+      <c r="D132" s="16"/>
+      <c r="E132" s="17"/>
+      <c r="F132" s="18"/>
+      <c r="G132" s="17"/>
       <c r="H132" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A133" s="14" t="s">
+      <c r="A133" s="12" t="s">
         <v>73</v>
       </c>
-      <c r="B133" s="14" t="s">
+      <c r="B133" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="C133" s="15" t="s">
+      <c r="C133" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="D133" s="13" t="s">
+      <c r="D133" s="16" t="s">
         <v>136</v>
       </c>
-      <c r="E133" s="9" t="s">
+      <c r="E133" s="17" t="s">
         <v>75</v>
       </c>
-      <c r="F133" s="8" t="s">
+      <c r="F133" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G133" s="9">
+      <c r="G133" s="17">
         <v>2019</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A134" s="14"/>
-[...5 lines deleted...]
-      <c r="G134" s="9"/>
+      <c r="A134" s="12"/>
+      <c r="B134" s="12"/>
+      <c r="C134" s="14"/>
+      <c r="D134" s="16"/>
+      <c r="E134" s="17"/>
+      <c r="F134" s="18"/>
+      <c r="G134" s="17"/>
       <c r="H134" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A135" s="14"/>
-[...5 lines deleted...]
-      <c r="G135" s="9"/>
+      <c r="A135" s="12"/>
+      <c r="B135" s="12"/>
+      <c r="C135" s="14"/>
+      <c r="D135" s="16"/>
+      <c r="E135" s="17"/>
+      <c r="F135" s="18"/>
+      <c r="G135" s="17"/>
       <c r="H135" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A136" s="14"/>
-[...5 lines deleted...]
-      <c r="G136" s="9"/>
+      <c r="A136" s="12"/>
+      <c r="B136" s="12"/>
+      <c r="C136" s="14"/>
+      <c r="D136" s="16"/>
+      <c r="E136" s="17"/>
+      <c r="F136" s="18"/>
+      <c r="G136" s="17"/>
       <c r="H136" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A137" s="14"/>
-[...5 lines deleted...]
-      <c r="G137" s="9"/>
+      <c r="A137" s="12"/>
+      <c r="B137" s="12"/>
+      <c r="C137" s="14"/>
+      <c r="D137" s="16"/>
+      <c r="E137" s="17"/>
+      <c r="F137" s="18"/>
+      <c r="G137" s="17"/>
       <c r="H137" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A138" s="14"/>
-[...5 lines deleted...]
-      <c r="G138" s="9"/>
+      <c r="A138" s="12"/>
+      <c r="B138" s="12"/>
+      <c r="C138" s="15"/>
+      <c r="D138" s="16"/>
+      <c r="E138" s="17"/>
+      <c r="F138" s="18"/>
+      <c r="G138" s="17"/>
       <c r="H138" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="14" t="s">
+      <c r="A139" s="12" t="s">
         <v>73</v>
       </c>
-      <c r="B139" s="14" t="s">
+      <c r="B139" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="C139" s="15" t="s">
+      <c r="C139" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="D139" s="13" t="s">
+      <c r="D139" s="16" t="s">
         <v>137</v>
       </c>
-      <c r="E139" s="9" t="s">
+      <c r="E139" s="17" t="s">
         <v>77</v>
       </c>
-      <c r="F139" s="8" t="s">
+      <c r="F139" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="G139" s="9">
+      <c r="G139" s="17">
         <v>2023</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A140" s="14"/>
-[...5 lines deleted...]
-      <c r="G140" s="9"/>
+      <c r="A140" s="12"/>
+      <c r="B140" s="12"/>
+      <c r="C140" s="14"/>
+      <c r="D140" s="16"/>
+      <c r="E140" s="17"/>
+      <c r="F140" s="18"/>
+      <c r="G140" s="17"/>
       <c r="H140" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="141" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A141" s="14"/>
-[...5 lines deleted...]
-      <c r="G141" s="9"/>
+      <c r="A141" s="12"/>
+      <c r="B141" s="12"/>
+      <c r="C141" s="14"/>
+      <c r="D141" s="16"/>
+      <c r="E141" s="17"/>
+      <c r="F141" s="18"/>
+      <c r="G141" s="17"/>
       <c r="H141" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A142" s="14"/>
-[...5 lines deleted...]
-      <c r="G142" s="9"/>
+      <c r="A142" s="12"/>
+      <c r="B142" s="12"/>
+      <c r="C142" s="14"/>
+      <c r="D142" s="16"/>
+      <c r="E142" s="17"/>
+      <c r="F142" s="18"/>
+      <c r="G142" s="17"/>
       <c r="H142" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="143" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A143" s="14"/>
-[...5 lines deleted...]
-      <c r="G143" s="9"/>
+      <c r="A143" s="12"/>
+      <c r="B143" s="12"/>
+      <c r="C143" s="15"/>
+      <c r="D143" s="16"/>
+      <c r="E143" s="17"/>
+      <c r="F143" s="18"/>
+      <c r="G143" s="17"/>
       <c r="H143" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="14" t="s">
+      <c r="A144" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="B144" s="14" t="s">
+      <c r="B144" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="C144" s="15" t="s">
+      <c r="C144" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="D144" s="13" t="s">
+      <c r="D144" s="16" t="s">
         <v>138</v>
       </c>
-      <c r="E144" s="9" t="s">
+      <c r="E144" s="17" t="s">
         <v>81</v>
       </c>
-      <c r="F144" s="8" t="s">
+      <c r="F144" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G144" s="9">
+      <c r="G144" s="17">
         <v>2019</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A145" s="14"/>
-[...5 lines deleted...]
-      <c r="G145" s="9"/>
+      <c r="A145" s="12"/>
+      <c r="B145" s="12"/>
+      <c r="C145" s="14"/>
+      <c r="D145" s="16"/>
+      <c r="E145" s="17"/>
+      <c r="F145" s="18"/>
+      <c r="G145" s="17"/>
       <c r="H145" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A146" s="14"/>
-[...5 lines deleted...]
-      <c r="G146" s="9"/>
+      <c r="A146" s="12"/>
+      <c r="B146" s="12"/>
+      <c r="C146" s="15"/>
+      <c r="D146" s="16"/>
+      <c r="E146" s="17"/>
+      <c r="F146" s="18"/>
+      <c r="G146" s="17"/>
       <c r="H146" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="14" t="s">
+      <c r="A147" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="B147" s="14" t="s">
+      <c r="B147" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="C147" s="15" t="s">
+      <c r="C147" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="D147" s="13" t="s">
+      <c r="D147" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="E147" s="9" t="s">
+      <c r="E147" s="17" t="s">
         <v>83</v>
       </c>
-      <c r="F147" s="8" t="s">
+      <c r="F147" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G147" s="9">
+      <c r="G147" s="17">
         <v>2019</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A148" s="14"/>
-[...5 lines deleted...]
-      <c r="G148" s="9"/>
+      <c r="A148" s="12"/>
+      <c r="B148" s="12"/>
+      <c r="C148" s="14"/>
+      <c r="D148" s="16"/>
+      <c r="E148" s="17"/>
+      <c r="F148" s="18"/>
+      <c r="G148" s="17"/>
       <c r="H148" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A149" s="14"/>
-[...5 lines deleted...]
-      <c r="G149" s="9"/>
+      <c r="A149" s="12"/>
+      <c r="B149" s="12"/>
+      <c r="C149" s="15"/>
+      <c r="D149" s="16"/>
+      <c r="E149" s="17"/>
+      <c r="F149" s="18"/>
+      <c r="G149" s="17"/>
       <c r="H149" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="9" t="s">
+      <c r="A150" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="B150" s="9" t="s">
+      <c r="B150" s="17" t="s">
         <v>84</v>
       </c>
-      <c r="C150" s="10" t="s">
+      <c r="C150" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D150" s="13" t="s">
+      <c r="D150" s="16" t="s">
         <v>140</v>
       </c>
-      <c r="E150" s="9" t="s">
+      <c r="E150" s="17" t="s">
         <v>85</v>
       </c>
-      <c r="F150" s="8" t="s">
+      <c r="F150" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G150" s="9">
+      <c r="G150" s="17">
         <v>2020</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A151" s="9"/>
-[...5 lines deleted...]
-      <c r="G151" s="9"/>
+      <c r="A151" s="17"/>
+      <c r="B151" s="17"/>
+      <c r="C151" s="21"/>
+      <c r="D151" s="16"/>
+      <c r="E151" s="17"/>
+      <c r="F151" s="18"/>
+      <c r="G151" s="17"/>
       <c r="H151" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A152" s="9"/>
-[...5 lines deleted...]
-      <c r="G152" s="9"/>
+      <c r="A152" s="17"/>
+      <c r="B152" s="17"/>
+      <c r="C152" s="21"/>
+      <c r="D152" s="16"/>
+      <c r="E152" s="17"/>
+      <c r="F152" s="18"/>
+      <c r="G152" s="17"/>
       <c r="H152" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A153" s="9"/>
-[...5 lines deleted...]
-      <c r="G153" s="9"/>
+      <c r="A153" s="17"/>
+      <c r="B153" s="17"/>
+      <c r="C153" s="21"/>
+      <c r="D153" s="16"/>
+      <c r="E153" s="17"/>
+      <c r="F153" s="18"/>
+      <c r="G153" s="17"/>
       <c r="H153" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A154" s="9"/>
-[...5 lines deleted...]
-      <c r="G154" s="9"/>
+      <c r="A154" s="17"/>
+      <c r="B154" s="17"/>
+      <c r="C154" s="21"/>
+      <c r="D154" s="16"/>
+      <c r="E154" s="17"/>
+      <c r="F154" s="18"/>
+      <c r="G154" s="17"/>
       <c r="H154" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A155" s="9"/>
-[...5 lines deleted...]
-      <c r="G155" s="9"/>
+      <c r="A155" s="17"/>
+      <c r="B155" s="17"/>
+      <c r="C155" s="22"/>
+      <c r="D155" s="16"/>
+      <c r="E155" s="17"/>
+      <c r="F155" s="18"/>
+      <c r="G155" s="17"/>
       <c r="H155" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A156" s="9" t="s">
+      <c r="A156" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="B156" s="9" t="s">
+      <c r="B156" s="17" t="s">
         <v>86</v>
       </c>
-      <c r="C156" s="10" t="s">
+      <c r="C156" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="D156" s="13" t="s">
+      <c r="D156" s="16" t="s">
         <v>141</v>
       </c>
-      <c r="E156" s="9" t="s">
+      <c r="E156" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="F156" s="8" t="s">
+      <c r="F156" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="G156" s="9">
+      <c r="G156" s="17">
         <v>2016</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A157" s="9"/>
-[...5 lines deleted...]
-      <c r="G157" s="9"/>
+      <c r="A157" s="17"/>
+      <c r="B157" s="17"/>
+      <c r="C157" s="21"/>
+      <c r="D157" s="16"/>
+      <c r="E157" s="17"/>
+      <c r="F157" s="18"/>
+      <c r="G157" s="17"/>
       <c r="H157" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A158" s="9"/>
-[...5 lines deleted...]
-      <c r="G158" s="9"/>
+      <c r="A158" s="17"/>
+      <c r="B158" s="17"/>
+      <c r="C158" s="21"/>
+      <c r="D158" s="16"/>
+      <c r="E158" s="17"/>
+      <c r="F158" s="18"/>
+      <c r="G158" s="17"/>
       <c r="H158" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A159" s="9"/>
-[...5 lines deleted...]
-      <c r="G159" s="9"/>
+      <c r="A159" s="17"/>
+      <c r="B159" s="17"/>
+      <c r="C159" s="21"/>
+      <c r="D159" s="16"/>
+      <c r="E159" s="17"/>
+      <c r="F159" s="18"/>
+      <c r="G159" s="17"/>
       <c r="H159" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A160" s="9"/>
-[...5 lines deleted...]
-      <c r="G160" s="9"/>
+      <c r="A160" s="17"/>
+      <c r="B160" s="17"/>
+      <c r="C160" s="22"/>
+      <c r="D160" s="16"/>
+      <c r="E160" s="17"/>
+      <c r="F160" s="18"/>
+      <c r="G160" s="17"/>
       <c r="H160" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A161" s="32" t="s">
+      <c r="A161" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="B161" s="32" t="s">
+      <c r="B161" s="8" t="s">
         <v>144</v>
       </c>
-      <c r="C161" s="32" t="s">
+      <c r="C161" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="D161" s="32">
+      <c r="D161" s="8">
         <v>2356287</v>
       </c>
-      <c r="E161" s="32" t="s">
+      <c r="E161" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="F161" s="33" t="s">
+      <c r="F161" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="G161" s="35">
+      <c r="G161" s="11">
         <v>2025</v>
       </c>
-      <c r="H161" s="34" t="s">
+      <c r="H161" s="10" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="163" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" spans="1:8" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B162" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C162" s="36" t="s">
+        <v>89</v>
+      </c>
+      <c r="D162" s="37">
+        <v>396</v>
+      </c>
+      <c r="E162" s="45" t="s">
+        <v>146</v>
+      </c>
+      <c r="F162" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="G162" s="40">
+        <v>2026</v>
+      </c>
+      <c r="H162" s="41" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B163" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C163" s="36" t="s">
+        <v>89</v>
+      </c>
+      <c r="D163" s="37">
+        <v>1120</v>
+      </c>
+      <c r="E163" s="45" t="s">
+        <v>147</v>
+      </c>
+      <c r="F163" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="G163" s="40">
+        <v>2026</v>
+      </c>
+      <c r="H163" s="42" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A164" s="43"/>
+      <c r="B164" s="44"/>
+      <c r="C164" s="44"/>
+      <c r="D164" s="44"/>
+      <c r="E164" s="44"/>
+      <c r="H164" s="38"/>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H165" s="38"/>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H166" s="38"/>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H167" s="39"/>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H168" s="39"/>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="H169" s="39"/>
+    </row>
     <row r="187" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F187" s="7">
         <f>5+9+1+12+6</f>
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="246">
-    <mergeCell ref="A6:A11"/>
-[...102 lines deleted...]
-    <mergeCell ref="F72:F73"/>
+    <mergeCell ref="F156:F160"/>
+    <mergeCell ref="G156:G160"/>
+    <mergeCell ref="G150:G155"/>
+    <mergeCell ref="A156:A160"/>
+    <mergeCell ref="B156:B160"/>
+    <mergeCell ref="C156:C160"/>
+    <mergeCell ref="D156:D160"/>
+    <mergeCell ref="E156:E160"/>
+    <mergeCell ref="G147:G149"/>
+    <mergeCell ref="A150:A155"/>
+    <mergeCell ref="B150:B155"/>
+    <mergeCell ref="C150:C155"/>
+    <mergeCell ref="D150:D155"/>
+    <mergeCell ref="E150:E155"/>
+    <mergeCell ref="G144:G146"/>
+    <mergeCell ref="A147:A149"/>
+    <mergeCell ref="B147:B149"/>
+    <mergeCell ref="C147:C149"/>
+    <mergeCell ref="D147:D149"/>
+    <mergeCell ref="E147:E149"/>
+    <mergeCell ref="G139:G143"/>
+    <mergeCell ref="A144:A146"/>
+    <mergeCell ref="B144:B146"/>
+    <mergeCell ref="C144:C146"/>
+    <mergeCell ref="D144:D146"/>
+    <mergeCell ref="E144:E146"/>
+    <mergeCell ref="G133:G138"/>
+    <mergeCell ref="A139:A143"/>
+    <mergeCell ref="B139:B143"/>
+    <mergeCell ref="C139:C143"/>
+    <mergeCell ref="D139:D143"/>
+    <mergeCell ref="E139:E143"/>
+    <mergeCell ref="G131:G132"/>
+    <mergeCell ref="A133:A138"/>
+    <mergeCell ref="B133:B138"/>
+    <mergeCell ref="C133:C138"/>
+    <mergeCell ref="D133:D138"/>
+    <mergeCell ref="E133:E138"/>
+    <mergeCell ref="G128:G130"/>
+    <mergeCell ref="A131:A132"/>
+    <mergeCell ref="B131:B132"/>
+    <mergeCell ref="C131:C132"/>
+    <mergeCell ref="D131:D132"/>
+    <mergeCell ref="E131:E132"/>
+    <mergeCell ref="G121:G127"/>
+    <mergeCell ref="A128:A130"/>
+    <mergeCell ref="B128:B130"/>
+    <mergeCell ref="C128:C130"/>
+    <mergeCell ref="D128:D130"/>
+    <mergeCell ref="E128:E130"/>
+    <mergeCell ref="A121:A127"/>
+    <mergeCell ref="B121:B127"/>
+    <mergeCell ref="C121:C127"/>
+    <mergeCell ref="D121:D127"/>
+    <mergeCell ref="E121:E127"/>
+    <mergeCell ref="B98:B104"/>
+    <mergeCell ref="C98:C104"/>
+    <mergeCell ref="D98:D104"/>
+    <mergeCell ref="E98:E104"/>
+    <mergeCell ref="G115:G117"/>
+    <mergeCell ref="G118:G120"/>
+    <mergeCell ref="A115:A117"/>
+    <mergeCell ref="B115:B117"/>
+    <mergeCell ref="C115:C117"/>
+    <mergeCell ref="D115:D117"/>
+    <mergeCell ref="E115:E117"/>
+    <mergeCell ref="F115:F117"/>
+    <mergeCell ref="F113:F114"/>
+    <mergeCell ref="G113:G114"/>
+    <mergeCell ref="A118:A120"/>
+    <mergeCell ref="B118:B120"/>
+    <mergeCell ref="C118:C120"/>
+    <mergeCell ref="D118:D120"/>
+    <mergeCell ref="E118:E120"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:B82"/>
+    <mergeCell ref="C79:C82"/>
+    <mergeCell ref="D79:D82"/>
+    <mergeCell ref="E79:E82"/>
+    <mergeCell ref="G107:G112"/>
+    <mergeCell ref="A113:A114"/>
+    <mergeCell ref="B113:B114"/>
+    <mergeCell ref="C113:C114"/>
+    <mergeCell ref="D113:D114"/>
+    <mergeCell ref="E113:E114"/>
+    <mergeCell ref="G105:G106"/>
+    <mergeCell ref="G98:G104"/>
+    <mergeCell ref="A105:A106"/>
+    <mergeCell ref="B105:B106"/>
+    <mergeCell ref="C105:C106"/>
+    <mergeCell ref="D105:D106"/>
+    <mergeCell ref="E105:E106"/>
+    <mergeCell ref="A107:A112"/>
+    <mergeCell ref="B107:B112"/>
+    <mergeCell ref="C107:C112"/>
+    <mergeCell ref="D107:D112"/>
+    <mergeCell ref="E107:E112"/>
+    <mergeCell ref="A98:A104"/>
+    <mergeCell ref="A83:A90"/>
+    <mergeCell ref="B83:B90"/>
+    <mergeCell ref="C83:C90"/>
+    <mergeCell ref="D83:D90"/>
+    <mergeCell ref="E83:E90"/>
+    <mergeCell ref="A91:A97"/>
+    <mergeCell ref="B91:B97"/>
+    <mergeCell ref="C91:C97"/>
+    <mergeCell ref="D91:D97"/>
+    <mergeCell ref="E91:E97"/>
+    <mergeCell ref="G67:G71"/>
+    <mergeCell ref="G55:G57"/>
+    <mergeCell ref="G58:G60"/>
+    <mergeCell ref="G48:G51"/>
+    <mergeCell ref="G36:G41"/>
+    <mergeCell ref="G42:G46"/>
+    <mergeCell ref="G91:G97"/>
+    <mergeCell ref="G52:G54"/>
+    <mergeCell ref="G83:G90"/>
+    <mergeCell ref="G79:G82"/>
     <mergeCell ref="G25:G31"/>
     <mergeCell ref="G32:G35"/>
     <mergeCell ref="G13:G17"/>
     <mergeCell ref="G18:G24"/>
     <mergeCell ref="G6:G11"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="F144:F146"/>
     <mergeCell ref="F147:F149"/>
     <mergeCell ref="F150:F155"/>
     <mergeCell ref="F139:F143"/>
     <mergeCell ref="F133:F138"/>
     <mergeCell ref="F128:F130"/>
     <mergeCell ref="F131:F132"/>
     <mergeCell ref="F121:F127"/>
     <mergeCell ref="F118:F120"/>
     <mergeCell ref="F107:F112"/>
     <mergeCell ref="F105:F106"/>
     <mergeCell ref="F98:F104"/>
     <mergeCell ref="F83:F90"/>
     <mergeCell ref="F91:F97"/>
     <mergeCell ref="F79:F82"/>
     <mergeCell ref="G72:G73"/>
     <mergeCell ref="G74:G78"/>
     <mergeCell ref="G61:G66"/>
-    <mergeCell ref="G67:G71"/>
-[...116 lines deleted...]
-    <mergeCell ref="E150:E155"/>
+    <mergeCell ref="A74:A78"/>
+    <mergeCell ref="B74:B78"/>
+    <mergeCell ref="C74:C78"/>
+    <mergeCell ref="D74:D78"/>
+    <mergeCell ref="E74:E78"/>
+    <mergeCell ref="F74:F78"/>
+    <mergeCell ref="A72:A73"/>
+    <mergeCell ref="B72:B73"/>
+    <mergeCell ref="C72:C73"/>
+    <mergeCell ref="D72:D73"/>
+    <mergeCell ref="E72:E73"/>
+    <mergeCell ref="F72:F73"/>
+    <mergeCell ref="A67:A71"/>
+    <mergeCell ref="B67:B71"/>
+    <mergeCell ref="C67:C71"/>
+    <mergeCell ref="D67:D71"/>
+    <mergeCell ref="E67:E71"/>
+    <mergeCell ref="F67:F71"/>
+    <mergeCell ref="A61:A66"/>
+    <mergeCell ref="B61:B66"/>
+    <mergeCell ref="C61:C66"/>
+    <mergeCell ref="D61:D66"/>
+    <mergeCell ref="E61:E66"/>
+    <mergeCell ref="F61:F66"/>
+    <mergeCell ref="A58:A60"/>
+    <mergeCell ref="B58:B60"/>
+    <mergeCell ref="C58:C60"/>
+    <mergeCell ref="D58:D60"/>
+    <mergeCell ref="E58:E60"/>
+    <mergeCell ref="F58:F60"/>
+    <mergeCell ref="A55:A57"/>
+    <mergeCell ref="B55:B57"/>
+    <mergeCell ref="C55:C57"/>
+    <mergeCell ref="D55:D57"/>
+    <mergeCell ref="E55:E57"/>
+    <mergeCell ref="F55:F57"/>
+    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="B48:B51"/>
+    <mergeCell ref="C48:C51"/>
+    <mergeCell ref="D48:D51"/>
+    <mergeCell ref="E48:E51"/>
+    <mergeCell ref="F48:F51"/>
+    <mergeCell ref="F52:F54"/>
+    <mergeCell ref="E52:E54"/>
+    <mergeCell ref="D52:D54"/>
+    <mergeCell ref="C52:C54"/>
+    <mergeCell ref="B52:B54"/>
+    <mergeCell ref="A52:A54"/>
+    <mergeCell ref="A42:A46"/>
+    <mergeCell ref="B42:B46"/>
+    <mergeCell ref="C42:C46"/>
+    <mergeCell ref="D42:D46"/>
+    <mergeCell ref="E42:E46"/>
+    <mergeCell ref="F42:F46"/>
+    <mergeCell ref="A36:A41"/>
+    <mergeCell ref="B36:B41"/>
+    <mergeCell ref="C36:C41"/>
+    <mergeCell ref="D36:D41"/>
+    <mergeCell ref="E36:E41"/>
+    <mergeCell ref="F36:F41"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="B32:B35"/>
+    <mergeCell ref="C32:C35"/>
+    <mergeCell ref="D32:D35"/>
+    <mergeCell ref="E32:E35"/>
+    <mergeCell ref="F32:F35"/>
+    <mergeCell ref="A25:A31"/>
+    <mergeCell ref="B25:B31"/>
+    <mergeCell ref="C25:C31"/>
+    <mergeCell ref="D25:D31"/>
+    <mergeCell ref="E25:E31"/>
+    <mergeCell ref="F25:F31"/>
+    <mergeCell ref="A18:A24"/>
+    <mergeCell ref="B18:B24"/>
+    <mergeCell ref="C18:C24"/>
+    <mergeCell ref="D18:D24"/>
+    <mergeCell ref="E18:E24"/>
+    <mergeCell ref="F18:F24"/>
+    <mergeCell ref="A13:A17"/>
+    <mergeCell ref="B13:B17"/>
+    <mergeCell ref="C13:C17"/>
+    <mergeCell ref="D13:D17"/>
+    <mergeCell ref="E13:E17"/>
+    <mergeCell ref="F13:F17"/>
+    <mergeCell ref="A6:A11"/>
+    <mergeCell ref="B6:B11"/>
+    <mergeCell ref="C6:C11"/>
+    <mergeCell ref="D6:D11"/>
+    <mergeCell ref="E6:E11"/>
+    <mergeCell ref="F6:F11"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:C5"/>
+    <mergeCell ref="D3:D5"/>
+    <mergeCell ref="E3:E5"/>
+    <mergeCell ref="F3:F5"/>
+    <mergeCell ref="G3:G5"/>
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="C1:C2"/>
+    <mergeCell ref="D1:D2"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>