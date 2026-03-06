--- v1 (2026-02-13)
+++ v2 (2026-03-06)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Usuário\PO\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\manoe\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1852FCE5-5FE2-4330-AC0C-BB748406A93F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B82C644-FFEA-4A8E-8DA4-C8AA4826CB39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" concurrentManualCount="8"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F187" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="404" uniqueCount="153">
   <si>
     <t>UF</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t xml:space="preserve">CNES </t>
   </si>
   <si>
     <t>Estabelecimento</t>
   </si>
   <si>
     <t>Tipo da Habilitação</t>
   </si>
   <si>
     <t>Ano da Habilitação</t>
   </si>
   <si>
     <t>Códigos Habilitados</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
@@ -501,50 +501,59 @@
   <si>
     <t>Hospital Regional Inácio de Sá</t>
   </si>
   <si>
     <t>Hospital das Clínicas da Universidade Federal de Pernambuco Ebserh</t>
   </si>
   <si>
     <t>Real Hospital Português de Beneficência em Pernambuco</t>
   </si>
   <si>
     <t>35.07- Serviço de Referência Eixo I DR de Origem Genética: 1- Anomalias Congênitas ou de Manifestação Tardia
 35.08- Serviço de Referência Eixo I DR de Origem Genética: 2- Deficiência Intelectual
 35.09- Serviço de Referência Eixo I DR de Origem Genética: 3- Erro Inato do Metabolismo
 35.10- Serviço de Referência Eixo II DR de Origem Não Genética: 3- Doenças Raras Autoimunes
 35.11- Serviço de Referência Eixo II DR de Origem Não Genética: 2- Doenças Raras Inflamatórias
 35.12- Serviço de Referência Eixo II DR de Origem Não Genética: 1- Doenças Raras Infecciosas
 35.14- Serviço de Referência Eixo II DR de Origem Não Genética: 4- Outras Doenças Raras de Origem Não Genética
 35.15- Serviço de Aconselhamento Genético</t>
   </si>
   <si>
     <t>35.07- Serviço de Referência Eixo I DR de Origem Genética: 1- Anomalias Congênitas ou de Manifestação Tardia
 35.10- Serviço de Referência Eixo II DR de Origem Não Genética: 3- Doenças Raras Autoimunes
 35.11- Serviço de Referência Eixo II DR de Origem Não Genética: 2- Doenças Raras Inflamatórias
 35.12- Serviço de Referência Eixo II DR de Origem Não Genética: 1- Doenças Raras Infecciosas
 35.15- Serviço de Aconselhamento Genético</t>
+  </si>
+  <si>
+    <t>RN</t>
+  </si>
+  <si>
+    <t>Mossoró</t>
+  </si>
+  <si>
+    <t>Hospital da Liga Mossoroense de Estudos e Combate ao Câncer- LMECC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -577,51 +586,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -650,185 +659,205 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1075,2858 +1104,2881 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H187"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A159" workbookViewId="0">
-      <selection activeCell="G163" sqref="G163"/>
+    <sheetView tabSelected="1" topLeftCell="A154" workbookViewId="0">
+      <selection activeCell="A164" sqref="A164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="71.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="69.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.140625" style="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="113.5703125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="71.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19" t="s">
+      <c r="B1" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="23" t="s">
+      <c r="C1" s="41" t="s">
         <v>88</v>
       </c>
-      <c r="D1" s="25" t="s">
+      <c r="D1" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="19" t="s">
+      <c r="E1" s="35" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="26" t="s">
+      <c r="F1" s="44" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="19" t="s">
+      <c r="G1" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="19" t="s">
+      <c r="H1" s="35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="19"/>
-[...6 lines deleted...]
-      <c r="H2" s="19"/>
+      <c r="A2" s="35"/>
+      <c r="B2" s="35"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="43"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="35"/>
+      <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="17" t="s">
+      <c r="A3" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="17" t="s">
+      <c r="B3" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="20" t="s">
+      <c r="C3" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="D3" s="16" t="s">
+      <c r="D3" s="26" t="s">
         <v>90</v>
       </c>
-      <c r="E3" s="17" t="s">
+      <c r="E3" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="18" t="s">
+      <c r="F3" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G3" s="17">
+      <c r="G3" s="22">
         <v>2018</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="17"/>
-[...5 lines deleted...]
-      <c r="G4" s="17"/>
+      <c r="A4" s="22"/>
+      <c r="B4" s="22"/>
+      <c r="C4" s="24"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="22"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="22"/>
       <c r="H4" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="17"/>
-[...5 lines deleted...]
-      <c r="G5" s="17"/>
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="21"/>
+      <c r="G5" s="22"/>
       <c r="H5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="12" t="s">
+      <c r="A6" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="12" t="s">
+      <c r="B6" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="C6" s="13" t="s">
+      <c r="C6" s="28" t="s">
         <v>89</v>
       </c>
-      <c r="D6" s="16" t="s">
+      <c r="D6" s="26" t="s">
         <v>91</v>
       </c>
-      <c r="E6" s="17" t="s">
+      <c r="E6" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="F6" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="17">
+      <c r="G6" s="22">
         <v>2019</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="12"/>
-[...5 lines deleted...]
-      <c r="G7" s="17"/>
+      <c r="A7" s="27"/>
+      <c r="B7" s="27"/>
+      <c r="C7" s="29"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="21"/>
+      <c r="G7" s="22"/>
       <c r="H7" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="12"/>
-[...5 lines deleted...]
-      <c r="G8" s="17"/>
+      <c r="A8" s="27"/>
+      <c r="B8" s="27"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="26"/>
+      <c r="E8" s="22"/>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22"/>
       <c r="H8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="12"/>
-[...5 lines deleted...]
-      <c r="G9" s="17"/>
+      <c r="A9" s="27"/>
+      <c r="B9" s="27"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="22"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="22"/>
       <c r="H9" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="12"/>
-[...5 lines deleted...]
-      <c r="G10" s="17"/>
+      <c r="A10" s="27"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="26"/>
+      <c r="E10" s="22"/>
+      <c r="F10" s="21"/>
+      <c r="G10" s="22"/>
       <c r="H10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="12"/>
-[...5 lines deleted...]
-      <c r="G11" s="17"/>
+      <c r="A11" s="27"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="30"/>
+      <c r="D11" s="26"/>
+      <c r="E11" s="22"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22"/>
       <c r="H11" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>92</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G12" s="3">
         <v>2024</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="17" t="s">
+      <c r="A13" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="17" t="s">
+      <c r="B13" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="20" t="s">
+      <c r="C13" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="D13" s="16" t="s">
+      <c r="D13" s="26" t="s">
         <v>93</v>
       </c>
-      <c r="E13" s="17" t="s">
+      <c r="E13" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="F13" s="18" t="s">
+      <c r="F13" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G13" s="17">
+      <c r="G13" s="22">
         <v>2024</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="17"/>
-[...5 lines deleted...]
-      <c r="G14" s="17"/>
+      <c r="A14" s="22"/>
+      <c r="B14" s="22"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="22"/>
+      <c r="F14" s="21"/>
+      <c r="G14" s="22"/>
       <c r="H14" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="17"/>
-[...5 lines deleted...]
-      <c r="G15" s="17"/>
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="24"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="21"/>
+      <c r="G15" s="22"/>
       <c r="H15" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="17"/>
-[...5 lines deleted...]
-      <c r="G16" s="17"/>
+      <c r="A16" s="22"/>
+      <c r="B16" s="22"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="26"/>
+      <c r="E16" s="22"/>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22"/>
       <c r="H16" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="17"/>
-[...5 lines deleted...]
-      <c r="G17" s="17"/>
+      <c r="A17" s="22"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="26"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="21"/>
+      <c r="G17" s="22"/>
       <c r="H17" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="12" t="s">
+      <c r="A18" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="12" t="s">
+      <c r="B18" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C18" s="13" t="s">
+      <c r="C18" s="28" t="s">
         <v>89</v>
       </c>
-      <c r="D18" s="16" t="s">
+      <c r="D18" s="26" t="s">
         <v>99</v>
       </c>
-      <c r="E18" s="17" t="s">
+      <c r="E18" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="F18" s="18" t="s">
+      <c r="F18" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G18" s="17">
+      <c r="G18" s="22">
         <v>2019</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="12"/>
-[...5 lines deleted...]
-      <c r="G19" s="17"/>
+      <c r="A19" s="27"/>
+      <c r="B19" s="27"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="21"/>
+      <c r="G19" s="22"/>
       <c r="H19" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="12"/>
-[...5 lines deleted...]
-      <c r="G20" s="17"/>
+      <c r="A20" s="27"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="26"/>
+      <c r="E20" s="22"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="22"/>
       <c r="H20" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="12"/>
-[...5 lines deleted...]
-      <c r="G21" s="17"/>
+      <c r="A21" s="27"/>
+      <c r="B21" s="27"/>
+      <c r="C21" s="29"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="22"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="22"/>
       <c r="H21" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="12"/>
-[...5 lines deleted...]
-      <c r="G22" s="17"/>
+      <c r="A22" s="27"/>
+      <c r="B22" s="27"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="22"/>
       <c r="H22" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="12"/>
-[...5 lines deleted...]
-      <c r="G23" s="17"/>
+      <c r="A23" s="27"/>
+      <c r="B23" s="27"/>
+      <c r="C23" s="29"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="22"/>
+      <c r="F23" s="21"/>
+      <c r="G23" s="22"/>
       <c r="H23" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="12"/>
-[...5 lines deleted...]
-      <c r="G24" s="17"/>
+      <c r="A24" s="27"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="30"/>
+      <c r="D24" s="26"/>
+      <c r="E24" s="22"/>
+      <c r="F24" s="21"/>
+      <c r="G24" s="22"/>
       <c r="H24" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="12" t="s">
+      <c r="A25" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="12" t="s">
+      <c r="B25" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C25" s="13" t="s">
+      <c r="C25" s="28" t="s">
         <v>89</v>
       </c>
-      <c r="D25" s="16" t="s">
+      <c r="D25" s="26" t="s">
         <v>100</v>
       </c>
-      <c r="E25" s="17" t="s">
+      <c r="E25" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="F25" s="18" t="s">
+      <c r="F25" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="G25" s="17">
+      <c r="G25" s="22">
         <v>2019</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="12"/>
-[...5 lines deleted...]
-      <c r="G26" s="17"/>
+      <c r="A26" s="27"/>
+      <c r="B26" s="27"/>
+      <c r="C26" s="29"/>
+      <c r="D26" s="26"/>
+      <c r="E26" s="22"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="22"/>
       <c r="H26" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="12"/>
-[...5 lines deleted...]
-      <c r="G27" s="17"/>
+      <c r="A27" s="27"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="29"/>
+      <c r="D27" s="26"/>
+      <c r="E27" s="22"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="22"/>
       <c r="H27" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="12"/>
-[...5 lines deleted...]
-      <c r="G28" s="17"/>
+      <c r="A28" s="27"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="29"/>
+      <c r="D28" s="26"/>
+      <c r="E28" s="22"/>
+      <c r="F28" s="21"/>
+      <c r="G28" s="22"/>
       <c r="H28" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="12"/>
-[...5 lines deleted...]
-      <c r="G29" s="17"/>
+      <c r="A29" s="27"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="29"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="22"/>
+      <c r="F29" s="21"/>
+      <c r="G29" s="22"/>
       <c r="H29" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="12"/>
-[...5 lines deleted...]
-      <c r="G30" s="17"/>
+      <c r="A30" s="27"/>
+      <c r="B30" s="27"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="26"/>
+      <c r="E30" s="22"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="22"/>
       <c r="H30" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="12"/>
-[...5 lines deleted...]
-      <c r="G31" s="17"/>
+      <c r="A31" s="27"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="30"/>
+      <c r="D31" s="26"/>
+      <c r="E31" s="22"/>
+      <c r="F31" s="21"/>
+      <c r="G31" s="22"/>
       <c r="H31" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="12" t="s">
+      <c r="A32" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B32" s="12" t="s">
+      <c r="B32" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C32" s="13" t="s">
+      <c r="C32" s="28" t="s">
         <v>89</v>
       </c>
-      <c r="D32" s="16" t="s">
+      <c r="D32" s="26" t="s">
         <v>102</v>
       </c>
-      <c r="E32" s="17" t="s">
+      <c r="E32" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="F32" s="18" t="s">
+      <c r="F32" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="G32" s="17">
+      <c r="G32" s="22">
         <v>2023</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="12"/>
-[...5 lines deleted...]
-      <c r="G33" s="17"/>
+      <c r="A33" s="27"/>
+      <c r="B33" s="27"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="26"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="22"/>
       <c r="H33" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="12"/>
-[...5 lines deleted...]
-      <c r="G34" s="17"/>
+      <c r="A34" s="27"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="22"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="22"/>
       <c r="H34" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="12"/>
-[...5 lines deleted...]
-      <c r="G35" s="17"/>
+      <c r="A35" s="27"/>
+      <c r="B35" s="27"/>
+      <c r="C35" s="30"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="22"/>
       <c r="H35" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="12" t="s">
+      <c r="A36" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="12" t="s">
+      <c r="B36" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="C36" s="13" t="s">
+      <c r="C36" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="D36" s="16" t="s">
+      <c r="D36" s="26" t="s">
         <v>104</v>
       </c>
-      <c r="E36" s="17" t="s">
+      <c r="E36" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="F36" s="18" t="s">
+      <c r="F36" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G36" s="17">
+      <c r="G36" s="22">
         <v>2019</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="12"/>
-[...5 lines deleted...]
-      <c r="G37" s="17"/>
+      <c r="A37" s="27"/>
+      <c r="B37" s="27"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="26"/>
+      <c r="E37" s="22"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="22"/>
       <c r="H37" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="12"/>
-[...5 lines deleted...]
-      <c r="G38" s="17"/>
+      <c r="A38" s="27"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="26"/>
+      <c r="E38" s="22"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="22"/>
       <c r="H38" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="12"/>
-[...5 lines deleted...]
-      <c r="G39" s="17"/>
+      <c r="A39" s="27"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="26"/>
+      <c r="E39" s="22"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="22"/>
       <c r="H39" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="12"/>
-[...5 lines deleted...]
-      <c r="G40" s="17"/>
+      <c r="A40" s="27"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="29"/>
+      <c r="D40" s="26"/>
+      <c r="E40" s="22"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="22"/>
       <c r="H40" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="12"/>
-[...5 lines deleted...]
-      <c r="G41" s="17"/>
+      <c r="A41" s="27"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="30"/>
+      <c r="D41" s="26"/>
+      <c r="E41" s="22"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="22"/>
       <c r="H41" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="17" t="s">
+      <c r="A42" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="B42" s="17" t="s">
+      <c r="B42" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="C42" s="20" t="s">
+      <c r="C42" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="D42" s="16" t="s">
+      <c r="D42" s="26" t="s">
         <v>105</v>
       </c>
-      <c r="E42" s="17" t="s">
+      <c r="E42" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="F42" s="18" t="s">
+      <c r="F42" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G42" s="17">
+      <c r="G42" s="22">
         <v>2016</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="17"/>
-[...5 lines deleted...]
-      <c r="G43" s="17"/>
+      <c r="A43" s="22"/>
+      <c r="B43" s="22"/>
+      <c r="C43" s="24"/>
+      <c r="D43" s="26"/>
+      <c r="E43" s="22"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="22"/>
       <c r="H43" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="17"/>
-[...5 lines deleted...]
-      <c r="G44" s="17"/>
+      <c r="A44" s="22"/>
+      <c r="B44" s="22"/>
+      <c r="C44" s="24"/>
+      <c r="D44" s="26"/>
+      <c r="E44" s="22"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="22"/>
       <c r="H44" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="17"/>
-[...5 lines deleted...]
-      <c r="G45" s="17"/>
+      <c r="A45" s="22"/>
+      <c r="B45" s="22"/>
+      <c r="C45" s="24"/>
+      <c r="D45" s="26"/>
+      <c r="E45" s="22"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="22"/>
       <c r="H45" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="17"/>
-[...5 lines deleted...]
-      <c r="G46" s="17"/>
+      <c r="A46" s="22"/>
+      <c r="B46" s="22"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="26"/>
+      <c r="E46" s="22"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="22"/>
       <c r="H46" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>107</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G47" s="3">
         <v>2019</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="17" t="s">
+      <c r="A48" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="B48" s="17" t="s">
+      <c r="B48" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="C48" s="20" t="s">
+      <c r="C48" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="D48" s="16" t="s">
+      <c r="D48" s="26" t="s">
         <v>108</v>
       </c>
-      <c r="E48" s="17" t="s">
+      <c r="E48" s="22" t="s">
         <v>142</v>
       </c>
-      <c r="F48" s="18" t="s">
+      <c r="F48" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G48" s="17">
+      <c r="G48" s="22">
         <v>2016</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A49" s="17"/>
-[...5 lines deleted...]
-      <c r="G49" s="17"/>
+      <c r="A49" s="22"/>
+      <c r="B49" s="22"/>
+      <c r="C49" s="24"/>
+      <c r="D49" s="26"/>
+      <c r="E49" s="22"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="22"/>
       <c r="H49" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A50" s="17"/>
-[...5 lines deleted...]
-      <c r="G50" s="17"/>
+      <c r="A50" s="22"/>
+      <c r="B50" s="22"/>
+      <c r="C50" s="24"/>
+      <c r="D50" s="26"/>
+      <c r="E50" s="22"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="22"/>
       <c r="H50" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A51" s="17"/>
-[...5 lines deleted...]
-      <c r="G51" s="17"/>
+      <c r="A51" s="22"/>
+      <c r="B51" s="22"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="26"/>
+      <c r="E51" s="22"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="22"/>
       <c r="H51" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A52" s="20" t="s">
+      <c r="A52" s="23" t="s">
         <v>38</v>
       </c>
-      <c r="B52" s="20" t="s">
+      <c r="B52" s="23" t="s">
         <v>40</v>
       </c>
-      <c r="C52" s="20" t="s">
+      <c r="C52" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="D52" s="29" t="s">
+      <c r="D52" s="32" t="s">
         <v>109</v>
       </c>
-      <c r="E52" s="20" t="s">
+      <c r="E52" s="23" t="s">
         <v>41</v>
       </c>
-      <c r="F52" s="27" t="s">
+      <c r="F52" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="G52" s="20">
+      <c r="G52" s="23">
         <v>2022</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A53" s="21"/>
-[...5 lines deleted...]
-      <c r="G53" s="21"/>
+      <c r="A53" s="24"/>
+      <c r="B53" s="24"/>
+      <c r="C53" s="24"/>
+      <c r="D53" s="34"/>
+      <c r="E53" s="24"/>
+      <c r="F53" s="38"/>
+      <c r="G53" s="24"/>
       <c r="H53" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="21"/>
-[...5 lines deleted...]
-      <c r="G54" s="21"/>
+      <c r="A54" s="24"/>
+      <c r="B54" s="24"/>
+      <c r="C54" s="24"/>
+      <c r="D54" s="34"/>
+      <c r="E54" s="24"/>
+      <c r="F54" s="38"/>
+      <c r="G54" s="24"/>
       <c r="H54" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A55" s="17" t="s">
+      <c r="A55" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="B55" s="17" t="s">
+      <c r="B55" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="C55" s="20" t="s">
+      <c r="C55" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="D55" s="16" t="s">
+      <c r="D55" s="26" t="s">
         <v>110</v>
       </c>
-      <c r="E55" s="17" t="s">
+      <c r="E55" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="F55" s="31" t="s">
+      <c r="F55" s="40" t="s">
         <v>143</v>
       </c>
-      <c r="G55" s="17">
+      <c r="G55" s="22">
         <v>2024</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A56" s="17"/>
-[...5 lines deleted...]
-      <c r="G56" s="17"/>
+      <c r="A56" s="22"/>
+      <c r="B56" s="22"/>
+      <c r="C56" s="24"/>
+      <c r="D56" s="26"/>
+      <c r="E56" s="22"/>
+      <c r="F56" s="40"/>
+      <c r="G56" s="22"/>
       <c r="H56" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A57" s="17"/>
-[...5 lines deleted...]
-      <c r="G57" s="17"/>
+      <c r="A57" s="22"/>
+      <c r="B57" s="22"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="26"/>
+      <c r="E57" s="22"/>
+      <c r="F57" s="40"/>
+      <c r="G57" s="22"/>
       <c r="H57" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="17" t="s">
+      <c r="A58" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="B58" s="17" t="s">
+      <c r="B58" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="C58" s="20" t="s">
+      <c r="C58" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D58" s="16" t="s">
+      <c r="D58" s="26" t="s">
         <v>112</v>
       </c>
-      <c r="E58" s="17" t="s">
+      <c r="E58" s="22" t="s">
         <v>45</v>
       </c>
-      <c r="F58" s="18" t="s">
+      <c r="F58" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G58" s="17">
+      <c r="G58" s="22">
         <v>2019</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A59" s="17"/>
-[...5 lines deleted...]
-      <c r="G59" s="17"/>
+      <c r="A59" s="22"/>
+      <c r="B59" s="22"/>
+      <c r="C59" s="24"/>
+      <c r="D59" s="26"/>
+      <c r="E59" s="22"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="22"/>
       <c r="H59" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A60" s="17"/>
-[...5 lines deleted...]
-      <c r="G60" s="17"/>
+      <c r="A60" s="22"/>
+      <c r="B60" s="22"/>
+      <c r="C60" s="25"/>
+      <c r="D60" s="26"/>
+      <c r="E60" s="22"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="22"/>
       <c r="H60" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="17" t="s">
+      <c r="A61" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="B61" s="17" t="s">
+      <c r="B61" s="22" t="s">
         <v>46</v>
       </c>
-      <c r="C61" s="20" t="s">
+      <c r="C61" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D61" s="16" t="s">
+      <c r="D61" s="26" t="s">
         <v>113</v>
       </c>
-      <c r="E61" s="17" t="s">
+      <c r="E61" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="F61" s="18" t="s">
+      <c r="F61" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G61" s="17">
+      <c r="G61" s="22">
         <v>2021</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A62" s="17"/>
-[...5 lines deleted...]
-      <c r="G62" s="17"/>
+      <c r="A62" s="22"/>
+      <c r="B62" s="22"/>
+      <c r="C62" s="24"/>
+      <c r="D62" s="26"/>
+      <c r="E62" s="22"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="22"/>
       <c r="H62" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A63" s="17"/>
-[...5 lines deleted...]
-      <c r="G63" s="17"/>
+      <c r="A63" s="22"/>
+      <c r="B63" s="22"/>
+      <c r="C63" s="24"/>
+      <c r="D63" s="26"/>
+      <c r="E63" s="22"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="22"/>
       <c r="H63" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A64" s="17"/>
-[...5 lines deleted...]
-      <c r="G64" s="17"/>
+      <c r="A64" s="22"/>
+      <c r="B64" s="22"/>
+      <c r="C64" s="24"/>
+      <c r="D64" s="26"/>
+      <c r="E64" s="22"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="22"/>
       <c r="H64" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A65" s="17"/>
-[...5 lines deleted...]
-      <c r="G65" s="17"/>
+      <c r="A65" s="22"/>
+      <c r="B65" s="22"/>
+      <c r="C65" s="24"/>
+      <c r="D65" s="26"/>
+      <c r="E65" s="22"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="22"/>
       <c r="H65" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A66" s="17"/>
-[...5 lines deleted...]
-      <c r="G66" s="17"/>
+      <c r="A66" s="22"/>
+      <c r="B66" s="22"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="26"/>
+      <c r="E66" s="22"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="22"/>
       <c r="H66" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="17" t="s">
+      <c r="A67" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="B67" s="17" t="s">
+      <c r="B67" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="C67" s="20" t="s">
+      <c r="C67" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D67" s="16" t="s">
+      <c r="D67" s="26" t="s">
         <v>114</v>
       </c>
-      <c r="E67" s="17" t="s">
+      <c r="E67" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="F67" s="18" t="s">
+      <c r="F67" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G67" s="17">
+      <c r="G67" s="22">
         <v>2022</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A68" s="17"/>
-[...5 lines deleted...]
-      <c r="G68" s="17"/>
+      <c r="A68" s="22"/>
+      <c r="B68" s="22"/>
+      <c r="C68" s="24"/>
+      <c r="D68" s="26"/>
+      <c r="E68" s="22"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="22"/>
       <c r="H68" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A69" s="17"/>
-[...5 lines deleted...]
-      <c r="G69" s="17"/>
+      <c r="A69" s="22"/>
+      <c r="B69" s="22"/>
+      <c r="C69" s="24"/>
+      <c r="D69" s="26"/>
+      <c r="E69" s="22"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="22"/>
       <c r="H69" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A70" s="17"/>
-[...5 lines deleted...]
-      <c r="G70" s="17"/>
+      <c r="A70" s="22"/>
+      <c r="B70" s="22"/>
+      <c r="C70" s="24"/>
+      <c r="D70" s="26"/>
+      <c r="E70" s="22"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="22"/>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A71" s="17"/>
-[...5 lines deleted...]
-      <c r="G71" s="17"/>
+      <c r="A71" s="22"/>
+      <c r="B71" s="22"/>
+      <c r="C71" s="25"/>
+      <c r="D71" s="26"/>
+      <c r="E71" s="22"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="22"/>
       <c r="H71" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="17" t="s">
+      <c r="A72" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="B72" s="17" t="s">
+      <c r="B72" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="C72" s="20" t="s">
+      <c r="C72" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D72" s="16" t="s">
+      <c r="D72" s="26" t="s">
         <v>115</v>
       </c>
-      <c r="E72" s="17" t="s">
+      <c r="E72" s="22" t="s">
         <v>50</v>
       </c>
-      <c r="F72" s="18" t="s">
+      <c r="F72" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="G72" s="17">
+      <c r="G72" s="22">
         <v>2023</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A73" s="17"/>
-[...5 lines deleted...]
-      <c r="G73" s="17"/>
+      <c r="A73" s="22"/>
+      <c r="B73" s="22"/>
+      <c r="C73" s="25"/>
+      <c r="D73" s="26"/>
+      <c r="E73" s="22"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="22"/>
       <c r="H73" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="17" t="s">
+      <c r="A74" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="B74" s="32" t="s">
+      <c r="B74" s="39" t="s">
         <v>44</v>
       </c>
-      <c r="C74" s="13" t="s">
+      <c r="C74" s="28" t="s">
         <v>106</v>
       </c>
-      <c r="D74" s="16" t="s">
+      <c r="D74" s="26" t="s">
         <v>116</v>
       </c>
-      <c r="E74" s="17" t="s">
+      <c r="E74" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="F74" s="18" t="s">
+      <c r="F74" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="G74" s="17">
+      <c r="G74" s="22">
         <v>2023</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A75" s="17"/>
-[...5 lines deleted...]
-      <c r="G75" s="17"/>
+      <c r="A75" s="22"/>
+      <c r="B75" s="39"/>
+      <c r="C75" s="29"/>
+      <c r="D75" s="26"/>
+      <c r="E75" s="22"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="22"/>
       <c r="H75" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A76" s="17"/>
-[...5 lines deleted...]
-      <c r="G76" s="17"/>
+      <c r="A76" s="22"/>
+      <c r="B76" s="39"/>
+      <c r="C76" s="29"/>
+      <c r="D76" s="26"/>
+      <c r="E76" s="22"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="22"/>
       <c r="H76" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A77" s="17"/>
-[...5 lines deleted...]
-      <c r="G77" s="17"/>
+      <c r="A77" s="22"/>
+      <c r="B77" s="39"/>
+      <c r="C77" s="29"/>
+      <c r="D77" s="26"/>
+      <c r="E77" s="22"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="22"/>
       <c r="H77" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A78" s="17"/>
-[...5 lines deleted...]
-      <c r="G78" s="17"/>
+      <c r="A78" s="22"/>
+      <c r="B78" s="39"/>
+      <c r="C78" s="30"/>
+      <c r="D78" s="26"/>
+      <c r="E78" s="22"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="22"/>
       <c r="H78" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A79" s="17" t="s">
+      <c r="A79" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="B79" s="17" t="s">
+      <c r="B79" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="C79" s="20" t="s">
+      <c r="C79" s="23" t="s">
         <v>117</v>
       </c>
-      <c r="D79" s="16" t="s">
+      <c r="D79" s="26" t="s">
         <v>118</v>
       </c>
-      <c r="E79" s="17" t="s">
+      <c r="E79" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="F79" s="18" t="s">
+      <c r="F79" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G79" s="17">
+      <c r="G79" s="22">
         <v>2023</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A80" s="17"/>
-[...5 lines deleted...]
-      <c r="G80" s="17"/>
+      <c r="A80" s="22"/>
+      <c r="B80" s="22"/>
+      <c r="C80" s="24"/>
+      <c r="D80" s="26"/>
+      <c r="E80" s="22"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="22"/>
       <c r="H80" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A81" s="17"/>
-[...5 lines deleted...]
-      <c r="G81" s="17"/>
+      <c r="A81" s="22"/>
+      <c r="B81" s="22"/>
+      <c r="C81" s="24"/>
+      <c r="D81" s="26"/>
+      <c r="E81" s="22"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="22"/>
       <c r="H81" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A82" s="17"/>
-[...5 lines deleted...]
-      <c r="G82" s="17"/>
+      <c r="A82" s="22"/>
+      <c r="B82" s="22"/>
+      <c r="C82" s="25"/>
+      <c r="D82" s="26"/>
+      <c r="E82" s="22"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="22"/>
       <c r="H82" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="20" t="s">
+      <c r="A83" s="23" t="s">
         <v>119</v>
       </c>
-      <c r="B83" s="20" t="s">
+      <c r="B83" s="23" t="s">
         <v>120</v>
       </c>
-      <c r="C83" s="20" t="s">
+      <c r="C83" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="D83" s="29" t="s">
+      <c r="D83" s="32" t="s">
         <v>121</v>
       </c>
-      <c r="E83" s="20" t="s">
+      <c r="E83" s="23" t="s">
         <v>122</v>
       </c>
-      <c r="F83" s="27" t="s">
+      <c r="F83" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="G83" s="20">
+      <c r="G83" s="23">
         <v>2024</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="21"/>
-[...5 lines deleted...]
-      <c r="G84" s="21"/>
+      <c r="A84" s="24"/>
+      <c r="B84" s="24"/>
+      <c r="C84" s="24"/>
+      <c r="D84" s="34"/>
+      <c r="E84" s="24"/>
+      <c r="F84" s="38"/>
+      <c r="G84" s="24"/>
       <c r="H84" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="21"/>
-[...5 lines deleted...]
-      <c r="G85" s="21"/>
+      <c r="A85" s="24"/>
+      <c r="B85" s="24"/>
+      <c r="C85" s="24"/>
+      <c r="D85" s="34"/>
+      <c r="E85" s="24"/>
+      <c r="F85" s="38"/>
+      <c r="G85" s="24"/>
       <c r="H85" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="21"/>
-[...5 lines deleted...]
-      <c r="G86" s="21"/>
+      <c r="A86" s="24"/>
+      <c r="B86" s="24"/>
+      <c r="C86" s="24"/>
+      <c r="D86" s="34"/>
+      <c r="E86" s="24"/>
+      <c r="F86" s="38"/>
+      <c r="G86" s="24"/>
       <c r="H86" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="21"/>
-[...5 lines deleted...]
-      <c r="G87" s="21"/>
+      <c r="A87" s="24"/>
+      <c r="B87" s="24"/>
+      <c r="C87" s="24"/>
+      <c r="D87" s="34"/>
+      <c r="E87" s="24"/>
+      <c r="F87" s="38"/>
+      <c r="G87" s="24"/>
       <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="21"/>
-[...5 lines deleted...]
-      <c r="G88" s="21"/>
+      <c r="A88" s="24"/>
+      <c r="B88" s="24"/>
+      <c r="C88" s="24"/>
+      <c r="D88" s="34"/>
+      <c r="E88" s="24"/>
+      <c r="F88" s="38"/>
+      <c r="G88" s="24"/>
       <c r="H88" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A89" s="21"/>
-[...5 lines deleted...]
-      <c r="G89" s="21"/>
+      <c r="A89" s="24"/>
+      <c r="B89" s="24"/>
+      <c r="C89" s="24"/>
+      <c r="D89" s="34"/>
+      <c r="E89" s="24"/>
+      <c r="F89" s="38"/>
+      <c r="G89" s="24"/>
       <c r="H89" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A90" s="22"/>
-[...5 lines deleted...]
-      <c r="G90" s="22"/>
+      <c r="A90" s="25"/>
+      <c r="B90" s="25"/>
+      <c r="C90" s="25"/>
+      <c r="D90" s="33"/>
+      <c r="E90" s="25"/>
+      <c r="F90" s="37"/>
+      <c r="G90" s="25"/>
       <c r="H90" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A91" s="17" t="s">
+      <c r="A91" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="B91" s="17" t="s">
+      <c r="B91" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="C91" s="20" t="s">
+      <c r="C91" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="D91" s="16" t="s">
+      <c r="D91" s="26" t="s">
         <v>123</v>
       </c>
-      <c r="E91" s="17" t="s">
+      <c r="E91" s="22" t="s">
         <v>57</v>
       </c>
-      <c r="F91" s="18" t="s">
+      <c r="F91" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G91" s="17">
+      <c r="G91" s="22">
         <v>2021</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A92" s="17"/>
-[...5 lines deleted...]
-      <c r="G92" s="17"/>
+      <c r="A92" s="22"/>
+      <c r="B92" s="22"/>
+      <c r="C92" s="24"/>
+      <c r="D92" s="26"/>
+      <c r="E92" s="22"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="22"/>
       <c r="H92" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A93" s="17"/>
-[...5 lines deleted...]
-      <c r="G93" s="17"/>
+      <c r="A93" s="22"/>
+      <c r="B93" s="22"/>
+      <c r="C93" s="24"/>
+      <c r="D93" s="26"/>
+      <c r="E93" s="22"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="22"/>
       <c r="H93" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A94" s="17"/>
-[...5 lines deleted...]
-      <c r="G94" s="17"/>
+      <c r="A94" s="22"/>
+      <c r="B94" s="22"/>
+      <c r="C94" s="24"/>
+      <c r="D94" s="26"/>
+      <c r="E94" s="22"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="22"/>
       <c r="H94" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A95" s="17"/>
-[...5 lines deleted...]
-      <c r="G95" s="17"/>
+      <c r="A95" s="22"/>
+      <c r="B95" s="22"/>
+      <c r="C95" s="24"/>
+      <c r="D95" s="26"/>
+      <c r="E95" s="22"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="22"/>
       <c r="H95" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A96" s="17"/>
-[...5 lines deleted...]
-      <c r="G96" s="17"/>
+      <c r="A96" s="22"/>
+      <c r="B96" s="22"/>
+      <c r="C96" s="24"/>
+      <c r="D96" s="26"/>
+      <c r="E96" s="22"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="22"/>
       <c r="H96" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A97" s="17"/>
-[...5 lines deleted...]
-      <c r="G97" s="17"/>
+      <c r="A97" s="22"/>
+      <c r="B97" s="22"/>
+      <c r="C97" s="25"/>
+      <c r="D97" s="26"/>
+      <c r="E97" s="22"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="22"/>
       <c r="H97" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A98" s="17" t="s">
+      <c r="A98" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="B98" s="17" t="s">
+      <c r="B98" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="C98" s="20" t="s">
+      <c r="C98" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="D98" s="16" t="s">
+      <c r="D98" s="26" t="s">
         <v>124</v>
       </c>
-      <c r="E98" s="17" t="s">
+      <c r="E98" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="F98" s="18" t="s">
+      <c r="F98" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G98" s="17">
+      <c r="G98" s="22">
         <v>2023</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A99" s="17"/>
-[...5 lines deleted...]
-      <c r="G99" s="17"/>
+      <c r="A99" s="22"/>
+      <c r="B99" s="22"/>
+      <c r="C99" s="24"/>
+      <c r="D99" s="26"/>
+      <c r="E99" s="22"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="22"/>
       <c r="H99" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A100" s="17"/>
-[...5 lines deleted...]
-      <c r="G100" s="17"/>
+      <c r="A100" s="22"/>
+      <c r="B100" s="22"/>
+      <c r="C100" s="24"/>
+      <c r="D100" s="26"/>
+      <c r="E100" s="22"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="22"/>
       <c r="H100" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A101" s="17"/>
-[...5 lines deleted...]
-      <c r="G101" s="17"/>
+      <c r="A101" s="22"/>
+      <c r="B101" s="22"/>
+      <c r="C101" s="24"/>
+      <c r="D101" s="26"/>
+      <c r="E101" s="22"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="22"/>
       <c r="H101" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A102" s="17"/>
-[...5 lines deleted...]
-      <c r="G102" s="17"/>
+      <c r="A102" s="22"/>
+      <c r="B102" s="22"/>
+      <c r="C102" s="24"/>
+      <c r="D102" s="26"/>
+      <c r="E102" s="22"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="22"/>
       <c r="H102" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A103" s="17"/>
-[...5 lines deleted...]
-      <c r="G103" s="17"/>
+      <c r="A103" s="22"/>
+      <c r="B103" s="22"/>
+      <c r="C103" s="24"/>
+      <c r="D103" s="26"/>
+      <c r="E103" s="22"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="22"/>
       <c r="H103" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A104" s="17"/>
-[...5 lines deleted...]
-      <c r="G104" s="17"/>
+      <c r="A104" s="22"/>
+      <c r="B104" s="22"/>
+      <c r="C104" s="25"/>
+      <c r="D104" s="26"/>
+      <c r="E104" s="22"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="22"/>
       <c r="H104" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A105" s="20" t="s">
+      <c r="A105" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="B105" s="20" t="s">
+      <c r="B105" s="23" t="s">
         <v>126</v>
       </c>
-      <c r="C105" s="20" t="s">
+      <c r="C105" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="D105" s="29" t="s">
+      <c r="D105" s="32" t="s">
         <v>127</v>
       </c>
-      <c r="E105" s="20" t="s">
+      <c r="E105" s="23" t="s">
         <v>128</v>
       </c>
-      <c r="F105" s="27" t="s">
+      <c r="F105" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="G105" s="20">
+      <c r="G105" s="23">
         <v>2024</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A106" s="22"/>
-[...5 lines deleted...]
-      <c r="G106" s="22"/>
+      <c r="A106" s="25"/>
+      <c r="B106" s="25"/>
+      <c r="C106" s="25"/>
+      <c r="D106" s="33"/>
+      <c r="E106" s="25"/>
+      <c r="F106" s="37"/>
+      <c r="G106" s="25"/>
       <c r="H106" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="17" t="s">
+      <c r="A107" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="B107" s="17" t="s">
+      <c r="B107" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="C107" s="20" t="s">
+      <c r="C107" s="23" t="s">
         <v>129</v>
       </c>
-      <c r="D107" s="16" t="s">
+      <c r="D107" s="26" t="s">
         <v>130</v>
       </c>
-      <c r="E107" s="17" t="s">
+      <c r="E107" s="22" t="s">
         <v>61</v>
       </c>
-      <c r="F107" s="18" t="s">
+      <c r="F107" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G107" s="17">
+      <c r="G107" s="22">
         <v>2016</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A108" s="17"/>
-[...5 lines deleted...]
-      <c r="G108" s="17"/>
+      <c r="A108" s="22"/>
+      <c r="B108" s="22"/>
+      <c r="C108" s="24"/>
+      <c r="D108" s="26"/>
+      <c r="E108" s="22"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="22"/>
       <c r="H108" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A109" s="17"/>
-[...5 lines deleted...]
-      <c r="G109" s="17"/>
+      <c r="A109" s="22"/>
+      <c r="B109" s="22"/>
+      <c r="C109" s="24"/>
+      <c r="D109" s="26"/>
+      <c r="E109" s="22"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="22"/>
       <c r="H109" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A110" s="17"/>
-[...5 lines deleted...]
-      <c r="G110" s="17"/>
+      <c r="A110" s="22"/>
+      <c r="B110" s="22"/>
+      <c r="C110" s="24"/>
+      <c r="D110" s="26"/>
+      <c r="E110" s="22"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="22"/>
       <c r="H110" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A111" s="17"/>
-[...5 lines deleted...]
-      <c r="G111" s="17"/>
+      <c r="A111" s="22"/>
+      <c r="B111" s="22"/>
+      <c r="C111" s="24"/>
+      <c r="D111" s="26"/>
+      <c r="E111" s="22"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="22"/>
       <c r="H111" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A112" s="17"/>
-[...5 lines deleted...]
-      <c r="G112" s="17"/>
+      <c r="A112" s="22"/>
+      <c r="B112" s="22"/>
+      <c r="C112" s="25"/>
+      <c r="D112" s="26"/>
+      <c r="E112" s="22"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="22"/>
       <c r="H112" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="17" t="s">
+      <c r="A113" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="B113" s="17" t="s">
+      <c r="B113" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="C113" s="20" t="s">
+      <c r="C113" s="23" t="s">
         <v>129</v>
       </c>
-      <c r="D113" s="16">
+      <c r="D113" s="26">
         <v>2384299</v>
       </c>
-      <c r="E113" s="17" t="s">
+      <c r="E113" s="22" t="s">
         <v>62</v>
       </c>
-      <c r="F113" s="18" t="s">
+      <c r="F113" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="G113" s="17">
+      <c r="G113" s="22">
         <v>2020</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A114" s="17"/>
-[...5 lines deleted...]
-      <c r="G114" s="17"/>
+      <c r="A114" s="22"/>
+      <c r="B114" s="22"/>
+      <c r="C114" s="25"/>
+      <c r="D114" s="26"/>
+      <c r="E114" s="22"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="22"/>
       <c r="H114" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="17" t="s">
+      <c r="A115" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="B115" s="17" t="s">
+      <c r="B115" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="C115" s="20" t="s">
+      <c r="C115" s="23" t="s">
         <v>129</v>
       </c>
-      <c r="D115" s="16" t="s">
+      <c r="D115" s="26" t="s">
         <v>131</v>
       </c>
-      <c r="E115" s="17" t="s">
+      <c r="E115" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="F115" s="18" t="s">
+      <c r="F115" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G115" s="17">
+      <c r="G115" s="22">
         <v>2023</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A116" s="17"/>
-[...5 lines deleted...]
-      <c r="G116" s="17"/>
+      <c r="A116" s="22"/>
+      <c r="B116" s="22"/>
+      <c r="C116" s="24"/>
+      <c r="D116" s="26"/>
+      <c r="E116" s="22"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="22"/>
       <c r="H116" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A117" s="17"/>
-[...5 lines deleted...]
-      <c r="G117" s="17"/>
+      <c r="A117" s="22"/>
+      <c r="B117" s="22"/>
+      <c r="C117" s="25"/>
+      <c r="D117" s="26"/>
+      <c r="E117" s="22"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="22"/>
       <c r="H117" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A118" s="17" t="s">
+      <c r="A118" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="B118" s="17" t="s">
+      <c r="B118" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="C118" s="20" t="s">
+      <c r="C118" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D118" s="16" t="s">
+      <c r="D118" s="26" t="s">
         <v>132</v>
       </c>
-      <c r="E118" s="17" t="s">
+      <c r="E118" s="22" t="s">
         <v>66</v>
       </c>
-      <c r="F118" s="18" t="s">
+      <c r="F118" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G118" s="17">
+      <c r="G118" s="22">
         <v>2016</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A119" s="17"/>
-[...5 lines deleted...]
-      <c r="G119" s="17"/>
+      <c r="A119" s="22"/>
+      <c r="B119" s="22"/>
+      <c r="C119" s="24"/>
+      <c r="D119" s="26"/>
+      <c r="E119" s="22"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="22"/>
       <c r="H119" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A120" s="17"/>
-[...5 lines deleted...]
-      <c r="G120" s="17"/>
+      <c r="A120" s="22"/>
+      <c r="B120" s="22"/>
+      <c r="C120" s="25"/>
+      <c r="D120" s="26"/>
+      <c r="E120" s="22"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="22"/>
       <c r="H120" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="17" t="s">
+      <c r="A121" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="B121" s="17" t="s">
+      <c r="B121" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="C121" s="20" t="s">
+      <c r="C121" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D121" s="35" t="s">
+      <c r="D121" s="31" t="s">
         <v>133</v>
       </c>
-      <c r="E121" s="17" t="s">
+      <c r="E121" s="22" t="s">
         <v>67</v>
       </c>
-      <c r="F121" s="18" t="s">
+      <c r="F121" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G121" s="17">
+      <c r="G121" s="22">
         <v>2023</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A122" s="17"/>
-[...5 lines deleted...]
-      <c r="G122" s="17"/>
+      <c r="A122" s="22"/>
+      <c r="B122" s="22"/>
+      <c r="C122" s="24"/>
+      <c r="D122" s="31"/>
+      <c r="E122" s="22"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="22"/>
       <c r="H122" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A123" s="17"/>
-[...5 lines deleted...]
-      <c r="G123" s="17"/>
+      <c r="A123" s="22"/>
+      <c r="B123" s="22"/>
+      <c r="C123" s="24"/>
+      <c r="D123" s="31"/>
+      <c r="E123" s="22"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="22"/>
       <c r="H123" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A124" s="17"/>
-[...5 lines deleted...]
-      <c r="G124" s="17"/>
+      <c r="A124" s="22"/>
+      <c r="B124" s="22"/>
+      <c r="C124" s="24"/>
+      <c r="D124" s="31"/>
+      <c r="E124" s="22"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="22"/>
       <c r="H124" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A125" s="17"/>
-[...5 lines deleted...]
-      <c r="G125" s="17"/>
+      <c r="A125" s="22"/>
+      <c r="B125" s="22"/>
+      <c r="C125" s="24"/>
+      <c r="D125" s="31"/>
+      <c r="E125" s="22"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="22"/>
       <c r="H125" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A126" s="17"/>
-[...5 lines deleted...]
-      <c r="G126" s="17"/>
+      <c r="A126" s="22"/>
+      <c r="B126" s="22"/>
+      <c r="C126" s="24"/>
+      <c r="D126" s="31"/>
+      <c r="E126" s="22"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="22"/>
       <c r="H126" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A127" s="17"/>
-[...5 lines deleted...]
-      <c r="G127" s="17"/>
+      <c r="A127" s="22"/>
+      <c r="B127" s="22"/>
+      <c r="C127" s="25"/>
+      <c r="D127" s="31"/>
+      <c r="E127" s="22"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="22"/>
       <c r="H127" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="17" t="s">
+      <c r="A128" s="22" t="s">
         <v>68</v>
       </c>
-      <c r="B128" s="17" t="s">
+      <c r="B128" s="22" t="s">
         <v>69</v>
       </c>
-      <c r="C128" s="20" t="s">
+      <c r="C128" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="D128" s="16" t="s">
+      <c r="D128" s="26" t="s">
         <v>135</v>
       </c>
-      <c r="E128" s="17" t="s">
+      <c r="E128" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="F128" s="18" t="s">
+      <c r="F128" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G128" s="17">
+      <c r="G128" s="22">
         <v>2016</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A129" s="17"/>
-[...5 lines deleted...]
-      <c r="G129" s="17"/>
+      <c r="A129" s="22"/>
+      <c r="B129" s="22"/>
+      <c r="C129" s="24"/>
+      <c r="D129" s="26"/>
+      <c r="E129" s="22"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="22"/>
       <c r="H129" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A130" s="17"/>
-[...5 lines deleted...]
-      <c r="G130" s="17"/>
+      <c r="A130" s="22"/>
+      <c r="B130" s="22"/>
+      <c r="C130" s="25"/>
+      <c r="D130" s="26"/>
+      <c r="E130" s="22"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="22"/>
       <c r="H130" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="17" t="s">
+      <c r="A131" s="22" t="s">
         <v>68</v>
       </c>
-      <c r="B131" s="17" t="s">
+      <c r="B131" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="C131" s="20" t="s">
+      <c r="C131" s="23" t="s">
         <v>129</v>
       </c>
-      <c r="D131" s="16">
+      <c r="D131" s="26">
         <v>2244306</v>
       </c>
-      <c r="E131" s="17" t="s">
+      <c r="E131" s="22" t="s">
         <v>72</v>
       </c>
-      <c r="F131" s="18" t="s">
+      <c r="F131" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G131" s="17">
+      <c r="G131" s="22">
         <v>2021</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A132" s="17"/>
-[...5 lines deleted...]
-      <c r="G132" s="17"/>
+      <c r="A132" s="22"/>
+      <c r="B132" s="22"/>
+      <c r="C132" s="25"/>
+      <c r="D132" s="26"/>
+      <c r="E132" s="22"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="22"/>
       <c r="H132" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A133" s="12" t="s">
+      <c r="A133" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="B133" s="12" t="s">
+      <c r="B133" s="27" t="s">
         <v>74</v>
       </c>
-      <c r="C133" s="13" t="s">
+      <c r="C133" s="28" t="s">
         <v>129</v>
       </c>
-      <c r="D133" s="16" t="s">
+      <c r="D133" s="26" t="s">
         <v>136</v>
       </c>
-      <c r="E133" s="17" t="s">
+      <c r="E133" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="F133" s="18" t="s">
+      <c r="F133" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G133" s="17">
+      <c r="G133" s="22">
         <v>2019</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A134" s="12"/>
-[...5 lines deleted...]
-      <c r="G134" s="17"/>
+      <c r="A134" s="27"/>
+      <c r="B134" s="27"/>
+      <c r="C134" s="29"/>
+      <c r="D134" s="26"/>
+      <c r="E134" s="22"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="22"/>
       <c r="H134" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A135" s="12"/>
-[...5 lines deleted...]
-      <c r="G135" s="17"/>
+      <c r="A135" s="27"/>
+      <c r="B135" s="27"/>
+      <c r="C135" s="29"/>
+      <c r="D135" s="26"/>
+      <c r="E135" s="22"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="22"/>
       <c r="H135" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A136" s="12"/>
-[...5 lines deleted...]
-      <c r="G136" s="17"/>
+      <c r="A136" s="27"/>
+      <c r="B136" s="27"/>
+      <c r="C136" s="29"/>
+      <c r="D136" s="26"/>
+      <c r="E136" s="22"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="22"/>
       <c r="H136" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A137" s="12"/>
-[...5 lines deleted...]
-      <c r="G137" s="17"/>
+      <c r="A137" s="27"/>
+      <c r="B137" s="27"/>
+      <c r="C137" s="29"/>
+      <c r="D137" s="26"/>
+      <c r="E137" s="22"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="22"/>
       <c r="H137" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A138" s="12"/>
-[...5 lines deleted...]
-      <c r="G138" s="17"/>
+      <c r="A138" s="27"/>
+      <c r="B138" s="27"/>
+      <c r="C138" s="30"/>
+      <c r="D138" s="26"/>
+      <c r="E138" s="22"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="22"/>
       <c r="H138" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="12" t="s">
+      <c r="A139" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="B139" s="12" t="s">
+      <c r="B139" s="27" t="s">
         <v>76</v>
       </c>
-      <c r="C139" s="13" t="s">
+      <c r="C139" s="28" t="s">
         <v>129</v>
       </c>
-      <c r="D139" s="16" t="s">
+      <c r="D139" s="26" t="s">
         <v>137</v>
       </c>
-      <c r="E139" s="17" t="s">
+      <c r="E139" s="22" t="s">
         <v>77</v>
       </c>
-      <c r="F139" s="18" t="s">
+      <c r="F139" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="G139" s="17">
+      <c r="G139" s="22">
         <v>2023</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A140" s="12"/>
-[...5 lines deleted...]
-      <c r="G140" s="17"/>
+      <c r="A140" s="27"/>
+      <c r="B140" s="27"/>
+      <c r="C140" s="29"/>
+      <c r="D140" s="26"/>
+      <c r="E140" s="22"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="22"/>
       <c r="H140" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="141" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A141" s="12"/>
-[...5 lines deleted...]
-      <c r="G141" s="17"/>
+      <c r="A141" s="27"/>
+      <c r="B141" s="27"/>
+      <c r="C141" s="29"/>
+      <c r="D141" s="26"/>
+      <c r="E141" s="22"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="22"/>
       <c r="H141" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A142" s="12"/>
-[...5 lines deleted...]
-      <c r="G142" s="17"/>
+      <c r="A142" s="27"/>
+      <c r="B142" s="27"/>
+      <c r="C142" s="29"/>
+      <c r="D142" s="26"/>
+      <c r="E142" s="22"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="22"/>
       <c r="H142" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="143" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A143" s="12"/>
-[...5 lines deleted...]
-      <c r="G143" s="17"/>
+      <c r="A143" s="27"/>
+      <c r="B143" s="27"/>
+      <c r="C143" s="30"/>
+      <c r="D143" s="26"/>
+      <c r="E143" s="22"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="22"/>
       <c r="H143" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="12" t="s">
+      <c r="A144" s="27" t="s">
         <v>79</v>
       </c>
-      <c r="B144" s="12" t="s">
+      <c r="B144" s="27" t="s">
         <v>80</v>
       </c>
-      <c r="C144" s="13" t="s">
+      <c r="C144" s="28" t="s">
         <v>106</v>
       </c>
-      <c r="D144" s="16" t="s">
+      <c r="D144" s="26" t="s">
         <v>138</v>
       </c>
-      <c r="E144" s="17" t="s">
+      <c r="E144" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="F144" s="18" t="s">
+      <c r="F144" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G144" s="17">
+      <c r="G144" s="22">
         <v>2019</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A145" s="12"/>
-[...5 lines deleted...]
-      <c r="G145" s="17"/>
+      <c r="A145" s="27"/>
+      <c r="B145" s="27"/>
+      <c r="C145" s="29"/>
+      <c r="D145" s="26"/>
+      <c r="E145" s="22"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="22"/>
       <c r="H145" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A146" s="12"/>
-[...5 lines deleted...]
-      <c r="G146" s="17"/>
+      <c r="A146" s="27"/>
+      <c r="B146" s="27"/>
+      <c r="C146" s="30"/>
+      <c r="D146" s="26"/>
+      <c r="E146" s="22"/>
+      <c r="F146" s="21"/>
+      <c r="G146" s="22"/>
       <c r="H146" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="12" t="s">
+      <c r="A147" s="27" t="s">
         <v>79</v>
       </c>
-      <c r="B147" s="12" t="s">
+      <c r="B147" s="27" t="s">
         <v>82</v>
       </c>
-      <c r="C147" s="13" t="s">
+      <c r="C147" s="28" t="s">
         <v>106</v>
       </c>
-      <c r="D147" s="16" t="s">
+      <c r="D147" s="26" t="s">
         <v>139</v>
       </c>
-      <c r="E147" s="17" t="s">
+      <c r="E147" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="F147" s="18" t="s">
+      <c r="F147" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G147" s="17">
+      <c r="G147" s="22">
         <v>2019</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A148" s="12"/>
-[...5 lines deleted...]
-      <c r="G148" s="17"/>
+      <c r="A148" s="27"/>
+      <c r="B148" s="27"/>
+      <c r="C148" s="29"/>
+      <c r="D148" s="26"/>
+      <c r="E148" s="22"/>
+      <c r="F148" s="21"/>
+      <c r="G148" s="22"/>
       <c r="H148" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A149" s="12"/>
-[...5 lines deleted...]
-      <c r="G149" s="17"/>
+      <c r="A149" s="27"/>
+      <c r="B149" s="27"/>
+      <c r="C149" s="30"/>
+      <c r="D149" s="26"/>
+      <c r="E149" s="22"/>
+      <c r="F149" s="21"/>
+      <c r="G149" s="22"/>
       <c r="H149" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="17" t="s">
+      <c r="A150" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="B150" s="17" t="s">
+      <c r="B150" s="22" t="s">
         <v>84</v>
       </c>
-      <c r="C150" s="20" t="s">
+      <c r="C150" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D150" s="16" t="s">
+      <c r="D150" s="26" t="s">
         <v>140</v>
       </c>
-      <c r="E150" s="17" t="s">
+      <c r="E150" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="F150" s="18" t="s">
+      <c r="F150" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G150" s="17">
+      <c r="G150" s="22">
         <v>2020</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A151" s="17"/>
-[...5 lines deleted...]
-      <c r="G151" s="17"/>
+      <c r="A151" s="22"/>
+      <c r="B151" s="22"/>
+      <c r="C151" s="24"/>
+      <c r="D151" s="26"/>
+      <c r="E151" s="22"/>
+      <c r="F151" s="21"/>
+      <c r="G151" s="22"/>
       <c r="H151" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A152" s="17"/>
-[...5 lines deleted...]
-      <c r="G152" s="17"/>
+      <c r="A152" s="22"/>
+      <c r="B152" s="22"/>
+      <c r="C152" s="24"/>
+      <c r="D152" s="26"/>
+      <c r="E152" s="22"/>
+      <c r="F152" s="21"/>
+      <c r="G152" s="22"/>
       <c r="H152" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A153" s="17"/>
-[...5 lines deleted...]
-      <c r="G153" s="17"/>
+      <c r="A153" s="22"/>
+      <c r="B153" s="22"/>
+      <c r="C153" s="24"/>
+      <c r="D153" s="26"/>
+      <c r="E153" s="22"/>
+      <c r="F153" s="21"/>
+      <c r="G153" s="22"/>
       <c r="H153" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A154" s="17"/>
-[...5 lines deleted...]
-      <c r="G154" s="17"/>
+      <c r="A154" s="22"/>
+      <c r="B154" s="22"/>
+      <c r="C154" s="24"/>
+      <c r="D154" s="26"/>
+      <c r="E154" s="22"/>
+      <c r="F154" s="21"/>
+      <c r="G154" s="22"/>
       <c r="H154" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A155" s="17"/>
-[...5 lines deleted...]
-      <c r="G155" s="17"/>
+      <c r="A155" s="22"/>
+      <c r="B155" s="22"/>
+      <c r="C155" s="25"/>
+      <c r="D155" s="26"/>
+      <c r="E155" s="22"/>
+      <c r="F155" s="21"/>
+      <c r="G155" s="22"/>
       <c r="H155" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A156" s="17" t="s">
+      <c r="A156" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="B156" s="17" t="s">
+      <c r="B156" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="C156" s="20" t="s">
+      <c r="C156" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D156" s="16" t="s">
+      <c r="D156" s="26" t="s">
         <v>141</v>
       </c>
-      <c r="E156" s="17" t="s">
+      <c r="E156" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="F156" s="18" t="s">
+      <c r="F156" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="G156" s="17">
+      <c r="G156" s="22">
         <v>2016</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A157" s="17"/>
-[...5 lines deleted...]
-      <c r="G157" s="17"/>
+      <c r="A157" s="22"/>
+      <c r="B157" s="22"/>
+      <c r="C157" s="24"/>
+      <c r="D157" s="26"/>
+      <c r="E157" s="22"/>
+      <c r="F157" s="21"/>
+      <c r="G157" s="22"/>
       <c r="H157" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A158" s="17"/>
-[...5 lines deleted...]
-      <c r="G158" s="17"/>
+      <c r="A158" s="22"/>
+      <c r="B158" s="22"/>
+      <c r="C158" s="24"/>
+      <c r="D158" s="26"/>
+      <c r="E158" s="22"/>
+      <c r="F158" s="21"/>
+      <c r="G158" s="22"/>
       <c r="H158" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A159" s="17"/>
-[...5 lines deleted...]
-      <c r="G159" s="17"/>
+      <c r="A159" s="22"/>
+      <c r="B159" s="22"/>
+      <c r="C159" s="24"/>
+      <c r="D159" s="26"/>
+      <c r="E159" s="22"/>
+      <c r="F159" s="21"/>
+      <c r="G159" s="22"/>
       <c r="H159" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A160" s="17"/>
-[...5 lines deleted...]
-      <c r="G160" s="17"/>
+      <c r="A160" s="22"/>
+      <c r="B160" s="22"/>
+      <c r="C160" s="25"/>
+      <c r="D160" s="26"/>
+      <c r="E160" s="22"/>
+      <c r="F160" s="21"/>
+      <c r="G160" s="22"/>
       <c r="H160" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A161" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B161" s="8" t="s">
         <v>144</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>89</v>
       </c>
       <c r="D161" s="8">
         <v>2356287</v>
       </c>
       <c r="E161" s="8" t="s">
         <v>145</v>
       </c>
       <c r="F161" s="9" t="s">
         <v>28</v>
       </c>
       <c r="G161" s="11">
         <v>2025</v>
       </c>
       <c r="H161" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:8" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B162" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="C162" s="36" t="s">
+      <c r="C162" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="D162" s="37">
+      <c r="D162" s="13">
         <v>396</v>
       </c>
-      <c r="E162" s="45" t="s">
+      <c r="E162" s="20" t="s">
         <v>146</v>
       </c>
-      <c r="F162" s="45" t="s">
+      <c r="F162" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="G162" s="40">
+      <c r="G162" s="16">
         <v>2026</v>
       </c>
-      <c r="H162" s="41" t="s">
+      <c r="H162" s="17" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="163" spans="1:8" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B163" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="C163" s="36" t="s">
+      <c r="C163" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="D163" s="37">
+      <c r="D163" s="13">
         <v>1120</v>
       </c>
-      <c r="E163" s="45" t="s">
+      <c r="E163" s="20" t="s">
         <v>147</v>
       </c>
-      <c r="F163" s="45" t="s">
+      <c r="F163" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="G163" s="40">
+      <c r="G163" s="16">
         <v>2026</v>
       </c>
-      <c r="H163" s="42" t="s">
+      <c r="H163" s="18" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="164" spans="1:8" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="H164" s="38"/>
+    <row r="164" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A164" s="19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B164" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C164" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D164" s="49">
+        <v>3675580</v>
+      </c>
+      <c r="E164" s="20" t="s">
+        <v>152</v>
+      </c>
+      <c r="F164" s="47" t="s">
+        <v>10</v>
+      </c>
+      <c r="G164" s="11">
+        <v>2026</v>
+      </c>
+      <c r="H164" s="18" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="165" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="H165" s="38"/>
+      <c r="D165" s="50"/>
+      <c r="E165" s="48"/>
+      <c r="H165" s="14"/>
     </row>
     <row r="166" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="H166" s="38"/>
+      <c r="E166" s="45"/>
+      <c r="H166" s="14"/>
     </row>
     <row r="167" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="H167" s="39"/>
+      <c r="E167" s="45"/>
+      <c r="H167" s="15"/>
     </row>
     <row r="168" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="H168" s="39"/>
+      <c r="E168" s="46"/>
+      <c r="H168" s="15"/>
     </row>
     <row r="169" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="H169" s="39"/>
+      <c r="H169" s="15"/>
     </row>
     <row r="187" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F187" s="7">
         <f>5+9+1+12+6</f>
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="246">
-    <mergeCell ref="F156:F160"/>
-[...72 lines deleted...]
-    <mergeCell ref="E118:E120"/>
+    <mergeCell ref="A6:A11"/>
+    <mergeCell ref="B6:B11"/>
+    <mergeCell ref="C6:C11"/>
+    <mergeCell ref="D6:D11"/>
+    <mergeCell ref="E6:E11"/>
+    <mergeCell ref="F6:F11"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:C5"/>
+    <mergeCell ref="D3:D5"/>
+    <mergeCell ref="E3:E5"/>
+    <mergeCell ref="F3:F5"/>
+    <mergeCell ref="G3:G5"/>
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="C1:C2"/>
+    <mergeCell ref="D1:D2"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="A18:A24"/>
+    <mergeCell ref="B18:B24"/>
+    <mergeCell ref="C18:C24"/>
+    <mergeCell ref="D18:D24"/>
+    <mergeCell ref="E18:E24"/>
+    <mergeCell ref="F18:F24"/>
+    <mergeCell ref="A13:A17"/>
+    <mergeCell ref="B13:B17"/>
+    <mergeCell ref="C13:C17"/>
+    <mergeCell ref="D13:D17"/>
+    <mergeCell ref="E13:E17"/>
+    <mergeCell ref="F13:F17"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="B32:B35"/>
+    <mergeCell ref="C32:C35"/>
+    <mergeCell ref="D32:D35"/>
+    <mergeCell ref="E32:E35"/>
+    <mergeCell ref="F32:F35"/>
+    <mergeCell ref="A25:A31"/>
+    <mergeCell ref="B25:B31"/>
+    <mergeCell ref="C25:C31"/>
+    <mergeCell ref="D25:D31"/>
+    <mergeCell ref="E25:E31"/>
+    <mergeCell ref="F25:F31"/>
+    <mergeCell ref="A42:A46"/>
+    <mergeCell ref="B42:B46"/>
+    <mergeCell ref="C42:C46"/>
+    <mergeCell ref="D42:D46"/>
+    <mergeCell ref="E42:E46"/>
+    <mergeCell ref="F42:F46"/>
+    <mergeCell ref="A36:A41"/>
+    <mergeCell ref="B36:B41"/>
+    <mergeCell ref="C36:C41"/>
+    <mergeCell ref="D36:D41"/>
+    <mergeCell ref="E36:E41"/>
+    <mergeCell ref="F36:F41"/>
+    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="B48:B51"/>
+    <mergeCell ref="C48:C51"/>
+    <mergeCell ref="D48:D51"/>
+    <mergeCell ref="E48:E51"/>
+    <mergeCell ref="F48:F51"/>
+    <mergeCell ref="F52:F54"/>
+    <mergeCell ref="E52:E54"/>
+    <mergeCell ref="D52:D54"/>
+    <mergeCell ref="C52:C54"/>
+    <mergeCell ref="B52:B54"/>
+    <mergeCell ref="A52:A54"/>
+    <mergeCell ref="A58:A60"/>
+    <mergeCell ref="B58:B60"/>
+    <mergeCell ref="C58:C60"/>
+    <mergeCell ref="D58:D60"/>
+    <mergeCell ref="E58:E60"/>
+    <mergeCell ref="F58:F60"/>
+    <mergeCell ref="A55:A57"/>
+    <mergeCell ref="B55:B57"/>
+    <mergeCell ref="C55:C57"/>
+    <mergeCell ref="D55:D57"/>
+    <mergeCell ref="E55:E57"/>
+    <mergeCell ref="F55:F57"/>
+    <mergeCell ref="A67:A71"/>
+    <mergeCell ref="B67:B71"/>
+    <mergeCell ref="C67:C71"/>
+    <mergeCell ref="D67:D71"/>
+    <mergeCell ref="E67:E71"/>
+    <mergeCell ref="F67:F71"/>
+    <mergeCell ref="A61:A66"/>
+    <mergeCell ref="B61:B66"/>
+    <mergeCell ref="C61:C66"/>
+    <mergeCell ref="D61:D66"/>
+    <mergeCell ref="E61:E66"/>
+    <mergeCell ref="F61:F66"/>
+    <mergeCell ref="A74:A78"/>
+    <mergeCell ref="B74:B78"/>
+    <mergeCell ref="C74:C78"/>
+    <mergeCell ref="D74:D78"/>
+    <mergeCell ref="E74:E78"/>
+    <mergeCell ref="F74:F78"/>
+    <mergeCell ref="A72:A73"/>
+    <mergeCell ref="B72:B73"/>
+    <mergeCell ref="C72:C73"/>
+    <mergeCell ref="D72:D73"/>
+    <mergeCell ref="E72:E73"/>
+    <mergeCell ref="F72:F73"/>
+    <mergeCell ref="G25:G31"/>
+    <mergeCell ref="G32:G35"/>
+    <mergeCell ref="G13:G17"/>
+    <mergeCell ref="G18:G24"/>
+    <mergeCell ref="G6:G11"/>
+    <mergeCell ref="H1:H2"/>
+    <mergeCell ref="F144:F146"/>
+    <mergeCell ref="F147:F149"/>
+    <mergeCell ref="F150:F155"/>
+    <mergeCell ref="F139:F143"/>
+    <mergeCell ref="F133:F138"/>
+    <mergeCell ref="F128:F130"/>
+    <mergeCell ref="F131:F132"/>
+    <mergeCell ref="F121:F127"/>
+    <mergeCell ref="F118:F120"/>
+    <mergeCell ref="F107:F112"/>
+    <mergeCell ref="F105:F106"/>
+    <mergeCell ref="F98:F104"/>
+    <mergeCell ref="F83:F90"/>
+    <mergeCell ref="F91:F97"/>
+    <mergeCell ref="F79:F82"/>
+    <mergeCell ref="G72:G73"/>
+    <mergeCell ref="G74:G78"/>
+    <mergeCell ref="G61:G66"/>
+    <mergeCell ref="G67:G71"/>
+    <mergeCell ref="G55:G57"/>
+    <mergeCell ref="G58:G60"/>
+    <mergeCell ref="G48:G51"/>
+    <mergeCell ref="G36:G41"/>
+    <mergeCell ref="G42:G46"/>
+    <mergeCell ref="G91:G97"/>
+    <mergeCell ref="G52:G54"/>
+    <mergeCell ref="G83:G90"/>
+    <mergeCell ref="G79:G82"/>
+    <mergeCell ref="A83:A90"/>
+    <mergeCell ref="B83:B90"/>
+    <mergeCell ref="C83:C90"/>
+    <mergeCell ref="D83:D90"/>
+    <mergeCell ref="E83:E90"/>
+    <mergeCell ref="A91:A97"/>
+    <mergeCell ref="B91:B97"/>
+    <mergeCell ref="C91:C97"/>
+    <mergeCell ref="D91:D97"/>
+    <mergeCell ref="E91:E97"/>
     <mergeCell ref="A79:A82"/>
     <mergeCell ref="B79:B82"/>
     <mergeCell ref="C79:C82"/>
     <mergeCell ref="D79:D82"/>
     <mergeCell ref="E79:E82"/>
     <mergeCell ref="G107:G112"/>
     <mergeCell ref="A113:A114"/>
     <mergeCell ref="B113:B114"/>
     <mergeCell ref="C113:C114"/>
     <mergeCell ref="D113:D114"/>
     <mergeCell ref="E113:E114"/>
     <mergeCell ref="G105:G106"/>
     <mergeCell ref="G98:G104"/>
     <mergeCell ref="A105:A106"/>
     <mergeCell ref="B105:B106"/>
     <mergeCell ref="C105:C106"/>
     <mergeCell ref="D105:D106"/>
     <mergeCell ref="E105:E106"/>
     <mergeCell ref="A107:A112"/>
     <mergeCell ref="B107:B112"/>
     <mergeCell ref="C107:C112"/>
     <mergeCell ref="D107:D112"/>
     <mergeCell ref="E107:E112"/>
     <mergeCell ref="A98:A104"/>
-    <mergeCell ref="A83:A90"/>
-[...146 lines deleted...]
-    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="B98:B104"/>
+    <mergeCell ref="C98:C104"/>
+    <mergeCell ref="D98:D104"/>
+    <mergeCell ref="E98:E104"/>
+    <mergeCell ref="G115:G117"/>
+    <mergeCell ref="G118:G120"/>
+    <mergeCell ref="A115:A117"/>
+    <mergeCell ref="B115:B117"/>
+    <mergeCell ref="C115:C117"/>
+    <mergeCell ref="D115:D117"/>
+    <mergeCell ref="E115:E117"/>
+    <mergeCell ref="F115:F117"/>
+    <mergeCell ref="F113:F114"/>
+    <mergeCell ref="G113:G114"/>
+    <mergeCell ref="A118:A120"/>
+    <mergeCell ref="B118:B120"/>
+    <mergeCell ref="C118:C120"/>
+    <mergeCell ref="D118:D120"/>
+    <mergeCell ref="E118:E120"/>
+    <mergeCell ref="G128:G130"/>
+    <mergeCell ref="A131:A132"/>
+    <mergeCell ref="B131:B132"/>
+    <mergeCell ref="C131:C132"/>
+    <mergeCell ref="D131:D132"/>
+    <mergeCell ref="E131:E132"/>
+    <mergeCell ref="G121:G127"/>
+    <mergeCell ref="A128:A130"/>
+    <mergeCell ref="B128:B130"/>
+    <mergeCell ref="C128:C130"/>
+    <mergeCell ref="D128:D130"/>
+    <mergeCell ref="E128:E130"/>
+    <mergeCell ref="A121:A127"/>
+    <mergeCell ref="B121:B127"/>
+    <mergeCell ref="C121:C127"/>
+    <mergeCell ref="D121:D127"/>
+    <mergeCell ref="E121:E127"/>
+    <mergeCell ref="G133:G138"/>
+    <mergeCell ref="A139:A143"/>
+    <mergeCell ref="B139:B143"/>
+    <mergeCell ref="C139:C143"/>
+    <mergeCell ref="D139:D143"/>
+    <mergeCell ref="E139:E143"/>
+    <mergeCell ref="G131:G132"/>
+    <mergeCell ref="A133:A138"/>
+    <mergeCell ref="B133:B138"/>
+    <mergeCell ref="C133:C138"/>
+    <mergeCell ref="D133:D138"/>
+    <mergeCell ref="E133:E138"/>
+    <mergeCell ref="G144:G146"/>
+    <mergeCell ref="A147:A149"/>
+    <mergeCell ref="B147:B149"/>
+    <mergeCell ref="C147:C149"/>
+    <mergeCell ref="D147:D149"/>
+    <mergeCell ref="E147:E149"/>
+    <mergeCell ref="G139:G143"/>
+    <mergeCell ref="A144:A146"/>
+    <mergeCell ref="B144:B146"/>
+    <mergeCell ref="C144:C146"/>
+    <mergeCell ref="D144:D146"/>
+    <mergeCell ref="E144:E146"/>
+    <mergeCell ref="F156:F160"/>
+    <mergeCell ref="G156:G160"/>
+    <mergeCell ref="G150:G155"/>
+    <mergeCell ref="A156:A160"/>
+    <mergeCell ref="B156:B160"/>
+    <mergeCell ref="C156:C160"/>
+    <mergeCell ref="D156:D160"/>
+    <mergeCell ref="E156:E160"/>
+    <mergeCell ref="G147:G149"/>
+    <mergeCell ref="A150:A155"/>
+    <mergeCell ref="B150:B155"/>
+    <mergeCell ref="C150:C155"/>
+    <mergeCell ref="D150:D155"/>
+    <mergeCell ref="E150:E155"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>