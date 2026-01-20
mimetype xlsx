--- v0 (2025-12-30)
+++ v1 (2026-01-20)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Usuário\PO\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ana.monjardim\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C49DE4A-C83B-4675-B3D0-F16804D1C469}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19170" windowHeight="7965"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F188" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="35">
   <si>
     <t>UF</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t xml:space="preserve">CNES </t>
   </si>
   <si>
     <t>Estabelecimento</t>
   </si>
   <si>
     <t>Tipo da Habilitação</t>
   </si>
   <si>
     <t>Ano da Habilitação</t>
   </si>
   <si>
     <t>Códigos Habilitados</t>
   </si>
   <si>
     <t>SP</t>
   </si>
   <si>
@@ -136,56 +135,65 @@
     <t>2237601</t>
   </si>
   <si>
     <t>HOSPITAL DAS CLÍNICAS DE PORTO ALEGRE</t>
   </si>
   <si>
     <t>São José do Rio Preto</t>
   </si>
   <si>
     <t xml:space="preserve"> HOSPITAL DE BASE DE SÃO JOSÉ DO RIO PRETO</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Recife</t>
   </si>
   <si>
     <t>Nordeste</t>
   </si>
   <si>
     <t>0000434</t>
   </si>
   <si>
     <t>Instituto de Medicina Integral Prof Fernando Figueira (IMP)</t>
+  </si>
+  <si>
+    <t>Ribeirão Preto</t>
+  </si>
+  <si>
+    <t>2082187</t>
+  </si>
+  <si>
+    <t>Hospital das Clínicas da Faculdade de Medicina de Ribeirão Preto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -265,51 +273,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -326,103 +334,106 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...5 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...37 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
@@ -667,2035 +678,2051 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H188"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
-      <selection activeCell="H18" sqref="H18"/>
+    <sheetView tabSelected="1" topLeftCell="G1" workbookViewId="0">
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="71.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="69.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="113.5703125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="71.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="34" t="s">
+      <c r="C1" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="D1" s="36" t="s">
+      <c r="D1" s="32" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="28" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="37" t="s">
+      <c r="F1" s="33" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="28" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="28"/>
       <c r="B2" s="28"/>
-      <c r="C2" s="35"/>
-      <c r="D2" s="36"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="32"/>
       <c r="E2" s="28"/>
-      <c r="F2" s="37"/>
+      <c r="F2" s="33"/>
       <c r="G2" s="28"/>
       <c r="H2" s="28"/>
     </row>
     <row r="3" spans="1:8" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="16">
         <v>2077396</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="20" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="18">
         <v>2025</v>
       </c>
       <c r="H3" s="20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="31" t="s">
+      <c r="B4" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="31" t="s">
+      <c r="C4" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="D4" s="33" t="s">
+      <c r="D4" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="31" t="s">
+      <c r="E4" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="32" t="s">
+      <c r="F4" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="G4" s="27">
+      <c r="G4" s="29">
         <v>2025</v>
       </c>
-      <c r="H4" s="31" t="s">
+      <c r="H4" s="25" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="31"/>
-[...6 lines deleted...]
-      <c r="H5" s="31"/>
+      <c r="A5" s="25"/>
+      <c r="B5" s="25"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="26"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="25"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="31"/>
-[...6 lines deleted...]
-      <c r="H6" s="31"/>
+      <c r="A6" s="25"/>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="25"/>
+      <c r="F6" s="26"/>
+      <c r="G6" s="29"/>
+      <c r="H6" s="25"/>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="32" t="s">
+      <c r="A7" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="32" t="s">
+      <c r="B7" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="32" t="s">
+      <c r="C7" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="33" t="s">
+      <c r="D7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="E7" s="31" t="s">
+      <c r="E7" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="F7" s="32" t="s">
+      <c r="F7" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="27">
+      <c r="G7" s="29">
         <v>2025</v>
       </c>
-      <c r="H7" s="31" t="s">
+      <c r="H7" s="25" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="32"/>
-[...6 lines deleted...]
-      <c r="H8" s="31"/>
+      <c r="A8" s="26"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="29"/>
+      <c r="H8" s="25"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="32"/>
-[...6 lines deleted...]
-      <c r="H9" s="31"/>
+      <c r="A9" s="26"/>
+      <c r="B9" s="26"/>
+      <c r="C9" s="26"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="25"/>
+      <c r="F9" s="26"/>
+      <c r="G9" s="29"/>
+      <c r="H9" s="25"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="32"/>
-[...6 lines deleted...]
-      <c r="H10" s="31"/>
+      <c r="A10" s="26"/>
+      <c r="B10" s="26"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="25"/>
+      <c r="F10" s="26"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="25"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="32"/>
-[...6 lines deleted...]
-      <c r="H11" s="31"/>
+      <c r="A11" s="26"/>
+      <c r="B11" s="26"/>
+      <c r="C11" s="26"/>
+      <c r="D11" s="27"/>
+      <c r="E11" s="25"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="29"/>
+      <c r="H11" s="25"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="32"/>
-[...6 lines deleted...]
-      <c r="H12" s="31"/>
+      <c r="A12" s="26"/>
+      <c r="B12" s="26"/>
+      <c r="C12" s="26"/>
+      <c r="D12" s="27"/>
+      <c r="E12" s="25"/>
+      <c r="F12" s="26"/>
+      <c r="G12" s="29"/>
+      <c r="H12" s="25"/>
     </row>
     <row r="13" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="14" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="21">
         <v>2025</v>
       </c>
       <c r="H13" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="21" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="38" t="s">
+      <c r="C14" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="D14" s="39" t="s">
+      <c r="D14" s="24" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="21" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="21">
         <v>2025</v>
       </c>
       <c r="H14" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="5"/>
-[...6 lines deleted...]
-      <c r="H15" s="4"/>
+      <c r="A15" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="5">
+        <v>2025</v>
+      </c>
+      <c r="H15" s="22" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="4"/>
       <c r="D16" s="6"/>
       <c r="E16" s="5"/>
       <c r="F16" s="9"/>
       <c r="G16" s="5"/>
       <c r="H16" s="4"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="4"/>
       <c r="D17" s="6"/>
       <c r="E17" s="5"/>
       <c r="F17" s="9"/>
       <c r="G17" s="5"/>
       <c r="H17" s="4"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="5"/>
       <c r="B18" s="5"/>
       <c r="C18" s="4"/>
       <c r="D18" s="6"/>
       <c r="E18" s="5"/>
       <c r="F18" s="9"/>
       <c r="G18" s="5"/>
       <c r="H18" s="4"/>
     </row>
     <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="25"/>
-[...5 lines deleted...]
-      <c r="G19" s="23"/>
+      <c r="A19" s="34"/>
+      <c r="B19" s="34"/>
+      <c r="C19" s="34"/>
+      <c r="D19" s="35"/>
+      <c r="E19" s="36"/>
+      <c r="F19" s="37"/>
+      <c r="G19" s="36"/>
       <c r="H19" s="4"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="25"/>
-[...5 lines deleted...]
-      <c r="G20" s="23"/>
+      <c r="A20" s="34"/>
+      <c r="B20" s="34"/>
+      <c r="C20" s="34"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="36"/>
+      <c r="F20" s="37"/>
+      <c r="G20" s="36"/>
       <c r="H20" s="4"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="25"/>
-[...5 lines deleted...]
-      <c r="G21" s="23"/>
+      <c r="A21" s="34"/>
+      <c r="B21" s="34"/>
+      <c r="C21" s="34"/>
+      <c r="D21" s="35"/>
+      <c r="E21" s="36"/>
+      <c r="F21" s="37"/>
+      <c r="G21" s="36"/>
       <c r="H21" s="4"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="25"/>
-[...5 lines deleted...]
-      <c r="G22" s="23"/>
+      <c r="A22" s="34"/>
+      <c r="B22" s="34"/>
+      <c r="C22" s="34"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="36"/>
+      <c r="F22" s="37"/>
+      <c r="G22" s="36"/>
       <c r="H22" s="4"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="25"/>
-[...5 lines deleted...]
-      <c r="G23" s="23"/>
+      <c r="A23" s="34"/>
+      <c r="B23" s="34"/>
+      <c r="C23" s="34"/>
+      <c r="D23" s="35"/>
+      <c r="E23" s="36"/>
+      <c r="F23" s="37"/>
+      <c r="G23" s="36"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="25"/>
-[...5 lines deleted...]
-      <c r="G24" s="23"/>
+      <c r="A24" s="34"/>
+      <c r="B24" s="34"/>
+      <c r="C24" s="34"/>
+      <c r="D24" s="35"/>
+      <c r="E24" s="36"/>
+      <c r="F24" s="37"/>
+      <c r="G24" s="36"/>
       <c r="H24" s="4"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="25"/>
-[...5 lines deleted...]
-      <c r="G25" s="23"/>
+      <c r="A25" s="34"/>
+      <c r="B25" s="34"/>
+      <c r="C25" s="34"/>
+      <c r="D25" s="35"/>
+      <c r="E25" s="36"/>
+      <c r="F25" s="37"/>
+      <c r="G25" s="36"/>
       <c r="H25" s="4"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="25"/>
-[...5 lines deleted...]
-      <c r="G26" s="23"/>
+      <c r="A26" s="34"/>
+      <c r="B26" s="34"/>
+      <c r="C26" s="34"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="36"/>
+      <c r="F26" s="37"/>
+      <c r="G26" s="36"/>
       <c r="H26" s="4"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="25"/>
-[...5 lines deleted...]
-      <c r="G27" s="23"/>
+      <c r="A27" s="34"/>
+      <c r="B27" s="34"/>
+      <c r="C27" s="34"/>
+      <c r="D27" s="35"/>
+      <c r="E27" s="36"/>
+      <c r="F27" s="37"/>
+      <c r="G27" s="36"/>
       <c r="H27" s="4"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="25"/>
-[...5 lines deleted...]
-      <c r="G28" s="23"/>
+      <c r="A28" s="34"/>
+      <c r="B28" s="34"/>
+      <c r="C28" s="34"/>
+      <c r="D28" s="35"/>
+      <c r="E28" s="36"/>
+      <c r="F28" s="37"/>
+      <c r="G28" s="36"/>
       <c r="H28" s="4"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="25"/>
-[...5 lines deleted...]
-      <c r="G29" s="23"/>
+      <c r="A29" s="34"/>
+      <c r="B29" s="34"/>
+      <c r="C29" s="34"/>
+      <c r="D29" s="35"/>
+      <c r="E29" s="36"/>
+      <c r="F29" s="37"/>
+      <c r="G29" s="36"/>
       <c r="H29" s="4"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="25"/>
-[...5 lines deleted...]
-      <c r="G30" s="23"/>
+      <c r="A30" s="34"/>
+      <c r="B30" s="34"/>
+      <c r="C30" s="34"/>
+      <c r="D30" s="35"/>
+      <c r="E30" s="36"/>
+      <c r="F30" s="37"/>
+      <c r="G30" s="36"/>
       <c r="H30" s="4"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="25"/>
-[...5 lines deleted...]
-      <c r="G31" s="23"/>
+      <c r="A31" s="34"/>
+      <c r="B31" s="34"/>
+      <c r="C31" s="34"/>
+      <c r="D31" s="35"/>
+      <c r="E31" s="36"/>
+      <c r="F31" s="37"/>
+      <c r="G31" s="36"/>
       <c r="H31" s="4"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="25"/>
-[...5 lines deleted...]
-      <c r="G32" s="23"/>
+      <c r="A32" s="34"/>
+      <c r="B32" s="34"/>
+      <c r="C32" s="34"/>
+      <c r="D32" s="35"/>
+      <c r="E32" s="36"/>
+      <c r="F32" s="37"/>
+      <c r="G32" s="36"/>
       <c r="H32" s="4"/>
     </row>
     <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="25"/>
-[...5 lines deleted...]
-      <c r="G33" s="23"/>
+      <c r="A33" s="34"/>
+      <c r="B33" s="34"/>
+      <c r="C33" s="34"/>
+      <c r="D33" s="35"/>
+      <c r="E33" s="36"/>
+      <c r="F33" s="37"/>
+      <c r="G33" s="36"/>
       <c r="H33" s="4"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="25"/>
-[...5 lines deleted...]
-      <c r="G34" s="23"/>
+      <c r="A34" s="34"/>
+      <c r="B34" s="34"/>
+      <c r="C34" s="34"/>
+      <c r="D34" s="35"/>
+      <c r="E34" s="36"/>
+      <c r="F34" s="37"/>
+      <c r="G34" s="36"/>
       <c r="H34" s="4"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="25"/>
-[...5 lines deleted...]
-      <c r="G35" s="23"/>
+      <c r="A35" s="34"/>
+      <c r="B35" s="34"/>
+      <c r="C35" s="34"/>
+      <c r="D35" s="35"/>
+      <c r="E35" s="36"/>
+      <c r="F35" s="37"/>
+      <c r="G35" s="36"/>
       <c r="H35" s="4"/>
     </row>
     <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="25"/>
-[...5 lines deleted...]
-      <c r="G36" s="23"/>
+      <c r="A36" s="34"/>
+      <c r="B36" s="34"/>
+      <c r="C36" s="34"/>
+      <c r="D36" s="35"/>
+      <c r="E36" s="36"/>
+      <c r="F36" s="37"/>
+      <c r="G36" s="36"/>
       <c r="H36" s="4"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="25"/>
-[...5 lines deleted...]
-      <c r="G37" s="23"/>
+      <c r="A37" s="34"/>
+      <c r="B37" s="34"/>
+      <c r="C37" s="34"/>
+      <c r="D37" s="35"/>
+      <c r="E37" s="36"/>
+      <c r="F37" s="37"/>
+      <c r="G37" s="36"/>
       <c r="H37" s="4"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="25"/>
-[...5 lines deleted...]
-      <c r="G38" s="23"/>
+      <c r="A38" s="34"/>
+      <c r="B38" s="34"/>
+      <c r="C38" s="34"/>
+      <c r="D38" s="35"/>
+      <c r="E38" s="36"/>
+      <c r="F38" s="37"/>
+      <c r="G38" s="36"/>
       <c r="H38" s="4"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="25"/>
-[...5 lines deleted...]
-      <c r="G39" s="23"/>
+      <c r="A39" s="34"/>
+      <c r="B39" s="34"/>
+      <c r="C39" s="34"/>
+      <c r="D39" s="35"/>
+      <c r="E39" s="36"/>
+      <c r="F39" s="37"/>
+      <c r="G39" s="36"/>
       <c r="H39" s="4"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="25"/>
-[...5 lines deleted...]
-      <c r="G40" s="23"/>
+      <c r="A40" s="34"/>
+      <c r="B40" s="34"/>
+      <c r="C40" s="34"/>
+      <c r="D40" s="35"/>
+      <c r="E40" s="36"/>
+      <c r="F40" s="37"/>
+      <c r="G40" s="36"/>
       <c r="H40" s="4"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="25"/>
-[...5 lines deleted...]
-      <c r="G41" s="23"/>
+      <c r="A41" s="34"/>
+      <c r="B41" s="34"/>
+      <c r="C41" s="34"/>
+      <c r="D41" s="35"/>
+      <c r="E41" s="36"/>
+      <c r="F41" s="37"/>
+      <c r="G41" s="36"/>
       <c r="H41" s="4"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="25"/>
-[...5 lines deleted...]
-      <c r="G42" s="23"/>
+      <c r="A42" s="34"/>
+      <c r="B42" s="34"/>
+      <c r="C42" s="34"/>
+      <c r="D42" s="35"/>
+      <c r="E42" s="36"/>
+      <c r="F42" s="37"/>
+      <c r="G42" s="36"/>
       <c r="H42" s="4"/>
     </row>
     <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="23"/>
-[...5 lines deleted...]
-      <c r="G43" s="23"/>
+      <c r="A43" s="36"/>
+      <c r="B43" s="36"/>
+      <c r="C43" s="36"/>
+      <c r="D43" s="35"/>
+      <c r="E43" s="36"/>
+      <c r="F43" s="37"/>
+      <c r="G43" s="36"/>
       <c r="H43" s="4"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="23"/>
-[...5 lines deleted...]
-      <c r="G44" s="23"/>
+      <c r="A44" s="36"/>
+      <c r="B44" s="36"/>
+      <c r="C44" s="36"/>
+      <c r="D44" s="35"/>
+      <c r="E44" s="36"/>
+      <c r="F44" s="37"/>
+      <c r="G44" s="36"/>
       <c r="H44" s="4"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="23"/>
-[...5 lines deleted...]
-      <c r="G45" s="23"/>
+      <c r="A45" s="36"/>
+      <c r="B45" s="36"/>
+      <c r="C45" s="36"/>
+      <c r="D45" s="35"/>
+      <c r="E45" s="36"/>
+      <c r="F45" s="37"/>
+      <c r="G45" s="36"/>
       <c r="H45" s="4"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="23"/>
-[...5 lines deleted...]
-      <c r="G46" s="23"/>
+      <c r="A46" s="36"/>
+      <c r="B46" s="36"/>
+      <c r="C46" s="36"/>
+      <c r="D46" s="35"/>
+      <c r="E46" s="36"/>
+      <c r="F46" s="37"/>
+      <c r="G46" s="36"/>
       <c r="H46" s="4"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="23"/>
-[...5 lines deleted...]
-      <c r="G47" s="23"/>
+      <c r="A47" s="36"/>
+      <c r="B47" s="36"/>
+      <c r="C47" s="36"/>
+      <c r="D47" s="35"/>
+      <c r="E47" s="36"/>
+      <c r="F47" s="37"/>
+      <c r="G47" s="36"/>
       <c r="H47" s="4"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="8"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="6"/>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="5"/>
       <c r="H48" s="4"/>
     </row>
     <row r="49" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="23"/>
-[...5 lines deleted...]
-      <c r="G49" s="23"/>
+      <c r="A49" s="36"/>
+      <c r="B49" s="36"/>
+      <c r="C49" s="36"/>
+      <c r="D49" s="35"/>
+      <c r="E49" s="36"/>
+      <c r="F49" s="37"/>
+      <c r="G49" s="36"/>
       <c r="H49" s="4"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A50" s="23"/>
-[...5 lines deleted...]
-      <c r="G50" s="23"/>
+      <c r="A50" s="36"/>
+      <c r="B50" s="36"/>
+      <c r="C50" s="36"/>
+      <c r="D50" s="35"/>
+      <c r="E50" s="36"/>
+      <c r="F50" s="37"/>
+      <c r="G50" s="36"/>
       <c r="H50" s="4"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A51" s="23"/>
-[...5 lines deleted...]
-      <c r="G51" s="23"/>
+      <c r="A51" s="36"/>
+      <c r="B51" s="36"/>
+      <c r="C51" s="36"/>
+      <c r="D51" s="35"/>
+      <c r="E51" s="36"/>
+      <c r="F51" s="37"/>
+      <c r="G51" s="36"/>
       <c r="H51" s="4"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A52" s="23"/>
-[...5 lines deleted...]
-      <c r="G52" s="23"/>
+      <c r="A52" s="36"/>
+      <c r="B52" s="36"/>
+      <c r="C52" s="36"/>
+      <c r="D52" s="35"/>
+      <c r="E52" s="36"/>
+      <c r="F52" s="37"/>
+      <c r="G52" s="36"/>
       <c r="H52" s="4"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A53" s="23"/>
-[...5 lines deleted...]
-      <c r="G53" s="23"/>
+      <c r="A53" s="36"/>
+      <c r="B53" s="36"/>
+      <c r="C53" s="36"/>
+      <c r="D53" s="35"/>
+      <c r="E53" s="36"/>
+      <c r="F53" s="37"/>
+      <c r="G53" s="36"/>
       <c r="H53" s="4"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A54" s="23"/>
-[...5 lines deleted...]
-      <c r="G54" s="23"/>
+      <c r="A54" s="36"/>
+      <c r="B54" s="36"/>
+      <c r="C54" s="36"/>
+      <c r="D54" s="35"/>
+      <c r="E54" s="36"/>
+      <c r="F54" s="37"/>
+      <c r="G54" s="36"/>
       <c r="H54" s="4"/>
     </row>
     <row r="55" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="23"/>
-[...5 lines deleted...]
-      <c r="G55" s="23"/>
+      <c r="A55" s="36"/>
+      <c r="B55" s="36"/>
+      <c r="C55" s="36"/>
+      <c r="D55" s="35"/>
+      <c r="E55" s="36"/>
+      <c r="F55" s="37"/>
+      <c r="G55" s="36"/>
       <c r="H55" s="4"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A56" s="23"/>
-[...5 lines deleted...]
-      <c r="G56" s="23"/>
+      <c r="A56" s="36"/>
+      <c r="B56" s="36"/>
+      <c r="C56" s="36"/>
+      <c r="D56" s="35"/>
+      <c r="E56" s="36"/>
+      <c r="F56" s="38"/>
+      <c r="G56" s="36"/>
       <c r="H56" s="4"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A57" s="23"/>
-[...5 lines deleted...]
-      <c r="G57" s="23"/>
+      <c r="A57" s="36"/>
+      <c r="B57" s="36"/>
+      <c r="C57" s="36"/>
+      <c r="D57" s="35"/>
+      <c r="E57" s="36"/>
+      <c r="F57" s="38"/>
+      <c r="G57" s="36"/>
       <c r="H57" s="4"/>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A58" s="23"/>
-[...5 lines deleted...]
-      <c r="G58" s="23"/>
+      <c r="A58" s="36"/>
+      <c r="B58" s="36"/>
+      <c r="C58" s="36"/>
+      <c r="D58" s="35"/>
+      <c r="E58" s="36"/>
+      <c r="F58" s="38"/>
+      <c r="G58" s="36"/>
       <c r="H58" s="4"/>
     </row>
     <row r="59" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="23"/>
-[...5 lines deleted...]
-      <c r="G59" s="23"/>
+      <c r="A59" s="36"/>
+      <c r="B59" s="36"/>
+      <c r="C59" s="36"/>
+      <c r="D59" s="35"/>
+      <c r="E59" s="36"/>
+      <c r="F59" s="37"/>
+      <c r="G59" s="36"/>
       <c r="H59" s="4"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A60" s="23"/>
-[...5 lines deleted...]
-      <c r="G60" s="23"/>
+      <c r="A60" s="36"/>
+      <c r="B60" s="36"/>
+      <c r="C60" s="36"/>
+      <c r="D60" s="35"/>
+      <c r="E60" s="36"/>
+      <c r="F60" s="37"/>
+      <c r="G60" s="36"/>
       <c r="H60" s="4"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A61" s="23"/>
-[...5 lines deleted...]
-      <c r="G61" s="23"/>
+      <c r="A61" s="36"/>
+      <c r="B61" s="36"/>
+      <c r="C61" s="36"/>
+      <c r="D61" s="35"/>
+      <c r="E61" s="36"/>
+      <c r="F61" s="37"/>
+      <c r="G61" s="36"/>
       <c r="H61" s="4"/>
     </row>
     <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="23"/>
-[...5 lines deleted...]
-      <c r="G62" s="23"/>
+      <c r="A62" s="36"/>
+      <c r="B62" s="36"/>
+      <c r="C62" s="36"/>
+      <c r="D62" s="35"/>
+      <c r="E62" s="36"/>
+      <c r="F62" s="37"/>
+      <c r="G62" s="36"/>
       <c r="H62" s="4"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A63" s="23"/>
-[...5 lines deleted...]
-      <c r="G63" s="23"/>
+      <c r="A63" s="36"/>
+      <c r="B63" s="36"/>
+      <c r="C63" s="36"/>
+      <c r="D63" s="35"/>
+      <c r="E63" s="36"/>
+      <c r="F63" s="37"/>
+      <c r="G63" s="36"/>
       <c r="H63" s="4"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A64" s="23"/>
-[...5 lines deleted...]
-      <c r="G64" s="23"/>
+      <c r="A64" s="36"/>
+      <c r="B64" s="36"/>
+      <c r="C64" s="36"/>
+      <c r="D64" s="35"/>
+      <c r="E64" s="36"/>
+      <c r="F64" s="37"/>
+      <c r="G64" s="36"/>
       <c r="H64" s="4"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A65" s="23"/>
-[...5 lines deleted...]
-      <c r="G65" s="23"/>
+      <c r="A65" s="36"/>
+      <c r="B65" s="36"/>
+      <c r="C65" s="36"/>
+      <c r="D65" s="35"/>
+      <c r="E65" s="36"/>
+      <c r="F65" s="37"/>
+      <c r="G65" s="36"/>
       <c r="H65" s="4"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A66" s="23"/>
-[...5 lines deleted...]
-      <c r="G66" s="23"/>
+      <c r="A66" s="36"/>
+      <c r="B66" s="36"/>
+      <c r="C66" s="36"/>
+      <c r="D66" s="35"/>
+      <c r="E66" s="36"/>
+      <c r="F66" s="37"/>
+      <c r="G66" s="36"/>
       <c r="H66" s="4"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A67" s="23"/>
-[...5 lines deleted...]
-      <c r="G67" s="23"/>
+      <c r="A67" s="36"/>
+      <c r="B67" s="36"/>
+      <c r="C67" s="36"/>
+      <c r="D67" s="35"/>
+      <c r="E67" s="36"/>
+      <c r="F67" s="37"/>
+      <c r="G67" s="36"/>
       <c r="H67" s="4"/>
     </row>
     <row r="68" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="23"/>
-[...5 lines deleted...]
-      <c r="G68" s="23"/>
+      <c r="A68" s="36"/>
+      <c r="B68" s="36"/>
+      <c r="C68" s="36"/>
+      <c r="D68" s="35"/>
+      <c r="E68" s="36"/>
+      <c r="F68" s="37"/>
+      <c r="G68" s="36"/>
       <c r="H68" s="4"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A69" s="23"/>
-[...5 lines deleted...]
-      <c r="G69" s="23"/>
+      <c r="A69" s="36"/>
+      <c r="B69" s="36"/>
+      <c r="C69" s="36"/>
+      <c r="D69" s="35"/>
+      <c r="E69" s="36"/>
+      <c r="F69" s="37"/>
+      <c r="G69" s="36"/>
       <c r="H69" s="4"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A70" s="23"/>
-[...5 lines deleted...]
-      <c r="G70" s="23"/>
+      <c r="A70" s="36"/>
+      <c r="B70" s="36"/>
+      <c r="C70" s="36"/>
+      <c r="D70" s="35"/>
+      <c r="E70" s="36"/>
+      <c r="F70" s="37"/>
+      <c r="G70" s="36"/>
       <c r="H70" s="4"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A71" s="23"/>
-[...5 lines deleted...]
-      <c r="G71" s="23"/>
+      <c r="A71" s="36"/>
+      <c r="B71" s="36"/>
+      <c r="C71" s="36"/>
+      <c r="D71" s="35"/>
+      <c r="E71" s="36"/>
+      <c r="F71" s="37"/>
+      <c r="G71" s="36"/>
       <c r="H71" s="4"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A72" s="23"/>
-[...5 lines deleted...]
-      <c r="G72" s="23"/>
+      <c r="A72" s="36"/>
+      <c r="B72" s="36"/>
+      <c r="C72" s="36"/>
+      <c r="D72" s="35"/>
+      <c r="E72" s="36"/>
+      <c r="F72" s="37"/>
+      <c r="G72" s="36"/>
       <c r="H72" s="4"/>
     </row>
     <row r="73" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="23"/>
-[...5 lines deleted...]
-      <c r="G73" s="23"/>
+      <c r="A73" s="36"/>
+      <c r="B73" s="36"/>
+      <c r="C73" s="36"/>
+      <c r="D73" s="35"/>
+      <c r="E73" s="36"/>
+      <c r="F73" s="37"/>
+      <c r="G73" s="36"/>
       <c r="H73" s="4"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A74" s="23"/>
-[...5 lines deleted...]
-      <c r="G74" s="23"/>
+      <c r="A74" s="36"/>
+      <c r="B74" s="36"/>
+      <c r="C74" s="36"/>
+      <c r="D74" s="35"/>
+      <c r="E74" s="36"/>
+      <c r="F74" s="37"/>
+      <c r="G74" s="36"/>
       <c r="H74" s="4"/>
     </row>
     <row r="75" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="23"/>
-[...5 lines deleted...]
-      <c r="G75" s="23"/>
+      <c r="A75" s="36"/>
+      <c r="B75" s="39"/>
+      <c r="C75" s="34"/>
+      <c r="D75" s="35"/>
+      <c r="E75" s="36"/>
+      <c r="F75" s="37"/>
+      <c r="G75" s="36"/>
       <c r="H75" s="4"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A76" s="23"/>
-[...5 lines deleted...]
-      <c r="G76" s="23"/>
+      <c r="A76" s="36"/>
+      <c r="B76" s="39"/>
+      <c r="C76" s="34"/>
+      <c r="D76" s="35"/>
+      <c r="E76" s="36"/>
+      <c r="F76" s="37"/>
+      <c r="G76" s="36"/>
       <c r="H76" s="4"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A77" s="23"/>
-[...5 lines deleted...]
-      <c r="G77" s="23"/>
+      <c r="A77" s="36"/>
+      <c r="B77" s="39"/>
+      <c r="C77" s="34"/>
+      <c r="D77" s="35"/>
+      <c r="E77" s="36"/>
+      <c r="F77" s="37"/>
+      <c r="G77" s="36"/>
       <c r="H77" s="4"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A78" s="23"/>
-[...5 lines deleted...]
-      <c r="G78" s="23"/>
+      <c r="A78" s="36"/>
+      <c r="B78" s="39"/>
+      <c r="C78" s="34"/>
+      <c r="D78" s="35"/>
+      <c r="E78" s="36"/>
+      <c r="F78" s="37"/>
+      <c r="G78" s="36"/>
       <c r="H78" s="4"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A79" s="23"/>
-[...5 lines deleted...]
-      <c r="G79" s="23"/>
+      <c r="A79" s="36"/>
+      <c r="B79" s="39"/>
+      <c r="C79" s="34"/>
+      <c r="D79" s="35"/>
+      <c r="E79" s="36"/>
+      <c r="F79" s="37"/>
+      <c r="G79" s="36"/>
       <c r="H79" s="4"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A80" s="23"/>
-[...5 lines deleted...]
-      <c r="G80" s="23"/>
+      <c r="A80" s="36"/>
+      <c r="B80" s="36"/>
+      <c r="C80" s="36"/>
+      <c r="D80" s="35"/>
+      <c r="E80" s="36"/>
+      <c r="F80" s="37"/>
+      <c r="G80" s="36"/>
       <c r="H80" s="4"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A81" s="23"/>
-[...5 lines deleted...]
-      <c r="G81" s="23"/>
+      <c r="A81" s="36"/>
+      <c r="B81" s="36"/>
+      <c r="C81" s="36"/>
+      <c r="D81" s="35"/>
+      <c r="E81" s="36"/>
+      <c r="F81" s="37"/>
+      <c r="G81" s="36"/>
       <c r="H81" s="4"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A82" s="23"/>
-[...5 lines deleted...]
-      <c r="G82" s="23"/>
+      <c r="A82" s="36"/>
+      <c r="B82" s="36"/>
+      <c r="C82" s="36"/>
+      <c r="D82" s="35"/>
+      <c r="E82" s="36"/>
+      <c r="F82" s="37"/>
+      <c r="G82" s="36"/>
       <c r="H82" s="4"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="23"/>
-[...5 lines deleted...]
-      <c r="G83" s="23"/>
+      <c r="A83" s="36"/>
+      <c r="B83" s="36"/>
+      <c r="C83" s="36"/>
+      <c r="D83" s="35"/>
+      <c r="E83" s="36"/>
+      <c r="F83" s="37"/>
+      <c r="G83" s="36"/>
       <c r="H83" s="4"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="23"/>
-[...5 lines deleted...]
-      <c r="G84" s="23"/>
+      <c r="A84" s="36"/>
+      <c r="B84" s="36"/>
+      <c r="C84" s="36"/>
+      <c r="D84" s="35"/>
+      <c r="E84" s="36"/>
+      <c r="F84" s="37"/>
+      <c r="G84" s="36"/>
       <c r="H84" s="4"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="23"/>
-[...5 lines deleted...]
-      <c r="G85" s="23"/>
+      <c r="A85" s="36"/>
+      <c r="B85" s="36"/>
+      <c r="C85" s="36"/>
+      <c r="D85" s="35"/>
+      <c r="E85" s="36"/>
+      <c r="F85" s="37"/>
+      <c r="G85" s="36"/>
       <c r="H85" s="4"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="23"/>
-[...5 lines deleted...]
-      <c r="G86" s="23"/>
+      <c r="A86" s="36"/>
+      <c r="B86" s="36"/>
+      <c r="C86" s="36"/>
+      <c r="D86" s="35"/>
+      <c r="E86" s="36"/>
+      <c r="F86" s="37"/>
+      <c r="G86" s="36"/>
       <c r="H86" s="4"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="23"/>
-[...5 lines deleted...]
-      <c r="G87" s="23"/>
+      <c r="A87" s="36"/>
+      <c r="B87" s="36"/>
+      <c r="C87" s="36"/>
+      <c r="D87" s="35"/>
+      <c r="E87" s="36"/>
+      <c r="F87" s="37"/>
+      <c r="G87" s="36"/>
       <c r="H87" s="4"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="23"/>
-[...5 lines deleted...]
-      <c r="G88" s="23"/>
+      <c r="A88" s="36"/>
+      <c r="B88" s="36"/>
+      <c r="C88" s="36"/>
+      <c r="D88" s="35"/>
+      <c r="E88" s="36"/>
+      <c r="F88" s="37"/>
+      <c r="G88" s="36"/>
       <c r="H88" s="4"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A89" s="23"/>
-[...5 lines deleted...]
-      <c r="G89" s="23"/>
+      <c r="A89" s="36"/>
+      <c r="B89" s="36"/>
+      <c r="C89" s="36"/>
+      <c r="D89" s="35"/>
+      <c r="E89" s="36"/>
+      <c r="F89" s="37"/>
+      <c r="G89" s="36"/>
       <c r="H89" s="4"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A90" s="23"/>
-[...5 lines deleted...]
-      <c r="G90" s="23"/>
+      <c r="A90" s="36"/>
+      <c r="B90" s="36"/>
+      <c r="C90" s="36"/>
+      <c r="D90" s="35"/>
+      <c r="E90" s="36"/>
+      <c r="F90" s="37"/>
+      <c r="G90" s="36"/>
       <c r="H90" s="4"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A91" s="23"/>
-[...5 lines deleted...]
-      <c r="G91" s="23"/>
+      <c r="A91" s="36"/>
+      <c r="B91" s="36"/>
+      <c r="C91" s="36"/>
+      <c r="D91" s="35"/>
+      <c r="E91" s="36"/>
+      <c r="F91" s="37"/>
+      <c r="G91" s="36"/>
       <c r="H91" s="4"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A92" s="23"/>
-[...5 lines deleted...]
-      <c r="G92" s="23"/>
+      <c r="A92" s="36"/>
+      <c r="B92" s="36"/>
+      <c r="C92" s="36"/>
+      <c r="D92" s="35"/>
+      <c r="E92" s="36"/>
+      <c r="F92" s="37"/>
+      <c r="G92" s="36"/>
       <c r="H92" s="4"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A93" s="23"/>
-[...5 lines deleted...]
-      <c r="G93" s="23"/>
+      <c r="A93" s="36"/>
+      <c r="B93" s="36"/>
+      <c r="C93" s="36"/>
+      <c r="D93" s="35"/>
+      <c r="E93" s="36"/>
+      <c r="F93" s="37"/>
+      <c r="G93" s="36"/>
       <c r="H93" s="4"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A94" s="23"/>
-[...5 lines deleted...]
-      <c r="G94" s="23"/>
+      <c r="A94" s="36"/>
+      <c r="B94" s="36"/>
+      <c r="C94" s="36"/>
+      <c r="D94" s="35"/>
+      <c r="E94" s="36"/>
+      <c r="F94" s="37"/>
+      <c r="G94" s="36"/>
       <c r="H94" s="4"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A95" s="23"/>
-[...5 lines deleted...]
-      <c r="G95" s="23"/>
+      <c r="A95" s="36"/>
+      <c r="B95" s="36"/>
+      <c r="C95" s="36"/>
+      <c r="D95" s="35"/>
+      <c r="E95" s="36"/>
+      <c r="F95" s="37"/>
+      <c r="G95" s="36"/>
       <c r="H95" s="4"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A96" s="23"/>
-[...5 lines deleted...]
-      <c r="G96" s="23"/>
+      <c r="A96" s="36"/>
+      <c r="B96" s="36"/>
+      <c r="C96" s="36"/>
+      <c r="D96" s="35"/>
+      <c r="E96" s="36"/>
+      <c r="F96" s="37"/>
+      <c r="G96" s="36"/>
       <c r="H96" s="4"/>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A97" s="23"/>
-[...5 lines deleted...]
-      <c r="G97" s="23"/>
+      <c r="A97" s="36"/>
+      <c r="B97" s="36"/>
+      <c r="C97" s="36"/>
+      <c r="D97" s="35"/>
+      <c r="E97" s="36"/>
+      <c r="F97" s="37"/>
+      <c r="G97" s="36"/>
       <c r="H97" s="4"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A98" s="23"/>
-[...5 lines deleted...]
-      <c r="G98" s="23"/>
+      <c r="A98" s="36"/>
+      <c r="B98" s="36"/>
+      <c r="C98" s="36"/>
+      <c r="D98" s="35"/>
+      <c r="E98" s="36"/>
+      <c r="F98" s="37"/>
+      <c r="G98" s="36"/>
       <c r="H98" s="4"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A99" s="23"/>
-[...5 lines deleted...]
-      <c r="G99" s="23"/>
+      <c r="A99" s="36"/>
+      <c r="B99" s="36"/>
+      <c r="C99" s="36"/>
+      <c r="D99" s="35"/>
+      <c r="E99" s="36"/>
+      <c r="F99" s="37"/>
+      <c r="G99" s="36"/>
       <c r="H99" s="4"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A100" s="23"/>
-[...5 lines deleted...]
-      <c r="G100" s="23"/>
+      <c r="A100" s="36"/>
+      <c r="B100" s="36"/>
+      <c r="C100" s="36"/>
+      <c r="D100" s="35"/>
+      <c r="E100" s="36"/>
+      <c r="F100" s="37"/>
+      <c r="G100" s="36"/>
       <c r="H100" s="4"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A101" s="23"/>
-[...5 lines deleted...]
-      <c r="G101" s="23"/>
+      <c r="A101" s="36"/>
+      <c r="B101" s="36"/>
+      <c r="C101" s="36"/>
+      <c r="D101" s="35"/>
+      <c r="E101" s="36"/>
+      <c r="F101" s="37"/>
+      <c r="G101" s="36"/>
       <c r="H101" s="4"/>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A102" s="23"/>
-[...5 lines deleted...]
-      <c r="G102" s="23"/>
+      <c r="A102" s="36"/>
+      <c r="B102" s="36"/>
+      <c r="C102" s="36"/>
+      <c r="D102" s="35"/>
+      <c r="E102" s="36"/>
+      <c r="F102" s="37"/>
+      <c r="G102" s="36"/>
       <c r="H102" s="4"/>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A103" s="23"/>
-[...5 lines deleted...]
-      <c r="G103" s="23"/>
+      <c r="A103" s="36"/>
+      <c r="B103" s="36"/>
+      <c r="C103" s="36"/>
+      <c r="D103" s="35"/>
+      <c r="E103" s="36"/>
+      <c r="F103" s="37"/>
+      <c r="G103" s="36"/>
       <c r="H103" s="4"/>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A104" s="23"/>
-[...5 lines deleted...]
-      <c r="G104" s="23"/>
+      <c r="A104" s="36"/>
+      <c r="B104" s="36"/>
+      <c r="C104" s="36"/>
+      <c r="D104" s="35"/>
+      <c r="E104" s="36"/>
+      <c r="F104" s="37"/>
+      <c r="G104" s="36"/>
       <c r="H104" s="4"/>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A105" s="23"/>
-[...5 lines deleted...]
-      <c r="G105" s="23"/>
+      <c r="A105" s="36"/>
+      <c r="B105" s="36"/>
+      <c r="C105" s="36"/>
+      <c r="D105" s="35"/>
+      <c r="E105" s="36"/>
+      <c r="F105" s="37"/>
+      <c r="G105" s="36"/>
       <c r="H105" s="4"/>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A106" s="23"/>
-[...5 lines deleted...]
-      <c r="G106" s="23"/>
+      <c r="A106" s="36"/>
+      <c r="B106" s="36"/>
+      <c r="C106" s="36"/>
+      <c r="D106" s="35"/>
+      <c r="E106" s="36"/>
+      <c r="F106" s="37"/>
+      <c r="G106" s="36"/>
       <c r="H106" s="4"/>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A107" s="23"/>
-[...5 lines deleted...]
-      <c r="G107" s="23"/>
+      <c r="A107" s="36"/>
+      <c r="B107" s="36"/>
+      <c r="C107" s="36"/>
+      <c r="D107" s="35"/>
+      <c r="E107" s="36"/>
+      <c r="F107" s="37"/>
+      <c r="G107" s="36"/>
       <c r="H107" s="4"/>
     </row>
     <row r="108" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="23"/>
-[...5 lines deleted...]
-      <c r="G108" s="23"/>
+      <c r="A108" s="36"/>
+      <c r="B108" s="36"/>
+      <c r="C108" s="36"/>
+      <c r="D108" s="35"/>
+      <c r="E108" s="36"/>
+      <c r="F108" s="37"/>
+      <c r="G108" s="36"/>
       <c r="H108" s="4"/>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A109" s="23"/>
-[...5 lines deleted...]
-      <c r="G109" s="23"/>
+      <c r="A109" s="36"/>
+      <c r="B109" s="36"/>
+      <c r="C109" s="36"/>
+      <c r="D109" s="35"/>
+      <c r="E109" s="36"/>
+      <c r="F109" s="37"/>
+      <c r="G109" s="36"/>
       <c r="H109" s="4"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A110" s="23"/>
-[...5 lines deleted...]
-      <c r="G110" s="23"/>
+      <c r="A110" s="36"/>
+      <c r="B110" s="36"/>
+      <c r="C110" s="36"/>
+      <c r="D110" s="35"/>
+      <c r="E110" s="36"/>
+      <c r="F110" s="37"/>
+      <c r="G110" s="36"/>
       <c r="H110" s="4"/>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A111" s="23"/>
-[...5 lines deleted...]
-      <c r="G111" s="23"/>
+      <c r="A111" s="36"/>
+      <c r="B111" s="36"/>
+      <c r="C111" s="36"/>
+      <c r="D111" s="35"/>
+      <c r="E111" s="36"/>
+      <c r="F111" s="37"/>
+      <c r="G111" s="36"/>
       <c r="H111" s="4"/>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A112" s="23"/>
-[...5 lines deleted...]
-      <c r="G112" s="23"/>
+      <c r="A112" s="36"/>
+      <c r="B112" s="36"/>
+      <c r="C112" s="36"/>
+      <c r="D112" s="35"/>
+      <c r="E112" s="36"/>
+      <c r="F112" s="37"/>
+      <c r="G112" s="36"/>
       <c r="H112" s="4"/>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A113" s="23"/>
-[...5 lines deleted...]
-      <c r="G113" s="23"/>
+      <c r="A113" s="36"/>
+      <c r="B113" s="36"/>
+      <c r="C113" s="36"/>
+      <c r="D113" s="35"/>
+      <c r="E113" s="36"/>
+      <c r="F113" s="37"/>
+      <c r="G113" s="36"/>
       <c r="H113" s="4"/>
     </row>
     <row r="114" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="23"/>
-[...5 lines deleted...]
-      <c r="G114" s="23"/>
+      <c r="A114" s="36"/>
+      <c r="B114" s="36"/>
+      <c r="C114" s="36"/>
+      <c r="D114" s="35"/>
+      <c r="E114" s="36"/>
+      <c r="F114" s="37"/>
+      <c r="G114" s="36"/>
       <c r="H114" s="4"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A115" s="23"/>
-[...5 lines deleted...]
-      <c r="G115" s="23"/>
+      <c r="A115" s="36"/>
+      <c r="B115" s="36"/>
+      <c r="C115" s="36"/>
+      <c r="D115" s="35"/>
+      <c r="E115" s="36"/>
+      <c r="F115" s="37"/>
+      <c r="G115" s="36"/>
       <c r="H115" s="4"/>
     </row>
     <row r="116" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="23"/>
-[...5 lines deleted...]
-      <c r="G116" s="23"/>
+      <c r="A116" s="36"/>
+      <c r="B116" s="36"/>
+      <c r="C116" s="36"/>
+      <c r="D116" s="35"/>
+      <c r="E116" s="36"/>
+      <c r="F116" s="37"/>
+      <c r="G116" s="36"/>
       <c r="H116" s="4"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A117" s="23"/>
-[...5 lines deleted...]
-      <c r="G117" s="23"/>
+      <c r="A117" s="36"/>
+      <c r="B117" s="36"/>
+      <c r="C117" s="36"/>
+      <c r="D117" s="35"/>
+      <c r="E117" s="36"/>
+      <c r="F117" s="37"/>
+      <c r="G117" s="36"/>
       <c r="H117" s="4"/>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A118" s="23"/>
-[...5 lines deleted...]
-      <c r="G118" s="23"/>
+      <c r="A118" s="36"/>
+      <c r="B118" s="36"/>
+      <c r="C118" s="36"/>
+      <c r="D118" s="35"/>
+      <c r="E118" s="36"/>
+      <c r="F118" s="37"/>
+      <c r="G118" s="36"/>
       <c r="H118" s="4"/>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A119" s="23"/>
-[...5 lines deleted...]
-      <c r="G119" s="23"/>
+      <c r="A119" s="36"/>
+      <c r="B119" s="36"/>
+      <c r="C119" s="36"/>
+      <c r="D119" s="35"/>
+      <c r="E119" s="36"/>
+      <c r="F119" s="37"/>
+      <c r="G119" s="36"/>
       <c r="H119" s="4"/>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A120" s="23"/>
-[...5 lines deleted...]
-      <c r="G120" s="23"/>
+      <c r="A120" s="36"/>
+      <c r="B120" s="36"/>
+      <c r="C120" s="36"/>
+      <c r="D120" s="35"/>
+      <c r="E120" s="36"/>
+      <c r="F120" s="37"/>
+      <c r="G120" s="36"/>
       <c r="H120" s="4"/>
     </row>
     <row r="121" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A121" s="23"/>
-[...5 lines deleted...]
-      <c r="G121" s="23"/>
+      <c r="A121" s="36"/>
+      <c r="B121" s="36"/>
+      <c r="C121" s="36"/>
+      <c r="D121" s="35"/>
+      <c r="E121" s="36"/>
+      <c r="F121" s="37"/>
+      <c r="G121" s="36"/>
       <c r="H121" s="4"/>
     </row>
     <row r="122" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="23"/>
-[...5 lines deleted...]
-      <c r="G122" s="23"/>
+      <c r="A122" s="36"/>
+      <c r="B122" s="36"/>
+      <c r="C122" s="36"/>
+      <c r="D122" s="40"/>
+      <c r="E122" s="36"/>
+      <c r="F122" s="37"/>
+      <c r="G122" s="36"/>
       <c r="H122" s="4"/>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A123" s="23"/>
-[...5 lines deleted...]
-      <c r="G123" s="23"/>
+      <c r="A123" s="36"/>
+      <c r="B123" s="36"/>
+      <c r="C123" s="36"/>
+      <c r="D123" s="40"/>
+      <c r="E123" s="36"/>
+      <c r="F123" s="37"/>
+      <c r="G123" s="36"/>
       <c r="H123" s="4"/>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A124" s="23"/>
-[...5 lines deleted...]
-      <c r="G124" s="23"/>
+      <c r="A124" s="36"/>
+      <c r="B124" s="36"/>
+      <c r="C124" s="36"/>
+      <c r="D124" s="40"/>
+      <c r="E124" s="36"/>
+      <c r="F124" s="37"/>
+      <c r="G124" s="36"/>
       <c r="H124" s="4"/>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A125" s="23"/>
-[...5 lines deleted...]
-      <c r="G125" s="23"/>
+      <c r="A125" s="36"/>
+      <c r="B125" s="36"/>
+      <c r="C125" s="36"/>
+      <c r="D125" s="40"/>
+      <c r="E125" s="36"/>
+      <c r="F125" s="37"/>
+      <c r="G125" s="36"/>
       <c r="H125" s="4"/>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A126" s="23"/>
-[...5 lines deleted...]
-      <c r="G126" s="23"/>
+      <c r="A126" s="36"/>
+      <c r="B126" s="36"/>
+      <c r="C126" s="36"/>
+      <c r="D126" s="40"/>
+      <c r="E126" s="36"/>
+      <c r="F126" s="37"/>
+      <c r="G126" s="36"/>
       <c r="H126" s="4"/>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A127" s="23"/>
-[...5 lines deleted...]
-      <c r="G127" s="23"/>
+      <c r="A127" s="36"/>
+      <c r="B127" s="36"/>
+      <c r="C127" s="36"/>
+      <c r="D127" s="40"/>
+      <c r="E127" s="36"/>
+      <c r="F127" s="37"/>
+      <c r="G127" s="36"/>
       <c r="H127" s="4"/>
     </row>
     <row r="128" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A128" s="23"/>
-[...5 lines deleted...]
-      <c r="G128" s="23"/>
+      <c r="A128" s="36"/>
+      <c r="B128" s="36"/>
+      <c r="C128" s="36"/>
+      <c r="D128" s="40"/>
+      <c r="E128" s="36"/>
+      <c r="F128" s="37"/>
+      <c r="G128" s="36"/>
       <c r="H128" s="4"/>
     </row>
     <row r="129" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="23"/>
-[...5 lines deleted...]
-      <c r="G129" s="23"/>
+      <c r="A129" s="36"/>
+      <c r="B129" s="36"/>
+      <c r="C129" s="36"/>
+      <c r="D129" s="35"/>
+      <c r="E129" s="36"/>
+      <c r="F129" s="37"/>
+      <c r="G129" s="36"/>
       <c r="H129" s="4"/>
     </row>
     <row r="130" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A130" s="23"/>
-[...5 lines deleted...]
-      <c r="G130" s="23"/>
+      <c r="A130" s="36"/>
+      <c r="B130" s="36"/>
+      <c r="C130" s="36"/>
+      <c r="D130" s="35"/>
+      <c r="E130" s="36"/>
+      <c r="F130" s="37"/>
+      <c r="G130" s="36"/>
       <c r="H130" s="4"/>
     </row>
     <row r="131" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A131" s="23"/>
-[...5 lines deleted...]
-      <c r="G131" s="23"/>
+      <c r="A131" s="36"/>
+      <c r="B131" s="36"/>
+      <c r="C131" s="36"/>
+      <c r="D131" s="35"/>
+      <c r="E131" s="36"/>
+      <c r="F131" s="37"/>
+      <c r="G131" s="36"/>
       <c r="H131" s="4"/>
     </row>
     <row r="132" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="23"/>
-[...5 lines deleted...]
-      <c r="G132" s="23"/>
+      <c r="A132" s="36"/>
+      <c r="B132" s="36"/>
+      <c r="C132" s="36"/>
+      <c r="D132" s="35"/>
+      <c r="E132" s="36"/>
+      <c r="F132" s="37"/>
+      <c r="G132" s="36"/>
       <c r="H132" s="4"/>
     </row>
     <row r="133" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A133" s="23"/>
-[...5 lines deleted...]
-      <c r="G133" s="23"/>
+      <c r="A133" s="36"/>
+      <c r="B133" s="36"/>
+      <c r="C133" s="36"/>
+      <c r="D133" s="35"/>
+      <c r="E133" s="36"/>
+      <c r="F133" s="37"/>
+      <c r="G133" s="36"/>
       <c r="H133" s="4"/>
     </row>
     <row r="134" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A134" s="25"/>
-[...5 lines deleted...]
-      <c r="G134" s="23"/>
+      <c r="A134" s="34"/>
+      <c r="B134" s="34"/>
+      <c r="C134" s="34"/>
+      <c r="D134" s="35"/>
+      <c r="E134" s="36"/>
+      <c r="F134" s="37"/>
+      <c r="G134" s="36"/>
       <c r="H134" s="4"/>
     </row>
     <row r="135" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A135" s="25"/>
-[...5 lines deleted...]
-      <c r="G135" s="23"/>
+      <c r="A135" s="34"/>
+      <c r="B135" s="34"/>
+      <c r="C135" s="34"/>
+      <c r="D135" s="35"/>
+      <c r="E135" s="36"/>
+      <c r="F135" s="37"/>
+      <c r="G135" s="36"/>
       <c r="H135" s="4"/>
     </row>
     <row r="136" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A136" s="25"/>
-[...5 lines deleted...]
-      <c r="G136" s="23"/>
+      <c r="A136" s="34"/>
+      <c r="B136" s="34"/>
+      <c r="C136" s="34"/>
+      <c r="D136" s="35"/>
+      <c r="E136" s="36"/>
+      <c r="F136" s="37"/>
+      <c r="G136" s="36"/>
       <c r="H136" s="4"/>
     </row>
     <row r="137" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A137" s="25"/>
-[...5 lines deleted...]
-      <c r="G137" s="23"/>
+      <c r="A137" s="34"/>
+      <c r="B137" s="34"/>
+      <c r="C137" s="34"/>
+      <c r="D137" s="35"/>
+      <c r="E137" s="36"/>
+      <c r="F137" s="37"/>
+      <c r="G137" s="36"/>
       <c r="H137" s="4"/>
     </row>
     <row r="138" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A138" s="25"/>
-[...5 lines deleted...]
-      <c r="G138" s="23"/>
+      <c r="A138" s="34"/>
+      <c r="B138" s="34"/>
+      <c r="C138" s="34"/>
+      <c r="D138" s="35"/>
+      <c r="E138" s="36"/>
+      <c r="F138" s="37"/>
+      <c r="G138" s="36"/>
       <c r="H138" s="4"/>
     </row>
     <row r="139" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A139" s="25"/>
-[...5 lines deleted...]
-      <c r="G139" s="23"/>
+      <c r="A139" s="34"/>
+      <c r="B139" s="34"/>
+      <c r="C139" s="34"/>
+      <c r="D139" s="35"/>
+      <c r="E139" s="36"/>
+      <c r="F139" s="37"/>
+      <c r="G139" s="36"/>
       <c r="H139" s="4"/>
     </row>
     <row r="140" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="25"/>
-[...5 lines deleted...]
-      <c r="G140" s="23"/>
+      <c r="A140" s="34"/>
+      <c r="B140" s="34"/>
+      <c r="C140" s="34"/>
+      <c r="D140" s="35"/>
+      <c r="E140" s="36"/>
+      <c r="F140" s="37"/>
+      <c r="G140" s="36"/>
       <c r="H140" s="4"/>
     </row>
     <row r="141" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A141" s="25"/>
-[...5 lines deleted...]
-      <c r="G141" s="23"/>
+      <c r="A141" s="34"/>
+      <c r="B141" s="34"/>
+      <c r="C141" s="34"/>
+      <c r="D141" s="35"/>
+      <c r="E141" s="36"/>
+      <c r="F141" s="37"/>
+      <c r="G141" s="36"/>
       <c r="H141" s="4"/>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A142" s="25"/>
-[...5 lines deleted...]
-      <c r="G142" s="23"/>
+      <c r="A142" s="34"/>
+      <c r="B142" s="34"/>
+      <c r="C142" s="34"/>
+      <c r="D142" s="35"/>
+      <c r="E142" s="36"/>
+      <c r="F142" s="37"/>
+      <c r="G142" s="36"/>
       <c r="H142" s="4"/>
     </row>
     <row r="143" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A143" s="25"/>
-[...5 lines deleted...]
-      <c r="G143" s="23"/>
+      <c r="A143" s="34"/>
+      <c r="B143" s="34"/>
+      <c r="C143" s="34"/>
+      <c r="D143" s="35"/>
+      <c r="E143" s="36"/>
+      <c r="F143" s="37"/>
+      <c r="G143" s="36"/>
       <c r="H143" s="4"/>
     </row>
     <row r="144" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A144" s="25"/>
-[...5 lines deleted...]
-      <c r="G144" s="23"/>
+      <c r="A144" s="34"/>
+      <c r="B144" s="34"/>
+      <c r="C144" s="34"/>
+      <c r="D144" s="35"/>
+      <c r="E144" s="36"/>
+      <c r="F144" s="37"/>
+      <c r="G144" s="36"/>
       <c r="H144" s="4"/>
     </row>
     <row r="145" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="25"/>
-[...5 lines deleted...]
-      <c r="G145" s="23"/>
+      <c r="A145" s="34"/>
+      <c r="B145" s="34"/>
+      <c r="C145" s="34"/>
+      <c r="D145" s="35"/>
+      <c r="E145" s="36"/>
+      <c r="F145" s="37"/>
+      <c r="G145" s="36"/>
       <c r="H145" s="4"/>
     </row>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A146" s="25"/>
-[...5 lines deleted...]
-      <c r="G146" s="23"/>
+      <c r="A146" s="34"/>
+      <c r="B146" s="34"/>
+      <c r="C146" s="34"/>
+      <c r="D146" s="35"/>
+      <c r="E146" s="36"/>
+      <c r="F146" s="37"/>
+      <c r="G146" s="36"/>
       <c r="H146" s="4"/>
     </row>
     <row r="147" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A147" s="25"/>
-[...5 lines deleted...]
-      <c r="G147" s="23"/>
+      <c r="A147" s="34"/>
+      <c r="B147" s="34"/>
+      <c r="C147" s="34"/>
+      <c r="D147" s="35"/>
+      <c r="E147" s="36"/>
+      <c r="F147" s="37"/>
+      <c r="G147" s="36"/>
       <c r="H147" s="4"/>
     </row>
     <row r="148" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="25"/>
-[...5 lines deleted...]
-      <c r="G148" s="23"/>
+      <c r="A148" s="34"/>
+      <c r="B148" s="34"/>
+      <c r="C148" s="34"/>
+      <c r="D148" s="35"/>
+      <c r="E148" s="36"/>
+      <c r="F148" s="37"/>
+      <c r="G148" s="36"/>
       <c r="H148" s="4"/>
     </row>
     <row r="149" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A149" s="25"/>
-[...5 lines deleted...]
-      <c r="G149" s="23"/>
+      <c r="A149" s="34"/>
+      <c r="B149" s="34"/>
+      <c r="C149" s="34"/>
+      <c r="D149" s="35"/>
+      <c r="E149" s="36"/>
+      <c r="F149" s="37"/>
+      <c r="G149" s="36"/>
       <c r="H149" s="4"/>
     </row>
     <row r="150" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A150" s="25"/>
-[...5 lines deleted...]
-      <c r="G150" s="23"/>
+      <c r="A150" s="34"/>
+      <c r="B150" s="34"/>
+      <c r="C150" s="34"/>
+      <c r="D150" s="35"/>
+      <c r="E150" s="36"/>
+      <c r="F150" s="37"/>
+      <c r="G150" s="36"/>
       <c r="H150" s="4"/>
     </row>
     <row r="151" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="23"/>
-[...5 lines deleted...]
-      <c r="G151" s="23"/>
+      <c r="A151" s="36"/>
+      <c r="B151" s="36"/>
+      <c r="C151" s="36"/>
+      <c r="D151" s="35"/>
+      <c r="E151" s="36"/>
+      <c r="F151" s="37"/>
+      <c r="G151" s="36"/>
       <c r="H151" s="4"/>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A152" s="23"/>
-[...5 lines deleted...]
-      <c r="G152" s="23"/>
+      <c r="A152" s="36"/>
+      <c r="B152" s="36"/>
+      <c r="C152" s="36"/>
+      <c r="D152" s="35"/>
+      <c r="E152" s="36"/>
+      <c r="F152" s="37"/>
+      <c r="G152" s="36"/>
       <c r="H152" s="4"/>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A153" s="23"/>
-[...5 lines deleted...]
-      <c r="G153" s="23"/>
+      <c r="A153" s="36"/>
+      <c r="B153" s="36"/>
+      <c r="C153" s="36"/>
+      <c r="D153" s="35"/>
+      <c r="E153" s="36"/>
+      <c r="F153" s="37"/>
+      <c r="G153" s="36"/>
       <c r="H153" s="4"/>
     </row>
     <row r="154" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A154" s="23"/>
-[...5 lines deleted...]
-      <c r="G154" s="23"/>
+      <c r="A154" s="36"/>
+      <c r="B154" s="36"/>
+      <c r="C154" s="36"/>
+      <c r="D154" s="35"/>
+      <c r="E154" s="36"/>
+      <c r="F154" s="37"/>
+      <c r="G154" s="36"/>
       <c r="H154" s="4"/>
     </row>
     <row r="155" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A155" s="23"/>
-[...5 lines deleted...]
-      <c r="G155" s="23"/>
+      <c r="A155" s="36"/>
+      <c r="B155" s="36"/>
+      <c r="C155" s="36"/>
+      <c r="D155" s="35"/>
+      <c r="E155" s="36"/>
+      <c r="F155" s="37"/>
+      <c r="G155" s="36"/>
       <c r="H155" s="4"/>
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A156" s="23"/>
-[...5 lines deleted...]
-      <c r="G156" s="23"/>
+      <c r="A156" s="36"/>
+      <c r="B156" s="36"/>
+      <c r="C156" s="36"/>
+      <c r="D156" s="35"/>
+      <c r="E156" s="36"/>
+      <c r="F156" s="37"/>
+      <c r="G156" s="36"/>
       <c r="H156" s="4"/>
     </row>
     <row r="157" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A157" s="23"/>
-[...5 lines deleted...]
-      <c r="G157" s="23"/>
+      <c r="A157" s="36"/>
+      <c r="B157" s="36"/>
+      <c r="C157" s="36"/>
+      <c r="D157" s="35"/>
+      <c r="E157" s="36"/>
+      <c r="F157" s="37"/>
+      <c r="G157" s="36"/>
       <c r="H157" s="4"/>
     </row>
     <row r="158" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A158" s="23"/>
-[...5 lines deleted...]
-      <c r="G158" s="23"/>
+      <c r="A158" s="36"/>
+      <c r="B158" s="36"/>
+      <c r="C158" s="36"/>
+      <c r="D158" s="35"/>
+      <c r="E158" s="36"/>
+      <c r="F158" s="37"/>
+      <c r="G158" s="36"/>
       <c r="H158" s="4"/>
     </row>
     <row r="159" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A159" s="23"/>
-[...5 lines deleted...]
-      <c r="G159" s="23"/>
+      <c r="A159" s="36"/>
+      <c r="B159" s="36"/>
+      <c r="C159" s="36"/>
+      <c r="D159" s="35"/>
+      <c r="E159" s="36"/>
+      <c r="F159" s="37"/>
+      <c r="G159" s="36"/>
       <c r="H159" s="4"/>
     </row>
     <row r="160" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A160" s="23"/>
-[...5 lines deleted...]
-      <c r="G160" s="23"/>
+      <c r="A160" s="36"/>
+      <c r="B160" s="36"/>
+      <c r="C160" s="36"/>
+      <c r="D160" s="35"/>
+      <c r="E160" s="36"/>
+      <c r="F160" s="37"/>
+      <c r="G160" s="36"/>
       <c r="H160" s="4"/>
     </row>
     <row r="161" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A161" s="23"/>
-[...5 lines deleted...]
-      <c r="G161" s="23"/>
+      <c r="A161" s="36"/>
+      <c r="B161" s="36"/>
+      <c r="C161" s="36"/>
+      <c r="D161" s="35"/>
+      <c r="E161" s="36"/>
+      <c r="F161" s="37"/>
+      <c r="G161" s="36"/>
       <c r="H161" s="4"/>
     </row>
     <row r="162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A162" s="10"/>
       <c r="B162" s="10"/>
       <c r="C162" s="10"/>
       <c r="D162" s="10"/>
       <c r="E162" s="10"/>
       <c r="F162" s="11"/>
       <c r="H162" s="13"/>
     </row>
     <row r="164" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="188" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F188" s="2">
         <f>5+9+1+12+6</f>
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="241">
-    <mergeCell ref="H7:H12"/>
-[...98 lines deleted...]
-    <mergeCell ref="F73:F74"/>
+    <mergeCell ref="F157:F161"/>
+    <mergeCell ref="G157:G161"/>
+    <mergeCell ref="G151:G156"/>
+    <mergeCell ref="A157:A161"/>
+    <mergeCell ref="B157:B161"/>
+    <mergeCell ref="C157:C161"/>
+    <mergeCell ref="D157:D161"/>
+    <mergeCell ref="E157:E161"/>
+    <mergeCell ref="G148:G150"/>
+    <mergeCell ref="A151:A156"/>
+    <mergeCell ref="B151:B156"/>
+    <mergeCell ref="C151:C156"/>
+    <mergeCell ref="D151:D156"/>
+    <mergeCell ref="E151:E156"/>
+    <mergeCell ref="A148:A150"/>
+    <mergeCell ref="B148:B150"/>
+    <mergeCell ref="C148:C150"/>
+    <mergeCell ref="D148:D150"/>
+    <mergeCell ref="E148:E150"/>
+    <mergeCell ref="C145:C147"/>
+    <mergeCell ref="D145:D147"/>
+    <mergeCell ref="E145:E147"/>
+    <mergeCell ref="G134:G139"/>
+    <mergeCell ref="A140:A144"/>
+    <mergeCell ref="B140:B144"/>
+    <mergeCell ref="C140:C144"/>
+    <mergeCell ref="D140:D144"/>
+    <mergeCell ref="E140:E144"/>
+    <mergeCell ref="G145:G147"/>
+    <mergeCell ref="G140:G144"/>
+    <mergeCell ref="A145:A147"/>
+    <mergeCell ref="B145:B147"/>
+    <mergeCell ref="G132:G133"/>
+    <mergeCell ref="A134:A139"/>
+    <mergeCell ref="B134:B139"/>
+    <mergeCell ref="C134:C139"/>
+    <mergeCell ref="D134:D139"/>
+    <mergeCell ref="E134:E139"/>
+    <mergeCell ref="G129:G131"/>
+    <mergeCell ref="A132:A133"/>
+    <mergeCell ref="B132:B133"/>
+    <mergeCell ref="C132:C133"/>
+    <mergeCell ref="D132:D133"/>
+    <mergeCell ref="E132:E133"/>
+    <mergeCell ref="G122:G128"/>
+    <mergeCell ref="A129:A131"/>
+    <mergeCell ref="B129:B131"/>
+    <mergeCell ref="C129:C131"/>
+    <mergeCell ref="D129:D131"/>
+    <mergeCell ref="E129:E131"/>
+    <mergeCell ref="A122:A128"/>
+    <mergeCell ref="B122:B128"/>
+    <mergeCell ref="C122:C128"/>
+    <mergeCell ref="D122:D128"/>
+    <mergeCell ref="E122:E128"/>
+    <mergeCell ref="B99:B105"/>
+    <mergeCell ref="C99:C105"/>
+    <mergeCell ref="D99:D105"/>
+    <mergeCell ref="E99:E105"/>
+    <mergeCell ref="G116:G118"/>
+    <mergeCell ref="G119:G121"/>
+    <mergeCell ref="A116:A118"/>
+    <mergeCell ref="B116:B118"/>
+    <mergeCell ref="C116:C118"/>
+    <mergeCell ref="D116:D118"/>
+    <mergeCell ref="E116:E118"/>
+    <mergeCell ref="F116:F118"/>
+    <mergeCell ref="F114:F115"/>
+    <mergeCell ref="G114:G115"/>
+    <mergeCell ref="A119:A121"/>
+    <mergeCell ref="B119:B121"/>
+    <mergeCell ref="C119:C121"/>
+    <mergeCell ref="D119:D121"/>
+    <mergeCell ref="E119:E121"/>
+    <mergeCell ref="A80:A83"/>
+    <mergeCell ref="B80:B83"/>
+    <mergeCell ref="C80:C83"/>
+    <mergeCell ref="D80:D83"/>
+    <mergeCell ref="E80:E83"/>
+    <mergeCell ref="G108:G113"/>
+    <mergeCell ref="A114:A115"/>
+    <mergeCell ref="B114:B115"/>
+    <mergeCell ref="C114:C115"/>
+    <mergeCell ref="D114:D115"/>
+    <mergeCell ref="E114:E115"/>
+    <mergeCell ref="G106:G107"/>
+    <mergeCell ref="G99:G105"/>
+    <mergeCell ref="A106:A107"/>
+    <mergeCell ref="B106:B107"/>
+    <mergeCell ref="C106:C107"/>
+    <mergeCell ref="D106:D107"/>
+    <mergeCell ref="E106:E107"/>
+    <mergeCell ref="A108:A113"/>
+    <mergeCell ref="B108:B113"/>
+    <mergeCell ref="C108:C113"/>
+    <mergeCell ref="D108:D113"/>
+    <mergeCell ref="E108:E113"/>
+    <mergeCell ref="A99:A105"/>
+    <mergeCell ref="A84:A91"/>
+    <mergeCell ref="B84:B91"/>
+    <mergeCell ref="C84:C91"/>
+    <mergeCell ref="D84:D91"/>
+    <mergeCell ref="E84:E91"/>
+    <mergeCell ref="A92:A98"/>
+    <mergeCell ref="B92:B98"/>
+    <mergeCell ref="C92:C98"/>
+    <mergeCell ref="D92:D98"/>
+    <mergeCell ref="E92:E98"/>
+    <mergeCell ref="G56:G58"/>
+    <mergeCell ref="G59:G61"/>
+    <mergeCell ref="G49:G52"/>
+    <mergeCell ref="G37:G42"/>
+    <mergeCell ref="G43:G47"/>
+    <mergeCell ref="G92:G98"/>
+    <mergeCell ref="G53:G55"/>
+    <mergeCell ref="G84:G91"/>
+    <mergeCell ref="G80:G83"/>
     <mergeCell ref="G26:G32"/>
     <mergeCell ref="G33:G36"/>
     <mergeCell ref="G19:G25"/>
     <mergeCell ref="G7:G12"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="F145:F147"/>
     <mergeCell ref="F148:F150"/>
     <mergeCell ref="F151:F156"/>
     <mergeCell ref="F140:F144"/>
     <mergeCell ref="F134:F139"/>
     <mergeCell ref="F129:F131"/>
     <mergeCell ref="F132:F133"/>
     <mergeCell ref="F122:F128"/>
     <mergeCell ref="F119:F121"/>
     <mergeCell ref="F108:F113"/>
     <mergeCell ref="F106:F107"/>
     <mergeCell ref="F99:F105"/>
     <mergeCell ref="F84:F91"/>
     <mergeCell ref="F92:F98"/>
     <mergeCell ref="F80:F83"/>
     <mergeCell ref="G73:G74"/>
     <mergeCell ref="G75:G79"/>
     <mergeCell ref="G62:G67"/>
     <mergeCell ref="G68:G72"/>
-    <mergeCell ref="G56:G58"/>
-[...115 lines deleted...]
-    <mergeCell ref="E148:E150"/>
+    <mergeCell ref="A75:A79"/>
+    <mergeCell ref="B75:B79"/>
+    <mergeCell ref="C75:C79"/>
+    <mergeCell ref="D75:D79"/>
+    <mergeCell ref="E75:E79"/>
+    <mergeCell ref="F75:F79"/>
+    <mergeCell ref="A73:A74"/>
+    <mergeCell ref="B73:B74"/>
+    <mergeCell ref="C73:C74"/>
+    <mergeCell ref="D73:D74"/>
+    <mergeCell ref="E73:E74"/>
+    <mergeCell ref="F73:F74"/>
+    <mergeCell ref="A68:A72"/>
+    <mergeCell ref="B68:B72"/>
+    <mergeCell ref="C68:C72"/>
+    <mergeCell ref="D68:D72"/>
+    <mergeCell ref="E68:E72"/>
+    <mergeCell ref="F68:F72"/>
+    <mergeCell ref="A62:A67"/>
+    <mergeCell ref="B62:B67"/>
+    <mergeCell ref="C62:C67"/>
+    <mergeCell ref="D62:D67"/>
+    <mergeCell ref="E62:E67"/>
+    <mergeCell ref="F62:F67"/>
+    <mergeCell ref="A59:A61"/>
+    <mergeCell ref="B59:B61"/>
+    <mergeCell ref="C59:C61"/>
+    <mergeCell ref="D59:D61"/>
+    <mergeCell ref="E59:E61"/>
+    <mergeCell ref="F59:F61"/>
+    <mergeCell ref="A56:A58"/>
+    <mergeCell ref="B56:B58"/>
+    <mergeCell ref="C56:C58"/>
+    <mergeCell ref="D56:D58"/>
+    <mergeCell ref="E56:E58"/>
+    <mergeCell ref="F56:F58"/>
+    <mergeCell ref="A49:A52"/>
+    <mergeCell ref="B49:B52"/>
+    <mergeCell ref="C49:C52"/>
+    <mergeCell ref="D49:D52"/>
+    <mergeCell ref="E49:E52"/>
+    <mergeCell ref="F49:F52"/>
+    <mergeCell ref="F53:F55"/>
+    <mergeCell ref="E53:E55"/>
+    <mergeCell ref="D53:D55"/>
+    <mergeCell ref="C53:C55"/>
+    <mergeCell ref="B53:B55"/>
+    <mergeCell ref="A53:A55"/>
+    <mergeCell ref="A43:A47"/>
+    <mergeCell ref="B43:B47"/>
+    <mergeCell ref="C43:C47"/>
+    <mergeCell ref="D43:D47"/>
+    <mergeCell ref="E43:E47"/>
+    <mergeCell ref="F43:F47"/>
+    <mergeCell ref="A37:A42"/>
+    <mergeCell ref="B37:B42"/>
+    <mergeCell ref="C37:C42"/>
+    <mergeCell ref="D37:D42"/>
+    <mergeCell ref="E37:E42"/>
+    <mergeCell ref="F37:F42"/>
+    <mergeCell ref="A19:A25"/>
+    <mergeCell ref="B19:B25"/>
+    <mergeCell ref="C19:C25"/>
+    <mergeCell ref="D19:D25"/>
+    <mergeCell ref="E19:E25"/>
+    <mergeCell ref="F19:F25"/>
+    <mergeCell ref="A33:A36"/>
+    <mergeCell ref="B33:B36"/>
+    <mergeCell ref="C33:C36"/>
+    <mergeCell ref="D33:D36"/>
+    <mergeCell ref="E33:E36"/>
+    <mergeCell ref="F33:F36"/>
+    <mergeCell ref="A26:A32"/>
+    <mergeCell ref="B26:B32"/>
+    <mergeCell ref="C26:C32"/>
+    <mergeCell ref="D26:D32"/>
+    <mergeCell ref="E26:E32"/>
+    <mergeCell ref="F26:F32"/>
+    <mergeCell ref="H7:H12"/>
+    <mergeCell ref="A7:A12"/>
+    <mergeCell ref="B7:B12"/>
+    <mergeCell ref="C7:C12"/>
+    <mergeCell ref="D7:D12"/>
+    <mergeCell ref="E7:E12"/>
+    <mergeCell ref="F7:F12"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:B6"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="E4:E6"/>
+    <mergeCell ref="F4:F6"/>
+    <mergeCell ref="G4:G6"/>
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="C1:C2"/>
+    <mergeCell ref="D1:D2"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="H4:H6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>