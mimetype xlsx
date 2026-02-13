--- v1 (2026-01-20)
+++ v2 (2026-02-13)
@@ -1,89 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ana.monjardim\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Usuário\PO\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90DE122A-13C9-4D53-80C5-429E8CAE6219}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19170" windowHeight="7965"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F188" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="39">
   <si>
     <t>UF</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t xml:space="preserve">CNES </t>
   </si>
   <si>
     <t>Estabelecimento</t>
   </si>
   <si>
     <t>Tipo da Habilitação</t>
   </si>
   <si>
     <t>Ano da Habilitação</t>
   </si>
   <si>
     <t>Códigos Habilitados</t>
   </si>
   <si>
     <t>SP</t>
   </si>
   <si>
@@ -144,296 +145,357 @@
     <t xml:space="preserve"> HOSPITAL DE BASE DE SÃO JOSÉ DO RIO PRETO</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Recife</t>
   </si>
   <si>
     <t>Nordeste</t>
   </si>
   <si>
     <t>0000434</t>
   </si>
   <si>
     <t>Instituto de Medicina Integral Prof Fernando Figueira (IMP)</t>
   </si>
   <si>
     <t>Ribeirão Preto</t>
   </si>
   <si>
     <t>2082187</t>
   </si>
   <si>
     <t>Hospital das Clínicas da Faculdade de Medicina de Ribeirão Preto</t>
+  </si>
+  <si>
+    <t>GO</t>
+  </si>
+  <si>
+    <t>Goiânia</t>
+  </si>
+  <si>
+    <t>965324</t>
+  </si>
+  <si>
+    <t>Hospital Estadual da Criança e do Adolescente -HECAD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
@@ -678,1810 +740,1826 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H188"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="G1" workbookViewId="0">
-      <selection activeCell="H26" sqref="H26"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="71.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="1" customWidth="1"/>
-    <col min="4" max="4" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.7109375" style="12" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="69.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.140625" style="2" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="15.5703125" style="12" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="33.42578125" style="12" customWidth="1"/>
     <col min="8" max="8" width="113.5703125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="71.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="28" t="s">
+      <c r="A1" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="28" t="s">
+      <c r="B1" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="30" t="s">
+      <c r="C1" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="D1" s="32" t="s">
+      <c r="D1" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="28" t="s">
+      <c r="E1" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="33" t="s">
+      <c r="F1" s="31" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="28" t="s">
+      <c r="G1" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="28" t="s">
+      <c r="H1" s="30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="28"/>
-[...9 lines deleted...]
-      <c r="A3" s="18" t="s">
+      <c r="A2" s="30"/>
+      <c r="B2" s="30"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="31"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="30"/>
+    </row>
+    <row r="3" spans="1:8" s="16" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="18" t="s">
+      <c r="B3" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C3" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="16">
+      <c r="D3" s="17">
         <v>2077396</v>
       </c>
-      <c r="E3" s="20" t="s">
+      <c r="E3" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="20" t="s">
+      <c r="F3" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="18">
+      <c r="G3" s="17">
         <v>2025</v>
       </c>
-      <c r="H3" s="20" t="s">
+      <c r="H3" s="19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="25" t="s">
+      <c r="A4" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="25" t="s">
+      <c r="B4" s="38" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="25" t="s">
+      <c r="C4" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="D4" s="27" t="s">
+      <c r="D4" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="25" t="s">
+      <c r="E4" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="26" t="s">
+      <c r="F4" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="G4" s="29">
+      <c r="G4" s="27">
         <v>2025</v>
       </c>
-      <c r="H4" s="25" t="s">
+      <c r="H4" s="23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="25"/>
-[...6 lines deleted...]
-      <c r="H5" s="25"/>
+      <c r="A5" s="23"/>
+      <c r="B5" s="38"/>
+      <c r="C5" s="39"/>
+      <c r="D5" s="50"/>
+      <c r="E5" s="46"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="23"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="25"/>
-[...4 lines deleted...]
-      <c r="F6" s="26"/>
+      <c r="A6" s="23"/>
+      <c r="B6" s="38"/>
+      <c r="C6" s="39"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="24"/>
       <c r="G6" s="29"/>
-      <c r="H6" s="25"/>
+      <c r="H6" s="23"/>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="26" t="s">
+      <c r="A7" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="26" t="s">
+      <c r="B7" s="49" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="26" t="s">
+      <c r="C7" s="40" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="27" t="s">
+      <c r="D7" s="50" t="s">
         <v>18</v>
       </c>
-      <c r="E7" s="25" t="s">
+      <c r="E7" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="F7" s="26" t="s">
+      <c r="F7" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="29">
+      <c r="G7" s="27">
         <v>2025</v>
       </c>
-      <c r="H7" s="25" t="s">
+      <c r="H7" s="23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="26"/>
-[...6 lines deleted...]
-      <c r="H8" s="25"/>
+      <c r="A8" s="24"/>
+      <c r="B8" s="49"/>
+      <c r="C8" s="41"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="28"/>
+      <c r="H8" s="23"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="26"/>
-[...6 lines deleted...]
-      <c r="H9" s="25"/>
+      <c r="A9" s="24"/>
+      <c r="B9" s="49"/>
+      <c r="C9" s="41"/>
+      <c r="D9" s="50"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="28"/>
+      <c r="H9" s="23"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="26"/>
-[...6 lines deleted...]
-      <c r="H10" s="25"/>
+      <c r="A10" s="24"/>
+      <c r="B10" s="49"/>
+      <c r="C10" s="41"/>
+      <c r="D10" s="50"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="23"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="26"/>
-[...6 lines deleted...]
-      <c r="H11" s="25"/>
+      <c r="A11" s="24"/>
+      <c r="B11" s="49"/>
+      <c r="C11" s="41"/>
+      <c r="D11" s="50"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="23"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="26"/>
-[...4 lines deleted...]
-      <c r="F12" s="26"/>
+      <c r="A12" s="24"/>
+      <c r="B12" s="49"/>
+      <c r="C12" s="42"/>
+      <c r="D12" s="50"/>
+      <c r="E12" s="47"/>
+      <c r="F12" s="24"/>
       <c r="G12" s="29"/>
-      <c r="H12" s="25"/>
+      <c r="H12" s="23"/>
     </row>
     <row r="13" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B13" s="14" t="s">
+      <c r="B13" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="14" t="s">
+      <c r="C13" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="D13" s="15" t="s">
+      <c r="D13" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="E13" s="14" t="s">
+      <c r="E13" s="43" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="G13" s="21">
+      <c r="G13" s="20">
         <v>2025</v>
       </c>
       <c r="H13" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="21" t="s">
+      <c r="A14" s="20" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="23" t="s">
+      <c r="C14" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="D14" s="24" t="s">
+      <c r="D14" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="E14" s="21" t="s">
+      <c r="E14" s="43" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="G14" s="21">
+      <c r="G14" s="20">
         <v>2025</v>
       </c>
       <c r="H14" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="5" t="s">
+      <c r="A15" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="5" t="s">
+      <c r="B15" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="4" t="s">
+      <c r="C15" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="D15" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="E15" s="5" t="s">
+      <c r="E15" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="F15" s="9" t="s">
+      <c r="F15" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="G15" s="5">
+      <c r="G15" s="20">
         <v>2025</v>
       </c>
-      <c r="H15" s="22" t="s">
+      <c r="H15" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="5"/>
-[...6 lines deleted...]
-      <c r="H16" s="4"/>
+      <c r="A16" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="43" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16" s="48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="20">
+        <v>2026</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="4"/>
       <c r="D17" s="6"/>
       <c r="E17" s="5"/>
       <c r="F17" s="9"/>
       <c r="G17" s="5"/>
       <c r="H17" s="4"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="5"/>
       <c r="B18" s="5"/>
       <c r="C18" s="4"/>
       <c r="D18" s="6"/>
       <c r="E18" s="5"/>
       <c r="F18" s="9"/>
       <c r="G18" s="5"/>
       <c r="H18" s="4"/>
     </row>
     <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="34"/>
-[...5 lines deleted...]
-      <c r="G19" s="36"/>
+      <c r="A19" s="32"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="33"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="35"/>
+      <c r="G19" s="34"/>
       <c r="H19" s="4"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="34"/>
-[...5 lines deleted...]
-      <c r="G20" s="36"/>
+      <c r="A20" s="32"/>
+      <c r="B20" s="32"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="33"/>
+      <c r="E20" s="34"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="34"/>
       <c r="H20" s="4"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="34"/>
-[...5 lines deleted...]
-      <c r="G21" s="36"/>
+      <c r="A21" s="32"/>
+      <c r="B21" s="32"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="33"/>
+      <c r="E21" s="34"/>
+      <c r="F21" s="35"/>
+      <c r="G21" s="34"/>
       <c r="H21" s="4"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="34"/>
-[...5 lines deleted...]
-      <c r="G22" s="36"/>
+      <c r="A22" s="32"/>
+      <c r="B22" s="32"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="33"/>
+      <c r="E22" s="34"/>
+      <c r="F22" s="35"/>
+      <c r="G22" s="34"/>
       <c r="H22" s="4"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="34"/>
-[...5 lines deleted...]
-      <c r="G23" s="36"/>
+      <c r="A23" s="32"/>
+      <c r="B23" s="32"/>
+      <c r="C23" s="32"/>
+      <c r="D23" s="33"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="35"/>
+      <c r="G23" s="34"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="34"/>
-[...5 lines deleted...]
-      <c r="G24" s="36"/>
+      <c r="A24" s="32"/>
+      <c r="B24" s="32"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="33"/>
+      <c r="E24" s="34"/>
+      <c r="F24" s="35"/>
+      <c r="G24" s="34"/>
       <c r="H24" s="4"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="34"/>
-[...5 lines deleted...]
-      <c r="G25" s="36"/>
+      <c r="A25" s="32"/>
+      <c r="B25" s="32"/>
+      <c r="C25" s="32"/>
+      <c r="D25" s="33"/>
+      <c r="E25" s="34"/>
+      <c r="F25" s="35"/>
+      <c r="G25" s="34"/>
       <c r="H25" s="4"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="34"/>
-[...5 lines deleted...]
-      <c r="G26" s="36"/>
+      <c r="A26" s="32"/>
+      <c r="B26" s="32"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="33"/>
+      <c r="E26" s="34"/>
+      <c r="F26"/>
+      <c r="G26" s="34"/>
       <c r="H26" s="4"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="34"/>
-[...5 lines deleted...]
-      <c r="G27" s="36"/>
+      <c r="A27" s="32"/>
+      <c r="B27" s="32"/>
+      <c r="C27" s="32"/>
+      <c r="D27" s="33"/>
+      <c r="E27" s="34"/>
+      <c r="F27"/>
+      <c r="G27" s="34"/>
       <c r="H27" s="4"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="34"/>
-[...5 lines deleted...]
-      <c r="G28" s="36"/>
+      <c r="A28" s="32"/>
+      <c r="B28" s="32"/>
+      <c r="C28" s="32"/>
+      <c r="D28" s="33"/>
+      <c r="E28" s="34"/>
+      <c r="F28"/>
+      <c r="G28" s="34"/>
       <c r="H28" s="4"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="34"/>
-[...5 lines deleted...]
-      <c r="G29" s="36"/>
+      <c r="A29" s="32"/>
+      <c r="B29" s="32"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="33"/>
+      <c r="E29" s="34"/>
+      <c r="F29"/>
+      <c r="G29" s="34"/>
       <c r="H29" s="4"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="34"/>
-[...5 lines deleted...]
-      <c r="G30" s="36"/>
+      <c r="A30" s="32"/>
+      <c r="B30" s="32"/>
+      <c r="C30" s="32"/>
+      <c r="D30" s="33"/>
+      <c r="E30" s="34"/>
+      <c r="F30"/>
+      <c r="G30" s="34"/>
       <c r="H30" s="4"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="34"/>
-[...5 lines deleted...]
-      <c r="G31" s="36"/>
+      <c r="A31" s="32"/>
+      <c r="B31" s="32"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="33"/>
+      <c r="E31" s="34"/>
+      <c r="F31"/>
+      <c r="G31" s="34"/>
       <c r="H31" s="4"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="34"/>
-[...5 lines deleted...]
-      <c r="G32" s="36"/>
+      <c r="A32" s="32"/>
+      <c r="B32" s="32"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="33"/>
+      <c r="E32" s="34"/>
+      <c r="F32"/>
+      <c r="G32" s="34"/>
       <c r="H32" s="4"/>
     </row>
     <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="34"/>
-[...5 lines deleted...]
-      <c r="G33" s="36"/>
+      <c r="A33" s="32"/>
+      <c r="B33" s="32"/>
+      <c r="C33" s="32"/>
+      <c r="D33" s="33"/>
+      <c r="E33" s="34"/>
+      <c r="F33" s="35"/>
+      <c r="G33" s="34"/>
       <c r="H33" s="4"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="34"/>
-[...5 lines deleted...]
-      <c r="G34" s="36"/>
+      <c r="A34" s="32"/>
+      <c r="B34" s="32"/>
+      <c r="C34" s="32"/>
+      <c r="D34" s="33"/>
+      <c r="E34" s="34"/>
+      <c r="F34" s="35"/>
+      <c r="G34" s="34"/>
       <c r="H34" s="4"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="34"/>
-[...5 lines deleted...]
-      <c r="G35" s="36"/>
+      <c r="A35" s="32"/>
+      <c r="B35" s="32"/>
+      <c r="C35" s="32"/>
+      <c r="D35" s="33"/>
+      <c r="E35" s="34"/>
+      <c r="F35" s="35"/>
+      <c r="G35" s="34"/>
       <c r="H35" s="4"/>
     </row>
     <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="34"/>
-[...5 lines deleted...]
-      <c r="G36" s="36"/>
+      <c r="A36" s="32"/>
+      <c r="B36" s="32"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="33"/>
+      <c r="E36" s="34"/>
+      <c r="F36" s="35"/>
+      <c r="G36" s="34"/>
       <c r="H36" s="4"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="34"/>
-[...5 lines deleted...]
-      <c r="G37" s="36"/>
+      <c r="A37" s="32"/>
+      <c r="B37" s="32"/>
+      <c r="C37" s="32"/>
+      <c r="D37" s="33"/>
+      <c r="E37" s="34"/>
+      <c r="F37" s="35"/>
+      <c r="G37" s="34"/>
       <c r="H37" s="4"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="34"/>
-[...5 lines deleted...]
-      <c r="G38" s="36"/>
+      <c r="A38" s="32"/>
+      <c r="B38" s="32"/>
+      <c r="C38" s="32"/>
+      <c r="D38" s="33"/>
+      <c r="E38" s="34"/>
+      <c r="F38" s="35"/>
+      <c r="G38" s="34"/>
       <c r="H38" s="4"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="34"/>
-[...5 lines deleted...]
-      <c r="G39" s="36"/>
+      <c r="A39" s="32"/>
+      <c r="B39" s="32"/>
+      <c r="C39" s="32"/>
+      <c r="D39" s="33"/>
+      <c r="E39" s="34"/>
+      <c r="F39" s="35"/>
+      <c r="G39" s="34"/>
       <c r="H39" s="4"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="34"/>
-[...5 lines deleted...]
-      <c r="G40" s="36"/>
+      <c r="A40" s="32"/>
+      <c r="B40" s="32"/>
+      <c r="C40" s="32"/>
+      <c r="D40" s="33"/>
+      <c r="E40" s="34"/>
+      <c r="F40" s="35"/>
+      <c r="G40" s="34"/>
       <c r="H40" s="4"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="34"/>
-[...5 lines deleted...]
-      <c r="G41" s="36"/>
+      <c r="A41" s="32"/>
+      <c r="B41" s="32"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="35"/>
+      <c r="G41" s="34"/>
       <c r="H41" s="4"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="34"/>
-[...5 lines deleted...]
-      <c r="G42" s="36"/>
+      <c r="A42" s="32"/>
+      <c r="B42" s="32"/>
+      <c r="C42" s="32"/>
+      <c r="D42" s="33"/>
+      <c r="E42" s="34"/>
+      <c r="F42" s="35"/>
+      <c r="G42" s="34"/>
       <c r="H42" s="4"/>
     </row>
     <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="36"/>
-[...5 lines deleted...]
-      <c r="G43" s="36"/>
+      <c r="A43" s="34"/>
+      <c r="B43" s="34"/>
+      <c r="C43" s="34"/>
+      <c r="D43" s="33"/>
+      <c r="E43" s="34"/>
+      <c r="F43" s="35"/>
+      <c r="G43" s="34"/>
       <c r="H43" s="4"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="36"/>
-[...5 lines deleted...]
-      <c r="G44" s="36"/>
+      <c r="A44" s="34"/>
+      <c r="B44" s="34"/>
+      <c r="C44" s="34"/>
+      <c r="D44" s="33"/>
+      <c r="E44" s="34"/>
+      <c r="F44" s="35"/>
+      <c r="G44" s="34"/>
       <c r="H44" s="4"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="36"/>
-[...5 lines deleted...]
-      <c r="G45" s="36"/>
+      <c r="A45" s="34"/>
+      <c r="B45" s="34"/>
+      <c r="C45" s="34"/>
+      <c r="D45" s="33"/>
+      <c r="E45" s="34"/>
+      <c r="F45" s="35"/>
+      <c r="G45" s="34"/>
       <c r="H45" s="4"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="36"/>
-[...5 lines deleted...]
-      <c r="G46" s="36"/>
+      <c r="A46" s="34"/>
+      <c r="B46" s="34"/>
+      <c r="C46" s="34"/>
+      <c r="D46" s="33"/>
+      <c r="E46" s="34"/>
+      <c r="F46" s="35"/>
+      <c r="G46" s="34"/>
       <c r="H46" s="4"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="36"/>
-[...5 lines deleted...]
-      <c r="G47" s="36"/>
+      <c r="A47" s="34"/>
+      <c r="B47" s="34"/>
+      <c r="C47" s="34"/>
+      <c r="D47" s="33"/>
+      <c r="E47" s="34"/>
+      <c r="F47" s="35"/>
+      <c r="G47" s="34"/>
       <c r="H47" s="4"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="8"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="6"/>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="5"/>
       <c r="H48" s="4"/>
     </row>
     <row r="49" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="36"/>
-[...5 lines deleted...]
-      <c r="G49" s="36"/>
+      <c r="A49" s="34"/>
+      <c r="B49" s="34"/>
+      <c r="C49" s="34"/>
+      <c r="D49" s="33"/>
+      <c r="E49" s="34"/>
+      <c r="F49" s="35"/>
+      <c r="G49" s="34"/>
       <c r="H49" s="4"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A50" s="36"/>
-[...5 lines deleted...]
-      <c r="G50" s="36"/>
+      <c r="A50" s="34"/>
+      <c r="B50" s="34"/>
+      <c r="C50" s="34"/>
+      <c r="D50" s="33"/>
+      <c r="E50" s="34"/>
+      <c r="F50" s="35"/>
+      <c r="G50" s="34"/>
       <c r="H50" s="4"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A51" s="36"/>
-[...5 lines deleted...]
-      <c r="G51" s="36"/>
+      <c r="A51" s="34"/>
+      <c r="B51" s="34"/>
+      <c r="C51" s="34"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="34"/>
+      <c r="F51" s="35"/>
+      <c r="G51" s="34"/>
       <c r="H51" s="4"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A52" s="36"/>
-[...5 lines deleted...]
-      <c r="G52" s="36"/>
+      <c r="A52" s="34"/>
+      <c r="B52" s="34"/>
+      <c r="C52" s="34"/>
+      <c r="D52" s="33"/>
+      <c r="E52" s="34"/>
+      <c r="F52" s="35"/>
+      <c r="G52" s="34"/>
       <c r="H52" s="4"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A53" s="36"/>
-[...5 lines deleted...]
-      <c r="G53" s="36"/>
+      <c r="A53" s="34"/>
+      <c r="B53" s="34"/>
+      <c r="C53" s="34"/>
+      <c r="D53" s="33"/>
+      <c r="E53" s="34"/>
+      <c r="F53" s="35"/>
+      <c r="G53" s="34"/>
       <c r="H53" s="4"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A54" s="36"/>
-[...5 lines deleted...]
-      <c r="G54" s="36"/>
+      <c r="A54" s="34"/>
+      <c r="B54" s="34"/>
+      <c r="C54" s="34"/>
+      <c r="D54" s="33"/>
+      <c r="E54" s="34"/>
+      <c r="F54" s="35"/>
+      <c r="G54" s="34"/>
       <c r="H54" s="4"/>
     </row>
     <row r="55" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="36"/>
-[...5 lines deleted...]
-      <c r="G55" s="36"/>
+      <c r="A55" s="34"/>
+      <c r="B55" s="34"/>
+      <c r="C55" s="34"/>
+      <c r="D55" s="33"/>
+      <c r="E55" s="34"/>
+      <c r="F55" s="35"/>
+      <c r="G55" s="34"/>
       <c r="H55" s="4"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A56" s="36"/>
-[...5 lines deleted...]
-      <c r="G56" s="36"/>
+      <c r="A56" s="34"/>
+      <c r="B56" s="34"/>
+      <c r="C56" s="34"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="34"/>
+      <c r="F56" s="36"/>
+      <c r="G56" s="34"/>
       <c r="H56" s="4"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A57" s="36"/>
-[...5 lines deleted...]
-      <c r="G57" s="36"/>
+      <c r="A57" s="34"/>
+      <c r="B57" s="34"/>
+      <c r="C57" s="34"/>
+      <c r="D57" s="33"/>
+      <c r="E57" s="34"/>
+      <c r="F57" s="36"/>
+      <c r="G57" s="34"/>
       <c r="H57" s="4"/>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A58" s="36"/>
-[...5 lines deleted...]
-      <c r="G58" s="36"/>
+      <c r="A58" s="34"/>
+      <c r="B58" s="34"/>
+      <c r="C58" s="34"/>
+      <c r="D58" s="33"/>
+      <c r="E58" s="34"/>
+      <c r="F58" s="36"/>
+      <c r="G58" s="34"/>
       <c r="H58" s="4"/>
     </row>
     <row r="59" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="36"/>
-[...5 lines deleted...]
-      <c r="G59" s="36"/>
+      <c r="A59" s="34"/>
+      <c r="B59" s="34"/>
+      <c r="C59" s="34"/>
+      <c r="D59" s="33"/>
+      <c r="E59" s="34"/>
+      <c r="F59" s="35"/>
+      <c r="G59" s="34"/>
       <c r="H59" s="4"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A60" s="36"/>
-[...5 lines deleted...]
-      <c r="G60" s="36"/>
+      <c r="A60" s="34"/>
+      <c r="B60" s="34"/>
+      <c r="C60" s="34"/>
+      <c r="D60" s="33"/>
+      <c r="E60" s="34"/>
+      <c r="F60" s="35"/>
+      <c r="G60" s="34"/>
       <c r="H60" s="4"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A61" s="36"/>
-[...5 lines deleted...]
-      <c r="G61" s="36"/>
+      <c r="A61" s="34"/>
+      <c r="B61" s="34"/>
+      <c r="C61" s="34"/>
+      <c r="D61" s="33"/>
+      <c r="E61" s="34"/>
+      <c r="F61" s="35"/>
+      <c r="G61" s="34"/>
       <c r="H61" s="4"/>
     </row>
     <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="36"/>
-[...5 lines deleted...]
-      <c r="G62" s="36"/>
+      <c r="A62" s="34"/>
+      <c r="B62" s="34"/>
+      <c r="C62" s="34"/>
+      <c r="D62" s="33"/>
+      <c r="E62" s="34"/>
+      <c r="F62" s="35"/>
+      <c r="G62" s="34"/>
       <c r="H62" s="4"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A63" s="36"/>
-[...5 lines deleted...]
-      <c r="G63" s="36"/>
+      <c r="A63" s="34"/>
+      <c r="B63" s="34"/>
+      <c r="C63" s="34"/>
+      <c r="D63" s="33"/>
+      <c r="E63" s="34"/>
+      <c r="F63" s="35"/>
+      <c r="G63" s="34"/>
       <c r="H63" s="4"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A64" s="36"/>
-[...5 lines deleted...]
-      <c r="G64" s="36"/>
+      <c r="A64" s="34"/>
+      <c r="B64" s="34"/>
+      <c r="C64" s="34"/>
+      <c r="D64" s="33"/>
+      <c r="E64" s="34"/>
+      <c r="F64" s="35"/>
+      <c r="G64" s="34"/>
       <c r="H64" s="4"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A65" s="36"/>
-[...5 lines deleted...]
-      <c r="G65" s="36"/>
+      <c r="A65" s="34"/>
+      <c r="B65" s="34"/>
+      <c r="C65" s="34"/>
+      <c r="D65" s="33"/>
+      <c r="E65" s="34"/>
+      <c r="F65" s="35"/>
+      <c r="G65" s="34"/>
       <c r="H65" s="4"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A66" s="36"/>
-[...5 lines deleted...]
-      <c r="G66" s="36"/>
+      <c r="A66" s="34"/>
+      <c r="B66" s="34"/>
+      <c r="C66" s="34"/>
+      <c r="D66" s="33"/>
+      <c r="E66" s="34"/>
+      <c r="F66" s="35"/>
+      <c r="G66" s="34"/>
       <c r="H66" s="4"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A67" s="36"/>
-[...5 lines deleted...]
-      <c r="G67" s="36"/>
+      <c r="A67" s="34"/>
+      <c r="B67" s="34"/>
+      <c r="C67" s="34"/>
+      <c r="D67" s="33"/>
+      <c r="E67" s="34"/>
+      <c r="F67" s="35"/>
+      <c r="G67" s="34"/>
       <c r="H67" s="4"/>
     </row>
     <row r="68" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="36"/>
-[...5 lines deleted...]
-      <c r="G68" s="36"/>
+      <c r="A68" s="34"/>
+      <c r="B68" s="34"/>
+      <c r="C68" s="34"/>
+      <c r="D68" s="33"/>
+      <c r="E68" s="34"/>
+      <c r="F68" s="35"/>
+      <c r="G68" s="34"/>
       <c r="H68" s="4"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A69" s="36"/>
-[...5 lines deleted...]
-      <c r="G69" s="36"/>
+      <c r="A69" s="34"/>
+      <c r="B69" s="34"/>
+      <c r="C69" s="34"/>
+      <c r="D69" s="33"/>
+      <c r="E69" s="34"/>
+      <c r="F69" s="35"/>
+      <c r="G69" s="34"/>
       <c r="H69" s="4"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A70" s="36"/>
-[...5 lines deleted...]
-      <c r="G70" s="36"/>
+      <c r="A70" s="34"/>
+      <c r="B70" s="34"/>
+      <c r="C70" s="34"/>
+      <c r="D70" s="33"/>
+      <c r="E70" s="34"/>
+      <c r="F70" s="35"/>
+      <c r="G70" s="34"/>
       <c r="H70" s="4"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A71" s="36"/>
-[...5 lines deleted...]
-      <c r="G71" s="36"/>
+      <c r="A71" s="34"/>
+      <c r="B71" s="34"/>
+      <c r="C71" s="34"/>
+      <c r="D71" s="33"/>
+      <c r="E71" s="34"/>
+      <c r="F71" s="35"/>
+      <c r="G71" s="34"/>
       <c r="H71" s="4"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A72" s="36"/>
-[...5 lines deleted...]
-      <c r="G72" s="36"/>
+      <c r="A72" s="34"/>
+      <c r="B72" s="34"/>
+      <c r="C72" s="34"/>
+      <c r="D72" s="33"/>
+      <c r="E72" s="34"/>
+      <c r="F72" s="35"/>
+      <c r="G72" s="34"/>
       <c r="H72" s="4"/>
     </row>
     <row r="73" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="36"/>
-[...5 lines deleted...]
-      <c r="G73" s="36"/>
+      <c r="A73" s="34"/>
+      <c r="B73" s="34"/>
+      <c r="C73" s="34"/>
+      <c r="D73" s="33"/>
+      <c r="E73" s="34"/>
+      <c r="F73" s="35"/>
+      <c r="G73" s="34"/>
       <c r="H73" s="4"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A74" s="36"/>
-[...5 lines deleted...]
-      <c r="G74" s="36"/>
+      <c r="A74" s="34"/>
+      <c r="B74" s="34"/>
+      <c r="C74" s="34"/>
+      <c r="D74" s="33"/>
+      <c r="E74" s="34"/>
+      <c r="F74" s="35"/>
+      <c r="G74" s="34"/>
       <c r="H74" s="4"/>
     </row>
     <row r="75" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="36"/>
-[...5 lines deleted...]
-      <c r="G75" s="36"/>
+      <c r="A75" s="34"/>
+      <c r="B75" s="37"/>
+      <c r="C75" s="32"/>
+      <c r="D75" s="33"/>
+      <c r="E75" s="34"/>
+      <c r="F75" s="35"/>
+      <c r="G75" s="34"/>
       <c r="H75" s="4"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A76" s="36"/>
-[...5 lines deleted...]
-      <c r="G76" s="36"/>
+      <c r="A76" s="34"/>
+      <c r="B76" s="37"/>
+      <c r="C76" s="32"/>
+      <c r="D76" s="33"/>
+      <c r="E76" s="34"/>
+      <c r="F76" s="35"/>
+      <c r="G76" s="34"/>
       <c r="H76" s="4"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A77" s="36"/>
-[...5 lines deleted...]
-      <c r="G77" s="36"/>
+      <c r="A77" s="34"/>
+      <c r="B77" s="37"/>
+      <c r="C77" s="32"/>
+      <c r="D77" s="33"/>
+      <c r="E77" s="34"/>
+      <c r="F77" s="35"/>
+      <c r="G77" s="34"/>
       <c r="H77" s="4"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A78" s="36"/>
-[...5 lines deleted...]
-      <c r="G78" s="36"/>
+      <c r="A78" s="34"/>
+      <c r="B78" s="37"/>
+      <c r="C78" s="32"/>
+      <c r="D78" s="33"/>
+      <c r="E78" s="34"/>
+      <c r="F78" s="35"/>
+      <c r="G78" s="34"/>
       <c r="H78" s="4"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A79" s="36"/>
-[...5 lines deleted...]
-      <c r="G79" s="36"/>
+      <c r="A79" s="34"/>
+      <c r="B79" s="37"/>
+      <c r="C79" s="32"/>
+      <c r="D79" s="33"/>
+      <c r="E79" s="34"/>
+      <c r="F79" s="35"/>
+      <c r="G79" s="34"/>
       <c r="H79" s="4"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A80" s="36"/>
-[...5 lines deleted...]
-      <c r="G80" s="36"/>
+      <c r="A80" s="34"/>
+      <c r="B80" s="34"/>
+      <c r="C80" s="34"/>
+      <c r="D80" s="33"/>
+      <c r="E80" s="34"/>
+      <c r="F80" s="35"/>
+      <c r="G80" s="34"/>
       <c r="H80" s="4"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A81" s="36"/>
-[...5 lines deleted...]
-      <c r="G81" s="36"/>
+      <c r="A81" s="34"/>
+      <c r="B81" s="34"/>
+      <c r="C81" s="34"/>
+      <c r="D81" s="33"/>
+      <c r="E81" s="34"/>
+      <c r="F81" s="35"/>
+      <c r="G81" s="34"/>
       <c r="H81" s="4"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A82" s="36"/>
-[...5 lines deleted...]
-      <c r="G82" s="36"/>
+      <c r="A82" s="34"/>
+      <c r="B82" s="34"/>
+      <c r="C82" s="34"/>
+      <c r="D82" s="33"/>
+      <c r="E82" s="34"/>
+      <c r="F82" s="35"/>
+      <c r="G82" s="34"/>
       <c r="H82" s="4"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="36"/>
-[...5 lines deleted...]
-      <c r="G83" s="36"/>
+      <c r="A83" s="34"/>
+      <c r="B83" s="34"/>
+      <c r="C83" s="34"/>
+      <c r="D83" s="33"/>
+      <c r="E83" s="34"/>
+      <c r="F83" s="35"/>
+      <c r="G83" s="34"/>
       <c r="H83" s="4"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="36"/>
-[...5 lines deleted...]
-      <c r="G84" s="36"/>
+      <c r="A84" s="34"/>
+      <c r="B84" s="34"/>
+      <c r="C84" s="34"/>
+      <c r="D84" s="33"/>
+      <c r="E84" s="34"/>
+      <c r="F84" s="35"/>
+      <c r="G84" s="34"/>
       <c r="H84" s="4"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="36"/>
-[...5 lines deleted...]
-      <c r="G85" s="36"/>
+      <c r="A85" s="34"/>
+      <c r="B85" s="34"/>
+      <c r="C85" s="34"/>
+      <c r="D85" s="33"/>
+      <c r="E85" s="34"/>
+      <c r="F85" s="35"/>
+      <c r="G85" s="34"/>
       <c r="H85" s="4"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="36"/>
-[...5 lines deleted...]
-      <c r="G86" s="36"/>
+      <c r="A86" s="34"/>
+      <c r="B86" s="34"/>
+      <c r="C86" s="34"/>
+      <c r="D86" s="33"/>
+      <c r="E86" s="34"/>
+      <c r="F86" s="35"/>
+      <c r="G86" s="34"/>
       <c r="H86" s="4"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="36"/>
-[...5 lines deleted...]
-      <c r="G87" s="36"/>
+      <c r="A87" s="34"/>
+      <c r="B87" s="34"/>
+      <c r="C87" s="34"/>
+      <c r="D87" s="33"/>
+      <c r="E87" s="34"/>
+      <c r="F87" s="35"/>
+      <c r="G87" s="34"/>
       <c r="H87" s="4"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="36"/>
-[...5 lines deleted...]
-      <c r="G88" s="36"/>
+      <c r="A88" s="34"/>
+      <c r="B88" s="34"/>
+      <c r="C88" s="34"/>
+      <c r="D88" s="33"/>
+      <c r="E88" s="34"/>
+      <c r="F88" s="35"/>
+      <c r="G88" s="34"/>
       <c r="H88" s="4"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A89" s="36"/>
-[...5 lines deleted...]
-      <c r="G89" s="36"/>
+      <c r="A89" s="34"/>
+      <c r="B89" s="34"/>
+      <c r="C89" s="34"/>
+      <c r="D89" s="33"/>
+      <c r="E89" s="34"/>
+      <c r="F89" s="35"/>
+      <c r="G89" s="34"/>
       <c r="H89" s="4"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A90" s="36"/>
-[...5 lines deleted...]
-      <c r="G90" s="36"/>
+      <c r="A90" s="34"/>
+      <c r="B90" s="34"/>
+      <c r="C90" s="34"/>
+      <c r="D90" s="33"/>
+      <c r="E90" s="34"/>
+      <c r="F90" s="35"/>
+      <c r="G90" s="34"/>
       <c r="H90" s="4"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A91" s="36"/>
-[...5 lines deleted...]
-      <c r="G91" s="36"/>
+      <c r="A91" s="34"/>
+      <c r="B91" s="34"/>
+      <c r="C91" s="34"/>
+      <c r="D91" s="33"/>
+      <c r="E91" s="34"/>
+      <c r="F91" s="35"/>
+      <c r="G91" s="34"/>
       <c r="H91" s="4"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A92" s="36"/>
-[...5 lines deleted...]
-      <c r="G92" s="36"/>
+      <c r="A92" s="34"/>
+      <c r="B92" s="34"/>
+      <c r="C92" s="34"/>
+      <c r="D92" s="33"/>
+      <c r="E92" s="34"/>
+      <c r="F92" s="35"/>
+      <c r="G92" s="34"/>
       <c r="H92" s="4"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A93" s="36"/>
-[...5 lines deleted...]
-      <c r="G93" s="36"/>
+      <c r="A93" s="34"/>
+      <c r="B93" s="34"/>
+      <c r="C93" s="34"/>
+      <c r="D93" s="33"/>
+      <c r="E93" s="34"/>
+      <c r="F93" s="35"/>
+      <c r="G93" s="34"/>
       <c r="H93" s="4"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A94" s="36"/>
-[...5 lines deleted...]
-      <c r="G94" s="36"/>
+      <c r="A94" s="34"/>
+      <c r="B94" s="34"/>
+      <c r="C94" s="34"/>
+      <c r="D94" s="33"/>
+      <c r="E94" s="34"/>
+      <c r="F94" s="35"/>
+      <c r="G94" s="34"/>
       <c r="H94" s="4"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A95" s="36"/>
-[...5 lines deleted...]
-      <c r="G95" s="36"/>
+      <c r="A95" s="34"/>
+      <c r="B95" s="34"/>
+      <c r="C95" s="34"/>
+      <c r="D95" s="33"/>
+      <c r="E95" s="34"/>
+      <c r="F95" s="35"/>
+      <c r="G95" s="34"/>
       <c r="H95" s="4"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A96" s="36"/>
-[...5 lines deleted...]
-      <c r="G96" s="36"/>
+      <c r="A96" s="34"/>
+      <c r="B96" s="34"/>
+      <c r="C96" s="34"/>
+      <c r="D96" s="33"/>
+      <c r="E96" s="34"/>
+      <c r="F96" s="35"/>
+      <c r="G96" s="34"/>
       <c r="H96" s="4"/>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A97" s="36"/>
-[...5 lines deleted...]
-      <c r="G97" s="36"/>
+      <c r="A97" s="34"/>
+      <c r="B97" s="34"/>
+      <c r="C97" s="34"/>
+      <c r="D97" s="33"/>
+      <c r="E97" s="34"/>
+      <c r="F97" s="35"/>
+      <c r="G97" s="34"/>
       <c r="H97" s="4"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A98" s="36"/>
-[...5 lines deleted...]
-      <c r="G98" s="36"/>
+      <c r="A98" s="34"/>
+      <c r="B98" s="34"/>
+      <c r="C98" s="34"/>
+      <c r="D98" s="33"/>
+      <c r="E98" s="34"/>
+      <c r="F98" s="35"/>
+      <c r="G98" s="34"/>
       <c r="H98" s="4"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A99" s="36"/>
-[...5 lines deleted...]
-      <c r="G99" s="36"/>
+      <c r="A99" s="34"/>
+      <c r="B99" s="34"/>
+      <c r="C99" s="34"/>
+      <c r="D99" s="33"/>
+      <c r="E99" s="34"/>
+      <c r="F99" s="35"/>
+      <c r="G99" s="34"/>
       <c r="H99" s="4"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A100" s="36"/>
-[...5 lines deleted...]
-      <c r="G100" s="36"/>
+      <c r="A100" s="34"/>
+      <c r="B100" s="34"/>
+      <c r="C100" s="34"/>
+      <c r="D100" s="33"/>
+      <c r="E100" s="34"/>
+      <c r="F100" s="35"/>
+      <c r="G100" s="34"/>
       <c r="H100" s="4"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A101" s="36"/>
-[...5 lines deleted...]
-      <c r="G101" s="36"/>
+      <c r="A101" s="34"/>
+      <c r="B101" s="34"/>
+      <c r="C101" s="34"/>
+      <c r="D101" s="33"/>
+      <c r="E101" s="34"/>
+      <c r="F101" s="35"/>
+      <c r="G101" s="34"/>
       <c r="H101" s="4"/>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A102" s="36"/>
-[...5 lines deleted...]
-      <c r="G102" s="36"/>
+      <c r="A102" s="34"/>
+      <c r="B102" s="34"/>
+      <c r="C102" s="34"/>
+      <c r="D102" s="33"/>
+      <c r="E102" s="34"/>
+      <c r="F102" s="35"/>
+      <c r="G102" s="34"/>
       <c r="H102" s="4"/>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A103" s="36"/>
-[...5 lines deleted...]
-      <c r="G103" s="36"/>
+      <c r="A103" s="34"/>
+      <c r="B103" s="34"/>
+      <c r="C103" s="34"/>
+      <c r="D103" s="33"/>
+      <c r="E103" s="34"/>
+      <c r="F103" s="35"/>
+      <c r="G103" s="34"/>
       <c r="H103" s="4"/>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A104" s="36"/>
-[...5 lines deleted...]
-      <c r="G104" s="36"/>
+      <c r="A104" s="34"/>
+      <c r="B104" s="34"/>
+      <c r="C104" s="34"/>
+      <c r="D104" s="33"/>
+      <c r="E104" s="34"/>
+      <c r="F104" s="35"/>
+      <c r="G104" s="34"/>
       <c r="H104" s="4"/>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A105" s="36"/>
-[...5 lines deleted...]
-      <c r="G105" s="36"/>
+      <c r="A105" s="34"/>
+      <c r="B105" s="34"/>
+      <c r="C105" s="34"/>
+      <c r="D105" s="33"/>
+      <c r="E105" s="34"/>
+      <c r="F105" s="35"/>
+      <c r="G105" s="34"/>
       <c r="H105" s="4"/>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A106" s="36"/>
-[...5 lines deleted...]
-      <c r="G106" s="36"/>
+      <c r="A106" s="34"/>
+      <c r="B106" s="34"/>
+      <c r="C106" s="34"/>
+      <c r="D106" s="33"/>
+      <c r="E106" s="34"/>
+      <c r="F106" s="35"/>
+      <c r="G106" s="34"/>
       <c r="H106" s="4"/>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A107" s="36"/>
-[...5 lines deleted...]
-      <c r="G107" s="36"/>
+      <c r="A107" s="34"/>
+      <c r="B107" s="34"/>
+      <c r="C107" s="34"/>
+      <c r="D107" s="33"/>
+      <c r="E107" s="34"/>
+      <c r="F107" s="35"/>
+      <c r="G107" s="34"/>
       <c r="H107" s="4"/>
     </row>
     <row r="108" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="36"/>
-[...5 lines deleted...]
-      <c r="G108" s="36"/>
+      <c r="A108" s="34"/>
+      <c r="B108" s="34"/>
+      <c r="C108" s="34"/>
+      <c r="D108" s="33"/>
+      <c r="E108" s="34"/>
+      <c r="F108" s="35"/>
+      <c r="G108" s="34"/>
       <c r="H108" s="4"/>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A109" s="36"/>
-[...5 lines deleted...]
-      <c r="G109" s="36"/>
+      <c r="A109" s="34"/>
+      <c r="B109" s="34"/>
+      <c r="C109" s="34"/>
+      <c r="D109" s="33"/>
+      <c r="E109" s="34"/>
+      <c r="F109" s="35"/>
+      <c r="G109" s="34"/>
       <c r="H109" s="4"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A110" s="36"/>
-[...5 lines deleted...]
-      <c r="G110" s="36"/>
+      <c r="A110" s="34"/>
+      <c r="B110" s="34"/>
+      <c r="C110" s="34"/>
+      <c r="D110" s="33"/>
+      <c r="E110" s="34"/>
+      <c r="F110" s="35"/>
+      <c r="G110" s="34"/>
       <c r="H110" s="4"/>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A111" s="36"/>
-[...5 lines deleted...]
-      <c r="G111" s="36"/>
+      <c r="A111" s="34"/>
+      <c r="B111" s="34"/>
+      <c r="C111" s="34"/>
+      <c r="D111" s="33"/>
+      <c r="E111" s="34"/>
+      <c r="F111" s="35"/>
+      <c r="G111" s="34"/>
       <c r="H111" s="4"/>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A112" s="36"/>
-[...5 lines deleted...]
-      <c r="G112" s="36"/>
+      <c r="A112" s="34"/>
+      <c r="B112" s="34"/>
+      <c r="C112" s="34"/>
+      <c r="D112" s="33"/>
+      <c r="E112" s="34"/>
+      <c r="F112" s="35"/>
+      <c r="G112" s="34"/>
       <c r="H112" s="4"/>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A113" s="36"/>
-[...5 lines deleted...]
-      <c r="G113" s="36"/>
+      <c r="A113" s="34"/>
+      <c r="B113" s="34"/>
+      <c r="C113" s="34"/>
+      <c r="D113" s="33"/>
+      <c r="E113" s="34"/>
+      <c r="F113" s="35"/>
+      <c r="G113" s="34"/>
       <c r="H113" s="4"/>
     </row>
     <row r="114" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="36"/>
-[...5 lines deleted...]
-      <c r="G114" s="36"/>
+      <c r="A114" s="34"/>
+      <c r="B114" s="34"/>
+      <c r="C114" s="34"/>
+      <c r="D114" s="33"/>
+      <c r="E114" s="34"/>
+      <c r="F114" s="35"/>
+      <c r="G114" s="34"/>
       <c r="H114" s="4"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A115" s="36"/>
-[...5 lines deleted...]
-      <c r="G115" s="36"/>
+      <c r="A115" s="34"/>
+      <c r="B115" s="34"/>
+      <c r="C115" s="34"/>
+      <c r="D115" s="33"/>
+      <c r="E115" s="34"/>
+      <c r="F115" s="35"/>
+      <c r="G115" s="34"/>
       <c r="H115" s="4"/>
     </row>
     <row r="116" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="36"/>
-[...5 lines deleted...]
-      <c r="G116" s="36"/>
+      <c r="A116" s="34"/>
+      <c r="B116" s="34"/>
+      <c r="C116" s="34"/>
+      <c r="D116" s="33"/>
+      <c r="E116" s="34"/>
+      <c r="F116" s="35"/>
+      <c r="G116" s="34"/>
       <c r="H116" s="4"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A117" s="36"/>
-[...5 lines deleted...]
-      <c r="G117" s="36"/>
+      <c r="A117" s="34"/>
+      <c r="B117" s="34"/>
+      <c r="C117" s="34"/>
+      <c r="D117" s="33"/>
+      <c r="E117" s="34"/>
+      <c r="F117" s="35"/>
+      <c r="G117" s="34"/>
       <c r="H117" s="4"/>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A118" s="36"/>
-[...5 lines deleted...]
-      <c r="G118" s="36"/>
+      <c r="A118" s="34"/>
+      <c r="B118" s="34"/>
+      <c r="C118" s="34"/>
+      <c r="D118" s="33"/>
+      <c r="E118" s="34"/>
+      <c r="F118" s="35"/>
+      <c r="G118" s="34"/>
       <c r="H118" s="4"/>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A119" s="36"/>
-[...5 lines deleted...]
-      <c r="G119" s="36"/>
+      <c r="A119" s="34"/>
+      <c r="B119" s="34"/>
+      <c r="C119" s="34"/>
+      <c r="D119" s="33"/>
+      <c r="E119" s="34"/>
+      <c r="F119" s="35"/>
+      <c r="G119" s="34"/>
       <c r="H119" s="4"/>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A120" s="36"/>
-[...5 lines deleted...]
-      <c r="G120" s="36"/>
+      <c r="A120" s="34"/>
+      <c r="B120" s="34"/>
+      <c r="C120" s="34"/>
+      <c r="D120" s="33"/>
+      <c r="E120" s="34"/>
+      <c r="F120" s="35"/>
+      <c r="G120" s="34"/>
       <c r="H120" s="4"/>
     </row>
     <row r="121" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A121" s="36"/>
-[...5 lines deleted...]
-      <c r="G121" s="36"/>
+      <c r="A121" s="34"/>
+      <c r="B121" s="34"/>
+      <c r="C121" s="34"/>
+      <c r="D121" s="33"/>
+      <c r="E121" s="34"/>
+      <c r="F121" s="35"/>
+      <c r="G121" s="34"/>
       <c r="H121" s="4"/>
     </row>
     <row r="122" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="36"/>
-[...5 lines deleted...]
-      <c r="G122" s="36"/>
+      <c r="A122" s="34"/>
+      <c r="B122" s="34"/>
+      <c r="C122" s="34"/>
+      <c r="D122" s="51"/>
+      <c r="E122" s="34"/>
+      <c r="F122" s="35"/>
+      <c r="G122" s="34"/>
       <c r="H122" s="4"/>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A123" s="36"/>
-[...5 lines deleted...]
-      <c r="G123" s="36"/>
+      <c r="A123" s="34"/>
+      <c r="B123" s="34"/>
+      <c r="C123" s="34"/>
+      <c r="D123" s="51"/>
+      <c r="E123" s="34"/>
+      <c r="F123" s="35"/>
+      <c r="G123" s="34"/>
       <c r="H123" s="4"/>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A124" s="36"/>
-[...5 lines deleted...]
-      <c r="G124" s="36"/>
+      <c r="A124" s="34"/>
+      <c r="B124" s="34"/>
+      <c r="C124" s="34"/>
+      <c r="D124" s="51"/>
+      <c r="E124" s="34"/>
+      <c r="F124" s="35"/>
+      <c r="G124" s="34"/>
       <c r="H124" s="4"/>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A125" s="36"/>
-[...5 lines deleted...]
-      <c r="G125" s="36"/>
+      <c r="A125" s="34"/>
+      <c r="B125" s="34"/>
+      <c r="C125" s="34"/>
+      <c r="D125" s="51"/>
+      <c r="E125" s="34"/>
+      <c r="F125" s="35"/>
+      <c r="G125" s="34"/>
       <c r="H125" s="4"/>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A126" s="36"/>
-[...5 lines deleted...]
-      <c r="G126" s="36"/>
+      <c r="A126" s="34"/>
+      <c r="B126" s="34"/>
+      <c r="C126" s="34"/>
+      <c r="D126" s="51"/>
+      <c r="E126" s="34"/>
+      <c r="F126" s="35"/>
+      <c r="G126" s="34"/>
       <c r="H126" s="4"/>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A127" s="36"/>
-[...5 lines deleted...]
-      <c r="G127" s="36"/>
+      <c r="A127" s="34"/>
+      <c r="B127" s="34"/>
+      <c r="C127" s="34"/>
+      <c r="D127" s="51"/>
+      <c r="E127" s="34"/>
+      <c r="F127" s="35"/>
+      <c r="G127" s="34"/>
       <c r="H127" s="4"/>
     </row>
     <row r="128" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A128" s="36"/>
-[...5 lines deleted...]
-      <c r="G128" s="36"/>
+      <c r="A128" s="34"/>
+      <c r="B128" s="34"/>
+      <c r="C128" s="34"/>
+      <c r="D128" s="51"/>
+      <c r="E128" s="34"/>
+      <c r="F128" s="35"/>
+      <c r="G128" s="34"/>
       <c r="H128" s="4"/>
     </row>
     <row r="129" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="36"/>
-[...5 lines deleted...]
-      <c r="G129" s="36"/>
+      <c r="A129" s="34"/>
+      <c r="B129" s="34"/>
+      <c r="C129" s="34"/>
+      <c r="D129" s="33"/>
+      <c r="E129" s="34"/>
+      <c r="F129" s="35"/>
+      <c r="G129" s="34"/>
       <c r="H129" s="4"/>
     </row>
     <row r="130" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A130" s="36"/>
-[...5 lines deleted...]
-      <c r="G130" s="36"/>
+      <c r="A130" s="34"/>
+      <c r="B130" s="34"/>
+      <c r="C130" s="34"/>
+      <c r="D130" s="33"/>
+      <c r="E130" s="34"/>
+      <c r="F130" s="35"/>
+      <c r="G130" s="34"/>
       <c r="H130" s="4"/>
     </row>
     <row r="131" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A131" s="36"/>
-[...5 lines deleted...]
-      <c r="G131" s="36"/>
+      <c r="A131" s="34"/>
+      <c r="B131" s="34"/>
+      <c r="C131" s="34"/>
+      <c r="D131" s="33"/>
+      <c r="E131" s="34"/>
+      <c r="F131" s="35"/>
+      <c r="G131" s="34"/>
       <c r="H131" s="4"/>
     </row>
     <row r="132" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="36"/>
-[...5 lines deleted...]
-      <c r="G132" s="36"/>
+      <c r="A132" s="34"/>
+      <c r="B132" s="34"/>
+      <c r="C132" s="34"/>
+      <c r="D132" s="33"/>
+      <c r="E132" s="34"/>
+      <c r="F132" s="35"/>
+      <c r="G132" s="34"/>
       <c r="H132" s="4"/>
     </row>
     <row r="133" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A133" s="36"/>
-[...5 lines deleted...]
-      <c r="G133" s="36"/>
+      <c r="A133" s="34"/>
+      <c r="B133" s="34"/>
+      <c r="C133" s="34"/>
+      <c r="D133" s="33"/>
+      <c r="E133" s="34"/>
+      <c r="F133" s="35"/>
+      <c r="G133" s="34"/>
       <c r="H133" s="4"/>
     </row>
     <row r="134" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A134" s="34"/>
-[...5 lines deleted...]
-      <c r="G134" s="36"/>
+      <c r="A134" s="32"/>
+      <c r="B134" s="32"/>
+      <c r="C134" s="32"/>
+      <c r="D134" s="33"/>
+      <c r="E134" s="34"/>
+      <c r="F134" s="35"/>
+      <c r="G134" s="34"/>
       <c r="H134" s="4"/>
     </row>
     <row r="135" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A135" s="34"/>
-[...5 lines deleted...]
-      <c r="G135" s="36"/>
+      <c r="A135" s="32"/>
+      <c r="B135" s="32"/>
+      <c r="C135" s="32"/>
+      <c r="D135" s="33"/>
+      <c r="E135" s="34"/>
+      <c r="F135" s="35"/>
+      <c r="G135" s="34"/>
       <c r="H135" s="4"/>
     </row>
     <row r="136" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A136" s="34"/>
-[...5 lines deleted...]
-      <c r="G136" s="36"/>
+      <c r="A136" s="32"/>
+      <c r="B136" s="32"/>
+      <c r="C136" s="32"/>
+      <c r="D136" s="33"/>
+      <c r="E136" s="34"/>
+      <c r="F136" s="35"/>
+      <c r="G136" s="34"/>
       <c r="H136" s="4"/>
     </row>
     <row r="137" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A137" s="34"/>
-[...5 lines deleted...]
-      <c r="G137" s="36"/>
+      <c r="A137" s="32"/>
+      <c r="B137" s="32"/>
+      <c r="C137" s="32"/>
+      <c r="D137" s="33"/>
+      <c r="E137" s="34"/>
+      <c r="F137" s="35"/>
+      <c r="G137" s="34"/>
       <c r="H137" s="4"/>
     </row>
     <row r="138" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A138" s="34"/>
-[...5 lines deleted...]
-      <c r="G138" s="36"/>
+      <c r="A138" s="32"/>
+      <c r="B138" s="32"/>
+      <c r="C138" s="32"/>
+      <c r="D138" s="33"/>
+      <c r="E138" s="34"/>
+      <c r="F138" s="35"/>
+      <c r="G138" s="34"/>
       <c r="H138" s="4"/>
     </row>
     <row r="139" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A139" s="34"/>
-[...5 lines deleted...]
-      <c r="G139" s="36"/>
+      <c r="A139" s="32"/>
+      <c r="B139" s="32"/>
+      <c r="C139" s="32"/>
+      <c r="D139" s="33"/>
+      <c r="E139" s="34"/>
+      <c r="F139" s="35"/>
+      <c r="G139" s="34"/>
       <c r="H139" s="4"/>
     </row>
     <row r="140" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="34"/>
-[...5 lines deleted...]
-      <c r="G140" s="36"/>
+      <c r="A140" s="32"/>
+      <c r="B140" s="32"/>
+      <c r="C140" s="32"/>
+      <c r="D140" s="33"/>
+      <c r="E140" s="34"/>
+      <c r="F140" s="35"/>
+      <c r="G140" s="34"/>
       <c r="H140" s="4"/>
     </row>
     <row r="141" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A141" s="34"/>
-[...5 lines deleted...]
-      <c r="G141" s="36"/>
+      <c r="A141" s="32"/>
+      <c r="B141" s="32"/>
+      <c r="C141" s="32"/>
+      <c r="D141" s="33"/>
+      <c r="E141" s="34"/>
+      <c r="F141" s="35"/>
+      <c r="G141" s="34"/>
       <c r="H141" s="4"/>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A142" s="34"/>
-[...5 lines deleted...]
-      <c r="G142" s="36"/>
+      <c r="A142" s="32"/>
+      <c r="B142" s="32"/>
+      <c r="C142" s="32"/>
+      <c r="D142" s="33"/>
+      <c r="E142" s="34"/>
+      <c r="F142" s="35"/>
+      <c r="G142" s="34"/>
       <c r="H142" s="4"/>
     </row>
     <row r="143" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A143" s="34"/>
-[...5 lines deleted...]
-      <c r="G143" s="36"/>
+      <c r="A143" s="32"/>
+      <c r="B143" s="32"/>
+      <c r="C143" s="32"/>
+      <c r="D143" s="33"/>
+      <c r="E143" s="34"/>
+      <c r="F143" s="35"/>
+      <c r="G143" s="34"/>
       <c r="H143" s="4"/>
     </row>
     <row r="144" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A144" s="34"/>
-[...5 lines deleted...]
-      <c r="G144" s="36"/>
+      <c r="A144" s="32"/>
+      <c r="B144" s="32"/>
+      <c r="C144" s="32"/>
+      <c r="D144" s="33"/>
+      <c r="E144" s="34"/>
+      <c r="F144" s="35"/>
+      <c r="G144" s="34"/>
       <c r="H144" s="4"/>
     </row>
     <row r="145" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="34"/>
-[...5 lines deleted...]
-      <c r="G145" s="36"/>
+      <c r="A145" s="32"/>
+      <c r="B145" s="32"/>
+      <c r="C145" s="32"/>
+      <c r="D145" s="33"/>
+      <c r="E145" s="34"/>
+      <c r="F145" s="35"/>
+      <c r="G145" s="34"/>
       <c r="H145" s="4"/>
     </row>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A146" s="34"/>
-[...5 lines deleted...]
-      <c r="G146" s="36"/>
+      <c r="A146" s="32"/>
+      <c r="B146" s="32"/>
+      <c r="C146" s="32"/>
+      <c r="D146" s="33"/>
+      <c r="E146" s="34"/>
+      <c r="F146" s="35"/>
+      <c r="G146" s="34"/>
       <c r="H146" s="4"/>
     </row>
     <row r="147" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A147" s="34"/>
-[...5 lines deleted...]
-      <c r="G147" s="36"/>
+      <c r="A147" s="32"/>
+      <c r="B147" s="32"/>
+      <c r="C147" s="32"/>
+      <c r="D147" s="33"/>
+      <c r="E147" s="34"/>
+      <c r="F147" s="35"/>
+      <c r="G147" s="34"/>
       <c r="H147" s="4"/>
     </row>
     <row r="148" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="34"/>
-[...5 lines deleted...]
-      <c r="G148" s="36"/>
+      <c r="A148" s="32"/>
+      <c r="B148" s="32"/>
+      <c r="C148" s="32"/>
+      <c r="D148" s="33"/>
+      <c r="E148" s="34"/>
+      <c r="F148" s="35"/>
+      <c r="G148" s="34"/>
       <c r="H148" s="4"/>
     </row>
     <row r="149" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A149" s="34"/>
-[...5 lines deleted...]
-      <c r="G149" s="36"/>
+      <c r="A149" s="32"/>
+      <c r="B149" s="32"/>
+      <c r="C149" s="32"/>
+      <c r="D149" s="33"/>
+      <c r="E149" s="34"/>
+      <c r="F149" s="35"/>
+      <c r="G149" s="34"/>
       <c r="H149" s="4"/>
     </row>
     <row r="150" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A150" s="34"/>
-[...5 lines deleted...]
-      <c r="G150" s="36"/>
+      <c r="A150" s="32"/>
+      <c r="B150" s="32"/>
+      <c r="C150" s="32"/>
+      <c r="D150" s="33"/>
+      <c r="E150" s="34"/>
+      <c r="F150" s="35"/>
+      <c r="G150" s="34"/>
       <c r="H150" s="4"/>
     </row>
     <row r="151" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="36"/>
-[...5 lines deleted...]
-      <c r="G151" s="36"/>
+      <c r="A151" s="34"/>
+      <c r="B151" s="34"/>
+      <c r="C151" s="34"/>
+      <c r="D151" s="33"/>
+      <c r="E151" s="34"/>
+      <c r="F151" s="35"/>
+      <c r="G151" s="34"/>
       <c r="H151" s="4"/>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A152" s="36"/>
-[...5 lines deleted...]
-      <c r="G152" s="36"/>
+      <c r="A152" s="34"/>
+      <c r="B152" s="34"/>
+      <c r="C152" s="34"/>
+      <c r="D152" s="33"/>
+      <c r="E152" s="34"/>
+      <c r="F152" s="35"/>
+      <c r="G152" s="34"/>
       <c r="H152" s="4"/>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A153" s="36"/>
-[...5 lines deleted...]
-      <c r="G153" s="36"/>
+      <c r="A153" s="34"/>
+      <c r="B153" s="34"/>
+      <c r="C153" s="34"/>
+      <c r="D153" s="33"/>
+      <c r="E153" s="34"/>
+      <c r="F153" s="35"/>
+      <c r="G153" s="34"/>
       <c r="H153" s="4"/>
     </row>
     <row r="154" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A154" s="36"/>
-[...5 lines deleted...]
-      <c r="G154" s="36"/>
+      <c r="A154" s="34"/>
+      <c r="B154" s="34"/>
+      <c r="C154" s="34"/>
+      <c r="D154" s="33"/>
+      <c r="E154" s="34"/>
+      <c r="F154" s="35"/>
+      <c r="G154" s="34"/>
       <c r="H154" s="4"/>
     </row>
     <row r="155" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A155" s="36"/>
-[...5 lines deleted...]
-      <c r="G155" s="36"/>
+      <c r="A155" s="34"/>
+      <c r="B155" s="34"/>
+      <c r="C155" s="34"/>
+      <c r="D155" s="33"/>
+      <c r="E155" s="34"/>
+      <c r="F155" s="35"/>
+      <c r="G155" s="34"/>
       <c r="H155" s="4"/>
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A156" s="36"/>
-[...5 lines deleted...]
-      <c r="G156" s="36"/>
+      <c r="A156" s="34"/>
+      <c r="B156" s="34"/>
+      <c r="C156" s="34"/>
+      <c r="D156" s="33"/>
+      <c r="E156" s="34"/>
+      <c r="F156" s="35"/>
+      <c r="G156" s="34"/>
       <c r="H156" s="4"/>
     </row>
     <row r="157" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A157" s="36"/>
-[...5 lines deleted...]
-      <c r="G157" s="36"/>
+      <c r="A157" s="34"/>
+      <c r="B157" s="34"/>
+      <c r="C157" s="34"/>
+      <c r="D157" s="33"/>
+      <c r="E157" s="34"/>
+      <c r="F157" s="35"/>
+      <c r="G157" s="34"/>
       <c r="H157" s="4"/>
     </row>
     <row r="158" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A158" s="36"/>
-[...5 lines deleted...]
-      <c r="G158" s="36"/>
+      <c r="A158" s="34"/>
+      <c r="B158" s="34"/>
+      <c r="C158" s="34"/>
+      <c r="D158" s="33"/>
+      <c r="E158" s="34"/>
+      <c r="F158" s="35"/>
+      <c r="G158" s="34"/>
       <c r="H158" s="4"/>
     </row>
     <row r="159" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A159" s="36"/>
-[...5 lines deleted...]
-      <c r="G159" s="36"/>
+      <c r="A159" s="34"/>
+      <c r="B159" s="34"/>
+      <c r="C159" s="34"/>
+      <c r="D159" s="33"/>
+      <c r="E159" s="34"/>
+      <c r="F159" s="35"/>
+      <c r="G159" s="34"/>
       <c r="H159" s="4"/>
     </row>
     <row r="160" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A160" s="36"/>
-[...5 lines deleted...]
-      <c r="G160" s="36"/>
+      <c r="A160" s="34"/>
+      <c r="B160" s="34"/>
+      <c r="C160" s="34"/>
+      <c r="D160" s="33"/>
+      <c r="E160" s="34"/>
+      <c r="F160" s="35"/>
+      <c r="G160" s="34"/>
       <c r="H160" s="4"/>
     </row>
     <row r="161" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A161" s="36"/>
-[...5 lines deleted...]
-      <c r="G161" s="36"/>
+      <c r="A161" s="34"/>
+      <c r="B161" s="34"/>
+      <c r="C161" s="34"/>
+      <c r="D161" s="33"/>
+      <c r="E161" s="34"/>
+      <c r="F161" s="35"/>
+      <c r="G161" s="34"/>
       <c r="H161" s="4"/>
     </row>
     <row r="162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A162" s="10"/>
       <c r="B162" s="10"/>
       <c r="C162" s="10"/>
       <c r="D162" s="10"/>
       <c r="E162" s="10"/>
       <c r="F162" s="11"/>
       <c r="H162" s="13"/>
     </row>
     <row r="164" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="188" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F188" s="2">
         <f>5+9+1+12+6</f>
         <v>33</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="241">
+  <mergeCells count="240">
     <mergeCell ref="F157:F161"/>
     <mergeCell ref="G157:G161"/>
     <mergeCell ref="G151:G156"/>
     <mergeCell ref="A157:A161"/>
     <mergeCell ref="B157:B161"/>
     <mergeCell ref="C157:C161"/>
     <mergeCell ref="D157:D161"/>
     <mergeCell ref="E157:E161"/>
     <mergeCell ref="G148:G150"/>
     <mergeCell ref="A151:A156"/>
     <mergeCell ref="B151:B156"/>
     <mergeCell ref="C151:C156"/>
     <mergeCell ref="D151:D156"/>
     <mergeCell ref="E151:E156"/>
     <mergeCell ref="A148:A150"/>
     <mergeCell ref="B148:B150"/>
     <mergeCell ref="C148:C150"/>
     <mergeCell ref="D148:D150"/>
     <mergeCell ref="E148:E150"/>
     <mergeCell ref="C145:C147"/>
     <mergeCell ref="D145:D147"/>
     <mergeCell ref="E145:E147"/>
     <mergeCell ref="G134:G139"/>
     <mergeCell ref="A140:A144"/>
     <mergeCell ref="B140:B144"/>
@@ -2656,51 +2734,50 @@
     <mergeCell ref="E43:E47"/>
     <mergeCell ref="F43:F47"/>
     <mergeCell ref="A37:A42"/>
     <mergeCell ref="B37:B42"/>
     <mergeCell ref="C37:C42"/>
     <mergeCell ref="D37:D42"/>
     <mergeCell ref="E37:E42"/>
     <mergeCell ref="F37:F42"/>
     <mergeCell ref="A19:A25"/>
     <mergeCell ref="B19:B25"/>
     <mergeCell ref="C19:C25"/>
     <mergeCell ref="D19:D25"/>
     <mergeCell ref="E19:E25"/>
     <mergeCell ref="F19:F25"/>
     <mergeCell ref="A33:A36"/>
     <mergeCell ref="B33:B36"/>
     <mergeCell ref="C33:C36"/>
     <mergeCell ref="D33:D36"/>
     <mergeCell ref="E33:E36"/>
     <mergeCell ref="F33:F36"/>
     <mergeCell ref="A26:A32"/>
     <mergeCell ref="B26:B32"/>
     <mergeCell ref="C26:C32"/>
     <mergeCell ref="D26:D32"/>
     <mergeCell ref="E26:E32"/>
-    <mergeCell ref="F26:F32"/>
     <mergeCell ref="H7:H12"/>
     <mergeCell ref="A7:A12"/>
     <mergeCell ref="B7:B12"/>
     <mergeCell ref="C7:C12"/>
     <mergeCell ref="D7:D12"/>
     <mergeCell ref="E7:E12"/>
     <mergeCell ref="F7:F12"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D4:D6"/>
     <mergeCell ref="E4:E6"/>
     <mergeCell ref="F4:F6"/>
     <mergeCell ref="G4:G6"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="H4:H6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>