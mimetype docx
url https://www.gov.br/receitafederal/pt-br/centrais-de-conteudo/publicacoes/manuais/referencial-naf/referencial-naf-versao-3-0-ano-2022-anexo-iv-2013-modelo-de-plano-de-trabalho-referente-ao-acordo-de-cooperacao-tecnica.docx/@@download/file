--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -9,1726 +9,1655 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5436782C" w14:textId="67344B9A" w:rsidR="007F4C97" w:rsidRPr="00F9289B" w:rsidRDefault="007F4C97" w:rsidP="007F4C97">
+    <w:p w14:paraId="5436782C" w14:textId="3B4B7A94" w:rsidR="007F4C97" w:rsidRPr="00F9289B" w:rsidRDefault="007F4C97" w:rsidP="007F4C97">
       <w:pPr>
         <w:pStyle w:val="CabealhodoSumrio"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk112876819"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc120983588"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc120983588"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk112876819"/>
       <w:r w:rsidRPr="00F9289B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anexo </w:t>
       </w:r>
       <w:r w:rsidR="007269C8" w:rsidRPr="00F9289B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="001F4004" w:rsidRPr="00F9289B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
+      <w:r w:rsidR="00022994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.I</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F9289B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Modelo de Plano de Trabalho referente ao Acordo de Cooperação Técnica</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...11 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="795BD118" w14:textId="77777777" w:rsidR="00BD4DBC" w:rsidRDefault="00BD4DBC" w:rsidP="007F4C97">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="62E878CF" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PLANO DE TRABALHO Entre a DRF/...... e a [sigla ou nome reduzido da Instituição de ensino]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6F952A" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52BA1851" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I – OBJETO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4843ADC6" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>A cooperação firmada pelo Acordo de Cooperação Técnica nº XX/20XX, entre a DRF/...... e a [sigla ou nome reduzido da Instituição de ensino], tem por objeto a viabilização de ações conjuntas de caráter educativo e de cidadania fiscal, no âmbito do Programa Núcleo de Apoio Contábil e Fiscal (NAF), conforme lista não exaustiva contida no item V a seguir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676E504E" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E0BB634" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00A36298" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36298">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>II – JUSTIFICATIVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725991A6" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00A36298" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36298">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O NAF constitui uma estratégia de educação fiscal e cidadania voltada à promoção do cumprimento voluntário das obrigações tributárias, ampliando a cultura fiscal da sociedade e contribuindo para a formação técnica dos alunos. A parceria entre a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Secretaria Especial da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36298">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Receita Federal do Brasil e instituições de ensino superior potencializa o alcance dessa política pública, por meio de ações conjuntas que aproximam o fisco da sociedade, com base na cooperação mútua e sem repasse de recursos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71358650" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6E9264" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>III – META</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F2CC64" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ampliar conhecimentos quanto aos direitos e as obrigações relacionadas à tributação federal e à cidadania fiscal, aumentando a familiaridade dos canais virtuais de assistência Receita Federal do Brasil, o cumprimento espontâneo das obrigações fiscais e a regularidade contábil e fiscal dos contribuintes, em especial das Pessoas Físicas de baixa renda, dos Microempreendedores Individuais (MEI), dos pequenos proprietários rurais e das organizações da sociedade civil (OSC).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E97C56F" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F7E1A80" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IV – ETAPAS DE EXECUÇÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CB7EEA" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="86"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pela DRF/[SIGLA]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D08565" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publicar extrato no Diário Oficial da União (DOU), conforme Cláusula </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Décima Terceira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Acordo de Cooperação Técnica;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9A1183" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Indicar formalmente o responsável pela execução do Acordo de Cooperação Técnica perante a delegacia, conforme Cláusula Sexta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639EB3AB" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Agendar reunião para definir planejamento de atividades e realização de eventos, anualmente, por cada semestre ou conforme agendas locais; e,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5F8DB2" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Semestralmente, apresentar relatório das atividades realizadas no âmbito da cooperação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECBD90E" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D52BD70" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="006244F8" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="86"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006244F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Pela [SIGLA DA INSTITUIÇÃO DE ENSINO]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3A32E0" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="87"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Indicar formalmente o responsável pela execução do Acordo de Cooperação Técnica perante a ......(sigla ou nome reduzido da Instituição de ensino), conforme Cláusula Sexta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BE9643" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="87"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Participar de reunião para definir planejamento de atividades e realização de eventos, anualmente, por cada semestre ou, conforme agendas locais mutuamente acordas com a DRF/....; e,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B976ED7" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="87"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Semestralmente, apoiar com informações a DRF/......, tendo em vista a elaboração de relatório das atividades realizadas no âmbito da cooperação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B841A86" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75FA8083" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>V – AÇÕES PREVISTAS NO ÂMBITO DO NAF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262108C5" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>O planejamento semestral e anual das ações conjuntas pode prever atividades como a seguir exemplificado:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5A25B0" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="88"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Palestras sobre canais virtuais da Receita Federal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0964ACA7" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="88"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Palestras e capacitações para estudantes participantes do Programa NAF;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764042BB" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="88"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Atividades junto à sociedade, levando o NAF de forma itinerante (em praças públicas, em associações rurais, em feiras livres, dentre outros), em especial em períodos sazonais relativos ao imposto de renda da Pessoa Física, ao imposto territorial rural, à entrega de declarações das organizações da sociedade civil e dos Microempreendedores Individuais, à destinação do imposto de renda da Pessoa Física na entrega da declaração respectiva;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4CE564" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="88"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Cooperação para fortalecer a destinação do imposto de renda aos fundos de direitos, apoiando como informações os entes públicos que precisem criar seus fundos ou estejam com irregularidades cadastrais ou fiscais nesses mesmos fundos de direitos; e,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1308DEB5" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="88"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Colaboração com projetos e ações que ampliem a regularidade contábil e fiscal dos Microempreendedores Individuais (MEI) e das organizações da sociedade civil (OSC).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56549421" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C38FAE" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>VI – CRONOGRAMA DE EXECUÇÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2831"/>
+        <w:gridCol w:w="2831"/>
+        <w:gridCol w:w="2832"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="3B19580A" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6BC9F2" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="542F2A8B" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Responsável</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30800A56" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Prazo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="0B5D4D29" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56534675" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Publicação do ACT no DOU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C2D3A4" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>DRF/[SIGLA]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="743E0BF3" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Até 10 dias após assinatura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="2BB637EA" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1565D652" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Designação formal de responsáveis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDBB2A5" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ambos os partícipes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D61603F" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Até 30 dias após assinatura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="4E12177E" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088BDC7C" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Reunião de planejamento inicial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="789637AB" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ambos os partícipes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E284EC" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Até 30 dias após assinatura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="40308FD2" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="271C1ABC" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Orientação sobre capacitações iniciais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3A6F97" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>DRF/[SIGLA]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D7F721" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1º semestre de vigência</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="4E16A20E" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="220A352C" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Implantação do NAF com atendimento à comunidade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA69034" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>[SIGLA DA UNIVERSIDADE]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF71613" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Até 60 dias após assinatura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="3592277E" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5553D40B" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Relatórios de execução</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFA857D" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ambos os partícipes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DFB792" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A cada 6 meses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="7C5E4B8A" w14:textId="77777777" w:rsidTr="00621209">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4301E33E" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ações itinerantes e campanhas educativas (IRPF, MEI, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>OSC, etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A778C87" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ambos os partícipes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1756EA11" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>De acordo com calendário conjunto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4884E445" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D35FDB7" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>VII – INÍCIO E TÉRMINO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B53165F" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>O início das atividades objeto deste Plano de Trabalho está condicionado à publicação do extrato do ACT no Diário Oficial da União. O término se dará conforme previsto na cláusula de vigência do ACT ou por encerramento antecipado conforme cláusulas de denúncia ou rescisão previstas no instrumento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8DF988" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AAA80AB" w14:textId="77777777" w:rsidR="006244F8" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF12C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>...........................(....) (cidade e estado), ......... de ............. de 20......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005D84C8" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7229"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="5C3A3635" w14:textId="77777777" w:rsidTr="00621209">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A16E4AF" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B4FC8C4" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED5F413" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>------------------------------------------------</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="310153E5" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Nome e cargo/função da autoridade na RFB]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFC4D9D" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Delegacia da Receita Federal em ..................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006244F8" w:rsidRPr="00EF12C5" w14:paraId="6D568599" w14:textId="77777777" w:rsidTr="00621209">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="403E759B" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="373299CB" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B42DC76" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>---------------------------------------------------</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F105AEE" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Nome do responsável junto à instituição de ensino]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="717D41E9" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="00621209">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.................... (cargo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B502576" w14:textId="77777777" w:rsidR="006244F8" w:rsidRPr="00EF12C5" w:rsidRDefault="006244F8" w:rsidP="006244F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="2ABA5BC0" w14:textId="77777777" w:rsidR="007F4C97" w:rsidRPr="00F9289B" w:rsidRDefault="007F4C97" w:rsidP="007F4C97">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ED90ABD" w14:textId="6CD7B7FD" w:rsidR="007F4C97" w:rsidRPr="00F9289B" w:rsidRDefault="007F4C97" w:rsidP="007F4C97">
-[...1418 lines deleted...]
-    <w:sectPr w:rsidR="000B03BF" w:rsidRPr="00F9289B" w:rsidSect="00472432">
+    <w:sectPr w:rsidR="007F4C97" w:rsidRPr="00F9289B" w:rsidSect="00472432">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="488" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03E1A7E6" w14:textId="77777777" w:rsidR="00D53DDA" w:rsidRDefault="00D53DDA">
+    <w:p w14:paraId="17B84AE6" w14:textId="77777777" w:rsidR="00CF6870" w:rsidRDefault="00CF6870">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38184D71" w14:textId="77777777" w:rsidR="00D53DDA" w:rsidRDefault="00D53DDA">
+    <w:p w14:paraId="61E386B0" w14:textId="77777777" w:rsidR="00CF6870" w:rsidRDefault="00CF6870">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4FAF6FBA" w14:textId="77777777" w:rsidR="00D53DDA" w:rsidRDefault="00D53DDA"/>
+    <w:p w14:paraId="1A4D30A6" w14:textId="77777777" w:rsidR="00CF6870" w:rsidRDefault="00CF6870"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol, 'Arial Unicode MS'">
+    <w:altName w:val="OpenSymbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Mangal"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
-    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:id w:val="-1800998169"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="3D2DBA87" w14:textId="78E72F83" w:rsidR="001426DD" w:rsidRPr="003B04DA" w:rsidRDefault="003B04DA">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="003B04DA">
@@ -1851,135 +1780,76 @@
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="277ADA44" w14:textId="1706BF57" w:rsidR="003E3BBC" w:rsidRDefault="003E3BBC">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EEEBE91" w14:textId="77777777" w:rsidR="00D53DDA" w:rsidRDefault="00D53DDA">
+    <w:p w14:paraId="704C6766" w14:textId="77777777" w:rsidR="00CF6870" w:rsidRDefault="00CF6870">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53900C16" w14:textId="77777777" w:rsidR="00D53DDA" w:rsidRDefault="00D53DDA">
+    <w:p w14:paraId="14EA71C3" w14:textId="77777777" w:rsidR="00CF6870" w:rsidRDefault="00CF6870">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E389D28" w14:textId="77777777" w:rsidR="00D53DDA" w:rsidRDefault="00D53DDA"/>
-[...58 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="055C6D43" w14:textId="77777777" w:rsidR="00CF6870" w:rsidRDefault="00CF6870"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CCD516B" w14:textId="61FA8345" w:rsidR="00A50816" w:rsidRDefault="00A50816">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="628ADA43" wp14:editId="04792699">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-720090</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-340995</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7567930" cy="758825"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="Imagem 17"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2020,51 +1890,51 @@
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="sOqru0QrjHeYjC" int2:id="KgGk72FR">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="ziiLNaZJqP7mB4" int2:id="suzpTRo6">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -4691,50 +4561,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="221C43E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0122484"/>
+    <w:lvl w:ilvl="0" w:tplc="0416001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="235A6334"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB8A7094"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4776,51 +4732,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="258A457D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04545440"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1123" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1843" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4889,51 +4845,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6163" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6883" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25BB30E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB8C633A"/>
     <w:lvl w:ilvl="0" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4975,51 +4931,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A8E4801"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2C6231E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5061,51 +5017,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A9D082B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C764D7B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5174,51 +5130,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B9073C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1C32FC62"/>
     <w:styleLink w:val="WW8Num24"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -5279,51 +5235,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C1670D5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22129324"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5368,51 +5324,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D0B32AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1870DFA4"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5454,51 +5410,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F895AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="277E6F4C"/>
     <w:lvl w:ilvl="0" w:tplc="09880432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -5543,51 +5499,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FFD2AF1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EA4CF544"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5629,51 +5585,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308929E9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22129324"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5718,51 +5674,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33F7544C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4972F15A"/>
     <w:styleLink w:val="WW8Num8"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -5823,51 +5779,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="351D4DCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D786B4FE"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5909,51 +5865,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37142BFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2646752"/>
     <w:lvl w:ilvl="0" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5995,51 +5951,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="383D42E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F586BF8A"/>
     <w:styleLink w:val="WW8Num15"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -6100,51 +6056,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38CC1BDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55FE53AC"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6186,51 +6142,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A256D1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C326E08"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6272,51 +6228,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A546B3A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C0760A12"/>
     <w:styleLink w:val="WW8Num18"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -6377,51 +6333,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ACD7A3E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F8625B68"/>
     <w:styleLink w:val="WW8Num4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -6482,51 +6438,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BDB7E9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DD64D82"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6595,51 +6551,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BF60832"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1ECA6B50"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6681,51 +6637,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D830597"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3CC83704"/>
     <w:styleLink w:val="WW8Num10"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="763" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1123" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -6786,51 +6742,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3283" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DEA692A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="93DE2C58"/>
     <w:styleLink w:val="WW8Num21"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -6891,51 +6847,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F0B5640"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2362D5C0"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6977,51 +6933,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40791333"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="939A1A36"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44744D4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36D4EC46"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7063,51 +7108,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47B236D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD900C9A"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7179,51 +7224,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47E85DAB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2C6231E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7265,51 +7310,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A0904EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AFA5D12"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7351,51 +7396,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE36B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FE0F0AE"/>
     <w:lvl w:ilvl="0" w:tplc="7F600F58">
       <w:start w:val="1"/>
       <w:numFmt w:val="ordinal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -7440,51 +7485,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E043128"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ED6E2DE6"/>
     <w:styleLink w:val="WW8Num16"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -7545,51 +7590,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ECF27B6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5FD6F714"/>
     <w:styleLink w:val="WW8Num7"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -7650,51 +7695,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EDF05F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F18A832"/>
     <w:styleLink w:val="WW8Num22"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -7755,51 +7800,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2914D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C20A6FF0"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7841,51 +7886,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2D3B7F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5384400C"/>
     <w:styleLink w:val="WW8Num14"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -7946,51 +7991,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52874F25"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EC2E5A30"/>
     <w:styleLink w:val="WW8Num9"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -8051,51 +8096,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53FF179C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="552C1302"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -8140,51 +8185,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57E6684A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F7E10AA"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8253,51 +8298,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58B01A30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D4C6B58"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B">
@@ -8342,51 +8387,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3A7511"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2940FFEC"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -8431,51 +8476,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="618F0020"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="107243D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0416001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63615CE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F90AA92A"/>
     <w:styleLink w:val="WW8Num26"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -8527,51 +8658,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="648752FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F24E6274"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8613,51 +8744,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="666B68F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3836FB2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8699,51 +8830,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66F875E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="324014B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
@@ -8804,51 +8935,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6707417D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="324CD478"/>
     <w:styleLink w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -8909,51 +9040,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67A50421"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A028BAC8"/>
     <w:lvl w:ilvl="0" w:tplc="B7001FF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -8998,51 +9129,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="696056E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="445CEA94"/>
     <w:lvl w:ilvl="0" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9084,51 +9215,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F53991"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BF4E17C"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9170,51 +9301,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A01010E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40628404"/>
     <w:styleLink w:val="WW8Num19"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -9275,51 +9406,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A2F630C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="08F86D84"/>
     <w:styleLink w:val="WW8Num25"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -9380,51 +9511,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A41108C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D6447166"/>
     <w:styleLink w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -9485,51 +9616,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A6B56E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2C6231E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9571,51 +9702,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718D739B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C366160"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9657,51 +9788,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73ED28D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F7A9188"/>
     <w:lvl w:ilvl="0" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9743,51 +9874,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73FA0747"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22129324"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -9832,51 +9963,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="775D7498"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C5ECEBA"/>
     <w:lvl w:ilvl="0" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9918,51 +10049,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79F337E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="142A136C"/>
     <w:styleLink w:val="WW8Num20"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -10023,51 +10154,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A6E281A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5CB88A0A"/>
     <w:styleLink w:val="WW8Num12"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
@@ -10128,51 +10259,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3610" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="86" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AD21AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F0ABD86"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -10220,51 +10351,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="87" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C993C7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EAEA620"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -10309,51 +10440,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="88" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1C55F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D4A7B42"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -10405,306 +10536,345 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1380015588">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1348172520">
-    <w:abstractNumId w:val="75"/>
+    <w:abstractNumId w:val="78"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="310987733">
-    <w:abstractNumId w:val="69"/>
+    <w:abstractNumId w:val="72"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1595094434">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1214730433">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2045594168">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1785611617">
-    <w:abstractNumId w:val="56"/>
+    <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="112066812">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1978418001">
-    <w:abstractNumId w:val="60"/>
+    <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1764834630">
-    <w:abstractNumId w:val="47"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1126433606">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1030716200">
-    <w:abstractNumId w:val="82"/>
+    <w:abstractNumId w:val="85"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1194150560">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="416367992">
-    <w:abstractNumId w:val="59"/>
+    <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="861475055">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="142433436">
-    <w:abstractNumId w:val="55"/>
+    <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1281032708">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1167019777">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="850292051">
-    <w:abstractNumId w:val="73"/>
+    <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="123037075">
-    <w:abstractNumId w:val="81"/>
+    <w:abstractNumId w:val="84"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1640188213">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="448163060">
-    <w:abstractNumId w:val="57"/>
+    <w:abstractNumId w:val="59"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1684550335">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="240023755">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="443305645">
-    <w:abstractNumId w:val="74"/>
+    <w:abstractNumId w:val="77"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="975447532">
-    <w:abstractNumId w:val="65"/>
+    <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="496072887">
-    <w:abstractNumId w:val="62"/>
+    <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1296253097">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1078206444">
-    <w:abstractNumId w:val="64"/>
+    <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1180047947">
-    <w:abstractNumId w:val="85"/>
+    <w:abstractNumId w:val="88"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1973558062">
-    <w:abstractNumId w:val="83"/>
+    <w:abstractNumId w:val="86"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1561361464">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1196430443">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="551890373">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="958412306">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="719279443">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1275864582">
-    <w:abstractNumId w:val="79"/>
+    <w:abstractNumId w:val="82"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="34428134">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1464075047">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1380280973">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="93786266">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="922225520">
-    <w:abstractNumId w:val="68"/>
+    <w:abstractNumId w:val="71"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="312687244">
-    <w:abstractNumId w:val="58"/>
+    <w:abstractNumId w:val="60"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1444766306">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="393355668">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="839735217">
-    <w:abstractNumId w:val="71"/>
+    <w:abstractNumId w:val="74"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="168181881">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1282541094">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="465781514">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1230463313">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="388918984">
-    <w:abstractNumId w:val="52"/>
+    <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="767701870">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="1144590566">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="1910458692">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1431197477">
-    <w:abstractNumId w:val="76"/>
+    <w:abstractNumId w:val="79"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="666398933">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="1415008875">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="677655097">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="1325662274">
-    <w:abstractNumId w:val="63"/>
+    <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="198248934">
-    <w:abstractNumId w:val="49"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="1123883238">
-    <w:abstractNumId w:val="84"/>
+    <w:abstractNumId w:val="87"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="1387140513">
-    <w:abstractNumId w:val="77"/>
+    <w:abstractNumId w:val="80"/>
   </w:num>
   <w:num w:numId="63" w16cid:durableId="2137604746">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="64" w16cid:durableId="2026666647">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="65" w16cid:durableId="1149174294">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="66" w16cid:durableId="1132595053">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="67" w16cid:durableId="2141805723">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="68" w16cid:durableId="1826386355">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="69" w16cid:durableId="1364360890">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="70" w16cid:durableId="579490302">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="71" w16cid:durableId="1695158057">
-    <w:abstractNumId w:val="70"/>
+    <w:abstractNumId w:val="73"/>
   </w:num>
   <w:num w:numId="72" w16cid:durableId="382749560">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="73" w16cid:durableId="1614165379">
-    <w:abstractNumId w:val="67"/>
+    <w:abstractNumId w:val="70"/>
   </w:num>
   <w:num w:numId="74" w16cid:durableId="594824059">
-    <w:abstractNumId w:val="72"/>
+    <w:abstractNumId w:val="75"/>
   </w:num>
   <w:num w:numId="75" w16cid:durableId="1465201475">
-    <w:abstractNumId w:val="54"/>
+    <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="76" w16cid:durableId="1706758928">
-    <w:abstractNumId w:val="78"/>
+    <w:abstractNumId w:val="81"/>
   </w:num>
   <w:num w:numId="77" w16cid:durableId="1766807268">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="78" w16cid:durableId="1735735223">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="79" w16cid:durableId="1792047781">
-    <w:abstractNumId w:val="61"/>
+    <w:abstractNumId w:val="63"/>
   </w:num>
   <w:num w:numId="80" w16cid:durableId="2061516029">
-    <w:abstractNumId w:val="80"/>
+    <w:abstractNumId w:val="83"/>
   </w:num>
   <w:num w:numId="81" w16cid:durableId="236404641">
-    <w:abstractNumId w:val="53"/>
+    <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="82" w16cid:durableId="1708867589">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="83" w16cid:durableId="1452743059">
-    <w:abstractNumId w:val="66"/>
+    <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="84" w16cid:durableId="1350793829">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="85" w16cid:durableId="198905179">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="86" w16cid:durableId="387845092">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="87" w16cid:durableId="919947884">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="88" w16cid:durableId="1881241875">
+    <w:abstractNumId w:val="50"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="83"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10712,76 +10882,78 @@
   <w:rsids>
     <w:rsidRoot w:val="003B091F"/>
     <w:rsid w:val="00000304"/>
     <w:rsid w:val="00000AA9"/>
     <w:rsid w:val="00000F6B"/>
     <w:rsid w:val="0000217E"/>
     <w:rsid w:val="00002CF8"/>
     <w:rsid w:val="00003ECB"/>
     <w:rsid w:val="00004F01"/>
     <w:rsid w:val="0000504C"/>
     <w:rsid w:val="00006D62"/>
     <w:rsid w:val="00007C28"/>
     <w:rsid w:val="000101F8"/>
     <w:rsid w:val="000117CA"/>
     <w:rsid w:val="000126EE"/>
     <w:rsid w:val="00013A7B"/>
     <w:rsid w:val="00013C2B"/>
     <w:rsid w:val="00014ACF"/>
     <w:rsid w:val="00014DF9"/>
     <w:rsid w:val="00014EF2"/>
     <w:rsid w:val="000151D7"/>
     <w:rsid w:val="00015476"/>
     <w:rsid w:val="000179F7"/>
     <w:rsid w:val="00021C73"/>
     <w:rsid w:val="0002204E"/>
+    <w:rsid w:val="00022994"/>
     <w:rsid w:val="00022A2F"/>
     <w:rsid w:val="00022EF4"/>
     <w:rsid w:val="00023A4E"/>
     <w:rsid w:val="000247A3"/>
     <w:rsid w:val="00024F20"/>
     <w:rsid w:val="00026E5A"/>
     <w:rsid w:val="0002735F"/>
     <w:rsid w:val="0003035E"/>
     <w:rsid w:val="00030AA2"/>
     <w:rsid w:val="00030B96"/>
     <w:rsid w:val="00030F58"/>
     <w:rsid w:val="00031B59"/>
     <w:rsid w:val="00032254"/>
     <w:rsid w:val="00032F4C"/>
     <w:rsid w:val="0003371F"/>
     <w:rsid w:val="00033883"/>
     <w:rsid w:val="00034291"/>
     <w:rsid w:val="000354CC"/>
     <w:rsid w:val="00035623"/>
     <w:rsid w:val="00035A60"/>
     <w:rsid w:val="000370EF"/>
     <w:rsid w:val="00037811"/>
     <w:rsid w:val="0004024C"/>
     <w:rsid w:val="00040EE6"/>
     <w:rsid w:val="000411F7"/>
     <w:rsid w:val="00041349"/>
+    <w:rsid w:val="00042E64"/>
     <w:rsid w:val="0004384E"/>
     <w:rsid w:val="00045673"/>
     <w:rsid w:val="00046DE6"/>
     <w:rsid w:val="00046F86"/>
     <w:rsid w:val="00047A7E"/>
     <w:rsid w:val="00050852"/>
     <w:rsid w:val="00051D3D"/>
     <w:rsid w:val="00051FA5"/>
     <w:rsid w:val="00052487"/>
     <w:rsid w:val="0005339C"/>
     <w:rsid w:val="0005396C"/>
     <w:rsid w:val="000545C6"/>
     <w:rsid w:val="000563CF"/>
     <w:rsid w:val="00056F35"/>
     <w:rsid w:val="00061791"/>
     <w:rsid w:val="0006182C"/>
     <w:rsid w:val="00061D65"/>
     <w:rsid w:val="00063D98"/>
     <w:rsid w:val="000649A5"/>
     <w:rsid w:val="00066D87"/>
     <w:rsid w:val="00066FFB"/>
     <w:rsid w:val="00070306"/>
     <w:rsid w:val="00070CB1"/>
     <w:rsid w:val="000715F5"/>
     <w:rsid w:val="00071AF2"/>
@@ -11101,50 +11273,51 @@
     <w:rsid w:val="00205F90"/>
     <w:rsid w:val="002061D2"/>
     <w:rsid w:val="00206ED4"/>
     <w:rsid w:val="002072F3"/>
     <w:rsid w:val="00211836"/>
     <w:rsid w:val="002118F0"/>
     <w:rsid w:val="00212883"/>
     <w:rsid w:val="00212927"/>
     <w:rsid w:val="0021389A"/>
     <w:rsid w:val="002142F6"/>
     <w:rsid w:val="00214866"/>
     <w:rsid w:val="002200A7"/>
     <w:rsid w:val="002201FB"/>
     <w:rsid w:val="0022115B"/>
     <w:rsid w:val="0022132D"/>
     <w:rsid w:val="00221735"/>
     <w:rsid w:val="00222729"/>
     <w:rsid w:val="002229CC"/>
     <w:rsid w:val="002246B5"/>
     <w:rsid w:val="002252D1"/>
     <w:rsid w:val="0022594E"/>
     <w:rsid w:val="0022620E"/>
     <w:rsid w:val="00226FD7"/>
     <w:rsid w:val="002273E3"/>
     <w:rsid w:val="00231493"/>
+    <w:rsid w:val="00231FDA"/>
     <w:rsid w:val="0023327D"/>
     <w:rsid w:val="00233C57"/>
     <w:rsid w:val="00234076"/>
     <w:rsid w:val="002344F0"/>
     <w:rsid w:val="00235EE8"/>
     <w:rsid w:val="00236369"/>
     <w:rsid w:val="00237252"/>
     <w:rsid w:val="0023747F"/>
     <w:rsid w:val="0023763C"/>
     <w:rsid w:val="002419C7"/>
     <w:rsid w:val="00241F57"/>
     <w:rsid w:val="00242260"/>
     <w:rsid w:val="00243ADA"/>
     <w:rsid w:val="00245BC2"/>
     <w:rsid w:val="00245DC7"/>
     <w:rsid w:val="00246A2B"/>
     <w:rsid w:val="00250552"/>
     <w:rsid w:val="002519A1"/>
     <w:rsid w:val="002519DA"/>
     <w:rsid w:val="00252184"/>
     <w:rsid w:val="002526D5"/>
     <w:rsid w:val="00254DA7"/>
     <w:rsid w:val="00254ECC"/>
     <w:rsid w:val="0025604F"/>
     <w:rsid w:val="002569F5"/>
@@ -11425,50 +11598,51 @@
     <w:rsid w:val="003B7BA9"/>
     <w:rsid w:val="003C01DE"/>
     <w:rsid w:val="003C026F"/>
     <w:rsid w:val="003C08C5"/>
     <w:rsid w:val="003C08FE"/>
     <w:rsid w:val="003C0D80"/>
     <w:rsid w:val="003C6DA3"/>
     <w:rsid w:val="003C7085"/>
     <w:rsid w:val="003D05E4"/>
     <w:rsid w:val="003D10E9"/>
     <w:rsid w:val="003D2281"/>
     <w:rsid w:val="003D374D"/>
     <w:rsid w:val="003D4DCE"/>
     <w:rsid w:val="003D4F80"/>
     <w:rsid w:val="003D5026"/>
     <w:rsid w:val="003D51CB"/>
     <w:rsid w:val="003D5220"/>
     <w:rsid w:val="003D56E8"/>
     <w:rsid w:val="003D5E03"/>
     <w:rsid w:val="003D7746"/>
     <w:rsid w:val="003D78A8"/>
     <w:rsid w:val="003D7F17"/>
     <w:rsid w:val="003E0235"/>
     <w:rsid w:val="003E0917"/>
     <w:rsid w:val="003E0C74"/>
+    <w:rsid w:val="003E0FB8"/>
     <w:rsid w:val="003E106A"/>
     <w:rsid w:val="003E1726"/>
     <w:rsid w:val="003E23F1"/>
     <w:rsid w:val="003E2423"/>
     <w:rsid w:val="003E2465"/>
     <w:rsid w:val="003E277A"/>
     <w:rsid w:val="003E3393"/>
     <w:rsid w:val="003E3BA0"/>
     <w:rsid w:val="003E3BBC"/>
     <w:rsid w:val="003E4173"/>
     <w:rsid w:val="003E4F51"/>
     <w:rsid w:val="003E4FA2"/>
     <w:rsid w:val="003E596F"/>
     <w:rsid w:val="003E64B4"/>
     <w:rsid w:val="003E6F66"/>
     <w:rsid w:val="003E7928"/>
     <w:rsid w:val="003E7C5D"/>
     <w:rsid w:val="003F05A6"/>
     <w:rsid w:val="003F096A"/>
     <w:rsid w:val="003F1162"/>
     <w:rsid w:val="003F12CA"/>
     <w:rsid w:val="003F295E"/>
     <w:rsid w:val="003F2F09"/>
     <w:rsid w:val="003F31FF"/>
     <w:rsid w:val="003F43E8"/>
@@ -11861,50 +12035,51 @@
     <w:rsid w:val="0061217E"/>
     <w:rsid w:val="0061289B"/>
     <w:rsid w:val="00612A20"/>
     <w:rsid w:val="00613411"/>
     <w:rsid w:val="0061378C"/>
     <w:rsid w:val="006143CB"/>
     <w:rsid w:val="0061449C"/>
     <w:rsid w:val="00614540"/>
     <w:rsid w:val="006145C0"/>
     <w:rsid w:val="006155FD"/>
     <w:rsid w:val="006159BA"/>
     <w:rsid w:val="00615A09"/>
     <w:rsid w:val="00615EBD"/>
     <w:rsid w:val="00616130"/>
     <w:rsid w:val="00616B17"/>
     <w:rsid w:val="0061748D"/>
     <w:rsid w:val="00617C09"/>
     <w:rsid w:val="00617E54"/>
     <w:rsid w:val="006204B5"/>
     <w:rsid w:val="00620B7D"/>
     <w:rsid w:val="00620D58"/>
     <w:rsid w:val="00621185"/>
     <w:rsid w:val="00621D0D"/>
     <w:rsid w:val="0062220C"/>
     <w:rsid w:val="00624299"/>
+    <w:rsid w:val="006244F8"/>
     <w:rsid w:val="00624955"/>
     <w:rsid w:val="00625685"/>
     <w:rsid w:val="00625E86"/>
     <w:rsid w:val="006265B9"/>
     <w:rsid w:val="00626A8C"/>
     <w:rsid w:val="00627810"/>
     <w:rsid w:val="00627E85"/>
     <w:rsid w:val="006301BA"/>
     <w:rsid w:val="006312A0"/>
     <w:rsid w:val="006313FF"/>
     <w:rsid w:val="00632072"/>
     <w:rsid w:val="00632F00"/>
     <w:rsid w:val="006338BD"/>
     <w:rsid w:val="00633C80"/>
     <w:rsid w:val="0063403E"/>
     <w:rsid w:val="00634975"/>
     <w:rsid w:val="00634EB9"/>
     <w:rsid w:val="0063562C"/>
     <w:rsid w:val="006368F1"/>
     <w:rsid w:val="00640C82"/>
     <w:rsid w:val="006416E3"/>
     <w:rsid w:val="00642CFE"/>
     <w:rsid w:val="00643CAE"/>
     <w:rsid w:val="006440E1"/>
     <w:rsid w:val="006453F9"/>
@@ -12370,52 +12545,54 @@
     <w:rsid w:val="008B768C"/>
     <w:rsid w:val="008B7A41"/>
     <w:rsid w:val="008C00D7"/>
     <w:rsid w:val="008C128A"/>
     <w:rsid w:val="008C15CC"/>
     <w:rsid w:val="008C1EA4"/>
     <w:rsid w:val="008C25A0"/>
     <w:rsid w:val="008C2B72"/>
     <w:rsid w:val="008C3337"/>
     <w:rsid w:val="008C36AA"/>
     <w:rsid w:val="008C570C"/>
     <w:rsid w:val="008C5781"/>
     <w:rsid w:val="008C5E86"/>
     <w:rsid w:val="008C6603"/>
     <w:rsid w:val="008C6F7D"/>
     <w:rsid w:val="008C770E"/>
     <w:rsid w:val="008D016E"/>
     <w:rsid w:val="008D17BB"/>
     <w:rsid w:val="008D191F"/>
     <w:rsid w:val="008D2700"/>
     <w:rsid w:val="008D2984"/>
     <w:rsid w:val="008D384A"/>
     <w:rsid w:val="008D4649"/>
     <w:rsid w:val="008D4E40"/>
     <w:rsid w:val="008D5C95"/>
+    <w:rsid w:val="008D5D8F"/>
     <w:rsid w:val="008D5E68"/>
     <w:rsid w:val="008D71FD"/>
+    <w:rsid w:val="008D75F8"/>
     <w:rsid w:val="008D75FE"/>
     <w:rsid w:val="008D775D"/>
     <w:rsid w:val="008D77B8"/>
     <w:rsid w:val="008E0D00"/>
     <w:rsid w:val="008E144D"/>
     <w:rsid w:val="008E16CD"/>
     <w:rsid w:val="008E186A"/>
     <w:rsid w:val="008E1F36"/>
     <w:rsid w:val="008E2006"/>
     <w:rsid w:val="008E2A87"/>
     <w:rsid w:val="008E57A1"/>
     <w:rsid w:val="008E5816"/>
     <w:rsid w:val="008E5894"/>
     <w:rsid w:val="008E5AB0"/>
     <w:rsid w:val="008E5D66"/>
     <w:rsid w:val="008E63C2"/>
     <w:rsid w:val="008E67F3"/>
     <w:rsid w:val="008E696A"/>
     <w:rsid w:val="008E6D95"/>
     <w:rsid w:val="008E7679"/>
     <w:rsid w:val="008F154F"/>
     <w:rsid w:val="008F221E"/>
     <w:rsid w:val="008F2BA8"/>
     <w:rsid w:val="008F32B5"/>
     <w:rsid w:val="008F414D"/>
@@ -12899,50 +13076,51 @@
     <w:rsid w:val="00BA5224"/>
     <w:rsid w:val="00BA5B99"/>
     <w:rsid w:val="00BA5E61"/>
     <w:rsid w:val="00BA7652"/>
     <w:rsid w:val="00BA7DB2"/>
     <w:rsid w:val="00BB03F7"/>
     <w:rsid w:val="00BB078B"/>
     <w:rsid w:val="00BB311F"/>
     <w:rsid w:val="00BB3A83"/>
     <w:rsid w:val="00BB3EF2"/>
     <w:rsid w:val="00BB4198"/>
     <w:rsid w:val="00BB47BB"/>
     <w:rsid w:val="00BB4E0C"/>
     <w:rsid w:val="00BB50C5"/>
     <w:rsid w:val="00BB5AC8"/>
     <w:rsid w:val="00BB6E5B"/>
     <w:rsid w:val="00BB9095"/>
     <w:rsid w:val="00BC01FC"/>
     <w:rsid w:val="00BC0CF3"/>
     <w:rsid w:val="00BC1CAC"/>
     <w:rsid w:val="00BC2435"/>
     <w:rsid w:val="00BC4E12"/>
     <w:rsid w:val="00BC5431"/>
     <w:rsid w:val="00BC6909"/>
     <w:rsid w:val="00BC6B69"/>
+    <w:rsid w:val="00BC7686"/>
     <w:rsid w:val="00BC7D05"/>
     <w:rsid w:val="00BD0B2E"/>
     <w:rsid w:val="00BD2753"/>
     <w:rsid w:val="00BD2768"/>
     <w:rsid w:val="00BD4DBC"/>
     <w:rsid w:val="00BD7586"/>
     <w:rsid w:val="00BD7B51"/>
     <w:rsid w:val="00BE0099"/>
     <w:rsid w:val="00BE08EE"/>
     <w:rsid w:val="00BE09E6"/>
     <w:rsid w:val="00BE2374"/>
     <w:rsid w:val="00BE3366"/>
     <w:rsid w:val="00BE380A"/>
     <w:rsid w:val="00BE4C1A"/>
     <w:rsid w:val="00BE50E0"/>
     <w:rsid w:val="00BE591B"/>
     <w:rsid w:val="00BE6136"/>
     <w:rsid w:val="00BE6717"/>
     <w:rsid w:val="00BE7592"/>
     <w:rsid w:val="00BE76EE"/>
     <w:rsid w:val="00BF0243"/>
     <w:rsid w:val="00BF10A5"/>
     <w:rsid w:val="00BF16F7"/>
     <w:rsid w:val="00BF18CF"/>
     <w:rsid w:val="00BF1B6D"/>
@@ -13152,50 +13330,51 @@
     <w:rsid w:val="00CE2969"/>
     <w:rsid w:val="00CE3641"/>
     <w:rsid w:val="00CE3DC1"/>
     <w:rsid w:val="00CE4B8D"/>
     <w:rsid w:val="00CE4E14"/>
     <w:rsid w:val="00CE6946"/>
     <w:rsid w:val="00CE6B77"/>
     <w:rsid w:val="00CE6CE1"/>
     <w:rsid w:val="00CF0EC4"/>
     <w:rsid w:val="00CF1846"/>
     <w:rsid w:val="00CF18FD"/>
     <w:rsid w:val="00CF1963"/>
     <w:rsid w:val="00CF1A61"/>
     <w:rsid w:val="00CF1D72"/>
     <w:rsid w:val="00CF204D"/>
     <w:rsid w:val="00CF30B2"/>
     <w:rsid w:val="00CF465A"/>
     <w:rsid w:val="00CF469D"/>
     <w:rsid w:val="00CF4744"/>
     <w:rsid w:val="00CF4C4F"/>
     <w:rsid w:val="00CF4E0F"/>
     <w:rsid w:val="00CF5878"/>
     <w:rsid w:val="00CF5A92"/>
     <w:rsid w:val="00CF6442"/>
     <w:rsid w:val="00CF672A"/>
+    <w:rsid w:val="00CF6870"/>
     <w:rsid w:val="00CF72F8"/>
     <w:rsid w:val="00CF7A27"/>
     <w:rsid w:val="00D00200"/>
     <w:rsid w:val="00D0100E"/>
     <w:rsid w:val="00D0122A"/>
     <w:rsid w:val="00D01F11"/>
     <w:rsid w:val="00D02960"/>
     <w:rsid w:val="00D03EF1"/>
     <w:rsid w:val="00D04166"/>
     <w:rsid w:val="00D05877"/>
     <w:rsid w:val="00D05C49"/>
     <w:rsid w:val="00D06432"/>
     <w:rsid w:val="00D070E1"/>
     <w:rsid w:val="00D07D5E"/>
     <w:rsid w:val="00D1026D"/>
     <w:rsid w:val="00D10622"/>
     <w:rsid w:val="00D106F2"/>
     <w:rsid w:val="00D10D47"/>
     <w:rsid w:val="00D11458"/>
     <w:rsid w:val="00D11AF4"/>
     <w:rsid w:val="00D120F6"/>
     <w:rsid w:val="00D124E5"/>
     <w:rsid w:val="00D125B4"/>
     <w:rsid w:val="00D126BB"/>
     <w:rsid w:val="00D12A3A"/>
@@ -13425,84 +13604,86 @@
     <w:rsid w:val="00E63A5A"/>
     <w:rsid w:val="00E63E32"/>
     <w:rsid w:val="00E64A0B"/>
     <w:rsid w:val="00E64F64"/>
     <w:rsid w:val="00E660A0"/>
     <w:rsid w:val="00E662CB"/>
     <w:rsid w:val="00E66E36"/>
     <w:rsid w:val="00E67326"/>
     <w:rsid w:val="00E70C38"/>
     <w:rsid w:val="00E70E3C"/>
     <w:rsid w:val="00E722FF"/>
     <w:rsid w:val="00E724CA"/>
     <w:rsid w:val="00E72873"/>
     <w:rsid w:val="00E73852"/>
     <w:rsid w:val="00E73D40"/>
     <w:rsid w:val="00E73EFA"/>
     <w:rsid w:val="00E75511"/>
     <w:rsid w:val="00E762F5"/>
     <w:rsid w:val="00E769E9"/>
     <w:rsid w:val="00E808D5"/>
     <w:rsid w:val="00E80BDC"/>
     <w:rsid w:val="00E814FE"/>
     <w:rsid w:val="00E82299"/>
     <w:rsid w:val="00E822C2"/>
     <w:rsid w:val="00E83C6A"/>
+    <w:rsid w:val="00E84FCC"/>
     <w:rsid w:val="00E86EA7"/>
     <w:rsid w:val="00E86F05"/>
     <w:rsid w:val="00E90894"/>
     <w:rsid w:val="00E920A4"/>
     <w:rsid w:val="00E944C3"/>
     <w:rsid w:val="00E95270"/>
     <w:rsid w:val="00E952EF"/>
     <w:rsid w:val="00E95DBF"/>
     <w:rsid w:val="00E95F66"/>
     <w:rsid w:val="00E96C71"/>
     <w:rsid w:val="00E96D43"/>
     <w:rsid w:val="00E975A7"/>
     <w:rsid w:val="00E97FBD"/>
     <w:rsid w:val="00EA02D1"/>
     <w:rsid w:val="00EA074C"/>
     <w:rsid w:val="00EA1404"/>
     <w:rsid w:val="00EA1C89"/>
     <w:rsid w:val="00EA2C20"/>
     <w:rsid w:val="00EA3405"/>
     <w:rsid w:val="00EA409B"/>
     <w:rsid w:val="00EA596A"/>
     <w:rsid w:val="00EA7020"/>
     <w:rsid w:val="00EA707F"/>
     <w:rsid w:val="00EA7E46"/>
     <w:rsid w:val="00EB1B5F"/>
     <w:rsid w:val="00EB24F5"/>
     <w:rsid w:val="00EB274D"/>
     <w:rsid w:val="00EB30C1"/>
     <w:rsid w:val="00EB3BD7"/>
     <w:rsid w:val="00EB41BB"/>
     <w:rsid w:val="00EB4BDA"/>
     <w:rsid w:val="00EB5219"/>
     <w:rsid w:val="00EB62B3"/>
     <w:rsid w:val="00EB635A"/>
+    <w:rsid w:val="00EB6E99"/>
     <w:rsid w:val="00EB7DC1"/>
     <w:rsid w:val="00EC0549"/>
     <w:rsid w:val="00EC14D8"/>
     <w:rsid w:val="00EC18A5"/>
     <w:rsid w:val="00EC1CB0"/>
     <w:rsid w:val="00EC1ECB"/>
     <w:rsid w:val="00EC3A12"/>
     <w:rsid w:val="00EC3E52"/>
     <w:rsid w:val="00EC41F8"/>
     <w:rsid w:val="00EC5967"/>
     <w:rsid w:val="00EC69D0"/>
     <w:rsid w:val="00EC7C96"/>
     <w:rsid w:val="00ED0C82"/>
     <w:rsid w:val="00ED28F5"/>
     <w:rsid w:val="00ED2C0D"/>
     <w:rsid w:val="00ED3D01"/>
     <w:rsid w:val="00ED51A3"/>
     <w:rsid w:val="00ED548E"/>
     <w:rsid w:val="00ED5496"/>
     <w:rsid w:val="00ED5560"/>
     <w:rsid w:val="00ED56AB"/>
     <w:rsid w:val="00ED56CD"/>
     <w:rsid w:val="00ED6A3B"/>
     <w:rsid w:val="00ED771B"/>
     <w:rsid w:val="00EE1917"/>
@@ -13674,50 +13855,51 @@
     <w:rsid w:val="00FD5B18"/>
     <w:rsid w:val="00FD5CB6"/>
     <w:rsid w:val="00FE1FBA"/>
     <w:rsid w:val="00FE2083"/>
     <w:rsid w:val="00FE2E97"/>
     <w:rsid w:val="00FE3DB9"/>
     <w:rsid w:val="00FE40B9"/>
     <w:rsid w:val="00FE479D"/>
     <w:rsid w:val="00FE49BB"/>
     <w:rsid w:val="00FE4A1C"/>
     <w:rsid w:val="00FE4AA5"/>
     <w:rsid w:val="00FE55E3"/>
     <w:rsid w:val="00FE69BF"/>
     <w:rsid w:val="00FE6C41"/>
     <w:rsid w:val="00FE7568"/>
     <w:rsid w:val="00FF0C50"/>
     <w:rsid w:val="00FF1E54"/>
     <w:rsid w:val="00FF1EA3"/>
     <w:rsid w:val="00FF29BA"/>
     <w:rsid w:val="00FF2CF2"/>
     <w:rsid w:val="00FF5A5F"/>
     <w:rsid w:val="00FF6197"/>
     <w:rsid w:val="00FF659E"/>
     <w:rsid w:val="00FF6723"/>
     <w:rsid w:val="00FF6E4A"/>
+    <w:rsid w:val="00FF7F25"/>
     <w:rsid w:val="01183861"/>
     <w:rsid w:val="012FD997"/>
     <w:rsid w:val="013DF8E3"/>
     <w:rsid w:val="01458B92"/>
     <w:rsid w:val="0152C518"/>
     <w:rsid w:val="0170D75B"/>
     <w:rsid w:val="01943AE3"/>
     <w:rsid w:val="019C21AF"/>
     <w:rsid w:val="01A0871A"/>
     <w:rsid w:val="01C2C937"/>
     <w:rsid w:val="01D336FF"/>
     <w:rsid w:val="01F7E1EF"/>
     <w:rsid w:val="01F7FDF6"/>
     <w:rsid w:val="020701A3"/>
     <w:rsid w:val="020C0AA8"/>
     <w:rsid w:val="0210A187"/>
     <w:rsid w:val="0221236C"/>
     <w:rsid w:val="0224372F"/>
     <w:rsid w:val="023771AF"/>
     <w:rsid w:val="0239F302"/>
     <w:rsid w:val="02574A90"/>
     <w:rsid w:val="02619C53"/>
     <w:rsid w:val="0272871F"/>
     <w:rsid w:val="02873FBF"/>
     <w:rsid w:val="02AA1223"/>
@@ -15880,51 +16062,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3EE19E92"/>
   <w15:docId w15:val="{1BB072C3-F912-4F84-8AEE-2FF323BA5050}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Mangal"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19820,51 +20002,51 @@
       <w:bCs/>
       <w:color w:val="0E57C4" w:themeColor="background2" w:themeShade="80"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle21">
     <w:name w:val="fontstyle21"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="00BD4DBC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="118501514">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187258315">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21891,50 +22073,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="3b54beb0-fe7c-4976-a6b8-39f078fdb355">
+      <UserInfo>
+        <DisplayName>Ana Paula Sacchi Kuhar</DisplayName>
+        <AccountId>11</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002565D83C572BD24F8C154517E8297687" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="86606fce285bf48289316f3d299ebfad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e7b273e5-d600-4a4d-af9a-595bba122ae1" xmlns:ns3="3b54beb0-fe7c-4976-a6b8-39f078fdb355" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="46dddd981bd5535a5a80070324532e77" ns2:_="" ns3:_="">
     <xsd:import namespace="e7b273e5-d600-4a4d-af9a-595bba122ae1"/>
     <xsd:import namespace="3b54beb0-fe7c-4976-a6b8-39f078fdb355"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e7b273e5-d600-4a4d-af9a-595bba122ae1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -22055,152 +22264,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31EA2763-7144-42E3-9CF2-C1C4E4C50150}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8154E7EF-20A9-4EC7-AA7D-73A8B92E2825}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3b54beb0-fe7c-4976-a6b8-39f078fdb355"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EF16178-AF12-4813-8C71-C66BF284055E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25C82A5A-EC8F-4157-9EE1-E30EB97D857D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e7b273e5-d600-4a4d-af9a-595bba122ae1"/>
     <ds:schemaRef ds:uri="3b54beb0-fe7c-4976-a6b8-39f078fdb355"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3527</Characters>
+  <Pages>3</Pages>
+  <Words>793</Words>
+  <Characters>4283</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REFERENCIAL NAF V.3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerio da Fazenda</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4172</CharactersWithSpaces>
+  <CharactersWithSpaces>5066</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REFERENCIAL NAF V.3</dc:title>
   <dc:subject/>
   <dc:creator>Ana Paula Sacchi Kuhar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>