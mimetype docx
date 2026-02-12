--- v0 (2025-12-21)
+++ v1 (2026-02-12)
@@ -9,53 +9,53 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2CC17996" w14:textId="7F018074" w:rsidR="0079416B" w:rsidRPr="00F9289B" w:rsidRDefault="0079416B" w:rsidP="0079416B">
+    <w:p w14:paraId="2CC17996" w14:textId="700019E5" w:rsidR="0079416B" w:rsidRPr="00F9289B" w:rsidRDefault="0079416B" w:rsidP="0079416B">
       <w:pPr>
         <w:pStyle w:val="CabealhodoSumrio"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc120983587"/>
       <w:r w:rsidRPr="00F9289B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anexo III</w:t>
       </w:r>
       <w:r w:rsidR="00F04541">
         <w:rPr>
@@ -69,62 +69,50 @@
         <w:t>.I</w:t>
       </w:r>
       <w:r w:rsidR="00C1430A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9289B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>– Modelo de Acordo de Cooperação Técnica</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0E37879E" w14:textId="77777777" w:rsidR="0079416B" w:rsidRDefault="0079416B" w:rsidP="005D458F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="422ADC8B" w14:textId="77777777" w:rsidR="0079416B" w:rsidRDefault="0079416B" w:rsidP="005D458F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -143,1725 +131,3027 @@
       <w:bookmarkStart w:id="1" w:name="_Toc120983588"/>
       <w:r w:rsidRPr="00C1430A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACORDO DE COOPERAÇÃO TÉCNICA Nº ___/20__   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D1B5E1" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="3686"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="223B5BDF" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="276A3577" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACORDO DE COOPERAÇÃO TÉCNICA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nº</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>/20____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3091CAFB" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6424D43A" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="3686"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Acordo de Cooperação Técnica que entre si celebram a União, por intermédio da Secretaria Especial da Receita Federal do Brasil (RFB), representada pela Delegacia da Receita Federal do Brasil em ................................, e a ......(nome da instituição de ensino), para fins de implementação do Núcleo de Apoio Contábil e Fiscal (NAF).</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">ACORDO DE COOPERAÇÃO TÉCNICA QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DA SECRETARIA ESPECIAL DA RECEITA FEDERAL DO BRASIL (RFB), REPRESENTADA PELA DELEGACIA DA RECEITA FEDERAL DO BRASIL EM ................................, E A ...... (NOME DA INSTITUIÇÃO DE ENSINO), PARA FINS DE IMPLEMENTAÇÃO DO NÚCLEO DE APOIO CONTÁBIL E FISCAL (NAF). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE6F184" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="73EE9520" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22DBE796" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>UNIÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, por intermédio da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SECRETARIA ESPECIAL DA RECEITA FEDERAL DO BRASIL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, órgão do Ministério da Fazenda, doravante denominada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A170D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>RFB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, CNPJ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nº 00.394.460/0058-87</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">representada pela </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DELEGACIA DA RECEITA FEDERAL DO BRASIL EM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>[local sede da delegacia]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, doravante denominada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DRF/........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com sede em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no endereço </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, neste ato representad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por seu(a) Delegado(a), o(a) senhor(a)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>inscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no CPF sob o nº </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..........., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>[nome da instituição de ensino</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>CNPJ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nº </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  com sede em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no endereço </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neste ato representad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pelo seu(a) .</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.....(nome do cargo do(a) representante da instituição de ensino)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>......, o(a) senhor(a) ...</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>...(nome do(a) representante da instituição de ensino)..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">...., nomeado por meio de Decreto ....., publicado no Diário Oficial da União em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, portador da matrícula funcional nº </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ou inscrito no CPF sob o nº </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69501BD0" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>RESOLVEM cele</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>brar o presente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Acordo de Cooperação Técnica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, tendo em vista o que consta do Processo n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>..............,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sujeitando-se, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no que couber, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">às disposições da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Lei nº 13.019, de 31 de julho de 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, da  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lei nº 14.133, de 1º de abril de 2021, do Decreto nº 11.531, de 16 de maio de 2023, da Portaria SEGES/MGI nº </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3.506</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>maio de 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007565AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Portaria RFB nº 214, de 2 de setembro de 2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007565AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e suas alterações, mediante as cláusulas e condições a seguir:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4147EEDA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="257" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FA2F76F" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00BB5DDE" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72CC51A2" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="29FB6027" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CLÁUSULA PRIMEIRA – DO OBJETO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA47157" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00676CDD" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O objeto do presente Acordo de Cooperação Técnica é a execução de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atividades de cidadania fiscal por meio do Núcleo de Apoio Contábil e Fiscal (NAF), atividades curriculares ou de natureza extracurricular ou complementar, da [sigla ou nome reduzido da Instituição de ensino], com vistas a proporcionar: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="23649749" w14:textId="062F7A40" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...187 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="5E9CE0C8" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00676CDD" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">I – conhecimento acerca da função econômica e social dos tributos, bem como sobre direitos e deveres associados à tributação – em especial sobre as obrigações tributárias -, por meio de discussões, palestras, grupos de estudo, treinamentos e visitas guiadas à RFB; </w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>conhecimento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acerca da função econômica e social dos tributos, bem como sobre direitos e deveres associados à tributação – em especial sobre as obrigações tributárias -, por meio de discussões, palestras, grupos de estudo, treinamentos e visitas guiadas à RFB; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72916942" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="4368521D" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00676CDD" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>II – qualificação para o futuro exercício profissional por meio de vivência prática que proporcione a aplicação do aprendizado teórico; e</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>qualificação</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para o futuro exercício profissional por meio de vivência prática que proporcione a aplicação do aprendizado teórico; e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F800548" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="14230D3C" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00676CDD" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">III – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C1430A">
+      <w:r w:rsidRPr="00676CDD">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>orientação contábil e fiscal, pelos estudantes, a contribuintes pessoas físicas e jurídicas, tais como pessoas físicas de baixa renda, microempreendedores individuais, pequenos proprietários rurais, entidades sem fins lucrativos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C1430A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C1430A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00676CDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D57822E" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="1FBF8373" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00BB5DDE" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1122A5A7" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SEGUNDA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – DO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PLANO DE TRABALHO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7939A718" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para o alcance do objeto pactuado, os partícipes buscarão seguir o </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ano de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rabalho que, independentemente de transcrição, é parte integrante do presente Acordo de Cooperação Técnica, bem como toda documentação técnica que dele resulte, cujos dados neles contidos acatam os partícipes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CC4319" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E36E7D4" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CLÁUSULA TERCEIRA - DAS OBRIGAÇÕES COMUNS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B68905F" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Constituem obrigações comuns de ambos os partícipes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55777CFA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) elaborar o Plano de Trabalho relativo aos objetivos deste Acordo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6402754F" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) executar as ações objeto deste Acordo, assim como monitorar os resultados; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5B4685" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c) responsabilizar-se por quaisquer danos porventura causados, dolosa ou culposamente, por seus colaboradores, servidores ou prepostos, ao patrimônio do outro partícipe, quando da execução deste Acordo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AD2898" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) analisar resultados parciais, reformulando metas quando necessário ao atingimento do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>resultado final</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFB259D" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e) cumprir as atribuições próprias conforme definido no instrumento; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDEBC11" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f) realizar vistorias em conjunto, quando necessário; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE1D5AF" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">g) disponibilizar recursos humanos, tecnológicos e materiais para executar as ações, mediante custeio próprio; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CF57A4" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">h) permitir o livre acesso a agentes da administração pública (controle interno e externo), a todos os documentos relacionados ao acordo, assim como aos elementos de sua execução; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256209D8" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i) fornecer ao parceiro as informações necessárias e disponíveis para o cumprimento das obrigações acordadas; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D206016" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>j) manter sigilo das informações sensíveis (conforme classificação da Lei nº 12.527, de 18 de novembro de 2011 - Lei de Acesso à Informação - LAI) obtidas em razão da execução do acordo, somente divulgando-as se houver expressa autorização dos partícipes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1303CF" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k) observar os deveres previstos na Lei nº 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados - LGPD), adotando medidas eficazes para proteção de dados pessoais a que tenha acesso por força da execução deste acordo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A85F18B" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>l) obedecer às restrições legais relativas à propriedade intelectual, se for o caso;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F903710" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00D146AB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D146AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>m) definir, conjuntamente, as formas mais adequadas de divulgação do NAF;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9D4B49" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00D146AB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D146AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D146AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D146AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acordar sobre a utilização de suas respectivas marcas institucionais, representadas por seus títulos e logotipos, de forma que somente poderá ocorrer por um dos partícipes com a prévia e expressa autorização do outro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5E0DA1" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula única.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Os partícipes concordam em oferecer, em regime de colaboração mútua, todas as facilidades para a execução do presente instrumento, de modo a, no limite de suas possibilidades, não faltarem recursos humanos, materiais e instalações, conforme as exigências do Plano de Trabalho. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163DB8BA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58E465E0" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CLÁUSULA QUARTA - DAS OBRIGAÇÕES DA DRF</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NOME DA DELEGACIA DA RFB]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2525F4" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00BB5DDE" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para viabilizar o objeto deste instrumento, são responsabilidades da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>DRF</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOME DA DELEGACIA DA RFB]:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252DEAD8" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00BB5DDE" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a) prestar assistência técnico-tributária na implantação, execução e acompanhamento do NAF junto à [sigla ou nome reduzido da Instituição de ensino];</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9714D7" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00BB5DDE" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>b) auxiliar na capacitação dos estudantes em temas tributários e aduaneiros;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58077B08" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>c) designar um servidor, e seu substituto, que terá a função de coordenar o programa NAF no âmbito da RFB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3207D6B8" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk162010452"/>
+    </w:p>
+    <w:p w14:paraId="71C53180" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00CA2CC4" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA QUINTA - DAS OBRIGAÇÕES DO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[sigla ou nome reduzido da Instituição de ensino]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="3508E17A" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00E479B9" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para viabilizar o objeto deste instrumento, são responsabilidades da (o) [sigla ou nome reduzido da Instituição de ensino]:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BEE767" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00E479B9" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a) convocar e garantir a participação dos alunos que integram o NAF nas capacitações promovidas pela RFB que versem sobre obrigações tributárias e aduaneiras e outros assuntos relacionados à cidadania fiscal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C02B58" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00E479B9" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>b) disponibilizar espaço físico e equipamentos para instalação do NAF, mesmo que o modelo de funcionamento seja predominantemente virtual;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354B890A" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00E479B9" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c) certificar os eventos de capacitação;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD515B5" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00E479B9" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>d) designar um professor, ou coordenador, e seu substituto, para supervisionar o NAF no âmbito da [sigla ou nome reduzido da Instituição de ensino]; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AE88C2" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00E479B9" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e) incorporar o NAF aos projetos educacionais implementados pela [sigla ou nome reduzido da instituição de ensino] e, no caso de entidade de ensino superior, em especial aos programas e projetos de graduação e pesquisa, bem assim promover a sua difusão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC169AB" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Parágrafo único</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Eventual material publicitário relativo ao NAF deverá ser submetido à apreciação da DRF</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E479B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOME DA DELEGACIA DA RFB] e só poderá ser divulgado por qualquer meio, bem assim veiculado em mídia de qualquer natureza, se previamente aprovado pela DRF/[NOME DA DELEGACIA DA RFB].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FFB43E" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B27050" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA SEXTA – DO ACOMPANHAMENTO DA EXECUÇÃO DO ACORDO DE COOPERAÇÃO TÉCNICA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268B72FA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No prazo de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 (trinta) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dias a contar da assinatura do presente Acordo, cada partícipe designará formalmente o responsável titular e respectivo suplente, preferencialmente servidores públicos, para acompanhar a execução e o cumprimento do objeto do Acordo de Cooperação Técnica.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC696FE" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula primeira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Competirá aos responsáveis a comunicação com o outro partícipe, bem como transmitir e receber solicitações; marcar reuniões, devendo todas as comunicações serem documentadas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339B74A0" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula segunda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sempre que o indicado não puder continuar a desempenhar a incumbência, este deverá ser substituído. A comunicação deverá ser feita ao outro partícipe, no prazo de até </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 (dez) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dias da ocorrência do evento, seguida da identificação do substituto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD5FC9B" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F3BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subcláusula terceira. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>As iniciativas de cooperação decorrentes deste Acordo de Cooperação Técnica, que eventualmente requeiram formalização, terão suas linhas básicas e atividades especificadas e implementadas por meio de protocolos de execução, a serem firmados entre os partícipes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4548C862" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="143C3E08" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CLÁUSULA SÉTIMA – DOS RECURSOS FINANCEIROS E PATRIMONIAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662477FE" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Não haverá transferência voluntária de recursos financeiros ou doação de bens entre os partícipes para a execução do presente Acordo de Cooperação Técnica. As despesas necessárias à plena consecução do objeto acordado, tais como: pessoal, deslocamentos, comunicação entre os órgãos e outras que se fizerem necessárias, correrão por conta das dotações específicas constantes nos orçamentos dos partícipes.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201C493B" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula primeira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>. As ações que implicarem repasse de recursos serão viabilizadas por intermédio de instrumento específico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78321CDE" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Subcláusula segunda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Os serviços decorrentes do presente Acordo serão prestados em regime de cooperação mútua, não cabendo aos partícipes quaisquer remunerações. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358A78F2" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4E9EFA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        </w:rPr>
+        <w:t>CLÁUSUL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E0FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A OITAVA – DOS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E0FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>RECURSOS HUM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E0FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        </w:rPr>
+        <w:t>ANOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F70AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F35A61A" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os recursos humanos utilizados por quaisquer dos PARTÍCIPES, em decorrência das atividades inerentes ao presente Acordo, não sofrerão alteração na sua vinculação nem acarretarão quaisquer ônus ao outro partícipe.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1831FFA6" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula única.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As atividades não implicarão cessão de servidores, que poderão ser designados apenas para o desempenho de ação específica prevista no acordo e por prazo determinado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512952BA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39579817" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CLÁUSULA NONA - DO PRAZO E VIGÊNCIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7072811F" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>presente Acordo de Cooperação Técnica vigerá por 10 (dez) anos a partir da publicação do respectivo extrato no Diário Oficial da União.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D06923" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D5E4CB1" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA DÉCIMA - DAS ALTERAÇÕES  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B0E835" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O presente Acordo poderá ser alterado, no todo ou em parte, mediante termo aditivo, desde que mantido o seu objeto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC92527" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A31238" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CLÁUSULA DÉCIMA PRIMEIRA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- DO ENCERRAMENTO  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFEF25F" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>O presente Acordo de Cooperação Técnica será extinto:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA4DC16" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) por advento do termo final, sem que os partícipes tenham até então firmado aditivo para renová-lo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259C0CF6" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) por denúncia de qualquer dos partícipes, se não tiver mais interesse na manutenção da parceria, notificando o parceiro com antecedência mínima de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00105F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (trinta)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dias;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAA1274" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c) por consenso dos partícipes antes do advento do termo final de vigência, devendo ser devidamente formalizado; e </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D92EB39" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) por rescisão. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58569F94" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula primeira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Havendo a extinção do ajuste, cada um dos partícipes fica responsável pelo cumprimento das obrigações assumidas até a data do encerramento.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E34E19C" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula segunda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Se na data da extinção não houver sido alcançado o resultado, os partícipes entabularão acordo para cumprimento, se possível, de meta ou etapa que possa ter continuidade posteriormente, ainda que de forma unilateral. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBFE648" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F20C01" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA DÉCIMA SEGUNDA - DA RESCISÃO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C376E1" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O presente instrumento poderá ser rescindido justificadamente, a qualquer tempo, por qualquer um dos partícipes, mediante comunicação formal, com aviso prévio de, no mínimo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7444">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(trinta) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dias, nas seguintes situações: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B45A87" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) quando houver o descumprimento de obrigação por um dos partícipes que inviabilize o alcance do resultado do Acordo de Cooperação Técnica; e </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0196C8" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) na ocorrência de caso fortuito ou de força maior, regularmente comprovado, impeditivo da execução do objeto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540230CD" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73170083" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA DÉCIMA TERCEIRA – DA PUBLICAÇÃO  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547B8BD6" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os PARTÍCIPES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>poderão</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publicar o Acordo de Cooperação Técnica na página de seus respectivos sítios oficiais na internet, no prazo de 10 (dez) dias, a contar da sua assinatura. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B08076" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00BB5DDE" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula única.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001801AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>DRF</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>NOME DA DELEGACIA DA RFB]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providenciará a publicação do presente Acordo de Cooperação Técnica, por meio de extrato, no Diário Oficial da União.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683D0209" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078404F1" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CLÁUSULA DÉCIMA QUARTA – DA PUBLICIDADE E DIVULGAÇÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBE33B7" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>A publicidade decorrente dos atos, programas, obras, serviços e campanhas, procedentes deste Acordo de Cooperação Técnica deverá possuir caráter educativo, informativo, ou de orientação social, dela não podendo constar nomes, símbolos ou imagens que caracterizem promoção pessoal de autoridades ou servidores públicos, nos termos do art. 37, §1º, da Constituição Federal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D2ED18" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63DE5DB3" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA DÉCIMA QUINTA – DA AFERIÇÃO DE RESULTADOS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BD8DC4" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os partícipes deverão aferir os benefícios e alcance do interesse público obtidos em decorrência do ajuste, mediante a elaboração de relatório conjunto de execução de atividades relativas à parceria, discriminando as ações empreendidas e os objetivos alcançados, no prazo de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000673F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">até 90 (noventa) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dias após o encerramento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F48E10" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EFAF14C" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ACCBF9" w:themeFill="background2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA DÉCIMA SEXTA - DOS CASOS OMISSOS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C07E99D" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As situações não previstas no presente instrumento serão solucionadas de comum acordo entre os partícipes, cujo direcionamento deve visar à execução integral do objeto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569A39B9" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A55AA0" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLÁUSULA DÉCIMA SÉTIMA - DA CONCILIAÇÃO E DO FORO  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6392A5F5" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Na hipótese de haver divergências, que não puderem ser solucionadas diretamente por consentimento, os partícipes solicitarão à Câmara de Mediação e de Conciliação da Administração Pública Federal - CCAF, órgão da Advocacia-Geral da União, a avaliação da admissibilidade dos pedidos de resolução de conflitos, por meio de conciliação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF58F55" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00441734" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00441734">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Subcláusula única</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441734">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Não logrando êxito a tentativa de conciliação e solução administrativa, será competente para dirimir as questões decorrentes deste Acordo de Cooperação Técnica o foro da Justiça Federal da Seção Judiciária do (Estado ou Distrito Federal), nos termos do inciso I do art. 109 da Constituição Federal.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668875DC" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C1E6BCA" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E, por assim estarem plenamente de acordo, os partícipes obrigam-se ao total e irrenunciável cumprimento dos termos do presente instrumento, o qual lido e achado conforme, assinam eletronicamente por meio de seus representantes, para que produza seus legais efeitos, em Juízo ou fora dele.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5619E951" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B18A676" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00907833" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907833">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Local/UF, XX de XXXX de 20XX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB6D522" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701B5224" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632B1248" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>[NOME DA AUTORIDADE]</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="212A158D" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="066940E2" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-        <w:t>CLÁUSULA SEGUNDA – DAS OBRIGAÇÕES DOS PARTÍCIPES</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Delegad[o/a] da Receita Federal do Brasil em ..........................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668978FE" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...18 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0EEAC0B9" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F3A002" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...17 lines deleted...]
-        <w:t>I - incumbe à DRF/........:</w:t>
+    <w:p w14:paraId="5EF02989" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174E509C" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...306 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="3E764CAE" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>[NOME DO REPRESENTANTE DA Instituição de ensino]</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3DF5F353" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w14:paraId="5B6875DE" w14:textId="77777777" w:rsidR="00937CFB" w:rsidRPr="00743810" w:rsidRDefault="00937CFB" w:rsidP="00937CFB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-        <w:t>CLÁUSULA TERCEIRA – DA  OPERACIONALIZAÇÃO</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743810">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>[nome do cargo do representante da Instituição de ensino]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F847B57" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
-[...832 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="7110B4A4" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28EEFB27" w14:textId="77777777" w:rsidR="00C1430A" w:rsidRPr="00C1430A" w:rsidRDefault="00C1430A" w:rsidP="00C1430A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="314B31C7" w14:textId="77777777" w:rsidR="0079416B" w:rsidRPr="00C1430A" w:rsidRDefault="0079416B" w:rsidP="005D458F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0079416B" w:rsidRPr="00C1430A" w:rsidSect="008A06F7">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="488" w:footer="89" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="310206F5" w14:textId="77777777" w:rsidR="003D5C18" w:rsidRDefault="003D5C18">
+    <w:p w14:paraId="43240ABD" w14:textId="77777777" w:rsidR="009559F0" w:rsidRDefault="009559F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45E48C12" w14:textId="77777777" w:rsidR="003D5C18" w:rsidRDefault="003D5C18">
+    <w:p w14:paraId="5D8A3ED6" w14:textId="77777777" w:rsidR="009559F0" w:rsidRDefault="009559F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4D181144" w14:textId="77777777" w:rsidR="003D5C18" w:rsidRDefault="003D5C18"/>
+    <w:p w14:paraId="69B84683" w14:textId="77777777" w:rsidR="009559F0" w:rsidRDefault="009559F0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol, 'Arial Unicode MS'">
+    <w:altName w:val="OpenSymbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1902,51 +3192,51 @@
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:id w:val="-1800998169"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="3D2DBA87" w14:textId="60581C1D" w:rsidR="001426DD" w:rsidRPr="003B04DA" w:rsidRDefault="008A06F7">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="008A06F7">
@@ -2070,147 +3360,76 @@
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="277ADA44" w14:textId="349C0427" w:rsidR="003E3BBC" w:rsidRPr="008A06F7" w:rsidRDefault="003E3BBC">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52F3606E" w14:textId="77777777" w:rsidR="003D5C18" w:rsidRDefault="003D5C18">
+    <w:p w14:paraId="0C4D1747" w14:textId="77777777" w:rsidR="009559F0" w:rsidRDefault="009559F0">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EDDA5D8" w14:textId="77777777" w:rsidR="003D5C18" w:rsidRDefault="003D5C18">
+    <w:p w14:paraId="259BEBA1" w14:textId="77777777" w:rsidR="009559F0" w:rsidRDefault="009559F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="484948EB" w14:textId="77777777" w:rsidR="003D5C18" w:rsidRDefault="003D5C18"/>
-[...70 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="6844DA19" w14:textId="77777777" w:rsidR="009559F0" w:rsidRDefault="009559F0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CCD516B" w14:textId="25E5F5A3" w:rsidR="00A50816" w:rsidRDefault="008A06F7" w:rsidP="008A06F7">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="6190"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659265" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="020D4596" wp14:editId="73FB95C7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2188210</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-195580</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1758950" cy="412750"/>
@@ -2340,51 +3559,51 @@
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="sOqru0QrjHeYjC" int2:id="KgGk72FR">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="ziiLNaZJqP7mB4" int2:id="suzpTRo6">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11094,52 +12313,53 @@
     <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="80" w16cid:durableId="2061516029">
     <w:abstractNumId w:val="81"/>
   </w:num>
   <w:num w:numId="81" w16cid:durableId="236404641">
     <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="82" w16cid:durableId="1708867589">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="83" w16cid:durableId="1452743059">
     <w:abstractNumId w:val="67"/>
   </w:num>
   <w:num w:numId="84" w16cid:durableId="1350793829">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="85" w16cid:durableId="1788308050">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="83"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -11397,50 +12617,51 @@
     <w:rsid w:val="00150538"/>
     <w:rsid w:val="0015067F"/>
     <w:rsid w:val="00150697"/>
     <w:rsid w:val="00150C88"/>
     <w:rsid w:val="0015102B"/>
     <w:rsid w:val="00151050"/>
     <w:rsid w:val="00152213"/>
     <w:rsid w:val="00152689"/>
     <w:rsid w:val="00154B7D"/>
     <w:rsid w:val="00154C47"/>
     <w:rsid w:val="001555C6"/>
     <w:rsid w:val="00155770"/>
     <w:rsid w:val="001558A8"/>
     <w:rsid w:val="001572B1"/>
     <w:rsid w:val="0015788A"/>
     <w:rsid w:val="00157F60"/>
     <w:rsid w:val="0016003B"/>
     <w:rsid w:val="0016014A"/>
     <w:rsid w:val="0016350A"/>
     <w:rsid w:val="00163523"/>
     <w:rsid w:val="00163C86"/>
     <w:rsid w:val="00163CFE"/>
     <w:rsid w:val="00164DE2"/>
     <w:rsid w:val="00165E31"/>
     <w:rsid w:val="001664F4"/>
+    <w:rsid w:val="00167046"/>
     <w:rsid w:val="00167476"/>
     <w:rsid w:val="001677FB"/>
     <w:rsid w:val="001706A6"/>
     <w:rsid w:val="00170DA5"/>
     <w:rsid w:val="001710EF"/>
     <w:rsid w:val="00175473"/>
     <w:rsid w:val="0017555D"/>
     <w:rsid w:val="00176DC6"/>
     <w:rsid w:val="00176F9D"/>
     <w:rsid w:val="0017721D"/>
     <w:rsid w:val="0017727E"/>
     <w:rsid w:val="00180E4B"/>
     <w:rsid w:val="00180EBF"/>
     <w:rsid w:val="00181E9D"/>
     <w:rsid w:val="00181F53"/>
     <w:rsid w:val="0018232A"/>
     <w:rsid w:val="001825DB"/>
     <w:rsid w:val="001844A7"/>
     <w:rsid w:val="00184E4B"/>
     <w:rsid w:val="001862C0"/>
     <w:rsid w:val="001865BC"/>
     <w:rsid w:val="0019027B"/>
     <w:rsid w:val="00190809"/>
     <w:rsid w:val="00190C2E"/>
     <w:rsid w:val="00190F59"/>
@@ -11863,78 +13084,80 @@
     <w:rsid w:val="003C01DE"/>
     <w:rsid w:val="003C026F"/>
     <w:rsid w:val="003C08C5"/>
     <w:rsid w:val="003C08FE"/>
     <w:rsid w:val="003C0D80"/>
     <w:rsid w:val="003C6DA3"/>
     <w:rsid w:val="003C7085"/>
     <w:rsid w:val="003D05E4"/>
     <w:rsid w:val="003D10E9"/>
     <w:rsid w:val="003D2281"/>
     <w:rsid w:val="003D374D"/>
     <w:rsid w:val="003D4DCE"/>
     <w:rsid w:val="003D4F80"/>
     <w:rsid w:val="003D5026"/>
     <w:rsid w:val="003D51CB"/>
     <w:rsid w:val="003D5220"/>
     <w:rsid w:val="003D56E8"/>
     <w:rsid w:val="003D5C18"/>
     <w:rsid w:val="003D5E03"/>
     <w:rsid w:val="003D7746"/>
     <w:rsid w:val="003D78A8"/>
     <w:rsid w:val="003D7F17"/>
     <w:rsid w:val="003E0235"/>
     <w:rsid w:val="003E0917"/>
     <w:rsid w:val="003E0C74"/>
+    <w:rsid w:val="003E0FB8"/>
     <w:rsid w:val="003E106A"/>
     <w:rsid w:val="003E1726"/>
     <w:rsid w:val="003E23F1"/>
     <w:rsid w:val="003E2423"/>
     <w:rsid w:val="003E2465"/>
     <w:rsid w:val="003E277A"/>
     <w:rsid w:val="003E3393"/>
     <w:rsid w:val="003E3BA0"/>
     <w:rsid w:val="003E3BBC"/>
     <w:rsid w:val="003E4173"/>
     <w:rsid w:val="003E4F51"/>
     <w:rsid w:val="003E4FA2"/>
     <w:rsid w:val="003E596F"/>
     <w:rsid w:val="003E64B4"/>
     <w:rsid w:val="003E6F66"/>
     <w:rsid w:val="003E7928"/>
     <w:rsid w:val="003E7C5D"/>
     <w:rsid w:val="003F05A6"/>
     <w:rsid w:val="003F096A"/>
     <w:rsid w:val="003F1162"/>
     <w:rsid w:val="003F12CA"/>
     <w:rsid w:val="003F295E"/>
     <w:rsid w:val="003F2F09"/>
     <w:rsid w:val="003F31FF"/>
     <w:rsid w:val="003F43E8"/>
     <w:rsid w:val="003F506C"/>
     <w:rsid w:val="003F5C96"/>
     <w:rsid w:val="003F6198"/>
+    <w:rsid w:val="003F7D66"/>
     <w:rsid w:val="00400250"/>
     <w:rsid w:val="00400EF1"/>
     <w:rsid w:val="004016DA"/>
     <w:rsid w:val="00401E83"/>
     <w:rsid w:val="004025A8"/>
     <w:rsid w:val="00402DA5"/>
     <w:rsid w:val="00402DFB"/>
     <w:rsid w:val="004035A7"/>
     <w:rsid w:val="00403E6E"/>
     <w:rsid w:val="004046D5"/>
     <w:rsid w:val="004059B1"/>
     <w:rsid w:val="00406E35"/>
     <w:rsid w:val="00407597"/>
     <w:rsid w:val="00410C3B"/>
     <w:rsid w:val="00412619"/>
     <w:rsid w:val="004126C4"/>
     <w:rsid w:val="00412F94"/>
     <w:rsid w:val="0041397F"/>
     <w:rsid w:val="00414C89"/>
     <w:rsid w:val="00416E8D"/>
     <w:rsid w:val="0041741D"/>
     <w:rsid w:val="00420972"/>
     <w:rsid w:val="004215AC"/>
     <w:rsid w:val="004217FD"/>
     <w:rsid w:val="00421A3C"/>
@@ -12890,63 +14113,65 @@
     <w:rsid w:val="009111AF"/>
     <w:rsid w:val="00914EAE"/>
     <w:rsid w:val="00914F2A"/>
     <w:rsid w:val="0091581A"/>
     <w:rsid w:val="009166C6"/>
     <w:rsid w:val="00920638"/>
     <w:rsid w:val="00920CB3"/>
     <w:rsid w:val="00921776"/>
     <w:rsid w:val="00922BF7"/>
     <w:rsid w:val="0092465B"/>
     <w:rsid w:val="009249F3"/>
     <w:rsid w:val="009263C9"/>
     <w:rsid w:val="0092714A"/>
     <w:rsid w:val="00927617"/>
     <w:rsid w:val="00930A8B"/>
     <w:rsid w:val="009312CC"/>
     <w:rsid w:val="00932956"/>
     <w:rsid w:val="00932AFF"/>
     <w:rsid w:val="0093395B"/>
     <w:rsid w:val="00933AE6"/>
     <w:rsid w:val="00933BA5"/>
     <w:rsid w:val="009349DA"/>
     <w:rsid w:val="009353C6"/>
     <w:rsid w:val="00936363"/>
     <w:rsid w:val="009374CA"/>
+    <w:rsid w:val="00937CFB"/>
     <w:rsid w:val="00940395"/>
     <w:rsid w:val="009409CF"/>
     <w:rsid w:val="00942B63"/>
     <w:rsid w:val="00943C77"/>
     <w:rsid w:val="00944591"/>
     <w:rsid w:val="00944DAA"/>
     <w:rsid w:val="00947A60"/>
     <w:rsid w:val="0095065F"/>
     <w:rsid w:val="00951E2B"/>
     <w:rsid w:val="009524B5"/>
     <w:rsid w:val="009526D2"/>
     <w:rsid w:val="0095433B"/>
     <w:rsid w:val="00954D65"/>
+    <w:rsid w:val="009559F0"/>
     <w:rsid w:val="00955AE8"/>
     <w:rsid w:val="009575BF"/>
     <w:rsid w:val="00960003"/>
     <w:rsid w:val="00960546"/>
     <w:rsid w:val="0096152A"/>
     <w:rsid w:val="00961552"/>
     <w:rsid w:val="009623E5"/>
     <w:rsid w:val="00962D03"/>
     <w:rsid w:val="00963AE3"/>
     <w:rsid w:val="00964358"/>
     <w:rsid w:val="00966FF4"/>
     <w:rsid w:val="00967317"/>
     <w:rsid w:val="00970049"/>
     <w:rsid w:val="009701D9"/>
     <w:rsid w:val="009706F9"/>
     <w:rsid w:val="00970A86"/>
     <w:rsid w:val="00971D48"/>
     <w:rsid w:val="00974B21"/>
     <w:rsid w:val="00975334"/>
     <w:rsid w:val="00975A09"/>
     <w:rsid w:val="00975ADF"/>
     <w:rsid w:val="00975CCC"/>
     <w:rsid w:val="009771F7"/>
     <w:rsid w:val="00977506"/>
     <w:rsid w:val="00977794"/>
@@ -13064,50 +14289,51 @@
     <w:rsid w:val="00A25CCE"/>
     <w:rsid w:val="00A25DC2"/>
     <w:rsid w:val="00A2661F"/>
     <w:rsid w:val="00A26CA6"/>
     <w:rsid w:val="00A2741D"/>
     <w:rsid w:val="00A274F4"/>
     <w:rsid w:val="00A30204"/>
     <w:rsid w:val="00A30C43"/>
     <w:rsid w:val="00A30EEF"/>
     <w:rsid w:val="00A317EA"/>
     <w:rsid w:val="00A34573"/>
     <w:rsid w:val="00A353A0"/>
     <w:rsid w:val="00A368AA"/>
     <w:rsid w:val="00A36FAA"/>
     <w:rsid w:val="00A3713B"/>
     <w:rsid w:val="00A37D13"/>
     <w:rsid w:val="00A40ED6"/>
     <w:rsid w:val="00A41009"/>
     <w:rsid w:val="00A42AC2"/>
     <w:rsid w:val="00A43B34"/>
     <w:rsid w:val="00A44211"/>
     <w:rsid w:val="00A4463B"/>
     <w:rsid w:val="00A469D0"/>
     <w:rsid w:val="00A46E1C"/>
     <w:rsid w:val="00A50816"/>
+    <w:rsid w:val="00A521A7"/>
     <w:rsid w:val="00A52A8A"/>
     <w:rsid w:val="00A532FE"/>
     <w:rsid w:val="00A541ED"/>
     <w:rsid w:val="00A5456D"/>
     <w:rsid w:val="00A546EB"/>
     <w:rsid w:val="00A54A17"/>
     <w:rsid w:val="00A55C69"/>
     <w:rsid w:val="00A5624A"/>
     <w:rsid w:val="00A56EC8"/>
     <w:rsid w:val="00A57CE2"/>
     <w:rsid w:val="00A60D0B"/>
     <w:rsid w:val="00A61040"/>
     <w:rsid w:val="00A61959"/>
     <w:rsid w:val="00A63497"/>
     <w:rsid w:val="00A63C35"/>
     <w:rsid w:val="00A644CD"/>
     <w:rsid w:val="00A64795"/>
     <w:rsid w:val="00A65BF6"/>
     <w:rsid w:val="00A6620A"/>
     <w:rsid w:val="00A665D6"/>
     <w:rsid w:val="00A67A92"/>
     <w:rsid w:val="00A7020F"/>
     <w:rsid w:val="00A703F2"/>
     <w:rsid w:val="00A70CA4"/>
     <w:rsid w:val="00A70DCD"/>
@@ -13196,50 +14422,51 @@
     <w:rsid w:val="00AD4E80"/>
     <w:rsid w:val="00AD4E8A"/>
     <w:rsid w:val="00AD5889"/>
     <w:rsid w:val="00AD690C"/>
     <w:rsid w:val="00AD7803"/>
     <w:rsid w:val="00AE107A"/>
     <w:rsid w:val="00AE3D79"/>
     <w:rsid w:val="00AE548B"/>
     <w:rsid w:val="00AE5B70"/>
     <w:rsid w:val="00AE62AE"/>
     <w:rsid w:val="00AE69C4"/>
     <w:rsid w:val="00AE7A84"/>
     <w:rsid w:val="00AE7E66"/>
     <w:rsid w:val="00AF0DB5"/>
     <w:rsid w:val="00AF247A"/>
     <w:rsid w:val="00AF3F44"/>
     <w:rsid w:val="00AF49E5"/>
     <w:rsid w:val="00AF4F07"/>
     <w:rsid w:val="00AF5355"/>
     <w:rsid w:val="00AF55AB"/>
     <w:rsid w:val="00AF6877"/>
     <w:rsid w:val="00B01410"/>
     <w:rsid w:val="00B01681"/>
     <w:rsid w:val="00B01E5F"/>
     <w:rsid w:val="00B03D41"/>
+    <w:rsid w:val="00B03FC7"/>
     <w:rsid w:val="00B04419"/>
     <w:rsid w:val="00B0545C"/>
     <w:rsid w:val="00B06A55"/>
     <w:rsid w:val="00B06D8C"/>
     <w:rsid w:val="00B07F77"/>
     <w:rsid w:val="00B10FB8"/>
     <w:rsid w:val="00B110A7"/>
     <w:rsid w:val="00B111FF"/>
     <w:rsid w:val="00B1123F"/>
     <w:rsid w:val="00B116C5"/>
     <w:rsid w:val="00B11DAA"/>
     <w:rsid w:val="00B120B2"/>
     <w:rsid w:val="00B13513"/>
     <w:rsid w:val="00B13642"/>
     <w:rsid w:val="00B20236"/>
     <w:rsid w:val="00B203B0"/>
     <w:rsid w:val="00B20C6E"/>
     <w:rsid w:val="00B20E07"/>
     <w:rsid w:val="00B2567B"/>
     <w:rsid w:val="00B25D2A"/>
     <w:rsid w:val="00B26196"/>
     <w:rsid w:val="00B2651A"/>
     <w:rsid w:val="00B2666A"/>
     <w:rsid w:val="00B26717"/>
     <w:rsid w:val="00B268AD"/>
@@ -14125,50 +15352,51 @@
     <w:rsid w:val="00FD3769"/>
     <w:rsid w:val="00FD4CEA"/>
     <w:rsid w:val="00FD4EDD"/>
     <w:rsid w:val="00FD51C0"/>
     <w:rsid w:val="00FD5826"/>
     <w:rsid w:val="00FD5B18"/>
     <w:rsid w:val="00FD5CB6"/>
     <w:rsid w:val="00FE1FBA"/>
     <w:rsid w:val="00FE2083"/>
     <w:rsid w:val="00FE2E97"/>
     <w:rsid w:val="00FE3DB9"/>
     <w:rsid w:val="00FE40B9"/>
     <w:rsid w:val="00FE479D"/>
     <w:rsid w:val="00FE49BB"/>
     <w:rsid w:val="00FE4A1C"/>
     <w:rsid w:val="00FE4AA5"/>
     <w:rsid w:val="00FE55E3"/>
     <w:rsid w:val="00FE69BF"/>
     <w:rsid w:val="00FE6C41"/>
     <w:rsid w:val="00FE7568"/>
     <w:rsid w:val="00FF0C50"/>
     <w:rsid w:val="00FF1E54"/>
     <w:rsid w:val="00FF1EA3"/>
     <w:rsid w:val="00FF29BA"/>
     <w:rsid w:val="00FF2CF2"/>
+    <w:rsid w:val="00FF5526"/>
     <w:rsid w:val="00FF5A5F"/>
     <w:rsid w:val="00FF6197"/>
     <w:rsid w:val="00FF659E"/>
     <w:rsid w:val="00FF6723"/>
     <w:rsid w:val="00FF6E4A"/>
     <w:rsid w:val="01183861"/>
     <w:rsid w:val="012FD997"/>
     <w:rsid w:val="013DF8E3"/>
     <w:rsid w:val="01458B92"/>
     <w:rsid w:val="0152C518"/>
     <w:rsid w:val="0170D75B"/>
     <w:rsid w:val="01943AE3"/>
     <w:rsid w:val="019C21AF"/>
     <w:rsid w:val="01A0871A"/>
     <w:rsid w:val="01C2C937"/>
     <w:rsid w:val="01D336FF"/>
     <w:rsid w:val="01F7E1EF"/>
     <w:rsid w:val="01F7FDF6"/>
     <w:rsid w:val="020701A3"/>
     <w:rsid w:val="020C0AA8"/>
     <w:rsid w:val="0210A187"/>
     <w:rsid w:val="0221236C"/>
     <w:rsid w:val="0224372F"/>
     <w:rsid w:val="023771AF"/>
     <w:rsid w:val="0239F302"/>
@@ -16336,51 +17564,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3EE19E92"/>
   <w15:docId w15:val="{1BB072C3-F912-4F84-8AEE-2FF323BA5050}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Mangal"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20281,51 +21509,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle21">
     <w:name w:val="fontstyle21"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="00BD4DBC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="00C1430A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="118501514">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187258315">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22352,77 +23580,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...25 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002565D83C572BD24F8C154517E8297687" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="86606fce285bf48289316f3d299ebfad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e7b273e5-d600-4a4d-af9a-595bba122ae1" xmlns:ns3="3b54beb0-fe7c-4976-a6b8-39f078fdb355" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="46dddd981bd5535a5a80070324532e77" ns2:_="" ns3:_="">
     <xsd:import namespace="e7b273e5-d600-4a4d-af9a-595bba122ae1"/>
     <xsd:import namespace="3b54beb0-fe7c-4976-a6b8-39f078fdb355"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e7b273e5-d600-4a4d-af9a-595bba122ae1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -22543,125 +23744,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="3b54beb0-fe7c-4976-a6b8-39f078fdb355">
+      <UserInfo>
+        <DisplayName>Ana Paula Sacchi Kuhar</DisplayName>
+        <AccountId>11</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25C82A5A-EC8F-4157-9EE1-E30EB97D857D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e7b273e5-d600-4a4d-af9a-595bba122ae1"/>
     <ds:schemaRef ds:uri="3b54beb0-fe7c-4976-a6b8-39f078fdb355"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EF16178-AF12-4813-8C71-C66BF284055E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8154E7EF-20A9-4EC7-AA7D-73A8B92E2825}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3b54beb0-fe7c-4976-a6b8-39f078fdb355"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31EA2763-7144-42E3-9CF2-C1C4E4C50150}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8739</Characters>
+  <Pages>5</Pages>
+  <Words>2203</Words>
+  <Characters>11900</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REFERENCIAL NAF V.3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerio da Fazenda</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10337</CharactersWithSpaces>
+  <CharactersWithSpaces>14075</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REFERENCIAL NAF V.3</dc:title>
   <dc:subject/>
   <dc:creator>Ana Paula Sacchi Kuhar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>