--- v0 (2026-01-11)
+++ v1 (2026-02-20)
@@ -1,219 +1,237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\luiz.marques\OneDrive\2021 MCTI MCOM\Chamados\MCTI\399316\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\joao.junior\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6470" firstSheet="5" activeTab="9"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9072" firstSheet="5" activeTab="10"/>
   </bookViews>
   <sheets>
     <sheet name="Ano Base 2014" sheetId="1" r:id="rId1"/>
     <sheet name="Ano Base 2015" sheetId="2" r:id="rId2"/>
     <sheet name="Ano Base 2016" sheetId="3" r:id="rId3"/>
     <sheet name="Ano Base 2017" sheetId="4" r:id="rId4"/>
     <sheet name="Ano Base 2018" sheetId="5" r:id="rId5"/>
     <sheet name="Ano Base 2019" sheetId="6" r:id="rId6"/>
     <sheet name="Ano Base 2020" sheetId="7" r:id="rId7"/>
     <sheet name="Ano Base 2021" sheetId="8" r:id="rId8"/>
     <sheet name="Ano Base 2022" sheetId="9" r:id="rId9"/>
     <sheet name="Ano Base 2023" sheetId="10" r:id="rId10"/>
+    <sheet name="Ano Base 2024" sheetId="11" r:id="rId11"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B7" i="10" l="1"/>
   <c r="C7" i="10"/>
   <c r="E7" i="10"/>
   <c r="D7" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="15">
   <si>
     <t>Região</t>
   </si>
   <si>
     <t>Qt de Empresas</t>
   </si>
   <si>
     <t xml:space="preserve"> Investimento Total Declarado</t>
   </si>
   <si>
     <t>Renúncia Fiscal</t>
   </si>
   <si>
     <t xml:space="preserve"> Projeto Declarado</t>
   </si>
   <si>
     <t>Nordeste</t>
   </si>
   <si>
     <t>Centro-Oeste</t>
   </si>
   <si>
     <t>Norte</t>
   </si>
   <si>
     <t>Sudeste</t>
   </si>
   <si>
     <t>Sul</t>
+  </si>
+  <si>
+    <t>CENTRO-OESTE</t>
+  </si>
+  <si>
+    <t>NORDESTE</t>
+  </si>
+  <si>
+    <t>NORTE</t>
+  </si>
+  <si>
+    <t>SUDESTE</t>
+  </si>
+  <si>
+    <t>SUL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -441,1360 +459,1484 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.6328125" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="21.26953125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14.6640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="26.88671875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="19.21875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="33.33203125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21.21875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" s="2" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="1">
         <v>22</v>
       </c>
       <c r="C2" s="1">
         <v>242</v>
       </c>
       <c r="D2" s="6">
         <v>152.68</v>
       </c>
       <c r="E2" s="6">
         <v>36.61</v>
       </c>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1">
         <v>43</v>
       </c>
       <c r="C3" s="1">
         <v>402</v>
       </c>
       <c r="D3" s="6">
         <v>230.55</v>
       </c>
       <c r="E3" s="6">
         <v>50.87</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="I3" s="5"/>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
         <v>26</v>
       </c>
       <c r="C4" s="1">
         <v>206</v>
       </c>
       <c r="D4" s="6">
         <v>398.39</v>
       </c>
       <c r="E4" s="6">
         <v>80.22</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1">
         <v>728</v>
       </c>
       <c r="C5" s="1">
         <v>7958</v>
       </c>
       <c r="D5" s="6">
         <v>6975.71</v>
       </c>
       <c r="E5" s="6">
         <v>1417.24</v>
       </c>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1">
         <v>387</v>
       </c>
       <c r="C6" s="1">
         <v>4925</v>
       </c>
       <c r="D6" s="6">
         <v>1495.28</v>
       </c>
       <c r="E6" s="6">
         <v>338.43</v>
       </c>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E7"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.81640625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="15.81640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="16.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.77734375" customWidth="1"/>
+    <col min="4" max="4" width="24.21875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.77734375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
         <v>169</v>
       </c>
       <c r="C2">
         <v>396</v>
       </c>
       <c r="D2">
         <v>1959.39</v>
       </c>
       <c r="E2">
         <v>482.85</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>197</v>
       </c>
       <c r="C3">
         <v>513</v>
       </c>
       <c r="D3">
         <v>1267.6400000000001</v>
       </c>
       <c r="E3">
         <v>287.76</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>72</v>
       </c>
       <c r="C4">
         <v>235</v>
       </c>
       <c r="D4">
         <v>1015.1</v>
       </c>
       <c r="E4">
         <v>215.79</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>2231</v>
       </c>
       <c r="C5">
         <v>7853</v>
       </c>
       <c r="D5">
         <v>30654.94</v>
       </c>
       <c r="E5">
         <v>7220.67</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>1209</v>
       </c>
       <c r="C6">
         <v>4641</v>
       </c>
       <c r="D6">
         <v>7037.56</v>
       </c>
       <c r="E6">
         <v>1608.37</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B7">
         <f t="shared" ref="B7:C7" si="0">SUM(B2:B6)</f>
         <v>3878</v>
       </c>
       <c r="C7">
         <f t="shared" si="0"/>
         <v>13638</v>
       </c>
       <c r="D7">
         <f>SUM(D2:D6)</f>
         <v>41934.629999999997</v>
       </c>
       <c r="E7">
         <f>SUM(E2:E6)</f>
         <v>9815.4399999999987</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E6"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E17" sqref="E17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="2" max="2" width="13.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.44140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2">
+        <v>186</v>
+      </c>
+      <c r="C2">
+        <v>516</v>
+      </c>
+      <c r="D2" s="11">
+        <v>2530.4896290000001</v>
+      </c>
+      <c r="E2" s="11">
+        <v>584.92693199999997</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3">
+        <v>214</v>
+      </c>
+      <c r="C3">
+        <v>567</v>
+      </c>
+      <c r="D3" s="11">
+        <v>1623.9199940000001</v>
+      </c>
+      <c r="E3" s="11">
+        <v>368.09630600000003</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4">
+        <v>82</v>
+      </c>
+      <c r="C4">
+        <v>347</v>
+      </c>
+      <c r="D4" s="11">
+        <v>1358.160895</v>
+      </c>
+      <c r="E4" s="11">
+        <v>343.999326</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5">
+        <v>2425</v>
+      </c>
+      <c r="C5">
+        <v>8556</v>
+      </c>
+      <c r="D5" s="11">
+        <v>36537.517720000003</v>
+      </c>
+      <c r="E5" s="11">
+        <v>8448.1497830000008</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6">
+        <v>1345</v>
+      </c>
+      <c r="C6">
+        <v>4891</v>
+      </c>
+      <c r="D6" s="11">
+        <v>9541.7160430000004</v>
+      </c>
+      <c r="E6" s="11">
+        <v>2239.31349</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.36328125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="17.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.88671875" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="28" style="2" customWidth="1"/>
-    <col min="7" max="7" width="15.36328125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="2">
         <v>35</v>
       </c>
       <c r="C2" s="2">
         <v>130</v>
       </c>
       <c r="D2" s="9">
         <v>138.43</v>
       </c>
       <c r="E2" s="9">
         <v>27.32</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="2">
         <v>43</v>
       </c>
       <c r="C3" s="2">
         <v>371</v>
       </c>
       <c r="D3" s="9">
         <v>154.66</v>
       </c>
       <c r="E3" s="9">
         <v>30.09</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="2">
         <v>27</v>
       </c>
       <c r="C4" s="2">
         <v>162</v>
       </c>
       <c r="D4" s="9">
         <v>435.59</v>
       </c>
       <c r="E4" s="9">
         <v>91.98</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2">
         <v>685</v>
       </c>
       <c r="C5" s="2">
         <v>5667</v>
       </c>
       <c r="D5" s="9">
         <v>6748.59</v>
       </c>
       <c r="E5" s="9">
         <v>1306.82</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2">
         <v>320</v>
       </c>
       <c r="C6" s="2">
         <v>3806</v>
       </c>
       <c r="D6" s="9">
         <v>1422.36</v>
       </c>
       <c r="E6" s="9">
         <v>253.3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
-    <col min="2" max="2" width="14.6328125" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="19.77734375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="28.109375" customWidth="1"/>
+    <col min="5" max="5" width="15.77734375" customWidth="1"/>
+    <col min="9" max="9" width="11.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="1">
         <v>48</v>
       </c>
       <c r="C2" s="1">
         <v>255</v>
       </c>
       <c r="D2" s="8">
         <v>171.59</v>
       </c>
       <c r="E2" s="8">
         <v>40.56</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1">
         <v>41</v>
       </c>
       <c r="C3" s="1">
         <v>329</v>
       </c>
       <c r="D3" s="8">
         <v>141.22</v>
       </c>
       <c r="E3" s="8">
         <v>30.15</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
         <v>24</v>
       </c>
       <c r="C4" s="1">
         <v>112</v>
       </c>
       <c r="D4" s="8">
         <v>345.79</v>
       </c>
       <c r="E4" s="8">
         <v>68.180000000000007</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1">
         <v>732</v>
       </c>
       <c r="C5" s="1">
         <v>5464</v>
       </c>
       <c r="D5" s="8">
         <v>6614.89</v>
       </c>
       <c r="E5" s="8">
         <v>1299.77</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1">
         <v>329</v>
       </c>
       <c r="C6" s="1">
         <v>2995</v>
       </c>
       <c r="D6" s="8">
         <v>1452.87</v>
       </c>
       <c r="E6" s="8">
         <v>287.17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D27" sqref="D27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.7265625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="15.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="23.88671875" customWidth="1"/>
+    <col min="9" max="9" width="11.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="1">
         <v>67</v>
       </c>
       <c r="C2" s="1">
         <v>308</v>
       </c>
       <c r="D2" s="8">
         <v>336.61</v>
       </c>
       <c r="E2" s="8">
         <v>74.680000000000007</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1">
         <v>58</v>
       </c>
       <c r="C3" s="1">
         <v>399</v>
       </c>
       <c r="D3" s="8">
         <v>265.62</v>
       </c>
       <c r="E3" s="8">
         <v>61.16</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
         <v>32</v>
       </c>
       <c r="C4" s="1">
         <v>253</v>
       </c>
       <c r="D4" s="8">
         <v>456.04</v>
       </c>
       <c r="E4" s="8">
         <v>93.24</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1">
         <v>908</v>
       </c>
       <c r="C5" s="1">
         <v>5999</v>
       </c>
       <c r="D5" s="8">
         <v>6989.27</v>
       </c>
       <c r="E5" s="8">
         <v>1529.8</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1">
         <v>411</v>
       </c>
       <c r="C6" s="1">
         <v>3275</v>
       </c>
       <c r="D6" s="8">
         <v>1753.16</v>
       </c>
       <c r="E6" s="8">
         <v>337.19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.7265625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="27.88671875" style="7" customWidth="1"/>
+    <col min="5" max="5" width="29.88671875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="1">
         <v>78</v>
       </c>
       <c r="C2" s="1">
         <v>256</v>
       </c>
       <c r="D2" s="10">
         <v>410.76</v>
       </c>
       <c r="E2" s="8">
         <v>98.72</v>
       </c>
       <c r="H2" s="5"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1">
         <v>81</v>
       </c>
       <c r="C3" s="1">
         <v>479</v>
       </c>
       <c r="D3" s="10">
         <v>441.08</v>
       </c>
       <c r="E3" s="8">
         <v>101.88</v>
       </c>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
         <v>54</v>
       </c>
       <c r="C4" s="1">
         <v>290</v>
       </c>
       <c r="D4" s="10">
         <v>776.34</v>
       </c>
       <c r="E4" s="8">
         <v>162.72</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1">
         <v>1125</v>
       </c>
       <c r="C5" s="1">
         <v>6356</v>
       </c>
       <c r="D5" s="10">
         <v>8617.57</v>
       </c>
       <c r="E5" s="8">
         <v>1910.87</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1">
         <v>510</v>
       </c>
       <c r="C6" s="1">
         <v>3495</v>
       </c>
       <c r="D6" s="10">
         <v>2121.62</v>
       </c>
       <c r="E6" s="8">
         <v>455.12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D1" sqref="D1:D1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.7265625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.77734375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.33203125" style="7" customWidth="1"/>
+    <col min="5" max="5" width="20.33203125" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
         <v>93</v>
       </c>
       <c r="C2">
         <v>275</v>
       </c>
       <c r="D2" s="10">
         <v>445.57</v>
       </c>
       <c r="E2" s="8">
         <v>90.66</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>123</v>
       </c>
       <c r="C3">
         <v>633</v>
       </c>
       <c r="D3" s="10">
         <v>717.3</v>
       </c>
       <c r="E3" s="8">
         <v>174.82</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>61</v>
       </c>
       <c r="C4">
         <v>294</v>
       </c>
       <c r="D4" s="10">
         <v>741.47</v>
       </c>
       <c r="E4" s="8">
         <v>160.97999999999999</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>1369</v>
       </c>
       <c r="C5">
         <v>6882</v>
       </c>
       <c r="D5" s="10">
         <v>10666.46</v>
       </c>
       <c r="E5" s="8">
         <v>2527.94</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>642</v>
       </c>
       <c r="C6">
         <v>4084</v>
       </c>
       <c r="D6" s="10">
         <v>2795.96</v>
       </c>
       <c r="E6" s="8">
         <v>627.76</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.7265625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="20.36328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="28" style="1" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="20.36328125" style="1" customWidth="1"/>
-    <col min="8" max="8" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.33203125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="1">
         <v>105</v>
       </c>
       <c r="C2" s="1">
         <v>298</v>
       </c>
       <c r="D2" s="6">
         <v>635.45000000000005</v>
       </c>
       <c r="E2" s="6">
         <v>119.28</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1">
         <v>134</v>
       </c>
       <c r="C3" s="1">
         <v>520</v>
       </c>
       <c r="D3" s="6">
         <v>747.81</v>
       </c>
       <c r="E3" s="6">
         <v>183.69</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
         <v>73</v>
       </c>
       <c r="C4" s="1">
         <v>264</v>
       </c>
       <c r="D4" s="6">
         <v>869.2</v>
       </c>
       <c r="E4" s="6">
         <v>178.95</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1">
         <v>1522</v>
       </c>
       <c r="C5" s="1">
         <v>6710</v>
       </c>
       <c r="D5" s="6">
         <v>12055.44</v>
       </c>
       <c r="E5" s="6">
         <v>2744.38</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1">
         <v>730</v>
       </c>
       <c r="C6" s="1">
         <v>3868</v>
       </c>
       <c r="D6" s="6">
         <v>3090.1</v>
       </c>
       <c r="E6" s="6">
         <v>642.85</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.7265625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24.21875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.33203125" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
       <c r="E1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
         <v>129</v>
       </c>
       <c r="C2">
         <v>384</v>
       </c>
       <c r="D2" s="4">
         <v>867.79</v>
       </c>
       <c r="E2" s="4">
         <v>161.86000000000001</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>159</v>
       </c>
       <c r="C3">
         <v>630</v>
       </c>
       <c r="D3" s="4">
         <v>1151.25</v>
       </c>
       <c r="E3" s="4">
         <v>273.55</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>73</v>
       </c>
       <c r="C4">
         <v>256</v>
       </c>
       <c r="D4" s="4">
         <v>1232.83</v>
       </c>
       <c r="E4" s="4">
         <v>62.64</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>1757</v>
       </c>
       <c r="C5">
         <v>7560</v>
       </c>
       <c r="D5" s="4">
         <v>19079.009999999998</v>
       </c>
       <c r="E5" s="4">
         <v>4257.0600000000004</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>894</v>
       </c>
       <c r="C6">
         <v>4374</v>
       </c>
       <c r="D6" s="4">
         <v>4855.91</v>
       </c>
       <c r="E6" s="4">
         <v>1104.6500000000001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.81640625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="15.81640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="16.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.77734375" customWidth="1"/>
+    <col min="4" max="4" width="24.21875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.77734375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
         <v>164</v>
       </c>
       <c r="C2">
         <v>353</v>
       </c>
       <c r="D2" s="8">
         <v>1309.1600000000001</v>
       </c>
       <c r="E2" s="6">
         <v>262.69</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>167</v>
       </c>
       <c r="C3">
         <v>598</v>
       </c>
       <c r="D3" s="8">
         <v>1467.96</v>
       </c>
       <c r="E3" s="6">
         <v>349.76</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>79</v>
       </c>
       <c r="C4">
         <v>264</v>
       </c>
       <c r="D4" s="8">
         <v>1207.32</v>
       </c>
       <c r="E4" s="6">
         <v>85.11</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>1997</v>
       </c>
       <c r="C5">
         <v>7925</v>
       </c>
       <c r="D5" s="8">
         <v>25166.98</v>
       </c>
       <c r="E5" s="6">
         <v>5776.73</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>1086</v>
       </c>
       <c r="C6">
         <v>4649</v>
       </c>
       <c r="D6" s="8">
         <v>6585.57</v>
       </c>
       <c r="E6" s="6">
         <v>1425.04</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="B7">
         <v>3493</v>
       </c>
       <c r="C7">
         <v>13789</v>
       </c>
       <c r="D7" s="8">
         <v>35737</v>
       </c>
       <c r="E7" s="8">
         <v>7899.34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Ano Base 2014</vt:lpstr>
       <vt:lpstr>Ano Base 2015</vt:lpstr>
       <vt:lpstr>Ano Base 2016</vt:lpstr>
       <vt:lpstr>Ano Base 2017</vt:lpstr>
       <vt:lpstr>Ano Base 2018</vt:lpstr>
       <vt:lpstr>Ano Base 2019</vt:lpstr>
       <vt:lpstr>Ano Base 2020</vt:lpstr>
       <vt:lpstr>Ano Base 2021</vt:lpstr>
       <vt:lpstr>Ano Base 2022</vt:lpstr>
       <vt:lpstr>Ano Base 2023</vt:lpstr>
+      <vt:lpstr>Ano Base 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Juliana do Amaral Soares</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>