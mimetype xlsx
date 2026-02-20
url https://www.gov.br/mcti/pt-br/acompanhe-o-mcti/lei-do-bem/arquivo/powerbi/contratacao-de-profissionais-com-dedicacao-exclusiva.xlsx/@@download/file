--- v0 (2025-12-19)
+++ v1 (2026-02-20)
@@ -2,70 +2,71 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\luiz.marques\OneDrive\2021 MCTI MCOM\Chamados\MCTI\399316\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\joao.junior\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="-100" yWindow="-100" windowWidth="22330" windowHeight="11950"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12312"/>
   </bookViews>
   <sheets>
     <sheet name="Todos os Anos Base" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="H2" i="1" l="1"/>
   <c r="H3" i="1" l="1"/>
   <c r="H5" i="1"/>
   <c r="H6" i="1"/>
   <c r="H7" i="1"/>
   <c r="H8" i="1"/>
   <c r="H9" i="1"/>
   <c r="H10" i="1"/>
   <c r="H11" i="1"/>
   <c r="H4" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>Ano Base</t>
   </si>
   <si>
     <t>Doutores</t>
   </si>
   <si>
     <t>Mestres</t>
   </si>
   <si>
     <t>Pós-Graduados</t>
@@ -386,332 +387,333 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="10.90625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.36328125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.88671875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.33203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="19.08984375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="14.7265625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="19.109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="14.77734375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B2" s="1">
-        <v>897</v>
+        <v>1454</v>
       </c>
       <c r="C2">
-        <v>1820</v>
+        <v>2835</v>
       </c>
       <c r="D2">
-        <v>5044</v>
+        <v>7953</v>
       </c>
       <c r="E2">
-        <v>22924</v>
+        <v>35242</v>
       </c>
       <c r="F2">
-        <v>505</v>
+        <v>666</v>
       </c>
       <c r="G2">
-        <v>3101</v>
+        <v>4072</v>
       </c>
       <c r="H2" s="1">
-        <v>34291</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" x14ac:dyDescent="0.35">
+        <f>SUM(B2:G2)</f>
+        <v>52222</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3">
         <v>2022</v>
       </c>
       <c r="B3" s="1">
         <v>958</v>
       </c>
       <c r="C3">
         <v>2013</v>
       </c>
       <c r="D3">
         <v>4966</v>
       </c>
       <c r="E3">
         <v>22417</v>
       </c>
       <c r="F3">
         <v>392</v>
       </c>
       <c r="G3">
         <v>2887</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(B3:G3)</f>
         <v>33633</v>
       </c>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4">
         <v>2021</v>
       </c>
       <c r="B4" s="1">
         <v>857</v>
       </c>
       <c r="C4">
         <v>1739</v>
       </c>
       <c r="D4">
         <v>4380</v>
       </c>
       <c r="E4">
         <v>21821</v>
       </c>
       <c r="F4">
         <v>466</v>
       </c>
       <c r="G4">
         <v>2639</v>
       </c>
       <c r="H4" s="1">
         <f>SUM(B4:G4)</f>
         <v>31902</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5">
         <v>2020</v>
       </c>
       <c r="B5" s="1">
         <v>690</v>
       </c>
       <c r="C5">
         <v>1401</v>
       </c>
       <c r="D5">
         <v>3499</v>
       </c>
       <c r="E5">
         <v>18080</v>
       </c>
       <c r="F5">
         <v>714</v>
       </c>
       <c r="G5">
         <v>2197</v>
       </c>
       <c r="H5" s="1">
         <f t="shared" ref="H5:H11" si="0">SUM(B5:G5)</f>
         <v>26581</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6">
         <v>2019</v>
       </c>
       <c r="B6" s="1">
         <v>795</v>
       </c>
       <c r="C6">
         <v>1469</v>
       </c>
       <c r="D6">
         <v>3266</v>
       </c>
       <c r="E6">
         <v>16148</v>
       </c>
       <c r="F6">
         <v>369</v>
       </c>
       <c r="G6">
         <v>2567</v>
       </c>
       <c r="H6" s="1">
         <f t="shared" si="0"/>
         <v>24614</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7">
         <v>2018</v>
       </c>
       <c r="B7" s="1">
         <v>635</v>
       </c>
       <c r="C7">
         <v>1321</v>
       </c>
       <c r="D7">
         <v>2738</v>
       </c>
       <c r="E7">
         <v>14653</v>
       </c>
       <c r="F7">
         <v>338</v>
       </c>
       <c r="G7">
         <v>2495</v>
       </c>
       <c r="H7" s="1">
         <f t="shared" si="0"/>
         <v>22180</v>
       </c>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8">
         <v>2017</v>
       </c>
       <c r="B8" s="1">
         <v>656</v>
       </c>
       <c r="C8">
         <v>1343</v>
       </c>
       <c r="D8">
         <v>2345</v>
       </c>
       <c r="E8">
         <v>11912</v>
       </c>
       <c r="F8">
         <v>539</v>
       </c>
       <c r="G8">
         <v>3112</v>
       </c>
       <c r="H8" s="1">
         <f t="shared" si="0"/>
         <v>19907</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9">
         <v>2016</v>
       </c>
       <c r="B9" s="1">
         <v>669</v>
       </c>
       <c r="C9">
         <v>1237</v>
       </c>
       <c r="D9">
         <v>1825</v>
       </c>
       <c r="E9">
         <v>10535</v>
       </c>
       <c r="F9">
         <v>326</v>
       </c>
       <c r="G9">
         <v>3073</v>
       </c>
       <c r="H9" s="1">
         <f t="shared" si="0"/>
         <v>17665</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10">
         <v>2015</v>
       </c>
       <c r="B10" s="1">
         <v>677</v>
       </c>
       <c r="C10">
         <v>1478</v>
       </c>
       <c r="D10">
         <v>2500</v>
       </c>
       <c r="E10">
         <v>12849</v>
       </c>
       <c r="F10">
         <v>391</v>
       </c>
       <c r="G10">
         <v>3408</v>
       </c>
       <c r="H10" s="1">
         <f t="shared" si="0"/>
         <v>21303</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11">
         <v>2014</v>
       </c>
       <c r="B11" s="1">
         <v>484</v>
       </c>
       <c r="C11">
         <v>1077</v>
       </c>
       <c r="D11">
         <v>2094</v>
       </c>
       <c r="E11">
         <v>12660</v>
       </c>
       <c r="F11">
         <v>372</v>
       </c>
       <c r="G11">
         <v>3686</v>
       </c>
       <c r="H11" s="1">
         <f t="shared" si="0"/>
         <v>20373</v>
       </c>