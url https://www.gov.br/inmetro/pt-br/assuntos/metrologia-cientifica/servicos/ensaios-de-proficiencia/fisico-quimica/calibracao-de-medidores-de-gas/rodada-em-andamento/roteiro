--- v0 (2026-01-15)
+++ v1 (2026-02-22)
@@ -1,274 +1,3231 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14ACD87D" w14:textId="6E9D076A" w:rsidR="0014233F" w:rsidRPr="0014233F" w:rsidRDefault="00B053F6" w:rsidP="0014233F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade"/>
+        <w:tblW w:w="10539" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10539"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00436C83" w:rsidRPr="00B07D40" w14:paraId="48B05B04" w14:textId="77777777" w:rsidTr="003B2C05">
+        <w:trPr>
+          <w:trHeight w:val="1306"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10539" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="10303" w:type="dxa"/>
+              <w:tblInd w:w="1" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:left w:w="70" w:type="dxa"/>
+                <w:right w:w="70" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="10303"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00436C83" w:rsidRPr="00B07D40" w14:paraId="3A2616C0" w14:textId="77777777" w:rsidTr="003429CD">
+              <w:trPr>
+                <w:trHeight w:val="515"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="10303" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblCellSpacing w:w="0" w:type="dxa"/>
+                    <w:tblCellMar>
+                      <w:left w:w="0" w:type="dxa"/>
+                      <w:right w:w="0" w:type="dxa"/>
+                    </w:tblCellMar>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="1240"/>
+                    <w:gridCol w:w="8912"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="00021888" w:rsidRPr="00B07D40" w14:paraId="20005DCE" w14:textId="77777777" w:rsidTr="003429CD">
+                    <w:trPr>
+                      <w:trHeight w:val="1036"/>
+                      <w:tblCellSpacing w:w="0" w:type="dxa"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1240" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="546163F9" w14:textId="77777777" w:rsidR="00021888" w:rsidRPr="00B07D40" w:rsidRDefault="00021888" w:rsidP="00F90509">
+                        <w:pPr>
+                          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B07D40">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:noProof/>
+                            <w:color w:val="000000"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:drawing>
+                            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03AD9F00" wp14:editId="36B969BD">
+                              <wp:extent cx="584200" cy="527050"/>
+                              <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+                              <wp:docPr id="3" name="Imagem 3" descr="Descrição: http://200.20.210.16/Inmetro.jpg"/>
+                              <wp:cNvGraphicFramePr/>
+                              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                    <pic:nvPicPr>
+                                      <pic:cNvPr id="22" name="Imagem 21" descr="Descrição: http://200.20.210.16/Inmetro.jpg"/>
+                                      <pic:cNvPicPr/>
+                                    </pic:nvPicPr>
+                                    <pic:blipFill>
+                                      <a:blip r:embed="rId7" cstate="print">
+                                        <a:extLst>
+                                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                          </a:ext>
+                                        </a:extLst>
+                                      </a:blip>
+                                      <a:srcRect t="1921" b="1921"/>
+                                      <a:stretch>
+                                        <a:fillRect/>
+                                      </a:stretch>
+                                    </pic:blipFill>
+                                    <pic:spPr bwMode="auto">
+                                      <a:xfrm>
+                                        <a:off x="0" y="0"/>
+                                        <a:ext cx="584200" cy="527050"/>
+                                      </a:xfrm>
+                                      <a:prstGeom prst="rect">
+                                        <a:avLst/>
+                                      </a:prstGeom>
+                                      <a:noFill/>
+                                      <a:ln w="9525">
+                                        <a:noFill/>
+                                        <a:miter lim="800000"/>
+                                        <a:headEnd/>
+                                        <a:tailEnd/>
+                                      </a:ln>
+                                    </pic:spPr>
+                                  </pic:pic>
+                                </a:graphicData>
+                              </a:graphic>
+                            </wp:inline>
+                          </w:drawing>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="8912" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
+                        <w:vAlign w:val="center"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="37452C16" w14:textId="030C52D5" w:rsidR="00021888" w:rsidRDefault="00021888" w:rsidP="00F90509">
+                        <w:pPr>
+                          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00B07D40">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Ensaio de Proficiência </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00EC7B2F">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">na </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00A2637D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Calibração de Medidores </w:t>
+                        </w:r>
+                        <w:r w:rsidR="003B2C05">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>de Gás</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00EC7B2F">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> -</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00B07D40">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00EC7B2F">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>Suplementar</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="73B91FA8" w14:textId="1A4E6BF2" w:rsidR="00021888" w:rsidRPr="00B07D40" w:rsidRDefault="00EC7B2F" w:rsidP="00801DF3">
+                        <w:pPr>
+                          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:noProof/>
+                            <w:color w:val="000000"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>(</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003B2C05">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00021888" w:rsidRPr="00B07D40">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>ª Rodada</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00021888" w:rsidRPr="00B07D40">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> – rev.0</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:eastAsia="pt-BR"/>
+                          </w:rPr>
+                          <w:t>0</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="491B5F5C" w14:textId="77777777" w:rsidR="00436C83" w:rsidRPr="00B07D40" w:rsidRDefault="00436C83" w:rsidP="00F90509">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00436C83" w:rsidRPr="00B07D40" w14:paraId="58156F1C" w14:textId="77777777" w:rsidTr="003429CD">
+              <w:trPr>
+                <w:trHeight w:val="621"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="10303" w:type="dxa"/>
+                  <w:vMerge/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6243A4C8" w14:textId="77777777" w:rsidR="00436C83" w:rsidRPr="00B07D40" w:rsidRDefault="00436C83" w:rsidP="00F90509">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="495478F0" w14:textId="77777777" w:rsidR="00436C83" w:rsidRPr="00B07D40" w:rsidRDefault="00436C83" w:rsidP="0066200F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00436C83" w:rsidRPr="00B07D40" w14:paraId="17AAD4D2" w14:textId="77777777" w:rsidTr="003B2C05">
+        <w:trPr>
+          <w:trHeight w:val="404"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10539" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30A07B66" w14:textId="77777777" w:rsidR="00436C83" w:rsidRPr="00B07D40" w:rsidRDefault="004B4B30" w:rsidP="00A31E47">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>oteiro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A31E47" w:rsidRPr="00A31E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>para realização do ensaio de proficiência nas dependências do Inmetro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515512" w:rsidRPr="00B07D40" w14:paraId="677E8C69" w14:textId="77777777" w:rsidTr="003B2C05">
+        <w:trPr>
+          <w:trHeight w:val="404"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10539" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB32AD3" w14:textId="4F21E8B6" w:rsidR="00515512" w:rsidRPr="00B07D40" w:rsidRDefault="00D85949" w:rsidP="00801DF3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DATA </w:t>
+            </w:r>
+            <w:r w:rsidR="00632E46" w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DE </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>ATUALIZA</w:t>
+            </w:r>
+            <w:r w:rsidR="00632E46" w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>ÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B07D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="0034775F" w:rsidRPr="002E3DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="0093214A" w:rsidRPr="002E3DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00436C83" w:rsidRPr="00B07D40" w14:paraId="3FC333FF" w14:textId="77777777" w:rsidTr="006745D3">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="10746"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10539" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="256"/>
+              <w:tblOverlap w:val="never"/>
+              <w:tblW w:w="8784" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:left w:w="70" w:type="dxa"/>
+                <w:right w:w="70" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="846"/>
+              <w:gridCol w:w="7938"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00B573AC" w14:paraId="0EDEA383" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="315"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7CDD74FA" w14:textId="77777777" w:rsidR="003B2C05" w:rsidRPr="00B573AC" w:rsidRDefault="003B2C05" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B573AC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Horário</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="56DD9D0B" w14:textId="4010E820" w:rsidR="003B2C05" w:rsidRPr="00B573AC" w:rsidRDefault="00462DB7" w:rsidP="00462DB7">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Realização do EP: </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>27</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00B573AC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>/</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>02</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00B573AC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>/202</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>6</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00B573AC" w14:paraId="61EE9FF7" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:vMerge/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0E339D61" w14:textId="77777777" w:rsidR="003B2C05" w:rsidRPr="00B573AC" w:rsidRDefault="003B2C05" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6D293BF9" w14:textId="77777777" w:rsidR="003B2C05" w:rsidRPr="00B573AC" w:rsidRDefault="003B2C05" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B573AC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>ORGANIZAÇÃO</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w14:paraId="36C57C22" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="500"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1A7B9EC6" w14:textId="01C4489A" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00EC7B2F" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>9</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1386D5D1" w14:textId="3F00A0FE" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00FE7E0A" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Precisa Offshore</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w14:paraId="17608E6B" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="538"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5137E996" w14:textId="497524B8" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00EC7B2F" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>09</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6908F309" w14:textId="4B4AE869" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Hideo Nakayama Imp. Exp. Com. e Ind. Ltda</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w14:paraId="1D526519" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="543"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6E4452CB" w14:textId="009906A7" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00EC7B2F" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>09</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B2C05" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4E29313A" w14:textId="28E087D3" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00FE7E0A" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Autrotec</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Sistemas Eletrônicos LTDA</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w14:paraId="62F91EE9" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="532"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7CFD408D" w14:textId="25FD2A60" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="003B2C05" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EC7B2F" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:00</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1AA26493" w14:textId="47162B1F" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00FE7E0A" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Safety</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Service Comércio e Representações LTDA</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w14:paraId="69E85962" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="637"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0A23C3BD" w14:textId="7A982066" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="003B2C05" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EC7B2F" w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1918DD23" w14:textId="2C9692D6" w:rsidR="003B2C05" w:rsidRPr="00EC7B2F" w:rsidRDefault="00FE7E0A" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Maersk H2S </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Safety</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00FE7E0A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Services Brasil Serviços de Segurança Contra Gás Sulfídrico LTDA</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00801DF3" w:rsidRPr="00EC7B2F" w14:paraId="1C79ED46" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="632"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="11BA045C" w14:textId="65103211" w:rsidR="00801DF3" w:rsidRPr="00EC7B2F" w:rsidRDefault="00801DF3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2845E549" w14:textId="513EEB7F" w:rsidR="00801DF3" w:rsidRPr="00EC7B2F" w:rsidRDefault="00462DB7" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Drager</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Safety</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> do Brasil Equipamentos de Segurança LTDA - Macaé</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="089E6AF2" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="541"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="39B13065" w14:textId="59FF865C" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>11:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5D9A6EED" w14:textId="19362683" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="00462DB7" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Drager</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Safety</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> do Brasil Equipamentos de Segurança LTDA - Barueri</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="39B0FEB3" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="617"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0091C031" w14:textId="7AA9809D" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7286D547" w14:textId="735200B3" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Metrologia WG Ltda.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="430C4D65" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="556"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5DC812E5" w14:textId="53F7F7FB" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5F89C30A" w14:textId="2E54ED24" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="00462DB7" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">NR Pro </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Comércio </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">e Serviço </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Ltda</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="38AC92E9" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="545"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4414A43B" w14:textId="4357F37F" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="66ED4CEA" w14:textId="7BC20454" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Geo</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Acqua</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Produtos para Monitoramento Ambiental Ltda</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="50EA3BD6" w14:textId="77777777" w:rsidTr="006745D3">
+              <w:trPr>
+                <w:trHeight w:val="545"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1EBED67C" w14:textId="4D038C18" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1A372745" w14:textId="7BDCFCBB" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>MSA DO BRASIL EQUIPAMENTOS E INSTRUMENTOS DE SEGURANÇA LTDA</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="36898ED5" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="553"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F30305A" w14:textId="6D1AFF60" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="16BB9D2D" w14:textId="709EC71E" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">General </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Instruments</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Engenharia Representações e Comércio Ltda.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="61EA463C" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="549"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5F521FDC" w14:textId="5B5B5F58" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C9D198E" w14:textId="1DC5A5A7" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Yorgos</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ambiental Ltda</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w14:paraId="44560BB1" w14:textId="77777777" w:rsidTr="00E537CE">
+              <w:trPr>
+                <w:trHeight w:val="556"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="846" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="8EA9DB"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="468F6272" w14:textId="61FD1130" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0059237A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E537CE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>0</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7938" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="05C07BB2" w14:textId="54E97366" w:rsidR="006745D3" w:rsidRPr="00EC7B2F" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Almont</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> do Brasil Imp. Com. e </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>Repr</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EC7B2F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="pt-BR"/>
+                    </w:rPr>
+                    <w:t>. Ltda</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="14DB6520" w14:textId="742EAE8B" w:rsidR="00436C83" w:rsidRPr="00B07D40" w:rsidRDefault="00436C83" w:rsidP="006745D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EAEA065" w14:textId="5C803729" w:rsidR="00C02155" w:rsidRDefault="00CF004A" w:rsidP="00663451">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2257">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="44"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Qualquer atraso ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00462DB7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="44"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Roteiro</w:t>
+        <w:t xml:space="preserve">solicitação de </w:t>
       </w:r>
-      <w:r w:rsidR="00062B44" w:rsidRPr="0028041C">
+      <w:r w:rsidRPr="00BF2257">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="44"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do Ensaio de Proficiência </w:t>
+        <w:t xml:space="preserve">alteração do roteiro o </w:t>
       </w:r>
-      <w:r w:rsidR="001C0463">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2C05">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="44"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>em</w:t>
+        <w:t>Lapep</w:t>
       </w:r>
-      <w:r w:rsidR="00062B44" w:rsidRPr="0028041C">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2257">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="44"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> tem que ser comunicado imediatamente através do e-mail </w:t>
       </w:r>
-      <w:r w:rsidR="0014233F" w:rsidRPr="0014233F">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="007B34A3" w:rsidRPr="00BF2257">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>pep- inmetro@inmetro.gov.br</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="246CF394" w14:textId="77777777" w:rsidR="006745D3" w:rsidRPr="00B07D40" w:rsidRDefault="006745D3" w:rsidP="00663451">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-          <w:sz w:val="44"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FE1D281" w14:textId="77777777" w:rsidR="0028041C" w:rsidRDefault="0028041C" w:rsidP="00062B44">
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="0014233F" w:rsidRPr="0028041C">
+    <w:sectPr w:rsidR="006745D3" w:rsidRPr="00B07D40">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7DC58253" w14:textId="77777777" w:rsidR="006745D3" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1FB4E3ED" w14:textId="77777777" w:rsidR="006745D3" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0EC7BAF4" w14:textId="77777777" w:rsidR="006745D3" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="56F01E3E" w14:textId="77777777" w:rsidR="006745D3" w:rsidRDefault="006745D3" w:rsidP="006745D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003334F3"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00FE3D29"/>
+    <w:rsidRoot w:val="00436C83"/>
+    <w:rsid w:val="00021888"/>
+    <w:rsid w:val="000C7F96"/>
+    <w:rsid w:val="002052D3"/>
+    <w:rsid w:val="002347E2"/>
+    <w:rsid w:val="002E3DE0"/>
+    <w:rsid w:val="003429CD"/>
+    <w:rsid w:val="0034775F"/>
+    <w:rsid w:val="00351103"/>
+    <w:rsid w:val="003B2C05"/>
+    <w:rsid w:val="003D66EE"/>
+    <w:rsid w:val="00436C83"/>
+    <w:rsid w:val="00462DB7"/>
+    <w:rsid w:val="004B4B30"/>
+    <w:rsid w:val="004B76E8"/>
+    <w:rsid w:val="00515512"/>
+    <w:rsid w:val="00517B06"/>
+    <w:rsid w:val="00533469"/>
+    <w:rsid w:val="00591E91"/>
+    <w:rsid w:val="0059237A"/>
+    <w:rsid w:val="00615040"/>
+    <w:rsid w:val="00617EB1"/>
+    <w:rsid w:val="00632E46"/>
+    <w:rsid w:val="00663451"/>
+    <w:rsid w:val="006745D3"/>
+    <w:rsid w:val="00685A73"/>
+    <w:rsid w:val="006F3A46"/>
+    <w:rsid w:val="006F7B7C"/>
+    <w:rsid w:val="0074618A"/>
+    <w:rsid w:val="007718FA"/>
+    <w:rsid w:val="007B34A3"/>
+    <w:rsid w:val="007C08BE"/>
+    <w:rsid w:val="00801DF3"/>
+    <w:rsid w:val="00874009"/>
+    <w:rsid w:val="0093214A"/>
+    <w:rsid w:val="00944FB0"/>
+    <w:rsid w:val="0095046B"/>
+    <w:rsid w:val="00971105"/>
+    <w:rsid w:val="009836FB"/>
+    <w:rsid w:val="009C4DFC"/>
+    <w:rsid w:val="00A01406"/>
+    <w:rsid w:val="00A2637D"/>
+    <w:rsid w:val="00A31E47"/>
+    <w:rsid w:val="00A339CF"/>
+    <w:rsid w:val="00AC02D1"/>
+    <w:rsid w:val="00B07D40"/>
+    <w:rsid w:val="00BF2257"/>
+    <w:rsid w:val="00C02155"/>
+    <w:rsid w:val="00C25810"/>
+    <w:rsid w:val="00C529F0"/>
+    <w:rsid w:val="00CF004A"/>
+    <w:rsid w:val="00D747FF"/>
+    <w:rsid w:val="00D85949"/>
+    <w:rsid w:val="00D93E4B"/>
+    <w:rsid w:val="00DD2FBD"/>
+    <w:rsid w:val="00DF1279"/>
+    <w:rsid w:val="00E127BE"/>
+    <w:rsid w:val="00E537CE"/>
+    <w:rsid w:val="00E62132"/>
+    <w:rsid w:val="00EC7B2F"/>
+    <w:rsid w:val="00F90509"/>
+    <w:rsid w:val="00FA49C8"/>
+    <w:rsid w:val="00FD3D55"/>
+    <w:rsid w:val="00FD4654"/>
+    <w:rsid w:val="00FE7E0A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="27AF23C8"/>
+  <w14:docId w14:val="3CD42C36"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{AE62821A-D2BE-4B86-94FA-113438D8E3AD}"/>
+  <w15:docId w15:val="{CB1DD744-22F3-4796-AAE8-B1B3DC0F3AFA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -626,90 +3583,204 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00436C83"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00436C83"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CF004A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006745D3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006745D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006745D3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006745D3"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="985399497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1109550085">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1535460424">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pep-%20inmetro@inmetro.gov.br" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -929,74 +4000,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F0EBA2A-0C06-4DE0-9223-3B766F0403BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>24</Words>
-  <Characters>130</Characters>
+  <Words>188</Words>
+  <Characters>1016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>153</CharactersWithSpaces>
+  <CharactersWithSpaces>1202</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lucas Dias Barros</dc:creator>
+  <dc:creator>Diego Soares Siqueira</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>