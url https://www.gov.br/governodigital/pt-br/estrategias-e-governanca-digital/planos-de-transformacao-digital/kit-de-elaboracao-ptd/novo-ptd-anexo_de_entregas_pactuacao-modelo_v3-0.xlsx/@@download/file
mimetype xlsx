--- v0 (2026-02-10)
+++ v1 (2026-03-09)
@@ -3,88 +3,88 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29803"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29819"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mtegovbr.sharepoint.com/sites/CGREP/Documentos Partilhados/Planos Digitais em pactuação/Kit elaboração Plano Digital/Novo PTD/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1125" documentId="11_DDC8316C134F33921071E93D73B07513AC9F0D7A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{69A1319C-B401-47EE-945A-6C7DA30D0F19}"/>
+  <xr:revisionPtr revIDLastSave="1128" documentId="11_DDC8316C134F33921071E93D73B07513AC9F0D7A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7E1E6653-871A-4B81-AB67-D5589D4FEBEB}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Entregas" sheetId="2" r:id="rId1"/>
     <sheet name="Legenda" sheetId="1" r:id="rId2"/>
     <sheet name="Produtos" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="146">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Anexo de Entregas do Plano de Tranformação Digital - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <scheme val="minor"/>
       </rPr>
       <t>SIGLA DO ÓRGÃO</t>
     </r>
   </si>
   <si>
     <t>versão do modelo: 3.0</t>
   </si>
@@ -188,71 +188,50 @@
   <si>
     <t>Integração ao Login Único</t>
   </si>
   <si>
     <t>Unificação de Canais Digitais</t>
   </si>
   <si>
     <t>Integração à ferramenta de avaliação da satisfação dos usuários</t>
   </si>
   <si>
     <t>PPSI 2.0 Ciclo 1</t>
   </si>
   <si>
     <t>Auto-avaliação, análise de lacunas e planejamento do PPSI</t>
   </si>
   <si>
     <t>Segurança e Privacidade</t>
   </si>
   <si>
     <t>Implementação do PPSI</t>
   </si>
   <si>
     <t>PPSI 2.0 Ciclo 2</t>
   </si>
   <si>
-    <t>Entregas já concluídas não pactuadas</t>
-[...19 lines deleted...]
-  <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Signatário ou Líder do Plano de Transformação Digital - </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <scheme val="minor"/>
       </rPr>
       <t>Sigla Órgão</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Signatário ou Representante da Secretaria-Executiva - MGI</t>
   </si>
   <si>
     <t>Signatário ou Representante da Secretaria de Governo Digital - MGI</t>
   </si>
@@ -263,50 +242,53 @@
     <t>Coluna</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
     <t>Serviço/Ação</t>
   </si>
   <si>
     <t>Descrição do Serviço/Ação de transformação digital</t>
   </si>
   <si>
     <t xml:space="preserve">Resultado esperado para a ação de transformação digital, vide aba com os "Produtos"; caso haja mais de 1 (um) Produto relacionado ao mesmo Serviço/Ação, inserir na linha logo abaixo esse outro Produto e repetir o mesmo nome do Serviço/Ação." </t>
   </si>
   <si>
     <t>Temas estabelecidos na Estratégia Federal de Governo Digital dos quais os produtos fazem parte, Decreto Nº 12.198, de 24 de Setembro de 2024</t>
   </si>
   <si>
     <t>Área responsável</t>
   </si>
   <si>
     <t>Área responsável pelo Serviço/Ação de transformação digital</t>
   </si>
   <si>
     <t>Data pactuada do Serviço/Ação de transformação digital</t>
+  </si>
+  <si>
+    <t>DtEntrega</t>
   </si>
   <si>
     <t>Data de entrega do Serviço/Ação de transformação digital</t>
   </si>
   <si>
     <t>Produtos</t>
   </si>
   <si>
     <t>Mais informações</t>
   </si>
   <si>
     <t>Serviço disponibilizado com canal digital de atendimento em suas etapas digitalizáveis, colocado em produção e  necessariamente cadastrado ou atualizado na Carta de Serviços do órgão no Gov.Br</t>
   </si>
   <si>
     <t>Carta de Serviços dos órgãos no Gov.Br: https://www.gov.br/pt-br (clique nas 3 barras horizontais no canto superior esquerdo, selecione "Serviços" -&gt; "Buscar por serviços" -&gt; "Órgãos" para encontrar a lista de serviços do seu órgão. Para cadastro ou exclusão de editores de serviços do órgão e suporte à edição de serviços, acesse o seguinte serviço do MGI: https://www.gov.br/pt-br/servicos/solicitar-atendimento-para-edicao-de-servicos-do-portal-gov-br</t>
   </si>
   <si>
     <t>Disponibilização de datas/cronograma na Agenda Gov.Br</t>
   </si>
   <si>
     <t>Inclusão de datas importantes para a prestação de um serviço na Agenda Gov.Br, disponível na área logada do usuário da conta Gov.Br</t>
   </si>
   <si>
     <t>https://www.gov.br/governodigital/pt-br/plataformas-e-servicos-digitais/agenda-gov.br</t>
   </si>
@@ -810,53 +792,50 @@
     <t>Implementação das ações constantes do Plano de Trabalho apresentado pelo órgão para um determinado ciclo do Programa de Privacidade e Segurança da Informação - PPSI.</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
     <t>"Outros" deve ser utilizado exclusivamente no Eixo Projetos Especiais, que é facultativo no PTD, para indicar projetos estratégicos de transformação digital que não tenham sido contemplados com alocação de especialistas do Programa Startup Gov.Br . Projetos estratégicos de transformação digital são aqueles voltados para desenvolvimento de novos sistemas ou apps, criação de nos infraestruturas ou bases de dados, melhoria da experiência do usuário, ou qualquer outra coisa que tenha impacto para serviço(s) voltado(s) aos usuários externos ao órgão e que não possa ser adequadamento descrito por ações utilizando outros produtos deste Anexo de Entregas</t>
   </si>
   <si>
     <t>Startup Gov.br</t>
   </si>
   <si>
     <t>Projeto estratégico de transformação digital do órgão cuja proposta tenha sido submetida e aprovada em chamamento do Programa Startup Gov.br, com assinatura de Acordo de Cooperação Técnica (ACT) para alocação de servidores temporários do MGI para comporem equipe de especialistas para apoiarem o projeto pelo prazo de 18 meses</t>
   </si>
   <si>
     <t>Para saber mais sobre o Programa Startup Gov.Br e sobre como submeter propostas a avaliação: https://www.gov.br/governodigital/pt-br/estrategias-e-governanca-digital/startupgovbr</t>
   </si>
   <si>
     <t>Relação Eixo x Produto</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>Implantação da Área Logada Gov.Br</t>
-  </si>
-[...1 lines deleted...]
-    <t>Implantação da Nova Barra Gov.Br</t>
   </si>
   <si>
     <t>Governança e Gestão de Dados</t>
   </si>
   <si>
     <t>Projetos Especiais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-816]mmm/yy;@"/>
   </numFmts>
   <fonts count="24">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1309,87 +1288,81 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="17" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1424,50 +1397,56 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" xr:uid="{00000000-000B-0000-0000-000008000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1764,1487 +1743,1284 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30213BD6-A851-4E5C-BBDE-FA247E1822AB}">
-  <dimension ref="A1:E48"/>
+  <dimension ref="A1:E32"/>
   <sheetViews>
-    <sheetView topLeftCell="A29" workbookViewId="0">
-      <selection activeCell="E39" sqref="E39"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.85546875" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" customWidth="1"/>
     <col min="3" max="3" width="30.28515625" customWidth="1"/>
     <col min="4" max="4" width="18.5703125" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
-      <c r="A1" s="66" t="s">
+      <c r="A1" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="67"/>
-[...2 lines deleted...]
-      <c r="E1" s="68"/>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="66"/>
     </row>
     <row r="2" spans="1:5">
-      <c r="A2" s="27" t="s">
+      <c r="A2" s="26" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="41.25" customHeight="1">
-      <c r="A3" s="64" t="s">
+      <c r="A3" s="62" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="65"/>
-[...2 lines deleted...]
-      <c r="E3" s="65"/>
+      <c r="B3" s="63"/>
+      <c r="C3" s="63"/>
+      <c r="D3" s="63"/>
+      <c r="E3" s="63"/>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="69" t="s">
+      <c r="A4" s="67" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="65"/>
-[...2 lines deleted...]
-      <c r="E4" s="65"/>
+      <c r="B4" s="63"/>
+      <c r="C4" s="63"/>
+      <c r="D4" s="63"/>
+      <c r="E4" s="63"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="12"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="E8" s="24" t="s">
+      <c r="E8" s="23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="35" t="s">
+      <c r="A9" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="35" t="s">
+      <c r="B9" s="34" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="14"/>
-      <c r="E9" s="42"/>
+      <c r="E9" s="40"/>
     </row>
     <row r="10" spans="1:5">
-      <c r="A10" s="35" t="s">
+      <c r="A10" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="B10" s="35" t="s">
+      <c r="B10" s="34" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="D10" s="37"/>
-      <c r="E10" s="42"/>
+      <c r="D10" s="36"/>
+      <c r="E10" s="40"/>
     </row>
     <row r="11" spans="1:5" ht="23.25">
-      <c r="A11" s="35"/>
-      <c r="B11" s="35" t="s">
+      <c r="A11" s="34"/>
+      <c r="B11" s="34" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="14"/>
-      <c r="E11" s="42"/>
+      <c r="E11" s="40"/>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="35"/>
-      <c r="B12" s="35"/>
+      <c r="A12" s="34"/>
+      <c r="B12" s="34"/>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
-      <c r="E12" s="42"/>
+      <c r="E12" s="40"/>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="35"/>
-      <c r="B13" s="35"/>
+      <c r="A13" s="34"/>
+      <c r="B13" s="34"/>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
-      <c r="E13" s="42"/>
+      <c r="E13" s="40"/>
     </row>
     <row r="14" spans="1:5">
-      <c r="A14" s="35"/>
-      <c r="B14" s="35"/>
+      <c r="A14" s="34"/>
+      <c r="B14" s="34"/>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
-      <c r="E14" s="42"/>
+      <c r="E14" s="40"/>
     </row>
     <row r="15" spans="1:5">
-      <c r="A15" s="35"/>
-      <c r="B15" s="35"/>
+      <c r="A15" s="34"/>
+      <c r="B15" s="34"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
-      <c r="E15" s="42"/>
+      <c r="E15" s="40"/>
     </row>
     <row r="16" spans="1:5">
-      <c r="A16" s="39"/>
-[...3 lines deleted...]
-      <c r="E16" s="43"/>
+      <c r="A16" s="37"/>
+      <c r="B16" s="37"/>
+      <c r="C16" s="36"/>
+      <c r="D16" s="36"/>
+      <c r="E16" s="41"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="8"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
-      <c r="E17" s="44"/>
+      <c r="E17" s="42"/>
     </row>
     <row r="18" spans="1:5" ht="23.25">
-      <c r="A18" s="40" t="s">
+      <c r="A18" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="B18" s="40" t="s">
+      <c r="B18" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="C18" s="41" t="s">
+      <c r="C18" s="39" t="s">
         <v>18</v>
       </c>
-      <c r="D18" s="41"/>
-      <c r="E18" s="45">
+      <c r="D18" s="39"/>
+      <c r="E18" s="43">
         <v>46054</v>
       </c>
     </row>
     <row r="19" spans="1:5">
-      <c r="A19" s="35" t="s">
+      <c r="A19" s="34" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="35" t="s">
+      <c r="B19" s="34" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="14"/>
-      <c r="E19" s="42">
+      <c r="E19" s="40">
         <v>46387</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="23.25">
-      <c r="A20" s="49" t="s">
+      <c r="A20" s="47" t="s">
         <v>20</v>
       </c>
-      <c r="B20" s="35" t="s">
+      <c r="B20" s="34" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="14"/>
-      <c r="E20" s="42">
+      <c r="E20" s="40">
         <v>46444</v>
       </c>
     </row>
     <row r="21" spans="1:5">
-      <c r="A21" s="49" t="s">
+      <c r="A21" s="47" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="35" t="s">
+      <c r="B21" s="34" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="14"/>
-      <c r="E21" s="42">
+      <c r="E21" s="40">
         <v>46752</v>
       </c>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24" s="13" t="s">
+      <c r="A24" s="27"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="27"/>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="28"/>
+      <c r="B25" s="28"/>
+      <c r="C25" s="27"/>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="28"/>
+      <c r="B26" s="15"/>
+      <c r="C26" s="27"/>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="27"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="27"/>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" s="27"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="27"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="27"/>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="29"/>
+      <c r="C30" s="27"/>
+    </row>
+    <row r="31" spans="1:5" ht="43.5">
+      <c r="A31" s="70" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="12"/>
-[...17 lines deleted...]
-      <c r="E25" s="24" t="s">
+      <c r="B31" s="71" t="s">
         <v>22</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="A30" s="14" t="s">
+      <c r="C31" s="71" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="35" t="s">
-[...191 lines deleted...]
-      <c r="A48" s="17"/>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E25:E29 B8:C8 B25:C25 E8 F1:P90" xr:uid="{F02DD301-82C1-47ED-AB7A-7AA7CEBEABCF}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:C8 E8 F1:P74" xr:uid="{F02DD301-82C1-47ED-AB7A-7AA7CEBEABCF}"/>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E9:E21" xr:uid="{7401656D-62A1-484C-BD23-9AE4CEA18B72}">
       <formula1>46041</formula1>
       <formula2>46752</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B06DC682-85C0-4ECD-88CC-FC13EABD3390}">
           <x14:formula1>
             <xm:f>Produtos!$D$3:$D$6</xm:f>
           </x14:formula1>
-          <xm:sqref>F91:F1048576</xm:sqref>
+          <xm:sqref>F75:F1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DF3EEB8D-A2FC-4DD9-B954-383739DDC879}">
           <x14:formula1>
-            <xm:f>Produtos!$A$3:$A$106</xm:f>
+            <xm:f>Produtos!$A$3:$A$105</xm:f>
           </x14:formula1>
-          <xm:sqref>C22:C23 C26:C36 C53:C1048576 C9:C13 C7</xm:sqref>
+          <xm:sqref>C22:C23 C7 C9:C13 C37:C1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C0C1C3BF-FC72-4786-AEA8-CCD4FA9A91CA}">
           <x14:formula1>
-            <xm:f>Produtos!$B$3:$B$106</xm:f>
+            <xm:f>Produtos!$B$3:$B$105</xm:f>
           </x14:formula1>
-          <xm:sqref>B54:B1048576 B7 B9:B13 B22:B23 B26:B29</xm:sqref>
+          <xm:sqref>B38:B1048576 B22:B23 B9:B13 B7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C52"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+    <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="114.42578125" customWidth="1"/>
     <col min="3" max="3" width="84.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="70" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="71"/>
+      <c r="A1" s="68" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="3" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="45">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="30">
       <c r="A5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B8" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="48" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="48" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="72.75">
+      <c r="A11" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="50" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" s="50" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="30.75">
+      <c r="A12" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="51" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="50" t="s">
+      <c r="C12" s="51" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="50" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="50" t="s">
+    </row>
+    <row r="13" spans="1:3" ht="43.5">
+      <c r="A13" s="49" t="s">
         <v>43</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B11" s="52" t="s">
+      <c r="B13" s="50" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="52" t="s">
+      <c r="C13" s="50"/>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="49" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="51" t="s">
+      <c r="B14" s="52" t="s">
         <v>46</v>
       </c>
-      <c r="B12" s="53" t="s">
+      <c r="C14" s="50"/>
+    </row>
+    <row r="15" spans="1:3" ht="87">
+      <c r="A15" s="49" t="s">
         <v>47</v>
       </c>
-      <c r="C12" s="53" t="s">
+      <c r="B15" s="53" t="s">
         <v>48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="51" t="s">
+      <c r="C15" s="50" t="s">
         <v>49</v>
       </c>
-      <c r="B13" s="52" t="s">
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="49" t="s">
         <v>50</v>
       </c>
-      <c r="C13" s="52"/>
-[...2 lines deleted...]
-      <c r="A14" s="51" t="s">
+      <c r="B16" s="58" t="s">
         <v>51</v>
       </c>
-      <c r="B14" s="54" t="s">
+      <c r="C16" t="s">
         <v>52</v>
       </c>
-      <c r="C14" s="52"/>
-[...2 lines deleted...]
-      <c r="A15" s="51" t="s">
+    </row>
+    <row r="17" spans="1:3" ht="30.75">
+      <c r="A17" s="49" t="s">
         <v>53</v>
       </c>
-      <c r="B15" s="55" t="s">
+      <c r="B17" s="50" t="s">
         <v>54</v>
       </c>
-      <c r="C15" s="52" t="s">
+      <c r="C17" s="57"/>
+    </row>
+    <row r="18" spans="1:3" ht="57.75">
+      <c r="A18" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="50" t="s">
         <v>55</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="51" t="s">
+      <c r="C18" s="50" t="s">
         <v>56</v>
       </c>
-      <c r="B16" s="60" t="s">
+    </row>
+    <row r="19" spans="1:3" ht="72.75">
+      <c r="A19" s="49" t="s">
         <v>57</v>
       </c>
-      <c r="C16" t="s">
+      <c r="B19" s="50" t="s">
         <v>58</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="51" t="s">
+      <c r="C19" s="57" t="s">
         <v>59</v>
       </c>
-      <c r="B17" s="52" t="s">
+    </row>
+    <row r="20" spans="1:3" ht="72.75">
+      <c r="A20" s="49" t="s">
         <v>60</v>
       </c>
-      <c r="C17" s="59"/>
-[...5 lines deleted...]
-      <c r="B18" s="52" t="s">
+      <c r="B20" s="50" t="s">
         <v>61</v>
       </c>
-      <c r="C18" s="52" t="s">
+      <c r="C20" s="50" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="72.75">
-      <c r="A19" s="51" t="s">
+    <row r="21" spans="1:3" ht="43.5">
+      <c r="A21" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B19" s="52" t="s">
+      <c r="B21" s="50" t="s">
         <v>64</v>
       </c>
-      <c r="C19" s="59" t="s">
+      <c r="C21" s="50" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="20" spans="1:3" ht="72.75">
-      <c r="A20" s="51" t="s">
+    <row r="22" spans="1:3" ht="43.5">
+      <c r="A22" s="49" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="B20" s="52" t="s">
+      <c r="C22" s="50" t="s">
         <v>67</v>
       </c>
-      <c r="C20" s="52" t="s">
+    </row>
+    <row r="23" spans="1:3" ht="43.5">
+      <c r="A23" s="49" t="s">
         <v>68</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="51" t="s">
+      <c r="B23" s="50" t="s">
         <v>69</v>
       </c>
-      <c r="B21" s="52" t="s">
+      <c r="C23" s="51" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="52" t="s">
+    </row>
+    <row r="24" spans="1:3" ht="57.75">
+      <c r="A24" s="49" t="s">
         <v>71</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B22" s="52" t="s">
+      <c r="B24" s="51" t="s">
         <v>72</v>
       </c>
-      <c r="C22" s="52" t="s">
+      <c r="C24" s="50" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="23" spans="1:3" ht="43.5">
-      <c r="A23" s="51" t="s">
+    <row r="25" spans="1:3">
+      <c r="A25" s="49" t="s">
         <v>74</v>
       </c>
-      <c r="B23" s="52" t="s">
+      <c r="B25" s="59" t="s">
         <v>75</v>
       </c>
-      <c r="C23" s="53" t="s">
+      <c r="C25" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="24" spans="1:3" ht="57.75">
-      <c r="A24" s="51" t="s">
+    <row r="26" spans="1:3" ht="29.25">
+      <c r="A26" s="49" t="s">
         <v>77</v>
       </c>
-      <c r="B24" s="53" t="s">
+      <c r="B26" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="C24" s="52" t="s">
+      <c r="C26" s="50"/>
+    </row>
+    <row r="27" spans="1:3" ht="29.25">
+      <c r="A27" s="49" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="51" t="s">
+      <c r="B27" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="B25" s="61" t="s">
+      <c r="C27" s="50"/>
+    </row>
+    <row r="28" spans="1:3" ht="72.75">
+      <c r="A28" s="49" t="s">
         <v>81</v>
       </c>
-      <c r="C25" t="s">
+      <c r="B28" s="53" t="s">
         <v>82</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="51" t="s">
+      <c r="C28" s="50" t="s">
         <v>83</v>
       </c>
-      <c r="B26" s="52" t="s">
+    </row>
+    <row r="29" spans="1:3" ht="90.75" customHeight="1">
+      <c r="A29" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="C26" s="52"/>
-[...2 lines deleted...]
-      <c r="A27" s="51" t="s">
+      <c r="B29" s="50" t="s">
         <v>85</v>
       </c>
-      <c r="B27" s="52" t="s">
+      <c r="C29" s="50"/>
+    </row>
+    <row r="30" spans="1:3" ht="57.75">
+      <c r="A30" s="49" t="s">
         <v>86</v>
       </c>
-      <c r="C27" s="52"/>
-[...2 lines deleted...]
-      <c r="A28" s="51" t="s">
+      <c r="B30" s="53" t="s">
         <v>87</v>
       </c>
-      <c r="B28" s="55" t="s">
+      <c r="C30" s="50" t="s">
         <v>88</v>
       </c>
-      <c r="C28" s="52" t="s">
+    </row>
+    <row r="31" spans="1:3" ht="72.75">
+      <c r="A31" s="49" t="s">
         <v>89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="51" t="s">
+      <c r="B31" s="53" t="s">
         <v>90</v>
       </c>
-      <c r="B29" s="52" t="s">
+      <c r="C31" s="50" t="s">
         <v>91</v>
       </c>
-      <c r="C29" s="52"/>
-[...2 lines deleted...]
-      <c r="A30" s="51" t="s">
+    </row>
+    <row r="32" spans="1:3" ht="72.75">
+      <c r="A32" s="49" t="s">
         <v>92</v>
       </c>
-      <c r="B30" s="55" t="s">
+      <c r="B32" s="50" t="s">
         <v>93</v>
       </c>
-      <c r="C30" s="52" t="s">
+      <c r="C32" s="50" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="31" spans="1:3" ht="72.75">
-      <c r="A31" s="51" t="s">
+    <row r="33" spans="1:3" ht="87">
+      <c r="A33" s="49" t="s">
         <v>95</v>
       </c>
-      <c r="B31" s="55" t="s">
+      <c r="B33" s="53" t="s">
         <v>96</v>
       </c>
-      <c r="C31" s="52" t="s">
+      <c r="C33" s="53" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="72.75">
-      <c r="A32" s="51" t="s">
+    <row r="34" spans="1:3" ht="43.5">
+      <c r="A34" s="49" t="s">
         <v>98</v>
       </c>
-      <c r="B32" s="52" t="s">
+      <c r="B34" s="61" t="s">
         <v>99</v>
       </c>
-      <c r="C32" s="52" t="s">
+    </row>
+    <row r="35" spans="1:3" ht="30.75">
+      <c r="A35" s="49" t="s">
         <v>100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="51" t="s">
+      <c r="B35" s="50" t="s">
         <v>101</v>
       </c>
-      <c r="B33" s="55" t="s">
+      <c r="C35" s="51" t="s">
         <v>102</v>
       </c>
-      <c r="C33" s="55" t="s">
+    </row>
+    <row r="36" spans="1:3" ht="43.5">
+      <c r="A36" s="49" t="s">
         <v>103</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="51" t="s">
+      <c r="B36" s="50" t="s">
         <v>104</v>
       </c>
-      <c r="B34" s="63" t="s">
+      <c r="C36" s="51" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="35" spans="1:3" ht="30.75">
-      <c r="A35" s="51" t="s">
+    <row r="37" spans="1:3" ht="43.5">
+      <c r="A37" s="49" t="s">
         <v>106</v>
       </c>
-      <c r="B35" s="52" t="s">
+      <c r="B37" s="50" t="s">
         <v>107</v>
       </c>
-      <c r="C35" s="53" t="s">
+      <c r="C37" s="51" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="36" spans="1:3" ht="43.5">
-      <c r="A36" s="51" t="s">
+    <row r="38" spans="1:3" ht="43.5">
+      <c r="A38" s="49" t="s">
         <v>109</v>
       </c>
-      <c r="B36" s="52" t="s">
+      <c r="B38" s="50" t="s">
         <v>110</v>
       </c>
-      <c r="C36" s="53" t="s">
+      <c r="C38" s="51" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="37" spans="1:3" ht="43.5">
-      <c r="A37" s="51" t="s">
+    <row r="39" spans="1:3" ht="43.5">
+      <c r="A39" s="49" t="s">
         <v>112</v>
       </c>
-      <c r="B37" s="52" t="s">
+      <c r="B39" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" s="51" t="s">
         <v>113</v>
       </c>
-      <c r="C37" s="53" t="s">
+    </row>
+    <row r="40" spans="1:3" ht="43.5">
+      <c r="A40" s="49" t="s">
         <v>114</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="51" t="s">
+      <c r="B40" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C40" s="51" t="s">
         <v>115</v>
       </c>
-      <c r="B38" s="52" t="s">
+    </row>
+    <row r="41" spans="1:3" ht="43.5">
+      <c r="A41" s="49" t="s">
         <v>116</v>
       </c>
-      <c r="C38" s="53" t="s">
+      <c r="B41" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C41" s="51" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="39" spans="1:3" ht="43.5">
-      <c r="A39" s="51" t="s">
+    <row r="42" spans="1:3" ht="43.5">
+      <c r="A42" s="49" t="s">
         <v>118</v>
       </c>
-      <c r="B39" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="53" t="s">
+      <c r="B42" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="51" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="40" spans="1:3" ht="43.5">
-      <c r="A40" s="51" t="s">
+    <row r="43" spans="1:3" ht="43.5">
+      <c r="A43" s="49" t="s">
         <v>120</v>
       </c>
-      <c r="B40" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="53" t="s">
+      <c r="B43" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="51" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="41" spans="1:3" ht="43.5">
-      <c r="A41" s="51" t="s">
+    <row r="44" spans="1:3" ht="43.5">
+      <c r="A44" s="49" t="s">
         <v>122</v>
       </c>
-      <c r="B41" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="53" t="s">
+      <c r="B44" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C44" s="51" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="42" spans="1:3" ht="43.5">
-      <c r="A42" s="51" t="s">
+    <row r="45" spans="1:3" ht="43.5">
+      <c r="A45" s="49" t="s">
         <v>124</v>
       </c>
-      <c r="B42" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="53" t="s">
+      <c r="B45" s="50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C45" s="51" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="43" spans="1:3" ht="43.5">
-      <c r="A43" s="51" t="s">
+    <row r="46" spans="1:3" ht="57.75">
+      <c r="A46" s="49" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="53" t="s">
+      <c r="B46" s="61" t="s">
         <v>127</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="51" t="s">
+      <c r="C46" s="51" t="s">
         <v>128</v>
       </c>
-      <c r="B44" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="53" t="s">
+    </row>
+    <row r="47" spans="1:3" ht="43.5">
+      <c r="A47" s="49" t="s">
         <v>129</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="51" t="s">
+      <c r="B47" s="50" t="s">
         <v>130</v>
       </c>
-      <c r="B45" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="53" t="s">
+      <c r="C47" s="50"/>
+    </row>
+    <row r="48" spans="1:3" ht="43.5">
+      <c r="A48" s="49" t="s">
         <v>131</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="51" t="s">
+      <c r="B48" s="61" t="s">
         <v>132</v>
       </c>
-      <c r="B46" s="63" t="s">
+      <c r="C48" s="50"/>
+    </row>
+    <row r="49" spans="1:3" ht="43.5">
+      <c r="A49" s="49" t="s">
+        <v>17</v>
+      </c>
+      <c r="B49" s="50" t="s">
         <v>133</v>
       </c>
-      <c r="C46" s="53" t="s">
+      <c r="C49" s="50" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="47" spans="1:3" ht="43.5">
-      <c r="A47" s="51" t="s">
+    <row r="50" spans="1:3" ht="43.5">
+      <c r="A50" s="49" t="s">
+        <v>19</v>
+      </c>
+      <c r="B50" s="50" t="s">
         <v>135</v>
       </c>
-      <c r="B47" s="52" t="s">
+      <c r="C50" s="50" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="87">
+      <c r="A51" s="49" t="s">
         <v>136</v>
       </c>
-      <c r="C47" s="52"/>
-[...2 lines deleted...]
-      <c r="A48" s="51" t="s">
+      <c r="B51" s="50" t="s">
         <v>137</v>
       </c>
-      <c r="B48" s="63" t="s">
+      <c r="C51" s="50"/>
+    </row>
+    <row r="52" spans="1:3" ht="43.5">
+      <c r="A52" s="49" t="s">
         <v>138</v>
       </c>
-      <c r="C48" s="52"/>
-[...5 lines deleted...]
-      <c r="B49" s="52" t="s">
+      <c r="B52" s="50" t="s">
         <v>139</v>
       </c>
-      <c r="C49" s="52" t="s">
+      <c r="C52" s="50" t="s">
         <v>140</v>
-      </c>
-[...29 lines deleted...]
-        <v>146</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B35829D4-B2F3-4405-9FBA-BE524348B37A}">
-  <dimension ref="A1:B45"/>
+  <dimension ref="A1:B44"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="42.7109375" customWidth="1"/>
     <col min="2" max="2" width="84.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
-      <c r="A1" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="48"/>
+      <c r="A1" s="45" t="s">
+        <v>141</v>
+      </c>
+      <c r="B1" s="46"/>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" s="23" t="s">
+      <c r="A2" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="22" t="s">
+      <c r="B2" s="21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" s="19" t="s">
-        <v>148</v>
+      <c r="A3" s="18" t="s">
+        <v>142</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" s="20" t="s">
+      <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="18" t="s">
+      <c r="B4" s="17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" s="62" t="s">
+      <c r="A5" s="60" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" s="20" t="s">
+      <c r="A6" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="18" t="s">
-        <v>49</v>
+      <c r="B6" s="17" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" s="20" t="s">
+      <c r="A7" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="B7" s="18" t="s">
-        <v>149</v>
+      <c r="B7" s="17" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" s="21" t="s">
+      <c r="A8" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="18" t="s">
+      <c r="B8" s="17" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" s="54" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" s="56" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="8" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="9" spans="1:2">
-      <c r="A9" s="56" t="s">
+    <row r="11" spans="1:2">
+      <c r="A11" s="56" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="33" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="58" t="s">
+      <c r="B11" s="55" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="58" t="s">
+      <c r="B12" s="11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="8" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="B13" s="11" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="10" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="11" t="s">
-        <v>80</v>
+      <c r="B19" s="32" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:2">
-      <c r="A20" s="10" t="s">
+      <c r="A20" s="44" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="33" t="s">
-        <v>83</v>
+      <c r="B20" s="17" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:2">
-      <c r="A21" s="46" t="s">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="A21" s="33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" s="17" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:2">
-      <c r="A22" s="34" t="s">
-[...3 lines deleted...]
-        <v>87</v>
+      <c r="A22" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:2">
-      <c r="A23" s="25" t="s">
-        <v>151</v>
+      <c r="A23" s="24" t="s">
+        <v>144</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:2">
-      <c r="A24" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="11" t="s">
+      <c r="A24" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" s="32" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2">
+      <c r="A25" s="33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" s="17" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="25" spans="1:2">
-[...6 lines deleted...]
-    </row>
     <row r="26" spans="1:2">
-      <c r="A26" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="18" t="s">
+      <c r="A26" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" s="11" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:2">
-      <c r="A27" s="25" t="s">
-        <v>151</v>
+      <c r="A27" s="24" t="s">
+        <v>144</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:2">
-      <c r="A28" s="25" t="s">
-        <v>151</v>
+      <c r="A28" s="10" t="s">
+        <v>144</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>144</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>144</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="10" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="10" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>144</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>144</v>
+      </c>
+      <c r="B34" s="25" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>144</v>
+      </c>
+      <c r="B35" s="25" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>144</v>
+      </c>
+      <c r="B36" s="25" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" s="10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>144</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" s="10" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" s="10" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B39" s="11" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" s="10" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:2">
-      <c r="A41" s="10" t="s">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="A41" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" s="25" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:2">
-      <c r="A42" s="31" t="s">
+      <c r="A42" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="B42" s="26" t="s">
-        <v>17</v>
+      <c r="B42" s="25" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" s="31" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>145</v>
+      </c>
+      <c r="B43" s="32" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="44" spans="1:2">
-      <c r="A44" s="32" t="s">
-[...11 lines deleted...]
-        <v>144</v>
+      <c r="A44" s="35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B44" s="17" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B22:B41">
-    <sortCondition ref="B22:B41"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B21:B40">
+    <sortCondition ref="B21:B40"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100907ACB375D19C74FAB75AD9766B94F30" ma:contentTypeVersion="17" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="018fff245ac339883dda8783adca8d37">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e15d8ae9-0937-4317-bc54-45a9e32619bc" xmlns:ns3="4dac2188-7eea-4eb9-b877-757caee0c494" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b47129f116ebce1e8749a51e7c3d8ad" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100907ACB375D19C74FAB75AD9766B94F30" ma:contentTypeVersion="17" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="4d23617b133eabf625c69dfa5348dbb6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e15d8ae9-0937-4317-bc54-45a9e32619bc" xmlns:ns3="4dac2188-7eea-4eb9-b877-757caee0c494" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f4e54dc194805ec86c0e1e0078e7011" ns2:_="" ns3:_="">
     <xsd:import namespace="e15d8ae9-0937-4317-bc54-45a9e32619bc"/>
     <xsd:import namespace="4dac2188-7eea-4eb9-b877-757caee0c494"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -3289,91 +3065,91 @@
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="bf897d17-34fd-4a01-8f80-908009a6c4a9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de Imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="bf897d17-34fd-4a01-8f80-908009a6c4a9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4dac2188-7eea-4eb9-b877-757caee0c494" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Partilhado Com" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Detalhes de Partilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8f3df4e1-17d0-4aee-9db3-dfdba1b3e7bc}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4dac2188-7eea-4eb9-b877-757caee0c494">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -3447,80 +3223,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e15d8ae9-0937-4317-bc54-45a9e32619bc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="4dac2188-7eea-4eb9-b877-757caee0c494" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{129453EE-60DE-464A-BB00-770761FBD2CF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29628B89-A51C-49A4-B11A-ACDD6DE2512B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FEB5D6A-2C46-4FCD-B47A-586D00F410FC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58ED2FF7-5C60-4B14-A826-CF280DFFE0BC}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29628B89-A51C-49A4-B11A-ACDD6DE2512B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FEB5D6A-2C46-4FCD-B47A-586D00F410FC}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>