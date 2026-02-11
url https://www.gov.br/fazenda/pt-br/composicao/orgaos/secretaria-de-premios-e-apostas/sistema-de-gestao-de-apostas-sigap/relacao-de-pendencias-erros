--- v0 (2025-12-25)
+++ v1 (2026-02-11)
@@ -1,493 +1,454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{78B2E905-865B-4107-A537-A6890CFA0E31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{64F11A5D-CD23-4889-9F36-F8FB0464AD0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MyWorkSheet-1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="171027"/>
   <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="141">
   <si>
     <t>Data Movimento Referência</t>
   </si>
   <si>
     <t>CNPJ</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Tipo Erro</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
     <t>Qtde.</t>
   </si>
   <si>
     <t>Totais</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>BETANO</t>
   </si>
   <si>
     <t>LOTES INCOMPLETOS</t>
   </si>
   <si>
     <t>FALTA PELO MENOS UM TIPO DE ARQUIVO</t>
   </si>
   <si>
+    <t>Não se Aplica</t>
+  </si>
+  <si>
+    <t>LOTE OPERADOR AUSENTE</t>
+  </si>
+  <si>
+    <t>FALTA LOTE OPERADOR</t>
+  </si>
+  <si>
     <t>BETMGM</t>
   </si>
   <si>
     <t>PREMIOS EM CARTEIRAS QUE NÃO ESTÃO EM APOSTAS ESPORTIVAS PREMIADAS</t>
   </si>
   <si>
-    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: dfdc2998-7393-4f4d-96eb-4ee5891b797d, df51574e-79f9-4f1b-9d16-a3cd1f0d5dbc, d45266b0-e15e-436a-b9e1-dd51a64b6e7e, 9a1667a0-00f1-4452-8234-9b3b22f60bd1, 32013585-63a6-40c9-b0d8-61429351fdfb, 820ddb57-e316-4bd2-92ad-77d2b3727f3c, 2f398411-5980-4412-a80f-fb072ffb7183, e918aaa1-41f8-490d-b343-28b18d5cdff6, a8f81ea8-8870-40f8-aace-fd971a94bda8, dce08697-bcd8-4bf3-ae8f-3d49f656c4aa, ef1c26d3-e2af-4111-884e-1bf793865021, 3f6af17a-6876-4363-8dd7-88514dfadec4, 15013897234, 1102fea8-4cf0-43db-9824-3d4ab455f82a, 1e9514b2-095a-4861-a4bf-cc54a32f6f4a, 090246ee-8ff4-4bfc-808b-42ace3103f81, 128ab949-7d86-46ed-b87f-1c447bd20ed4, 4dff5a76-dc48-4506-8464-a1e0708224ba, ff88afd4-2c73-47cb-8baf-8d46eaca2851, ce4f8c60-902b-4bf7-b9a2-d929ef865a11, aa9e12c5-1e04-4d2a-b49e-3499d0d983a7, 02826c1b-1827-41a0-9480-488edcde11fa, 73220791-82e1-4af7-9fa5-60023e3d4a14, 6d90b394-f248-47fe-9f36-5c0bba777e52, e0c19cbc-4c77-44d7-8280-4fd311ea9e01, f4b83587-48bd-4d63-be55-c2bdff7e2db1, d961b318-bbd8-49c5-9a6e-e3061c32bee7, 26a1f3db-2b63-4fab-9d4f-1e175a993da2, 8698df5c-ce82-49a3-a4c5-c6c8dc33678e, d8168193-25af-461f-aede-6e321e7ff4f3, 08e0b585-a8b5-4505-a0aa-43ddb4d1049f, 60c00be4-1706-4907-9922-b14bd0210e38, cec5180f-4591-4bbb-abf4-372c5c06bb63, 2eb21a4a-f4b8-4552-b08e-356839aa1cac, 7d3252bd-ece4-42df-a13e-a5a9c5ba46cc, d11a9ae0-5c10-4b91-92d6-83d46805151a, f976388d-410e-44ad-a346-ec9344ea6864, a9feef78-697a-4ef1-8530-e60f3f359c0b, 122507e3-e99b-4283-a284-817739b6034d, bbb97302-3c15-4c9c-b4b1-03d79991b6dc, 6f178a80-f25a-48f9-96fe-bb0a3f55a1fb, 8732280e-f9f1-444a-85da-f6ce0a757dad, caef5136-f07b-4b55-8b19-48451e5215e0, 22dd52b3-f14f-4db2-90ec-ce09ba9fe3c1, d8c94d91-ddbf-4e29-9530-8bbda9d4a8ba, 20c12e66-57a9-4e52-965b-48f60a613122, c220f5be-93fc-45ad-a2c7-d31863eaaa2a, 3a5d1741-0be3-45b5-bc20-4192bbcd378e, 8ad3cd04-45de-4844-9fe5-3fe6056e0d5e, 343709b5-0991-44f3-939a-71cdf44366ff, aec51eeb-1357-4ef5-a94d-b569ff78a21c, 97472539-c47f-4cfe-91b6-933e86a58bec, 774ae4e2-c224-42dd-bb85-b403b22efa6b, 36f53588-ecfa-4977-9855-cfc9fe4a876e, 60d22d93-8cc4-41b8-a7d5-20eae4e289c6, a9450474-37b2-40b0-9dae-e456c474d135, 62685897-5ac1-4523-a56b-1d4912198b98, 3c1373e0-c438-47fc-814f-5788b7e55f1e, 77986b06-92da-4a0e-8fe8-b3fdcb3cbfb5, a1afe9e8-a73b-4801-8dfb-ad645ed5576d, f24f3906-5965-4248-8d48-a10c49d9ae49, 0e7b8f2d-9458-4c88-a4ca-07d01fe9887d, e8d81b12-1bbb-427b-85be-c37fa3daa625, 6fc94b25-ba8d-4c53-a352-e353fe9a7cb8, caef3f6c-7bc2-44ad-a626-796e37c522f7, 6684a116-3aec-435a-bd43-0582ff47cf0c, 78df92f9-431f-4acf-9117-1eb24040c8e5, 8f6b8055-ae30-4b30-bb10-7b3802414d22, 8972117e-12eb-41eb-a166-14b66e318f11, ca155021-c80f-4252-8440-ea11717d7f08, 85b97b1e-6038-4fe8-8f74-ad8a1631bc4e, c9671470-067c-4f9a-bf6c-51cb67c5e171, d3262597-673f-4535-888c-179a9a258224, 949b491d-d3f1-48e2-9972-94a1e8f4c205, aca5d70f-ec41-481e-9272-dad550985770, 9deb4728-6623-4687-bf26-fc170fc41187, 77ea8a7f-8af0-4b69-ae8e-3815fce59058, 1e51ca80-b2c0-4bfc-845d-20df587a1a13, c65d70a6-95f9-4bea-8a53-b6caaab5d22a, 6a99e5f2-1e93-4ff2-88a5-16a9090f269f, a3a57c97-35b5-4ebe-929a-943d82af8eb7, f7824651-b752-41d7-99dd-5e59b5ce2acc, 458c3900-4dff-4d1b-9242-60eb2633e0f2, 5951027d-a0a9-461c-b692-283ed527256f, 58726286-ecf1-4063-80fb-c74273ca4520, c360b69b-0405-4208-b17c-3eed6ece4deb, 1eebdead-5477-4e24-bb56-a084b00b9d2e, f4685672-8a0d-4d9d-85cc-c41333243941, 1473c956-7042-48cd-b8c0-0ac2d5e53ce0, 84aee713-de3f-4f65-ac01-b6ad34dbf496, 3421d28e-79c3-4bfb-953c-907a224eab4d, 80af6b4b-ac5e-4644-b06d-5e40672ac615, b3227131-14bb-4a30-ae73-6b49c8e91671, f52c66cf-750b-4fbd-8e23-ebb15ccbad11, c95d4e27-3eb1-4cae-a68c-b7a8d2fa9645, 6e1f2d11-6a06-4d25-8b2c-627c46aaa4bf, 5baed47b-ea22-43f0-8e82-5f15b42fd9cc, 08057e39-f1ee-4864-8915-23d7336ba1b1, dc1684da-c576-49dc-9d4b-3883bfaee395, 7a5f5725-b018-466f-bdbe-36fcea8b035a, 15016018971, d38247fb-0ba8-4452-aea2-c497d68d0afd, 62ddbe05-fc82-46ee-af7f-fb78d22987aa, d35662b4-1902-422d-bc8d-9d9c6234876e, 451ecec5-4cdb-49f0-ae62-1c71303edcdc, c1159a77-8ed3-419f-9133-c4eefcda7448, 2914421a-e5c1-4be3-9fa5-6a5282108f5d, 4c1ade40-f93b-4d34-ac0d-4451e64f77ea, c44f69c0-712c-42be-8b26-efdab6c738d7, 4909eefe-c1dc-44f5-88bc-53fbad12b246, 5bc5a44f-2319-44cb-8492-4861e1c47428, 30587b15-b956-42a3-9f6c-0b9ef0a93f45, 0b1c9732-72dc-42c6-b6aa-fb45548ad3ab, 7c0ad163-906c-4986-b90d-ab2494381aff, e5d8e64b-9fbd-48d7-8396-38f3f0c44008, 2708d0ca-9343-416e-bbad-ebd1023a2b35, 68593c09-705d-4ec4-868c-47a4abec7524, c51a2334-f103-4eb5-9fbe-b74b3a396f25, 163be820-61fd-485c-a5ff-eee60100a682, b9da4f6a-76cf-419b-8602-035590aa5fb4, 29a2be86-ecd4-46ad-8d95-46a8c4de3428, 0089e9ba-12fb-4aaa-add9-2abc49e8a740, 7fa9ccf8-1c4f-42e5-b4c2-126ee05b90a0, 667c250e-4e05-4713-91a8-63b69ae8ff4a, c437b39f-3e7f-4292-9b2d-482ee8a2cacd, ab710846-3028-4d55-ac91-8cda4be93a3d, ff14e68d-3d4b-49fb-976e-380b3c3ff312, bc45bcbd-b76d-4631-aaca-7be2a7ce9801, 2a3eaf10-2136-47c8-b25a-30790255b4d8, fd58c2b6-94d9-4906-9d92-a5e6a3024be8, 20df50c2-5afb-47a8-9ee5-e744de846370, 6493ea8e-0420-4f35-8470-38b5066d8bc6, d61f33b4-bf87-4c40-8996-a917126730b8, e2849b40-1665-4263-9196-91058408811a, 3dfcd85c-109f-4889-a1b4-a42c7d549234, 765a08a1-3986-4df2-a40f-f1c118da8a3b, 404f4439-858c-41b9-b51f-31c7ea62f6dd, 9f170aee-fc02-4b51-9fd2-29df3eedea30, a53d1fb3-c543-42a0-a6c6-c6e760dcca15, a63b1402-673e-4a72-96c6-42a60e24a070, 3342e513-5793-4f50-bce4-78792c5d5f35, 20fc1b9a-ee20-41ef-bd64-3dd6c17716d2, 4d869c33-0b4a-49f8-99b9-5055f0e61035, 2b76d13b-16b1-47f4-b564-fc5a5ba23d0d, 1a972a6c-3c31-4f84-9f53-f0cd881eb26a, 696cde5b-6408-4331-838d-c140901b6482, b4a1a0ae-73ff-4147-8347-85ca10a17d28, d88dca7b-08bb-44c5-bbd3-c0b9396e62f8, 9abb15c2-a8ce-43e1-acb7-c5b7f6d3445b, f052a75e-23eb-481a-99d0-66a56b95dcba, d14f5c76-7441-4a74-a6e3-7e4fadc6bd92, bdd061fa-d66c-4f0f-be25-ed8c713fc860, 1df7f31d-09fd-423d-8005-da91f0829539, 1badbaa8-1df7-48ff-96e8-6e4f3216fdc5, fd6fc624-65a6-453c-8989-94465ed30d0f, 74729d5b-3d39-450b-bb86-6d5465989831, c8112a84-7c9b-402c-bc7a-adfb7af8fa5a, 5f7f8c2c-009d-4a79-80b8-2ce0f02608a6, 7a4a0deb-c825-42d8-926c-95c529031c37, 6daf719d-f545-49f6-b526-971ff8acf713, 1d180640-ef64-410c-9da3-84ab065f065a, 95b38398-4e0b-4927-aad5-5a6b4c329c54, 1c5b406f-8ff3-41cf-8e94-622545afeb3a, 3b52e818-510f-4385-9d0c-f2621f0a6553, c686851a-1fc1-4044-8de9-88963f3a870c, b5c224b0-b873-4789-9f28-37dcf70fc2a0, 54c54214-16d6-4401-81db-aa798b82527c, aeba8ea8-f96d-4f3a-aabf-50a15ecb06e4, 1f18930a-1448-45e9-ba74-6b63caf199d0, 73a7b088-6520-49b8-93a3-12f3bde249c1, ac02e387-2205-49e1-bd1b-6c29dfa7cf2f, 36e407f7-cfe9-4240-ae32-ed7a99180410, 5eaad77c-1921-4f9f-8ea8-4248af4a4bd1, f213a3ca-536a-4068-8e6b-4191ebb499cf, 5aa8d2dc-a09a-498d-8bb5-c9e9809452e7, 74664fd3-633a-4f0d-8833-68c08b2c4bda, 76e89637-663f-4599-9393-5e9093b3197c, ca0a5eb2-83e4-4eec-af24-3f6899ce19d6, 7d888504-2d4a-4850-b561-5931e5508808, 1f61fd7d-8d8b-4ab6-9242-748653377e6e, 4d9a2051-7ebd-42ad-866b-fbdcb23c1c76, 5e321176-e3c5-41dc-892a-f6d4cb80902e, c61a5bd9-7fa6-4d37-ad6f-5d8b54077cf6, 4b1e4999-9716-4f32-af42-cc056babbac6, 36b4d51a-e350-4369-8070-f3123fd0d6bc, 1c5a93ff-9296-4052-93ff-1d8153c61ab6, b75a88d6-3c9c-4f8b-8673-ef836efdc4a7, 0fc3c1cd-b192-4224-a6e9-8f76658dd454, df31d3df-a103-4ae7-bdcb-98bfa2d5002e, 6a2c5bce-24b4-4406-8529-eb962b891933, 2c72a835-34c4-4c6a-aaea-924ffc9cf5e8, e4a8647e-080f-4eb6-b93e-01994dc70f38, d0614230-a672-4c29-9f3d-91e6761ed5c0, b29bdedf-7345-4884-a419-b83bf23edb64, 4d8a1895-506e-4db7-850a-830e399dae77, 70afe248-8a5d-40d4-b1d2-5cb8e5117fb8, 044cd403-2f62-4bdc-a558-686f7b929333, 65d36d42-ab3c-4134-a4db-be4828ad3245, 37e16e5b-0a19-4290-9e1f-020b90f9fbd7, cdf0ac7b-613d-4e8d-9bb9-144324fa3f0a, 385e968d-3c03-4799-b1a5-18fb122f57f2, 18e8936b-c192-4c4f-b033-3feaaf6e17e7, 5c466be4-e0b5-4bea-aa43-29239327787d, 9e7d7502-246d-4d8a-8150-b9462e1ab0f7, dffcd86c-436c-405c-b7ce-91d81e538131, c5786ea2-e31f-427e-99be-cacfec787d0c, 664150f1-078d-43e8-9b6f-216063b10eeb, 192bf1f5-59ec-4f7c-8d9b-64adb3929440, 16ff2031-1ed0-4c73-9d68-f87b2412650d, bf2862a3-9e0b-486b-bee3-195227d2d47b, 968a7623-5c13-42bd-a031-4f400e6459bc, 43092c8d-1fd9-4390-8b0f-e27834720695, 6afa7c0e-ef26-4637-9410-06554d5766d7, b1eae324-e3d3-49aa-85d1-69fb830653b8, ea4cf727-2a87-4fa5-bcb2-f2c7847e6f81, ab7ba47d-9a2e-4e0d-a767-dda5d5c4fe71, ef2af152-3fbb-43af-8c75-0c4fab40da22, 0ada880c-003f-48d8-8091-2053a0f4896b, 5d8562b5-3f38-4995-a7c8-2eb3776b8881, 27423c7f-990f-4c57-9690-e9e3481e8fc6, 7f7df43f-1697-46d3-a084-5d051aa9c484, 1a6be0e9-afe8-4329-8a35-e6bd667466d8, 53690277-1485-426b-8b1b-d1012af7fb26, 486b7e53-7158-4474-830d-909d12e09934, 42e6a029-0b9e-4b38-a789-b693627def53, d10e6142-880c-41ea-948f-d11505412378, a57529ec-4243-40a3-9e82-0999658e7469, 354616cd-6016-44f4-9367-5d565e3f85fb, 6274bfab-4b1b-4429-a563-536cfa6f1103, f954eec9-5635-4fcd-9619-4ef3e0d56c08, b87ccf68-0b64-4605-8c45-2ff003e85daf, 0ede91d7-ddf6-4413-877e-65adbec179e4, 8ef1577d-a8ca-4bed-bb08-c899a13d6a3a, 5c3b5a57-5be6-4b01-886d-471f46712fdc, a14e7bf7-2bb2-4573-93f6-8eaa051f702e, 96e2dc3c-6a2b-454d-a88f-d7f24d55e577, accf1f7b-f36c-4959-b494-0a6111512d1e, e24c04a4-5807-48bf-a790-9ba1c57700a0, 65d0156c-1f2f-4f1f-a550-2dd357669f94, 07f9d10e-1d93-4856-a87f-7ebed5328971, 4953dcc4-5dad-46e7-babd-9c65cf4dd4e7, 45932e28-f4b7-4216-8984-6a08c6093500, 94a59fa6-e3ed-42aa-aacb-c785fc811294, c970020b-7b0f-4900-b0f7-e0cfe80b43ef, 58136d41-df25-49b9-a622-99d909b2cf96, 2704976a-a5e7-40e0-9d2f-f5323a50fc72, 7beb123b-ba24-4f43-96e9-697910c37668, 57826071-eef7-441e-af5b-ede9cc39fa8c, f0f5be16-4cfe-4e71-b096-a249969eb2fa, d749d7ef-ad24-4e8d-b1dd-b17ba6bf67bc, 9d1dbd24-8dc8-4372-a471-ec76740759f6, f7785672-e346-4bb8-a1c6-250f056f5457, 2e96c7c2-ac30-4f92-8496-808e0867d4b5, 931d6a05-01e6-4bef-b080-a2ae51aad3c4, 7ef114f4-fc62-4015-a1bd-cb748a7ba4a3, e1957a7e-809e-4795-afd8-4ae763bc1190, 69dc9a9b-776c-430d-af1b-7d33efb4d3ec, 409dabf7-be89-429b-a6da-650fbe7e3cf8, 9478d071-28c8-4454-b705-932451dd59a9, 4da5403e-878d-47f6-8870-1f11cc04a1d0, fe568b80-48c2-4f6b-9eb2-5061df7085fb, 5c222ecd-3d92-440c-8c9c-0a49ed2d517f, b8561309-109e-4633-b51f-1886d6391e3d, 0e5682b9-0014-4793-810e-aa7ccbbe5608, adadf94b-c3dd-45d7-b9ce-2a684050ff14, 9d75c332-e389-4caa-93d1-eaaa5686c53f, 9d067350-7f98-4cc8-964b-40055dc3d214, 3925223c-dbf1-4f84-a5e5-ba8b6c571360, 1c502ff8-5cb1-4c34-96d0-9a90f99ca70a, 2d85636c-1ce4-49e6-81bb-1bcdf55d72cd, 6663f3f3-8a1f-46fd-956a-e27e6f89ecd3, f1b70435-9274-4e0d-b4ee-d22049c94975, 5097c14d-b038-4b56-9ceb-6baf1c829aa1, df403405-6473-408c-aa23-1c85fc9fc004, 30ceca7c-7bae-4eb6-98a9-d22f978ff7bd, 5f1a0ae9-652a-49cc-a73f-86db4016c549, 26844969-709a-4765-9736-e03846d91427, 2fcd4d52-bc63-4ab1-b3d2-68a576117ee4, 8fef1fa2-4966-4e62-aa8b-061d2ea0a388, 6dd998e5-7efc-494f-a38b-e7449111b72a, f704a887-2817-464b-bb17-7d13438f390b, 34b05155-2a22-44de-9d04-69cb9c7264d3, 8e548b5a-bcd3-4d38-a417-943220a1088c, 87c2e321-7ee1-4482-8300-e3ac012315cd, e58d5244-e4a8-44f4-9d69-0c94235b1571, 0cd3c5cf-0550-4aa6-961d-647cde62fa3d, 3461e2a2-3487-46f1-8828-4868a8b57c08, 112bab4c-5279-4e93-ad70-9e321447a82f, 4fbf2029-f860-4a7b-b8c7-284ce3ba4f0f, 55f31533-e790-4f25-8667-7f541ddedf01, 5df96e7e-ad41-40fc-b2cb-4d091b5f5a91, 7e2b219e-bdfd-4ca0-bb25-1a61f2a68be2, c2b43ddd-81dd-4d5d-81e7-28e118d6ba21, a0f2e92d-f702-41a3-8936-a1c44fde2bb2, 68ec132b-3a39-4318-bb6f-b85d030c42c1, 9f3d1075-0a7e-4e96-a503-04a049a37914, 733ba20f-4668-45b7-9793-0f03acc33455, e80b8a06-cebd-462f-b039-b8b61155d428, 7737ce86-1ab3-470a-b90a-4376962e819e, 8688d784-68fd-4e81-be53-a76c1854c6c5, f529a6be-8d24-4868-be27-010d31401810, ab23838c-f8e4-4816-aaa5-fef8ba6de2f9, b4c84ab5-42d3-4ff1-8bda-9a8a41f5aef2, 169175f2-eaed-474f-bd6d-d81cddc945c5, fca115d5-797b-434e-8010-9c730af2bff0, 4100e917-6e37-4a28-abc8-7a8dca8d81eb, 050d9150-50ae-4404-9bcc-ce6fadec769c, 9285d3d3-1edc-4157-b625-34581b14e504, 5b319b7a-371b-4b37-a8d4-5efc10500c08, 31b77ca5-ead1-4f58-a504-b7fd199a29f2, 6488070b-2e5f-41bb-894e-66b71b5fd72f, 376a3f74-5a27-41c2-a776-46f1a887603a, 6b850030-be19-4912-8945-3a1e958b745a, 873ab4f9-bcf6-4718-9335-e0de91bbe32d, 70f2bf7d-bd83-4d7e-b877-1c59bf501e69, 5064e265-65ed-4a3f-ae3f-99debdd96584, e35733f2-a8bd-4269-bddf-60554d3c2fc7, d85b2706-ed72-4cde-92fe-7a7523a1f7a4, d1775044-fe46-444c-956d-5236dbd2fe83, 84edde58-c0c6-4b14-983f-68b4f390d3f1, 597682b4-beea-4589-b058-391de4bfe30c, c850677e-aca8-4985-91f7-0ecc035de6b5, df3dab77-303c-486f-8020-766d95766759, bd7629dc-accb-46e1-ac5e-e3fddbfc6f71, dfc6c69a-5fe4-4f8a-bf5f-e2587d13e17f, 88ba8fbb-8653-4b8b-b073-da7309362611, aa401fc7-b332-4eb8-8094-31f060c484fc, 5ace1cdd-24b2-4f6f-bbb0-30fef44dcc8c, b1711adf-83b1-4e72-8b47-d86686254ed5, 2aaa0dbe-7b07-4111-8003-f3a01a022af2, 9a02e222-b396-43f2-9d77-c053631380f0, e2c9a806-0a4c-4846-a37a-ec6b426eb4be, 42c81b09-82cb-4704-873d-f2678383b081, f161d714-1365-41c1-b432-0b1c6860328f, e3c5ac7d-4123-4e93-9f75-0311e37021a6, d2b7a66e-17f0-4718-abad-a62a58e45d73, 7e6d8f97-036c-4096-852c-4e6886c8ddf8, 80424943-cfc3-4fbb-8879-d856da9dd2cd, 2733eb36-de3c-4c1d-9b7e-adac973df845, 3c6766e4-97f2-4522-997d-7c2e493a8394, 634a46df-f65c-4f4b-8592-cccdb947b165, 95bfa704-e047-45ed-aa31-7ca5b0f7d513, 13e12b66-8c2b-47a2-b405-df9046498290, abca517a-d9b6-45ba-bc74-3115fb7bc508, 9000f434-40bf-435f-bec5-dba1090c6360, 5a755090-f98a-4797-a281-72fb7b571387, dd6c1910-eba3-4cb1-8cf9-018e8b6ad53b, 63dc2c06-06a8-43bc-a69a-7925fedbc22b, 63a547af-fa66-4999-90d9-de15874ec1e6, 79856134-51fc-46ef-965d-15017e332d59, 62ae8e9e-2d18-4da5-aeed-26213337a247, 63afbff5-98b7-4e35-b4b9-3bff04f29053, 6552c779-eea7-4fe3-9f4a-97378de292e0, e9de0b28-2eae-4e15-80c1-bcdfd8dcc118, 96fda717-8d14-481f-b602-ee529b139c37, e6a01a11-d739-4a6f-8cd2-26a7bf3eaf3f, d03864e8-25ca-4504-8562-36ef8f9830c0, e9340dc1-90a0-4a7b-aac9-cc0f7d2bd2cf, c2307c5d-6773-4e04-91eb-9ab6cf440b53, ae6156eb-b67b-4fd8-b0eb-8c41c2a2491c, 799232dd-ced2-4e45-8a00-43b70aba6e65, 76150597-ee3d-4c8c-8b6d-59e2ea713854, 2b6b49e4-7ce5-4630-90b9-e8f54a76161e, 5d02ac7f-8ac2-4e34-93a2-47cd03b42be0, f70bb94a-502d-4bc0-a2c5-586f883b81d1, 04446322-c9f4-4285-9e8e-01c6d14a1a1c, 13b6437b-4506-4f1b-bc2e-3e8d29d0a7e0, 93342f04-f6cd-4865-a575-4b10abde8247, d62c3b9e-ff6e-40c9-a45b-f4a7e57a9165, d2979be9-a403-487e-a364-8bd88b78dcaf, 2e132d5a-67ed-49d9-a180-5697e3b3b4b0, a62599c0-c187-409b-a96f-d6d8c2fca63f, 935f1d7a-d4d4-431a-b21e-65d56f086043, d1b4b064-592e-4f04-8426-89d2525fb55a, 46de9c28-2101-4247-81ca-4a572741c16b, 288d6350-b9ec-44e6-95e8-485de2f0aa11, 801e0730-2fc9-41cf-ab33-06488929ea14, def0fe02-630a-4d98-b2d9-22bdbea70cff, bc3577ea-5abf-4ac4-b3f1-74a82ef85b65, a894b0b9-2b94-465a-8311-3cd81aa8234f, bbea0c0d-a9e9-4bfe-8001-98a70783d5e6, 19ea1cc6-46ae-4b55-a17a-6db59b148fef, fbab6381-73e0-44a6-bfee-e6ea59288d08, d3fed127-f043-4250-ada7-e609696961ec, ce436c48-bd87-47e6-966f-e4c7b44c863a, 47ad620c-dd2b-4402-b5ba-6f0143cd0bed, db8692d9-c73a-4f44-8179-1f9608d32565, 08346256-f549-4750-9441-3afe0062a8cd, 0b1f5ebd-f48c-43fc-b90e-8d7d9a62f3fa, d0133be4-2fa9-43f5-822a-ca1322b56e3c, 170a8075-7684-45d7-95a1-84961c9271aa, 7b0ed1fb-fe73-48cf-9f63-7181599f2dc0, c44236a9-e5f5-4b53-a31c-dcc3be96e73e, 17cffd9c-46a7-4acc-9d7a-55316be5e710, 11e702c6-c327-4d81-aded-fd3f08672b2d, 8b44da5c-7d05-4b07-aa20-6483f3dd975e, ba4a4f91-efb9-4545-a4fa-257e88373954, 6ba91a0b-6d6b-43aa-a7b4-a778d7483342, ffae964e-5026-49ff-8e43-29e4583e9eb1, cecbcfca-d0c9-4f4b-a65b-7091a840c931, e9e8322e-a8c3-48d5-921f-8375828a04f2, 06d62bb1-12bd-48ec-9a45-e85f9616fd64, 19eb72c8-bcd9-4756-a5d9-b2d21f48d676, 64a8baeb-160e-4b27-9b24-cd067eda52bb, 00bb2d6f-67ba-4239-ad82-7546e12f71e1, 53b84ef6-b35c-4c95-a2bd-e639d02a9fa3, 1121134d-a3c0-4e92-a103-d22e502d75e7, f20e2f22-1dce-4e61-bf18-7e966d818d1a, 772cf3fa-ae54-47d8-81f0-1c8e2ed94f50, 2c3c4fb6-e094-4c0a-bdaf-f24692b258d3, ebdf33e7-2f36-4f8c-8ea0-86ff67fcc680, 2511361a-b274-4bfd-b5bd-c4da1e6aa203, b4e55b51-bb7d-4fb0-911b-97e6d03caac8, a708ac77-1cd8-4ddf-b73d-1fd0770be6c5, 6cc9f8c4-f25d-4951-8c84-bc711cda4aaa, 84b9f856-b6ed-4b3a-9698-1a3e690740aa, 32a9e66d-749c-4c19-a1b8-b9295d8bc2c9, dcddf480-01c3-4dc0-b1cc-e1d76a7bfcae, ae3cb204-4cdb-454d-812b-89d23f9ebe6c, bf751a8a-ccd1-4ec0-96ef-e55d5444efd2, 93d2eec0-4d61-4118-bea5-499c8913885e, e2248947-ca85-4f14-8891-b43fc5d2e07a, 18f4f5a2-6b92-4bd5-91e3-d3eaa2a79e6c, bde77f16-f301-4e20-a4cf-75b33f2ed3f6, 5baf1fba-2851-403c-a674-a8a800d88faa, a5acd955-c3f0-46dd-bfc9-af7167bbc72e, e717def1-a3cc-4cec-97cc-4dacc447e35d, f5ac6451-8bac-4c28-b70d-12b61c44ef02, a99be6d5-1bfb-4c7d-8686-9a3f9a6801b1, 08130b23-b4ec-4ba2-8190-a91f46da1b96, bb4effeb-a177-4be7-b8a9-44d6cc29b5b1, 4a3728c4-1f95-4865-8ec7-5bc60f95ca87, 4c63fa20-d4d6-4fcc-83bc-3f51332ba3ef, 05c4514b-ade3-48e9-823d-59d3e93ea49c, 633fcc27-938d-448c-bbef-c470857e47da, 84ad69a9-a193-48ee-a65c-a39f0d3fc946, 98afc4ff-1afa-4221-8d15-76c6f2d27b52, da097e6f-b5cc-4b90-bd48-72179a4da5b2, f02d16f2-f076-447e-9ee3-3308f06ceaf1, f05bf29e-036d-40e8-8627-aca6bc16ea33, 8b672801-60dd-4568-b7ee-bda65598b10e, de0dd95c-04f4-4be2-a12e-170c1499a973, 23dafbde-121a-42d2-b26f-328e91ccd491, fd8f8ad9-8ee9-49e6-a4c0-b24afff3db14, b44ee253-99be-486b-bf66-d291f7a2aedf, d47b1991-6a2f-4818-820f-e1b31f4995b1, 4d82404e-b0bd-43c3-98c0-53f4d0f44679, 128b12e2-e500-4b83-b989-ff5d2e209867, c2e4a1a7-471b-4023-950f-b8e27e344ea1, fbb7c954-df0b-46f0-92c9-5569882fbb7f, 55e166ba-0615-4043-92ef-709bef68f7f4, 8461d440-d1f3-422b-af3c-7d221d41a715, d3fbc838-978b-4609-b4cb-0c9dace1b61c, 7eef32a9-2e97-4bb7-935f-8f0ae83c370a, 15a294b0-a7f7-4a39-ac31-3ab76a33de9f, 0c424eb0-ddce-4b06-ba7c-09435632fc76, 94223be2-8a34-4859-8ecb-e7c6ce9fd6f2, b911e43b-5031-489d-a23a-bce8fff37527, d5bcc542-99ab-4a11-a8ce-94c478e83697, e17ef81a-a9aa-4111-bc6b-b95556990337, 906da263-ec46-4e5f-8092-63d6aeabdbce, 3c0b6772-cc5a-4d03-b927-4f6d09026eab, 8ab243a3-f2c1-4684-a37a-8184fc4b89dd, bb26b419-c263-4e75-96dd-8c25a66ff1fe, de5ea4e1-7e47-4817-9f51-63a4c630db45, 24fb3116-2f47-44f1-a8d9-6f856c963e07, 56c55962-0bd6-43d0-871e-d2a843a3c4c8, f72d2bb4-73ca-4cc7-b361-1e241ccdf61f, a0106e49-dded-42d3-b333-3472b4b21be0, 1bb87cab-389a-4005-a990-143adc89c291, b2d31359-bd85-4959-b501-009838fb89bd, af69ab09-a1e1-4cc4-bb6d-80d9cc274b97, e07670d5-c343-471c-9a44-28c52ed469b8, be1a4677-96f7-47e1-80fb-de436092640d, fa43c23f-e25a-4ae1-b8a3-952051b2aacb, 7f4bbcd6-2c0d-48a3-bbd8-8767c0f39ba7, 7427a9dd-df32-4d82-ae70-95b059e9dd7c, 3f4f9034-fbc3-442c-a5f2-54b9e46775dd, 3968f23b-6b43-4ba6-8ce6-e2f8b248268f, a298ab8b-d47b-40a2-8d5e-03a1cd0240fa, fd0e5d22-7122-484a-bd03-5ee779d75b69, c17a813a-3634-4a33-983e-afff9ddac4c0, 9f371d48-ab4b-4a7e-a176-a681eb8a6c2f, 91451838-3e51-4b6a-8087-76aa19987d44, c15dd135-5cd8-4131-8a15-402ebbd7a87a, 28cf9036-6fbd-485c-81ca-049a1743cd78, ddd4f9e1-4e8d-4610-b6ee-cd5949a6cb93, fcebdc51-818a-4f2d-a243-81baf50d94c9, ad61df67-6f43-452a-bbb3-a5f99f20b3c4, c8a0755f-c9b0-4e0f-89de-46dda2d41051, efc3788e-7a50-4aef-824d-ff5369ef2256, 1f817db7-00d0-4bb8-880e-63f8b511ace6, 648f8fbd-c53a-4bd2-8289-522144d3ba08, 6d572986-13d3-406a-a986-b7bf96c0493a, 13e96f22-e939-4654-af74-84f1c7a67805, 4d4a43f2-2be5-4664-8088-1893b5854879, cde95070-44d1-4e69-816d-01a74337ab1a, f7bef8bd-787f-48c9-a003-cc3e49daf7df, b82a73a5-1d1c-4fdd-b60b-8a0b68b17039, f0379633-bf92-43f8-9344-c1a181ffe17f, 44181507-8eec-4f0b-82a1-77032d92682d, d8b74b85-be7e-4fee-a019-4babe64e51e8, 2cdd19b0-a7fd-4aff-a12f-a1d8b2428633, 13678e33-a84f-4e7d-83a0-fede0820dfa4, 07d04f93-a6d0-466a-bc3a-79e23541e0e7, 34974b27-e150-4df0-a9c7-ec91110faef7, 146379ab-c19b-4a81-b6a3-2198b292c941, e6384d75-d7ae-41ed-a593-0f0d71a41298, 86c51d4b-5015-4494-b14a-0b0c39832d8b, f478826e-10b5-468f-8c0d-26d4f77285a3, 968e0276-8d6c-4399-a8be-cfa91646ec18, eeb56129-7026-41cd-95e1-152eeede5df4, 7158c84f-2bdb-4ccd-9daa-df7f507526bc, 0e7e1b77-9615-4513-a171-3b4b877825a5, 7b546517-d55e-4ba6-8d96-19c8ef187835, 568eaf9c-e634-45b2-920d-362b980e5c53, af0137ff-d58f-40db-baef-4e195f5c579f, 89893627-5c16-4df6-84b4-0c2c51ba8baa, 6ec053c2-f67d-48de-a0f0-79cf1f476980, f5416c3e-e9f4-468f-bee7-72b6549b260f, b0b97b0b-c527-4497-9530-dda4dc587eec, 9cb5e2b1-710d-4500-a7f5-8ee20933f861, 11f37f6e-9152-45eb-968c-2b97e8a246c4, 78a24957-8e6e-401c-a71d-752ee7abed15, 061834b4-6430-4866-a684-0f32195a13e4, c1f1cc34-f43f-40de-844f-4440aceb131b, faa3b2ad-8a1b-42c9-b93b-3a41c021bd04, cfc70d2f-5089-40a5-90a8-63ea6e183133, 0f01c4f8-3eec-47aa-ab80-2f2bc9db1615, 3b7c53ae-eae0-4cf0-83d3-ee26bc53e74b, 781ad318-a223-4936-8c48-af6ad6cbe7c6, eb4354b1-2469-4be6-8827-636899725d97, ee17d349-0cd6-40ff-8006-1f926f52ed20, 42550df4-b9a7-45d6-bfa8-9b65f06dd9b5, c50fc91b-101d-4ec6-8105-22c95e96a04d, d51be99c-2c05-4c51-b4e4-05403fa04736, 9f395a7d-b372-4a5d-98a6-3f0e113262b8, 563c9441-978a-430b-9115-bce3043eba30, f0fa4dbf-4f8c-40fc-b0b9-8e8a59fb2771, 8c81c904-f3f3-4135-b3f2-d097ea333be5, ad9711e9-5c72-4ef9-89e6-a8f76fca35dc, ebe8aed2-6ec5-41e5-9067-bd8072281073, f94d3826-5871-4eca-bbdf-bf5e7b0a7045, 444aba51-b1f2-4f4b-8006-6b5f6030cb81, 913cd619-b86d-4acf-a28b-3ddf843785d8, 3b9a7aef-2382-47ff-8e89-8ff8c4ed62ce, 20b4ff7e-78cc-404a-aec6-956efab75643, 25bccb85-10cc-499b-919e-e15dcc856da2, ccde4ce8-1428-42f1-b258-4cab06522f5d, 1b835d1f-feb5-47a4-8a9d-b21260adf537, 959accf3-a379-44d6-985f-a9909d9884bd, b1036f9e-2871-44f3-88f0-073a7394a3f7, 8b11075e-426e-40be-abd0-304033a9546d, 58007ce8-4a24-410b-ba77-10b5288d0331, 666a3d0c-d7cd-4321-829f-ebfc7ba4257b, b0e4bd63-849a-403f-a77d-c20ea1e90b2e, 9b93e48c-c724-46f8-b72a-d974e3ae4f9f, 44185690-1383-42a5-a636-b151245b718d, 15c914e6-f326-4425-afb4-b62df3362607, 7c2a1b0d-4cd5-478f-8ecb-ca7b383b536e, 537a7209-3090-49ba-8bf4-67ff71b7f4d1, 88dcff6e-f391-4264-a6c1-4ec94bc18560, 1119621f-9090-49cf-903c-222fb77f566f, b358668b-6e05-4462-a94b-03d08905fdd0, b8f3816e-b58d-4fb5-b37c-8fadbbfc15de, b6a87a05-007b-417d-92ef-195d1b7bb1e8, 190eb727-a6a9-41cf-bf4f-cdd1f122628b, 09badf39-73f4-4edd-ac87-6932fd84aaff, dc4b494f-47c8-4af4-9a18-44db9b463426, d3010f01-370a-4041-a0fa-5d429a51e65e, ec63df39-9418-4fa7-a18d-ea736d17c151, 4e0fe47a-150e-43b0-ad75-c54e430767f1, 85a1b358-c80c-4338-889a-1c149c630c84, 3a42d1cf-1fb8-4f29-b647-2f74bca590bc, 2a791684-a618-4dc7-9691-663434597829, 4663379f-cd93-47ad-9d85-541193199c95, 225ea0a5-7723-44cb-8072-a1c05db901a4, 96cc646d-50df-484e-a865-401616f54a79, 8f6c6db1-6701-4126-a82a-434fd11092c1, 18ed9847-fe2e-4782-bcef-d0cfb5acc7ba, 82c6fe0c-9d0e-4b14-80be-1cf814fa5436, 2b0f7d83-2de0-4359-87a0-544702e6fe0c, acb32aa1-1188-4e0e-bfff-c5e8828868b0, deaa0362-dfe5-4e83-b7b8-08514f26ccdf, abaf49a7-02a4-4f5a-b3bc-cce973294a4f, bfef2ed3-e3ad-4ebd-8c46-7494767cffe3, 906b6c17-fc2a-4bbb-8ee5-b0c8e19ca771, fa0c770d-edc2-4edf-a728-35296be03f1a, 287ec826-7ec4-47c0-95ef-73de65bf28e2, d1e2c206-290a-4860-b98a-4877f39551d2, c78e078d-20c0-4c9c-b8e2-9c93cfd820ff, 8b3d4fbc-398b-4930-9a6c-e2a24cb77ab8, 3547e49a-2942-443c-9be9-27224a1d528a, ba8a576a-08f3-495f-a289-9db1607bad0e, 01e01713-8823-4adb-b556-0c0c2bb8da13, 86ac9a87-1e8a-401e-ae46-e113d79534b9, 94a04ac9-7ddd-45c3-9991-40935b7af70b, 0590033a-f645-4d0b-b28b-4d89e4215396, 2ffe4d4e-b752-453b-9da2-50f8b0b3c134, 34a7e118-433b-4898-9d53-4c889c53242e, 20db9031-e171-4a3e-969c-7a53ac74ae8e, 5ee54163-5f71-4e0d-9455-fe7738330ba2, 27160e63-3eec-4a35-8cc3-b4f67471f186, 4d2f7f50-6095-46cf-b93b-42144aa1582e, 5a09dc71-7fda-45a6-bae6-34d706021178, 659ab320-54f3-4c66-837b-e2fed372e1e4, 50903ca0-92fe-4c16-9662-d0e8a38b862f, e5c5ca12-5f99-419f-bc50-edc82568f8a8, f2a4b1f0-961a-4bb8-bfbd-a4d905507ae1, 4f48be61-c83f-4a7e-b3c4-261f62cfe9c6, 5a358478-2187-46ff-b223-ba7280b6d4c3, e3a8e3ee-4cf4-4255-a9fb-45d0b459d246, b4b58fa9-12b2-48e3-844e-87c5ec33bafe, 68c44791-804c-4c56-aacb-76b25dadf94a, 1deead62-3d3d-4770-a68a-98740eda5c22, af3041e7-447e-43fc-b074-cbc8925cad67, b0bc81a5-f752-4263-a396-3bf00efb6499, 726ec54f-19c5-4975-ae78-4068f0d5377a, 4614b10b-02c6-42c6-93ea-22e02906c7e4, 25ce4d32-bcc5-4cf5-a4f6-4da3fdcd0f23, c1230a75-97f5-46b1-bac4-5ecef5257ee0, 51a53f2d-9eb9-4b6a-83fa-d436c3061dad, acf575f1-d20e-432c-bb3b-beb505f52069, 59d55083-e2d4-4950-88ec-cfa80f9e036f, 4b7cd9fb-90ba-44e9-beb8-dce4c2c43657, a781f692-6df2-43a8-be65-ee82a80b0a41, f7629c31-de14-4f2c-b1aa-a84c0ba7a6ff, ad6635bb-48e4-43bb-9a3d-b1f4a179b795, 07e4a00b-97f4-4ed3-94f4-5cc0637ad0dc, 969fef91-c2f5-4f80-8fb4-4484d3df67a1, cde59c7e-4b1b-45df-9d96-6b16697872b5, 79097c1a-71d2-4653-b83a-320938d8aa12, f9420419-d732-483e-81d3-4127348c161c, b8bc7f99-465f-40cc-ac14-b741698c61bd, d2bfb0e4-f16f-4580-9ef2-78f1cd05cf67, 8b2f7e5a-4cdb-4580-a328-c002374d29ec, 04528e4a-def9-476b-8887-0246f5916c83, eb0c0933-0d8a-4fa6-b47b-e76309eb4323, 6dec53d6-4867-44eb-b42c-75a21950476b, 999cb802-45f4-456c-bff4-b6920d2924a7, 4627c577-9932-4be8-be2d-3b43aa081bc8, 9af4cc12-9111-4d8a-9768-b42e5842643e, ba03c875-a6de-47a9-8ffb-529211a5a848, 9f08ef82-cbe6-4999-bcdf-70fb13f47486, 25355be2-8e79-482a-8ef9-0c7eb9c7b6f1, a460565f-bce8-4eda-8d27-a73818b20f4d, 4afd0b66-6505-4a8a-902b-96f3424ea49c, d4473b59-1d54-43e1-95ec-8cf9f096fe1c, 4bce4c00-7a95-49b9-8acd-da2590fd9b09, 4456e396-6b02-4390-a78f-2022a1f9bac6, 27876c1f-638e-4359-abdc-ce86ca3cbac0, 2b25758f-415a-4d8c-9765-79361df901d9, 55ce91a6-527b-4c20-8665-2740ecb9aeb0, 6fdc64a6-93c0-46f8-9d02-196c85e675a3, 32eb342d-ef16-40f2-ba32-d29af38126ee, f8c4465b-4254-4057-b929-e2f137354312, 66590979-f8e1-4b48-8969-077d8d870c10, b5669591-5731-476c-995a-f93305fe68ab, 95d5660c-644f-48dc-b101-f04e2c5e0172, 8abb1a1e-33fc-41ad-bd50-d784e1219b97, f5b48ec4-f520-43ce-9e6d-3b8ec1e836ec, bec21766-0278-4476-8641-1d83d960f9b2, 3576df87-e1cf-46c5-a9d2-c29130a1212a, 93432311-e9f8-41a6-ba9e-5ca0d2bb0da8, 79291eaa-4c0c-4276-badf-24c51b8bee67, 3bb8548e-66f0-45d3-b486-ee75875f31d2, 9475010c-577e-48b1-9e25-05ec1b1a5baa, 3c555af7-378a-4987-8050-76508cfd4cdf, d1704427-5186-422f-ab2a-f38edc95ccda, 08938125-666f-4f1b-8dff-8ac781760c0c, b332f319-b024-4988-b0b9-7a6d0a4dcda4, d5b5e39f-4b17-4271-ac64-286ff666681b, e33365b3-d469-4ef4-8815-7fdeae0427f9, fe2a2a4d-5f6d-4ef6-8ecd-bb64507ee38a, 65a020a5-c637-44b5-9c9f-025f2b2613b3, 74e2284f-ce61-4753-aa0a-270117a91dc6, 728f510c-ad62-4ba3-b5d8-b180df588aaf, af47f2fb-36e0-4354-807f-5c1a2ebc632f, 70a1f4eb-9009-4c78-9d7c-c90a73ea6281, 198e8731-a49f-4deb-a8d1-91d76a41e17c, 68cc51d4-2b7a-42b4-bba2-11d0e9c40e40, 04013064-e702-4432-be20-257bec955352, 5a6fd605-470d-40aa-9f0f-f865da1cc293, 66513a4e-38c2-4357-8999-f15e5465d2ee, 90255611-60c9-49c3-93ab-650e8ffd1120, c684eb9f-19b5-4268-a34c-acab60dcc759, 6150f7e4-6c8d-4858-82c6-f599214dbacc, 35aa7d95-ac2e-4a5d-b189-c37ac70c40fd, 10cdc764-85d0-43e4-8727-de324163bd8e, f2f8f5dd-be04-408e-9aa6-a24a1e3b8170, f54675fb-782d-439a-9455-40e4685aecf5, 83b6a6ab-9172-4cfd-8750-4d6a5bf03365, f87d315a-8285-4f33-ae71-74fbe03e5257, 0ffebfb2-c1a6-4fdc-87bb-9aab3fb41385, 8846071f-9bda-4d63-8523-117a7368ed58, 36ea4338-741a-410f-a9a8-97fbbd647ddd, 60c88292-c1c3-4c18-9c3b-7a08191481cd, 14b1cbac-1d80-4d8b-b6f9-7e134772fc29, b07f94fa-13ee-48d8-9360-bfc54c95bce3, 9a1c534a-d4b7-4fc5-813a-15f088ac5050, a4c6fe84-60fc-4924-bbff-36be152f57c2, ba8a4b95-4b26-429e-ab2a-bb62de4b454a, f9eeab8c-b9ba-49d0-a5b8-da147ef9c570, 9cc7faee-50c6-49a1-9031-fb8d5bbf79a9, 39c0f7db-3190-4689-a098-358066d82cd6, 33edf8ae-01e9-4a7b-9947-13bda5a4f2bb, 5c706991-14f6-4910-b4bc-074f5f43d784, 7fae43fa-65c8-46b3-89e5-21cf1ceaae56, c3e5ea41-83c1-4e67-be58-6559408add70, c70d4fa6-9150-4981-a9e0-582e0f324264, 0fa8b247-4b97-4710-a7e6-03be9bf4af67, d1336330-97fb-4a0a-978a-504f68328324, 063780a8-6d11-405f-836e-e4133fa5d28b, b18ed7ee-bacb-4e36-9759-4632bd0beeca, 43898a40-b0ec-4baf-bc35-2009c825c8c1, ae9eba0a-dbb8-4019-8bf6-67fdb3fa3186, 4c37a7ba-7e6b-403d-b192-247d7f56117f, 9b0baa16-80a6-475d-8dad-eebc45b69aef, 2be8dd84-0292-47b2-8c61-cc194eec18ea, 392b47cc-35d1-4e82-9348-453588803536, 86a9dc95-a17f-40f9-a219-5633690a68bf, 3bf8f2e6-7b63-4db7-9458-5f97132d7886, f606af97-91ac-4a27-9e0a-27b911e5bc58, 89d6f064-cb95-4668-9301-9437b26c9cdc, 909a45ff-0130-464e-a487-081b3edcd843, 1e2c9ea8-4481-4086-93ff-a8eab8643ddd, 4d01d00c-6c38-422d-8b0e-86a540b18f15, 011776a2-85f3-4d90-a89a-6e83fd2914c9, 36c458b7-44b7-48c4-91b8-b58f076fdf39, 7dfe7581-a88d-4308-b926-042d3b259803, 5efac3c9-0f6d-4032-a90a-6d2f268a20f5, e51d6b51-4439-4948-9caa-f82c8f4941ed, 1e629be5-e8af-4083-a4e6-4e19eff93f2b, 1a390a14-be2b-4c83-a297-4035b9005d44, b2520bac-204e-476f-9e96-5a001e951036, 16b55423-fb9b-41ae-a364-25f608ed5d09, 44eae201-4507-4437-af0b-c632098338b4, e1a6a375-829e-41a7-9df4-a0f3e2d961e1, b506a2f6-f5d6-468c-aa6c-974d9838372e, 224e476f-f353-4b76-a5a9-df5e955ca6de, ff5b41f4-f169-478a-9c5f-10d140b1d33a, ff131e85-b805-4b61-8613-3324798664ed, 790ed6af-a517-4e7d-a573-68946acc6708, fd187eb8-f53f-408e-a267-80886aaf4e4e, 1f7a6689-e6e8-4ba0-835c-e59b85dc471f, a6ce4aef-9a0b-4a1d-a353-d6f3e52b5374, 5e9ed6d4-9bcb-4262-ae2b-1314e1497381, 57eb5e63-9202-40f6-8800-948cc789c41e, dee3db3d-35fc-49a4-a8b3-2f01d62eed92, bea93760-13cd-4818-bef6-0ef456af5a42, b38aef91-a961-4ca2-ab13-fb6c7e6b0ac0, 78769530-b1f7-4f2e-89a0-1208bc331ae0, 3d052f24-2dc8-4b86-a867-44423d978417, 92683fdf-b1f1-46a0-b3b4-f697caf2f935, 86a46b86-9360-4abf-a6bf-ebf3b1b35c0b, 358458af-1e1c-4ec8-8c96-4ad757554865, 8aa2eb1e-ef53-4395-a8cc-dd0f6ebcc6a9, daf51d7e-fd00-4d27-ab73-bac2a5b72a15, ee455770-5cd5-4069-a1de-cc75dffca6fa, 1ed306cf-6314-46f4-9f18-6b3ff9527ddc, 1fd3893c-674d-492e-a1bc-bb31d0ba6843, 54ed4ed1-5a53-454d-8426-c3af6dbc47dd, 38ae5b22-6d8a-4a29-94e6-ebb0818c0c92, 432a7135-32bd-4c54-90ba-6851b3266a8d, d7108204-7fa7-41b2-ad82-73f8944d7d4b, f34e4950-50d6-4193-9f67-45d23a3c6b69, 9dd31a3f-f9c9-4df4-8e32-46d4d430919f, f0030215-d530-4a75-88d4-11989a54cefb, 437e66f6-7673-4016-8acc-fc3d227149b7, 57ca3900-ac83-4a61-9740-85aceb473341, 134240fc-2409-48d5-9502-209ae748846a, ae9340c4-21e3-45cc-8fc4-2456bae058d0, b5cc6a5c-b188-47ed-81b1-460f7c29d917, c796f388-de95-46a9-b10c-5d6ec8d6eebe, de8717e1-7c5f-4ccb-ac4d-4f8fb752df51, 4308b798-9d67-4157-8b9a-860ab4f72ea5, 0ccb783c-2e9d-4151-b97d-3615fcb4f44d, 65537b0c-67bb-4e4e-ad22-cdde666a6a70, 7f763850-8b15-426a-ad92-f734903e9537, 115a0fee-0e5e-457a-b31b-9267d32ee3a2, 375d3e7c-887c-4655-996c-f725c9bf9b7c, 3746f5c9-34d7-4fb0-9847-5cc5592d1c1f, d41196af-fe58-40e0-8a6c-4be813edefed, 55353703-a209-44cf-a068-95f3ca7176e9, 66fd7da6-1ba7-44ad-b6d3-331e39adce9c, db3b18b0-e93d-439a-acb0-4ea366b485c1, bef3bcec-bd1c-4989-9cd2-ce3913624a94, e8bbb55a-46f7-466a-9522-474cdf558073, 607e38a1-604f-4976-9695-5a4478704f14, 7a70f50a-a2c9-4f1a-9a69-aa7abb0977b0, a9ae608d-d63b-406c-a12f-3c3e06bbd9ba, dddb7863-a9b7-49f3-8da5-3ed5cea9b70f, 0c9ecc31-3558-4c17-99ea-082e1d492704, 851d1d11-e1e2-46f6-8b2e-db8a16925109, 9765edc6-cc0e-47a4-9fe0-2d9c60622f1b, 17c6e5ee-a2ca-4256-be5f-057653541fa3, a44ff2fd-687d-457e-9ad6-45f9cba4ca63, 653aa998-052d-4125-84ce-543525b181cb, 3930a9ab-8a2d-480a-8cf6-1ecb87df5bb8, 88bf3f70-559f-4d92-bd3c-57880c8f2e09, 5c182773-a9f5-4255-bff5-ddd86cdc2d1c, bafd69ad-f533-462f-a4ad-ca3c5d29a22e, a4dff8fd-30fb-44c4-a7c0-ef0e48309072, ac1ff1ee-10a3-4fd8-a88f-458b72683e19, d05f0822-2c94-499b-9421-ff378f218ad2, d7d8cce7-999d-4f9d-9c29-da0b9622515c, 5b104c5f-fe80-4819-996c-da5ba485c548, 26c3b673-92bd-402f-a383-b8014d369152, 2e57111f-2770-4f1b-a8f7-708265a724d9, 169ea535-2e98-41ca-9c6c-32e1fbb47b1a, 14440e75-1942-43f2-a48d-eaaf9af75d26, bb6d6d92-1dc9-47ec-91e5-cbdb8d992f16, 68ee99a7-be8a-4362-9816-0d5a3a76e5c4, 43f91cb4-f391-411f-9d3e-68e2ec5e0a45, 56a0198e-3ac7-452f-8d45-86dbe9490b18, 26f716ce-f612-4a45-913d-84a856f641db, c95a22a6-51cc-4896-ac26-e801fbd000d5, 9e6b3922-49c2-4887-81e4-86edbe9bdaf9, 17342e7d-6203-4b2d-bb37-c7714e76fa07, 609816a3-4c20-4168-874e-0de536b28257, 28d2bc3b-58f9-4d97-84a5-45e1e83d7de5, 6e65bff5-4610-4f2c-9b73-ec17f37b11a5, 8298606d-63de-436f-b1f4-aebc89f8ee09, 891a0986-e916-4e32-96e5-97e1375048ae, 94924ec7-9f7f-4aef-b901-1cebb78dc1ac, 0322392c-1c20-4bdb-a330-d2c31d1236fa, 316c62d1-1e7f-4267-a708-3a4fd357d37a, 4977fba4-798e-4be5-84c5-efdf63af942d, 089e83d0-e09a-4c19-b2ab-98eeaeb87042, 811a00f3-d06e-496f-b800-ebdef7c9b191, 232fcfb4-d901-4b21-8bfb-cc676d7bc6a3, 4954172d-df5e-4f01-bcf6-7bd2377630e2, 525a3419-9b99-4571-ad51-667559dbac8b, eb87aeae-b3a8-4228-95d9-2d1377a10fec, d7e6f096-0e6f-445f-aeff-523ebd6f1034, 6a58a928-f381-4f08-9ec5-1227842e2058, 636866ec-338a-4951-aaf0-78510759712e, d137c058-f8bc-4eb7-8ee1-1bfef871a2cd, bfc71d2c-9768-4086-bf50-a21eed5288ab, 04ae93fe-d190-430d-9a7d-9dabc1350547, e498820f-b607-4e5a-8351-efca18fa093c, be2539da-46d1-403e-bf7e-d5ed487d9c09, 6054f8c5-9c70-40d9-ae0b-e74cfb0a63e4, 77fd8656-666e-4941-8d39-bd7450db6fed, 0ae5eedb-ca47-45d9-825c-841550fc2ca9, 812d3410-32df-4e60-a1ab-ab731e9b710b, 20257c43-ae01-4e06-a9b7-6dc1e1df2513, 92d4f358-6f01-47bf-a76e-2b4029bb6e23, c5dddbfd-5af7-4600-8978-98a636174832, 72b9b8ee-56ff-4485-9169-3f8c936f53d8, 0ac31827-d520-474d-b470-b8b69f203548, 89649058-6d83-4e4f-9e89-744032605fe6, 50fbc303-df32-4d83-a34e-d55a9a047b2d, 6e4a51a1-e804-4f86-bd95-9a894a52a809, 69b2ac0e-f721-48c9-b715-292b2a9aa4aa, fdbf8d11-d005-4099-bd61-a33d66298a51, 1c66b41e-74c7-4fe2-bf9b-1e7ed2403639, 1e9b01d4-c654-460e-b050-17994320bcbf, dc5fdcc3-b52a-4254-97c8-26ff047d6e23, 659276e2-4dc0-42b7-b2cd-5f260bcd259e, e991c434-951e-4cc3-8759-b868f4831295, 0fb04f49-9bc5-4383-a8d5-1a741807e732, 8734009a-19c</t>
+    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: f01b0a77-8453-4cd1-9311-d7c0cf58b82e, 37efc0f4-969f-4a22-abda-0773a81bec4e, 4f78dea6-bf4a-4beb-8348-021044bddf34, cf51d0de-adfb-4ab5-82e4-249f94e7983c, 968f2474-e7fb-4f64-819f-8d2b2c205b21, 2c35f6b8-4f2d-44d8-8963-200866922bdb, e7a6f30b-d285-4eb8-aaab-0ded9c1311e0, c7a76ce5-6944-477b-9c04-ff6ad96ccdd2, 52ec4276-cfd4-46fe-a628-55b1deb8a549, 90a44fbe-0796-42c2-bbcb-e5d350b63d25, a21ea1d5-d27f-40c9-b126-8cc366c1b700, 619d3643-c0c3-497d-a196-31abc406e712, a5d4bf11-962d-4cdf-9c7c-8fb245745959, 3a002065-4b65-42c7-9eef-dfc820b7ac54, 191a9ddc-0f75-44bf-89ee-018fde767357, 91d7d3f5-be83-42ab-a127-a5368c512ce2, 51f5fdc7-aeb8-4c8b-b2e9-193b44b5ed51, 08f9d394-f68e-4932-a811-c3996cbd5bf5, ab57e1e4-2202-4ac7-b3f7-7a217dec232e, b3c2768c-c25f-4a58-9288-a73383cee7c0, 5d9d1877-e54c-4b49-b6b6-3b9e06aab468, e68998fd-9ecc-46bb-a746-236592ccc987, 83aa364c-34ee-477d-9519-d772cd937178, ba4ee134-0341-4025-8f1d-a1bb5fabf871, ee2db286-d503-4c22-b02d-9d0ec0386c86, 4bceaa4c-44e0-4ad4-999c-edb5d2d4ed3f, e4506046-593d-4291-b2ad-e422e8454581, 3c070d87-e872-4aba-8f2c-9948018757a2, 6e9c7986-663d-4e8d-bceb-bf2d8700310c, cc2dd10e-f775-40ed-a1be-a49d78a0e657, 865144f3-209e-4a4c-9940-0c73809d4d45, 7fb359bb-a7e4-4ddf-948e-cd4b33f793cf, 86df3dbb-d82d-4a1c-9fb0-80c73f5219a4, 22654277-6bf8-4274-831d-914aab37dd84, edc5af52-39f8-44fc-9069-8b244adfad33, ea0bae34-159e-4005-b482-ea26959d40db, 65ac5ea1-6524-420e-89b4-1546dc4a70bc, 3c8845f4-f4b0-4888-b70b-d60f1f1d8dfd, efc3c631-c07c-4f67-b157-fdd434151d67, a56e2e68-bcd2-4196-bd65-5f24677fc001, 1d62d732-b373-4122-b234-2a5c7635814b, c4a95395-3d12-4a4a-a170-c6f0c837cc86, 05f6b3d3-51f9-41c3-be08-4982180c0375, 51c54c52-008d-44a1-b6c5-143a98191d71, 7838993b-ba93-4be6-b701-75d0e262b2d5, 784f372f-c758-48af-9080-8388ba412f6d, 96e44936-46b8-497b-b2e5-ddfeccc51613, 12c94e86-e46a-4684-877e-ab55829e16e0, 74797621-cd7e-4ed0-a725-05bc73c4513e, 84590b07-2879-4a9b-9fb2-361eaa727b9b, 67a8be6d-b31d-4996-8bb6-db9884e3b50e, d283d8ed-86ec-4fe7-8dd4-1f30049b804d, c1229c2c-d0b0-41d3-9a53-9712c17115b9, fd4fe8d9-50e5-46a8-b263-1de87b386be5, baf63e50-a51b-457e-85db-c9e38078c78c, 302930b0-f303-4dcd-b68c-f0a3085e6496, d61e1694-0860-46b1-a89e-5d853a73a91d, c218fc95-8edb-43cd-ae83-eae314cae046, 0fe2a2b7-05f0-49ae-b781-088b4111a9bc, 98165d85-7d6e-4960-97be-83646a01bff5, 00f7da08-f29d-4a29-8a1e-830b6f1a98f2, 10f57691-ac87-437c-8695-0352fd0da4a9, 389fefa6-038a-49ec-8f16-0127b6705bfc, 082d4a41-4dfa-48d4-89d4-a47602b66443, 238bcffb-7b31-4d86-9885-b21593f9cd2a, 660fbdbe-6ca3-432e-8082-9643887c7a82, 6f63b35b-2164-49a6-871b-8388e79460e8, 15009d81-84a1-430b-b748-816309541cf5, 867f8e3b-5d7a-4e71-b54c-672d71c51862, 7b303735-6820-49b5-a43e-587f1214fc61, f547bf10-86e1-4e81-bdbe-b1d391a7922e, 315cf997-dab5-4ff0-9448-e2b88f7c2fdb, d949ce25-18a6-4771-8056-927f1f02c527, 69c06e71-2a25-4947-aa0d-6c99c8b813aa, 112e8212-8368-4983-8e7d-cf70eb7693a5, 69026bfe-f07e-49c1-93f1-63411e3457bf, afe9aecd-98d6-4b8d-bec7-74857f2bbba8, 06f485a5-ab28-4b8d-8888-65adf42d7825, ed923c58-9be8-4e82-b316-ff3a10147831, 35379de6-ff70-4271-a67d-6961b2b74861, 1080b535-fad6-4d8b-8aeb-070de6f4d48c, 5520b0ac-4861-4539-81d7-ce72be366c30, ca79ba89-020d-456d-a153-125a4442c299, f92ea0cc-ef35-40bd-a68e-256ba35fc8c2, 63692b81-5444-455c-886c-4293b54b0aff, d453493f-d975-4a45-9bb9-42faecc18fe8, 6c721230-8e5b-467b-aded-2b8f0ac689fa, 2fc95996-c18b-4c4c-ad78-cf5ea64fc51d, 4aebbe31-7ecf-4d82-9191-0513d437ba31, 11e9c2e6-a387-44f5-bac6-4c6b841e9f56, a79b80e2-e048-4122-aab6-73b7a16d2678, 06bd01ae-dead-40e9-b119-5072d677590e, fa84a4b0-c3af-4556-960e-82b572c313bb, d587c494-fd61-46f5-8e81-daa125107134, 38fafd3c-e4e1-48d8-b3d1-6c1268baff7f, 8fb734e5-e661-432f-980a-d818154f9648, be7731a6-d645-4643-917f-47298bb89cf8, 16ef0c0c-8e4d-4e13-8087-7f13822132a6, 5ba56f4a-fb9f-4184-afad-d4adbf4f7c3d, 71d3ee4e-14e2-4c61-9ef2-9905c80a3907, a824d7bf-a2c8-4887-84c3-9a09025f7fa2, 1a40db42-4f06-42df-8a43-9ea25067b60d, 8b0745e6-d79c-4f9e-9135-7009e9e251f3, 7ed94cc6-5b36-418b-b849-135dc7268911, 43aaafd5-deeb-42a1-89e1-a156e44b9856, a7c1019e-542f-4d0f-8237-47cac45154fd, 05c63e3a-17db-41fb-a0e5-34f62b192d6e, 7270c38c-6a8e-45ab-bc93-36892e1ce231, e6f27541-89a0-448c-b108-9da17e3a1ab3, 587caa01-4cd0-418b-abe3-2ad7c36bf02c, 02d8df3b-5bac-4dbc-89b7-36565a132ca0, e727ec61-5636-4715-b93b-f2429f6d9b0e, db816f74-87b7-4694-bc43-3e1c8ab05314, 80380540-7e8c-49cf-92b8-443b0020e721, 093d0633-ad35-4e40-a05b-a3af0f7a130a, 43a3f974-cefd-4e63-a0dd-e58b79cf6b4c, a9a8a04a-0f33-4e26-abc4-87530ec904b4, 4158ea71-5a48-4367-92f6-0f2ca2f8ab31, 2754949b-7568-4e7f-a05d-fcf111827a70, 6d20be99-b905-4e38-87f3-9e8ebdbb1936, d9ed157c-793e-4fc9-b20f-12bde81eb2ab, 1cda83ae-0f60-440c-938c-2cbfb7e517d1, 914be5cf-6221-41fb-acb8-a0f9a5182617, e96cf4c4-bd2f-48ab-91f3-b8ece416d2cc, 8d0b8390-c554-4626-9b15-9290ddc4a8da, 4d41c21a-4ab2-4762-873f-6fb260a37a0b, 3a6ef5c3-80e4-4233-a07b-2ac173fbb4b1, da484e3d-a987-4bea-b871-db805914017a, 30da6345-f4d2-4f67-9b69-c9b2ab20600b, 064d838e-6563-4e81-9399-276c6413341c, 1a3283c4-8bc1-416c-995a-d7ed858abe03, 263d2da3-7c57-49b4-b3ef-5042172c85d6, 1e97b6da-d8bc-49a2-9936-6d4080d932e8, e0f7427c-618d-4d5e-b443-76045b740922, 517584fc-8bb3-44dd-8688-252dc8599fc7, d6fc6c0a-bd18-4532-af0e-ea21f13c5b12, e3794f45-692e-41b4-ad49-4bb05e1368d4, 9b5adce2-20bf-471f-861a-e6a66f36c101, 0c64b995-14f1-4345-b1a8-685d11be8f79, efc9df8a-22ca-4cf0-bd2f-1395fd8d8909, 36d05c8f-4b29-4d56-a979-1de39e138a80, 7f7cdab2-e3b7-49ff-90f8-a8431b79ac51, 76b630c6-39dd-4973-a66a-d07bce864e3e, 5a41c4c4-d5ce-451a-a60d-9b1e86375325, 1ac2fab6-a280-45db-b31a-6e16fccd7cb5, b41f306f-a1d3-4423-830c-007b5bc4a254, 9c6e8545-35bc-4330-9272-032eb5606600, 00d4a0eb-6a6a-4e73-945c-4604afb3aaca, c886ff11-ca50-47c0-8461-34ec6c4c85fb, 40f6dc0c-563a-4ce6-9420-2a0afd6b7677, abc4d9b6-1d1a-4abf-a1ac-fe028f33fe4f, 553d847a-b794-4f22-ac06-1e36198a26d1, 77cde31a-5bdb-4565-9a0a-b4c9fc13fe4b, 395a0844-fcca-4f60-b4e8-37e5aedbc4ca, b8d9f297-ea7c-4ca1-affd-021f75c3571b, c189c429-e0c7-4834-935d-7fa991db1cd8, 1585e7a8-5194-4d12-aff5-cb2197004412, 37ace540-0a15-406c-ba1a-a2254987eb16, d0a2b06d-1cd5-44dd-94d6-93503d9a0841, 0d9cfbb5-0121-432b-bbc8-8202d3f8424d, aea06b35-74a5-4d91-b6cd-081c96305859, 47b8c39b-757e-45b0-8210-a7b2f08cb0d3, 340cdcba-4167-4428-b9c5-0b99d29ae9a9, df406bf1-a331-49d5-8b6c-dcad72d0bd81, 97a5ba33-08b9-4acf-90a0-2d57e8e4a4d0, 1eae4c0d-07e5-4f2e-89ff-3fef754f5b89, a2253521-cea1-4804-bf13-40d788d99954, 05e78431-8d59-4465-b152-36b24c7e43c3, 209130e0-8c0f-4c95-a96a-61d2fb8342ed, d5de999d-fd38-4169-95fa-c2f40037b495, 93208023-7067-46e5-a2af-ce82cc2b37b3, cf489c80-1904-4f05-8511-96d001a8038f, af9f9f48-d6dd-4007-9972-fb523c51cb6b, 97cc3646-f621-4d33-84f9-538ab9e83841, f5e4719a-625b-4c7d-a4a7-278240f0881c, 0010af25-cea5-4f95-80de-c59b45a796ab, 954fed56-2f23-4429-aaba-c3bb9254511c, 61276cda-2382-4de6-be3a-2c64ab5c7226, 76e3d71f-2ca5-42b2-901c-5a9524755ed7, 37239b79-018d-4b37-b285-e41ccd0be400, c20aab28-3ba8-4a2f-bb50-e599c3f2a513, cfa0aee4-c459-47b3-8d13-edebc13f98e1, daaacf7b-663e-479e-a00b-eaf0fdc33f9a, 7a778122-d61c-4e7b-b3ec-27bf3b26aafc, facaf373-f2c1-4df3-adb0-3f144b971067, f9d5a18b-bc40-4b61-9493-81e8fcf3a49e, 74c4ce84-bea6-467c-9bfe-185f381f681f, e77a6fcc-facd-4ec3-b135-52bb7ba1299a, 8ec1d28a-0a5a-4fa0-97c5-6d52a13aed2e, b80159cc-5079-4834-b3a3-92472529cd8e, 3256a5c7-2333-408d-9ab0-e9184e37ca89, b3339f49-0472-423d-bf7f-2d19d33413f7, 01d75c99-5db5-4cda-8609-3828fed9762e, 670cd43b-8c36-4949-bf5f-cceee0cfc276, 7aa64e13-eb77-47f1-98e9-706ef1bd5adb, 2c32e493-a983-4898-9474-0813e11db6e2, b73a44e0-a962-4077-9ccf-3709f93b6cb4, a75f0f77-86b3-4c78-a3f2-6f0c44a66808, b8a9ae21-0c6c-4a0e-bc1f-8ad48123333d, ad5a66f0-f547-4797-a293-7504c1efc396, 57149720-127d-4501-a508-5f41f06432fc, 0b4bf9bb-3948-4131-b726-0b483921f1bd, c431265c-03bb-4150-bdeb-59ee63bfeeae, 5ac5712d-868d-4102-b73f-2dac0934d0a9, 94289cce-26e6-4281-8f8d-c2e3311bbf41, 6f59d8b9-d7ef-4f6b-a935-3916b8ed581e, be3ae3a7-43ab-46fa-a99c-2327e98fbf60, 876b3c94-8992-467b-9510-46d2c536e30f, d8eb1312-a11c-481d-b3ea-2cb9a5f43324, 29f53a5f-51cd-4bfd-a811-b675f17b0fd4, fbc27716-a919-4ec7-8d7a-bfde773df6eb, 71ddf161-a4e1-4fa4-b6ea-34ffece95841, cdbe45fd-8dcb-41b9-889c-b079c1507d84, 834cacbc-4ea0-40d8-b409-4968a84f28bc, 9917f109-972a-429a-9b3f-c591a9ef720a, e15fe074-665a-49bd-9d33-dc7802ddb59d, e84aba11-0e54-43e2-bcb7-bf17cfe16e45, 0ad5b434-95ef-4e40-a238-433d93c3f67a, 2d830efd-e1e6-4e00-970e-0d6260794ab1, 6c29ba0a-2b4d-4932-8347-7eee00fceaf6, 2ddc97ee-161b-4d28-a3a3-e63990321759, 9c93609a-eebc-440b-9c47-2db81f2229b4, 6cde9510-31a2-4d75-ae2c-8bb33e635a86, 6f8a913b-d4fd-49f1-a411-9702344d3038, 93630afa-0510-46a6-a501-b94caa219e68, 1847f318-3808-4fa0-9509-e18a76944a26, fb69aef1-909c-4284-9721-11b22b392a30, da8cea7b-978d-4532-a327-f99128b6701c, 0b76f338-4bc3-4def-9600-7bd29735cde6, 3f87a35b-6df9-4bde-9e68-224e2ed75ce5, 3d11c38e-3ede-4349-94f2-e995be2c1124, bacbdec3-b403-4c69-baed-7272156523cf, 382c1e31-f881-4c9c-9bf1-901695d162a6, be2ce8d2-5a73-4565-86b5-07ba8187d5b3, c9cf467c-07ef-4884-90f4-ed462f591aaf, e9879721-ad34-4daa-bc9b-42a557d9a0db, 055f2bbe-c22a-4770-ae76-45dabdfa23a9, c3dbe4c7-2940-4dc8-8e10-b5ba82c59b24, 8f21997f-4022-4d1a-92e8-2a38e5a1cb4b, be06c680-b5cf-4a96-a2a3-27e8b043fc71, 39470c1b-caad-4f9d-b1c5-494b9287ffd4, 71b6d709-f269-468c-85fa-85e421246a4f, aa544cd4-87a4-4a78-a5a6-58243db9108a, 654c4c38-9219-4283-8fbd-2d254499bcab, c6f78a32-faf6-40f8-9e63-1faeaed09e3b, f2acaeec-bb36-494e-980e-f1a3b9d3f625, cfe7b163-95f2-4a5c-acc3-dd280b9a5e4f, 448005a6-0ed3-414f-8a8e-04575540f868, af914e15-2e8d-4d27-bb73-53fb03d39256, 0f6e55ce-eb6d-4687-bbf2-8cd1ca8910d8, 54fce6b2-6422-42b1-a3e2-c51b5fa5e7f4, 29333dfe-7d78-4007-a00d-48bf8dbbc30c, 62794721-d162-4290-a129-d49d652ce93b, 68fad482-d062-465b-9139-558ef2ebdb61, 06708c4e-bb2a-455e-9455-0ed073af67a0, 2e703e16-36c3-4464-884f-c4cfef8cf544, 08861127-a026-4171-8ad0-386405abe9a5, ff20a848-b9d1-4363-a97e-6371f1fd9deb, e6d35c8b-af0a-4f3a-b0e2-75370b8fc4b5, 86c7a16e-b7ca-455f-88af-d6071a81ad68, 567d1e00-de44-4f32-9d22-b96512612784, 04747d96-d8a3-45b8-9f63-dcc411483176, 4ffdf8f0-41f4-4775-a3f9-fd097b78e30e, 2dcd6d18-d33a-40ed-b4f6-1572396181d8, 95aad520-4914-4a05-9450-0f54a6bdd471, f6eecd1c-ba1d-410b-b2d6-d89b7e200e81, 632e1c10-708c-4cff-a3a8-1b337b7e667b, 71f4c134-ba5e-48b6-af2b-b1c9b538f3f2, 4368265a-c97e-4575-bade-b8084c238b96, e08db523-283a-46a4-a098-569e32745586, c5079b2b-59f2-4264-9ffc-f99ddde04811, 88c3ffe4-20f3-4afc-b86f-8fdfd91637a7, 49f8d442-c049-4eb1-9241-b4f6c482df37, d9593620-7319-46b9-bc60-1aceae941b5d, 543959a5-fb19-43b8-bc80-487a8208c9ba, c00deb6b-edb0-46f3-a7c9-1331b7fdb7ca, ffa34f9d-b3ea-40be-a592-cd66f0154e71, 1bc29b55-d2a1-4493-aa01-ef4ae7fed9de, dbb796c0-9572-47e6-9632-47f89fdd54a2, 3c7dafeb-f23f-4519-a7b0-731fbcb80583, 262066e5-a010-4af0-8a73-1a5bca461ac7, 8f4357b4-24d5-41b8-94bb-fb98f8c3cbf5, 135f0cd5-58b7-4960-b114-0f71f360239a, 4557c2a8-bc80-4705-bb07-d4db59fda2bc, 70db5454-9e87-48b0-b569-8809e412de50, 6d568512-bb8e-4845-8652-738e234f6f0d, b0628559-2ee7-4e07-8607-c1d9633a0a6b, e5c131d9-24d6-4dc6-8779-19dfcddabd86, b0587081-481a-4f1e-b58e-50d4ff29a64f, 803ad207-90f0-4a62-8f1b-a1f1ad7d6322, 2f63b56d-e15b-4087-ac8f-3224d4ab0a8a, d4c78760-c36b-4524-85e0-3551b08804e1, 618e0efb-e705-40ea-bed5-5877eee47927, 21cf277e-b0af-4c48-8515-e3a05c042c87, feac06b3-b204-4abb-a262-55d312e87e1a, a661b96c-7c4c-4a24-b624-5a52eb167bcc, 787f83db-3122-44ac-bc61-d4401c4b6c15, 9b58fbf3-3a3f-4099-8204-eda419a97ced, f1240432-fec2-4bc5-ac91-4cd12de06e55, 4a7e9b34-aa5e-4077-b325-ff6f6754fb26, 3bd892d6-41e4-4b1b-b2f3-49c937cfd55d, 1e9ca338-5428-48d8-9981-60789c8f5f92, c9150716-65ed-4b40-86fc-60d81c0b7a05, 263616a6-456c-4b1e-a0d6-4d4e3db490bf, c0898ad2-b1b3-4c3a-8dd9-f6b1707ad3f4, 93671e63-261f-4944-b58c-df68e781bfff, fdd5f561-26ac-4adc-bb54-db058540820e, c7c4a556-28cc-4b1e-89eb-dc06b8dd76e6, 650e5a28-c77b-4377-8430-210415287df3, 08943434-143e-46ee-8066-d6bcc831b011, b186facb-0250-4c48-816c-f2dbf92f3001, b05b5ca0-e04a-433a-b204-5e9f94c958e8, 6d9038db-83ef-4369-a4b4-14a2311f6232, 8110ab22-31ae-4054-8140-5638d52bc93f, 07c583f5-a6b5-4da2-b8ac-c5572cf0e229, 789bbcad-9c24-4566-a88b-76e6484271d1, db7ac54a-4b42-44ac-aaa2-c0d2293ed049, 854b7624-2f98-40d1-9fbc-75299698d19a, 0846591a-fc5c-4640-a0dd-1dd394d5afc2, 87e47beb-69e2-4c3b-b70c-4d37e76aa615, ec46c818-6ca6-4201-abc1-365656379f7a, c86ab725-5f36-4b14-a75b-6fca91b3fe82, bd46eb1f-ba11-4962-bd25-b38c97d489f0, 30bc98c7-1195-4d7f-b629-7060e49dc3eb, 91ae3b56-729e-4681-9649-fe222d016484, be7accf2-714e-4823-983b-7d32819be410, ea1e653c-d5fb-4066-8a0a-196fd29cb75d, 8dd95f5d-d6cf-4fd6-9ee3-b9b2db7e926b, c3c058ef-646a-4ebf-8147-50c869d1e570, 502f18e9-95d0-4ee5-8eb7-7811b676726e, 9ff32791-3243-42c0-86d1-b2b1c69e5456, badaea1d-fec0-4a2c-9290-8566deee3d18, 3272956e-5564-4fd9-a339-53712929b106, c4593734-965b-48ec-94cd-8a274019bc79, dfdeed7d-526d-4459-8509-df177fd0b5e6, 2724afcb-66f1-409b-b11d-1a5f7f9da2d6, 0013559e-e494-4ae1-a43c-5745dcbe8955, 42d7f750-af37-412c-bd33-c3ab3e6e3c29, 382e923d-1a37-4a59-b27c-9205305f17e9, 5cb364c8-dea2-4b9f-8498-acecaa9464ec, 86555d71-c205-452a-a5da-3a2e85d64c67, 30166ca4-6572-47f1-af49-120faddaba76, f49345bb-1f65-44ce-b0f4-b52e2a39738d, c51a975b-568d-4e08-8c01-298ea1fee91b, 2f512700-86c5-42a1-922d-e2ea72a4a2f0, b2cf8892-263f-4286-877f-d355491cff50, b264f1a3-54a1-43b4-850b-f7b82de3c427, c080af94-c8ff-45af-9e0d-f56a08caef6d, d665691c-0481-4336-a5f2-3b14f24d8174, 96198b04-9f0d-4c2e-9dec-abacbba4987f, e2218c16-477d-42a0-b31a-7d65dc8300ec, 3b766535-10e4-4751-975d-c1b346862fa5, 659cbede-6a90-43fc-85c2-05ec34d8fabc, 0925115c-1902-4fb5-9b48-49d90daaece8, ce795a56-bee4-4a51-be12-c9ec9661bb24, 1e82da32-bb66-41ad-aef6-224689d16bb1, e9ee6dd7-a829-4ca8-be7a-c33d584a7fbc, 30b8ab7a-a005-432a-a055-977057144e3a, a5ff7220-9f52-4283-a4c4-266a91a14b0f, bdc9ac9d-fc77-427b-ba6c-b277f5b61dcb, 81e7b5d4-aeb6-4f48-a236-8ae5168db0c6, c8f554ea-2819-4801-bd95-9b7cc79eb8ab, 9cb79cfd-4add-4f1d-a59b-e66ccbd9e145, e30d60ee-5063-4975-a95d-de272fe76d55, c10e6f8c-4c77-4d19-81ef-64435d8b60f3, 7288afe6-996c-4e79-ac80-3f1a78c879b9, 7389a75a-de36-41be-af3f-9ce62bed100e, c504618f-2557-4372-a658-144bb890e492, 969f065c-daae-49df-a918-e5abf57afac9, c3bcbb76-0591-4eb7-afeb-b60c4f5f4103, 8e361c48-3a6d-4f4e-b867-3bc627b63e51, 98a6b65e-3791-4b89-9ecc-675748397fb1, 7c03de15-0971-4d51-a0d4-c232dd0704f0, 10e54610-8a41-4559-8b6f-9cf7472fcae1, 41f55e01-ce0f-46d3-a2e4-cb8915ce83e7, e872fd6d-fc0c-4c4b-b90e-f6b3c0154b6e, 5bc70009-f1d6-41fb-b393-2b154ed16c1c, b9be8e5a-3aa9-4d8c-b492-31df143c5a79, 2a00a36d-5bd1-4363-86ed-c2293f20c0c7, 3bc07374-b5eb-4275-8ad5-784256e29daa, a64aa786-0b59-4e71-9ca3-baaaf7afe6ab, 985f3d70-e0ad-4c3d-a560-dca3969d5209, 0e174036-cf06-4f99-a13b-53bb14e5bfbf, 4154c8f1-863b-41d4-a945-361e4ce630d6, ebf832de-4c20-4e00-820f-44907054345f, d84ebfbd-3345-46c5-a9ad-593103e04ae2, 4db960ce-60c9-454e-93b5-26684e499f86, 620235db-1d1d-4edf-a3bd-6fc7c9afb07b, ac761bd3-5b19-4d6a-a81c-5bbc0ebb78c2, 284b321f-9384-488e-9841-eb17b7f44702, 19de1bc8-fdfc-4451-b0f9-f680ffb4de3f, a4e10272-7cc9-44b5-a399-2bdada79363e, 06654ced-af8f-4d83-a6aa-f0d1a0b1ec20, 653be16d-2f1e-439c-9659-dbfafed50326, 6763d7cb-2068-4ee0-aa20-a1100067ac75, b1693828-63bc-4fd2-b3e4-328a2b072e28, f89ee75f-59e7-4c97-9f93-4d343480419f, 47c7e068-fb3a-4c26-a346-46ce3e123616, 439ff175-3651-4532-b68d-54ed110b740e, 7119bab6-d389-4f16-972c-e0d34a31c5a6, dc1a0b0d-9edd-4bdb-bd97-2fe8d71d7333, e11b8b24-5ca1-49b8-ba3e-282b56be7dfd, 34ce48c6-5c06-4c20-887b-670bd41a50d3, cbfa22d1-bd3f-4190-a8ae-ddf475f6a6b9, a0365e7b-2db6-40bd-9bbb-fdc180375b9d, dc915031-2d5e-42a1-a323-96efc61dea5a, 90b5e1dc-05ba-404d-b9ec-ed52037a1784, 3d19ec12-6977-4d8b-92b5-7d516dc64372, 2da9a8f2-7e11-4f80-b467-a2f49dd57841, eb23eb3a-ee7b-48ca-956d-d018678da884, c0fb18b7-ba9d-451d-9ad4-0f0e2822538a, f2b059a1-623a-409b-b194-7c89c3486ee2, bb73cfa1-83f5-447d-aa45-919821f22d04, 2ff2140b-7633-4379-b360-79e494747e8f, 47811713-0c24-4e4b-a5b2-84a19faca346, f3a88c74-7b22-4398-8888-1186b565d14e, aa6de2ba-e307-41b1-a97b-245a8cf903f5, 8a5c43f5-a92f-4de0-9079-599228ebce1d, 1645e947-6807-42d0-abdb-629f7e499e82, cce4d67c-c4de-4d04-90c0-c46139993104, fd5efeaa-cc52-4c83-8f42-19da5c38c58a, f977f92d-35de-4115-aa7f-749aff63327d, 6f4fa544-0646-4c26-9674-e1429070dc69, 0f3edb4b-7b66-4bcf-8c20-e278a6e58702, 8de3572a-e904-45c9-bf60-816c02d69bc9, 49276339-9df3-400c-8347-04e80df47451, 0fb76b6c-c763-4c7d-a87f-62dabd6b0daa, 22ed9f31-48fc-410d-bc2c-2268c123dce7, 52f74e36-67e5-4f99-a51d-e74332ee6d4e, 685ed4a1-1af9-4ee5-9db6-8f5c843aa086, db8ea097-c924-4b4e-aed0-989f0c642e48, 65721c9e-a47c-4816-aa67-11480b8a376b, c74a8466-9687-4685-a85f-bd18c2c67d51, 0a39c701-d3b5-4320-827d-d2d0bdb15d98, b85c70a7-2252-44e2-b870-7b2b5a2d95e3, 42f01dc2-ad95-4a68-918e-649da7a035e0, 157f7fbc-14a8-43f8-b6ef-25a30f69deb4, f9571fdf-19dd-44ca-9be4-b4bc2dd73f94, 3e8aca11-8c09-45da-af57-41c39ddcd037, 253d9f55-fcc2-4092-ba47-f630f4761df3, 84e25427-71ec-418c-a05b-4f38dbec6146, 8ee05eca-a395-480c-b4d8-4e8896ebe049, dc52ef02-15c2-423d-b7c2-d577439a6078, 3d4ebcab-d6c5-41f8-8363-e7c6d1534c14, 356f862d-d635-4b67-97d0-88a573dd9f4b, e1765099-23de-407c-b501-0d5713afd5d9, 8583238f-b4db-4f24-8e4c-08acdae3b532, 0bbc36a9-9990-4f49-87ed-301ad6940add, d866f608-15f2-4547-b1d1-a95127425f2a, 73e189eb-edf0-4ded-bb76-de60b97d1431, d0e62f75-a2ee-4837-a636-6d23ee4a3a97, 148ad3a8-6166-42fe-ba2f-7afdbc9fa393, 8591a9a2-a550-42f4-8223-9279718a4ec0, bbf72152-2d77-47e7-a0e4-27e351baa8db, da2c37f0-91c8-44bc-8bf9-aa5e2a9076cd, e51c7b9e-42f4-4fc1-ad3c-f12deaf1fe2d, 88df84c4-c7c1-4085-938c-5317b33da640, 92d62253-29db-47f7-b97e-6fb50b6f0ba4, 429a4da9-e196-4925-b9b1-964277bab9ce, 4195d7b4-6d77-46bd-828c-1aba5331c314, bd089ff2-3dfe-47d9-b420-5596f536be44, 0f80e662-f1a9-4c82-bf7d-b0c1b25f0e8e, 452fe076-c7af-4d6c-87a0-6e98c2c7e06f, 0e85ffc2-db48-4386-8ba0-9ec079862372, 0db15071-1234-48e3-9937-3530b0adff96, 01bf420f-a1c6-48aa-a568-c964487158d1, 7fbfa81a-7b1a-4244-9c29-53321a9ddc99, 1c14ee87-142d-4b6b-be84-74fbca7ec46c, 531e6e01-27d6-4b69-990a-6e7f550f599d, ce1a3cc8-6071-44f0-8461-3566891f6c04, ff46af5d-de51-483e-b2f9-c830b65b1540, a92983e9-1eb0-49a3-a7ce-dcb58d4d8efb, 73a1f059-a2dd-4498-9fb5-064d74a77885, 72a52281-b1b4-49d3-865f-be515f63debf, 426851be-75f0-4dc0-8a10-2cd2f85e9501, ea054964-55c4-4788-9d62-2a1790ef9572, 85e43560-6879-4aa0-8d8f-ba1405427c53, 1514e8ed-ba49-4f3c-a1aa-458a17d49006, 1b08233c-3d49-4ad1-bb03-cef9689bcd3f, 1edb6994-003a-4026-90f8-b4734d2515a2, 39c2dbcf-59d0-4187-81ff-841b42c60fb3, 3049d2dc-14df-4205-830a-bc1c4fd0d9cc, 2b9d2130-b6f5-4d21-83e8-ef81766c788e, d5e73082-f3a0-4f8b-866d-8c816b2c8870, 9298133e-a91c-487d-b3b0-9df3ae6c450a, bcfe9627-bef1-4826-b273-1170fd2f0264, 9b53efbe-02c7-44b5-97bf-fded3d0d037b, 7d1150bf-c33c-4e1d-90bb-1f5965dabbf7, a4338f77-13ac-4479-81e3-adcfe003fb05, d9d434b1-84fb-438a-a000-0e25da530ee7, 354a81ad-5081-4281-8d5e-d959642f6bc1, 051fd11d-206f-4d36-94ef-665ed8d93db0, 3133360b-0698-44cb-afc5-c3e6feb16f26, 72857c08-85d0-4241-90e5-c2434d211f6a, 944da9c4-22c3-4164-96ad-f91a24ffa511, 1a6be79a-5385-4dd8-95b4-887622547066, 8af45dec-6453-48f5-9ec9-8ae989da4037, c0d1439a-5699-4a48-beee-08abf42ebcf5, 704bf0b5-765e-4260-81d0-e033ac803a62, fe0260f4-27c6-4801-894e-6dc5b0e6fc52, 2b8a409d-0c90-4e76-834e-7b5fd3658d60, 72959e26-8b44-4325-9c4c-91e28491b35a, e06455b8-845b-44c6-aac8-776f7ae7924f, a254af65-b2b8-4bb3-aeaf-1a0c86ab6fda, 959f8abc-61e3-4354-8c4e-b3fa25426ae4, 99274e6d-52f8-4ac8-8447-5252648a8056, a1baeae7-4a00-4065-8beb-134127749f08, aadb143a-152f-41b5-b8a1-a3ac0d3ed1c7, 916ed955-71dd-4d76-8c6e-2d0098a8cfbf, 01b9e9bf-ec18-47b9-9848-21c0be8b7629, 8bcf3a62-e0fa-4fdc-9cd0-fc327dda55c1, 10b55684-7982-4006-8b49-f3dceca21829, b42387a7-83e2-49f7-a5e3-89af2fb7bd61, 0859846b-670f-434d-8205-0398e4bc50c9, 1817025c-e7ac-4c74-b067-6da5fae0ccfa, 8c03b1ea-73c5-45f4-ada1-30b6b4d87fb1, b166f5e8-7265-480b-b8cb-93d18e8b436b, 46674161-a795-48a3-a193-ae5af2b8bbb6, d64d2987-c8d2-4234-821f-dbc27b9a5fb8, 95b2f66a-e373-4161-a366-69984d743107, b1d5d735-f60a-49f6-8bbe-8e5022b7cd9d, bc9a26dc-ee5f-4394-a07d-ecd64ad382eb, 79843b59-e815-4e3c-8190-d8d903d38660, 4aab2e2c-f191-4b7c-b6c5-faf728f8a50c, e3f79424-fbc7-48b6-8f5e-358c17bdf343, 67ea579e-8bf8-40e8-aac7-af2eba9d7f3a, 33baab9c-61d1-4a7b-8445-28fde54dac6d, 528ec1df-2495-47fa-928b-3845eb8bca80, cbef6c5c-f918-417d-b4b3-47cf5fc32299, 86577eaa-aebf-4c80-9f06-5591438fd595, 43757414-89f2-49ac-9298-1dd8bf84856d, 6b11bee2-8d37-472f-a529-0849e8dfdf6b, e80c68ea-dadf-4801-a559-78ad895ffbaf, 2882b157-3afe-4609-9149-c2c4fb367faa, 5e9bf689-d516-4449-9160-32ac7619d204, c6e07629-22ee-4477-aa72-53aaa949e630, f94276a0-a3a5-48f1-9f1b-d4a4ca516ade, a4e76a94-dc74-4184-b651-243d5cc0a6e6, 815bbf13-bd57-4580-8e51-c1785a5db939, 7b38126a-4a66-49b4-a8cd-958a2c51c829, 7c4717b7-54ad-4a82-9daa-fa725e5bff53, b5ae45c6-7e25-4259-ac71-58315ee0941f, 5c5e9395-500b-4fa3-8437-7a99fa6b55aa, 18a32bf8-a0f0-404d-ade8-840ffcff889f, 521b99f1-bf12-4502-8153-17565e0592ce, 3b4a0783-5075-4957-895e-dd3da23954e6, 7a3c375c-5bb0-4254-97f2-be2219871229, 2bef65c9-fb64-4a19-9451-53b429f177f3, 7f698d29-d51c-41f1-806d-97d668a3d6da, 01f130b9-f0a4-4e3b-ae76-a421793acdbc, aab669ef-288e-4e2e-8515-63778cf18bdd, e4976345-75de-483a-80a6-403cae937386, b5a7edc1-9301-41ea-9942-75bdeefe3215, a81ae21e-3ad9-4862-916c-6a3ec0cb7176, c5f63ee2-0d1c-48b5-a1d4-6c7538ca8db0, 8e6f909e-3442-407b-90f3-9ba3fd803cb8, 02a64634-2cfb-42cc-9a62-9636adb90f05, 7ccc4f81-4f81-460e-8124-e6f5edd4a5d3, 5aadcae1-aaed-4191-8e7e-350ee8dbe494, ddd1ef3f-cf7b-48e8-8c2e-8360d168539f, 5a7f24e8-067f-4cc6-a2ec-9ef1df0f8710, c2a05257-59b4-4131-ba3e-83766e399daa, 0db9de5e-5302-4ab2-81bf-9e7ea02f500c, 3a569b53-585b-41e5-b598-ebe0151090c0, b2353168-da01-46c8-8a22-bd9e6d58f961, b8e8c7c8-e2de-41d3-a181-8b0e4a049bf0, da9fdaea-c837-4394-9906-02b71a427bce, 65649044-fe7a-486f-8942-18157c1edee3, 967aaf65-a63d-404b-a3d2-aeae59a50cd6, 18724c83-f070-407c-bbfc-e6db54f8b571, 3e594ae0-ce5a-4313-a108-479aa7efeaec, 9e973e0a-e6a2-44c6-9dbe-c3393928fcb1, babc08e7-b23a-459e-a8ff-d452134097f4, 0a2fe27e-d71f-4ae3-8390-01bf43304219, a7edaad4-8449-432a-b5a3-afc404e2c727, a2e90107-421d-4066-a209-413448b0d7f7, 235812ae-9515-412c-b370-2c49706cf456, 9d02794d-9ab4-4525-bbab-5641e549af59, 5e31682e-1f1d-4a32-a11e-a614799787cf, 48e3e3ae-a2bb-47c3-bf19-c67e3c2ad5c1, f573aca1-832e-4a22-8f64-240278855574, d07648fb-5a92-4bdc-b79f-156c870c51d0, fe28d211-138a-4a5a-9c8b-5a9150161bb4, 752ef7f9-4757-439b-a9ac-de35c9e44542, ca627d59-350f-4366-ad24-95d7ff173377, 33908144-cf59-41b2-a7a3-b4f2e9150a38, adde3a3f-62b5-45ef-ae27-13eac050ee02, 283f1915-4cad-4a09-b983-16873da1e258, e526c322-e8d9-4aa0-927f-49896aef5aea, 9e8ce5ad-3b38-4c9f-bdcc-71d94d136a4f, 20058f86-b12e-4987-8ac9-eda068672f28, f97d0f10-38b5-489c-8197-44ce054be150, 23c8323c-c89d-4784-af5d-4739804b9f60, bf743743-bba7-4cce-a205-127fa42f5510, 6b36bb0b-aaa8-483e-bde9-d87d59fe1175, cbacf26d-093f-4d06-ad89-2c8f0c6b5057, 64f6460b-6c3d-4f1d-8dee-e6a42c22174b, d90d95e3-c8b5-4cf4-9221-dabb57b25c02, e40e8b4e-38d8-4dc9-ba9a-d67075dc17ca, 27a71fc4-c503-4ef3-9263-9603a3cba2e5, a2433072-f990-4726-afd6-938f7baf0612, b054ddf1-4e92-4f18-8943-484394f06c50, c7860ca7-056f-44d4-9e16-922e0fcf7355, a01a1afd-1304-4fdb-8555-23c15a33ad8b, 22d72bd6-8267-4757-9585-8fed6ef81408, 97938e0a-db61-4d37-8731-9ec398e54ef2, 0b260f8a-6262-445a-b416-e243d5bb8953, c44bacdd-3bfa-4355-9251-66f8963c527a, ed1ae24b-67f4-4b5e-a50d-24f0df40a39d, 42c54ef4-c310-4955-bc34-9d227535be2c, 6e4e321b-149a-4403-8ab4-70b74005f032, 77467d25-7924-4454-ae7d-244aa843c66b, 36234e54-9470-434d-a82a-7c1147e1615f, 8699b663-4a6e-4f50-810a-03466d0bd868, 5678b92a-c652-4a0d-97dc-ab42586fb1c8, b3d84c48-a111-4cc0-b8d3-ea3d27cf0c95, 0a1adf72-ffae-4777-a92e-d943be0047c9, da28859d-32b5-4c2f-bfce-7fca3ddf439f, cb1a2146-6a71-4f62-9854-3c95f010aa7f, 84bb983d-bff9-4749-b9a0-d36f531051f8, c55504cf-623f-4847-a101-620db2e797b2, 1b5cb882-a60b-4507-8ab1-e654c21e291d, 1db626c2-9d82-43d4-80b9-2101aee6d78a, 6a5e6283-b7a2-44f9-aa66-a274f2e6b8b9, 5a72e457-9a7a-46b1-a70b-ad39ee35f2ce, 29e1f6ba-31aa-4cc1-b769-2336431a1b70, 974fae57-6923-4f25-bbad-b7336a1fb931, 56021484-0f17-4876-906d-2a71d3ef38f8, ff81477d-4501-4385-8fd2-86b27b039a6e, 75f79eed-e712-41a4-b95e-7706a4cb5d90, 3b79c7f1-d2b9-4c33-9adf-ec8b4a43aaf5, 74b4f6a4-3bd5-4ccb-908a-93dd576e4389, c578f534-7b8b-466f-bd14-f9a847770076, 6f85ddee-6a5e-45a7-947d-5c749041d0fd, 39bdf6db-65b3-4e57-948d-70ae3c9704ab, bea23fd0-c3b3-49a2-ab32-f5d72883bc72, b038fd08-b405-4489-9a3c-cb67a9ab9b22, b80593b8-27c0-467d-8d49-8a0cccf5dc8e, 65333093-3cd8-4827-b35b-0997a0834b56, cebc6a46-3464-43ca-8491-eae9e958619d, 5feaf914-ebec-4153-8158-b2f8e8886f43, 53c25e8e-c8ff-460a-b651-aab46d1bc6c0, 1b8b5073-2ec3-453a-9e6d-5a51202a4452, e81985e4-5a05-48dc-a7fb-9656b1097e39, 1a7575b2-3d13-4e97-b306-3e6cebf65a30, 3051c33d-d972-4d62-82de-6da429a16fea, 9b2978c7-1114-47a9-9b5f-156eebf770d2, 7ba288ce-78fc-4c5b-ae79-5d48b1362d8e, 987ee3af-e4e3-4136-ad29-630e3e067354, 3f93379f-41d4-4c07-8de8-c3bc4cac8890, aaf99325-6624-4dba-acaa-fc50defe10ac, 1819b482-fb71-4a58-9809-e3d62c85eb87, e8a4d265-7d1e-4feb-bc93-8641ee6da2ae, 667f62aa-6d10-463e-b728-d68732e6c038, 266879c5-70e9-4932-97d5-d60b15bf0c97, 43620301-1748-48f8-a4d5-382506eb5f1f, 989d8733-3cea-47d8-88c8-ce3801e8a7fe, 35a4f13a-d129-47d0-b16f-64f63a5f8174, ff8ae969-4a72-4607-b567-f7a7104e4fb1, e7af566a-5a06-491d-add4-34967b1b4cd5, 4e50e14e-b687-4127-acc4-47271cd1314b, a4591348-57d1-4a8d-831c-b4d015b2db14, a04798dd-7b35-42f0-9a3e-0d476d935c15, 664cf28c-3eda-4c58-a4fd-57d383556cd6, a3facc30-ce2b-4f42-9129-eaa22fa65144, 6bd2edb9-8fe3-4628-8bd8-9135d3096279, 59f701d0-d747-4362-85ce-57f10bb41e6b, 1bc3a673-1343-4f2f-88ce-a9b00e46d6a4, bdf69417-14d4-4608-8bf3-b7118d8d6c53, 0c918a1f-920f-409e-b815-d78f68e2a437, faa5efb6-628f-449f-a0c5-7114f924560e, 37da8884-dff6-4612-8be2-1415dec6797b, 22352503-99c2-4935-bc72-7535d176d24b, 137ea218-8815-4e3e-a367-54e38966f484, 4826bce0-0e91-409e-b6b5-8f54b1e98edb, cc62956e-23cc-4662-9565-1333e3fec7be, 0ff32576-1b14-4024-8b02-ef45286ebcd3, b1f00128-8968-422a-96b7-360297fffe31, cb9122f7-2b1f-446e-90b2-185cdc4af3d6, f5cd88e9-7dcb-4806-a04a-ffa9fedce56f, 8ada135e-b637-455e-af60-77aad9bd8fa9, 1295489d-8734-42d4-9fa5-2653dd0c0422, aa8b7e37-14a2-4fc6-8a40-cf32e85a97bd, 9c134b06-a8f5-4177-97da-f1f5ffbc4b21, 99f72833-864b-4c06-8a58-ecf8902c53f8, ee0e2b71-7e35-4672-82ae-5e8dccd4fc3f, 18bc1ca4-699a-45ea-a3d8-722966afcc3a, 977f1e3a-046c-4c00-a994-b03181343a55, 53735283-fad7-423f-aba4-601d4ef81637, e1974bad-aad7-4d77-b105-16d60b71d6b5, 69abba52-c630-491c-a3f9-dff949714f85, 740109f5-06ed-4662-b23b-2a6b45ec9f17, c08c7247-42d6-41a5-9c00-bf069fcf0b8e, 83ba50f5-c29e-4c44-924a-92e02b7eb84d, ea8b67e6-f43f-43dd-8c57-27f34d84663f, bb2db7ae-8a0e-4161-941c-ad6fb7344b4e, 452bb504-28dc-4588-9a47-624a7aed822b, 5131ef94-b6f4-4e22-8219-0610f6dd1194, 7b73f275-7967-40f5-b092-d51a8d9aacff, 27479a35-3514-425a-9259-700323c4e8e5, b8812172-ba32-44f8-b323-035befa3f487, bf596c37-c903-42c4-9638-afad1b74dc42, 49cb0bf0-0d4f-4d93-9ac0-28dc8755b489, 85d7591d-7c37-45d1-9fb4-72d7662392be, e5f1e754-0b1b-4774-a3a2-6267c3e1256d, 0e24fb48-8e5c-418f-b93e-b13385307ba3, 150d65be-7599-4959-b2b0-a5b38031e410, c6f41cec-2141-4247-8c6f-8fdb36443f21, 2b0574b4-7fb3-4c06-b609-afd6cd867372, a2e29a3b-c5b0-41ff-8439-43a7656f5b0b, d2dd8940-0c89-4c73-992a-0e09d4b0b705, 36bbcf69-fde9-419b-864f-6e2fc9ee0b50, 39f65719-caac-4b3d-a90a-a778f87ff5a7, 50a9ec40-bf07-46c3-a561-ef1a15bff6ff, 617389a9-c421-4753-a404-e67c5b554ecb, ae74fd4a-696b-427b-aa48-14a5c7e10590, d9666701-7383-46c7-9737-57e11a0f4ece, ddacc663-6187-4dce-9188-acde93464912, b50a4240-00b3-4069-a8e3-052e2928d590, 7e4c631f-eaf0-480d-abfd-ed8e19b4b7f2, 429fea65-0684-48e3-9504-d735a7fb96e3, 0c5689bc-3f13-45ce-9af6-50a8163190a8, 61f607db-55cb-4735-90bb-db57a764fc5e, d2945a1d-1fc2-422d-96d3-b48d05d1f9f0, 9969b406-09f2-4e43-b400-775428765d0d, 41b86ba6-989b-4396-ad7c-353ed86d9294, cd487ce4-aa25-4623-9d46-b7e49082738d, 3f494951-b85d-47dc-a735-25305c9eff20, 12bf0196-3cc0-4a21-8b12-c72fae2bd40c, 2efa3a64-af4c-4b81-8839-71f8c6bc05ac, 45ddd0a1-2841-4b71-b7c6-f82f523497ff, 5657f68e-b220-4c2d-8f0f-19786a3e26f6, 89ee5ea7-6152-4d69-ac54-c27ece7f4098, 2034187e-3a19-4103-ba29-a54985570041, 8f1a9813-abe0-491b-a615-1dd295b03e85, 4f4bf95d-a3a5-46b1-bd64-bce338b9a01b, 487a3726-3910-41af-b551-3f8ecf98d60a, df53120f-9fbd-45e0-94a7-bd98e7451583, d8ce0d55-70fe-4150-8ce4-6c7a8a3dd24a, 31870451-eeb1-4755-991d-53946727dae3, 76ae282d-e287-4801-bc0f-c3a896db0a45, a577238d-01b4-41a9-abb6-74fd475d825b, 5016727e-5cf5-4cd5-a201-43739835ccb0, b4982fd6-9d05-4f64-8d50-8e443ede35d3, d3a83ef6-0771-4a19-80fd-f7fe54088d7f, e2ab4c25-0b90-4afb-ac97-8dad8d3405da, 82863a42-ae5d-4a38-b596-f34bd7f8d0a0, 28a20539-cea1-4bb9-80ba-3e2276a95ea7, 946012c7-d649-49b4-b770-d0258fac6d87, 598286d9-9c1c-4f9c-ba00-eaa3cf088557, 14bfa7e0-c464-440b-9921-378595304206, 48fbc8ac-8bb6-47ef-951e-b0a9ddfd67c4, 3d96e2cd-3427-4a9e-aeda-80078bb959eb, ef3e38c8-b541-4164-a699-b482583820e0, 92c6e829-a7d5-4d70-964e-4ebb325049cc, c86d3924-93bd-491c-939f-6bb72a2f29aa, 13cd33da-7095-4b24-9b9b-2ac6ddcc5925, 3f776d24-f4f4-49c1-ac47-34a5b8ec2123, a3d99290-da29-4552-9b68-218d0d8bd9b5, 33183f64-7b3d-4b4a-96a6-af71552e60e3, 8d2eac0a-2774-463a-b6da-63bc02e02bc7, e6eb05e9-cac6-4ea3-9cba-22b618fbbbae, 5bb17059-d1fe-450f-899b-ff6b7cf61000, 4dd066f4-ddd4-4427-b593-be955e4b172d, 399b1203-9ade-4dcd-be1a-96fff7b2dc49, 09b8299c-8480-4bbd-9fce-12f97f851db5, e0a2f9df-6185-4387-9242-9ea29aa1a851, ad847c3c-cf7a-463b-9c15-c4b934139fdf, 26667ff3-bc73-4235-9c20-d938efb15aa0, 8333d3f9-449e-4d24-84ea-415e440d9e55, d599db50-11df-4acd-90b2-bc0df3551472, 4be16ae1-aa27-4e22-b3a8-ab9216f905b2, 00fd3c48-a5c3-490a-90e0-56ad2cb17cd0, 605ee316-f7b8-49d0-b559-6c09dad9cc6e, 9ef3174c-c414-44e5-a227-be6b081b14ce, f76377ad-1fd7-4875-a09b-c1bd61b10c5e, d8781690-7e17-41c1-95a6-baf48abe1748, 615741c4-f6d9-4aa6-bc2d-6c15b6532667, a44be986-7bf7-40b0-ac2c-4bd7ac6a112d, be881bfa-713f-4897-9352-faa1e1b49b57, daeccfed-5ea6-444a-9420-113a1c62c6a3, 25218c7e-c9cf-4548-aa71-99c823cac076, 8af134f9-77dd-4a95-90d0-0c74e9ed860f, 9cce1efd-9b64-4a90-8e59-e945d8ad85c3, 71feef62-86a5-4466-8edd-fbc2ddbd949d, ad8877fb-5f12-462b-b296-5b238fa384a8, 07cc265c-c78b-4dd5-acaa-76ccb6d5816e, 8a0ba01b-6fa9-4acf-8f91-836aac8b9346, 2e011473-d9f5-47a4-9594-78359ef4f13f, 1bede986-816e-4f77-adde-16474bd67551, 44f574f6-afef-4182-b97c-2f9c7f689fec, a67f387b-b0d7-4691-ac37-5fd364cb1e7a, b8fbeb5b-b133-402b-a979-5c34f3355599, 0e9cfbb4-6982-4e20-a886-caf692042bee, 8d85e126-8de0-4fc2-8a50-f579b19b502e, 351e185b-8ff1-4a93-9771-c78594ef6403, 17c47243-5650-45cf-b371-ae06b08732f7, c8be1976-3409-40f8-b6d4-0e96d8b94978, d07fa26e-b51f-4862-850a-a00a99570687, 8bf23f42-b95c-47de-a970-4bd7d95c7d46, 35d60b42-3f3d-4031-aa4b-816c42075989, 2cf640ae-f5b3-4278-8250-4d63bdcef98c, 457d9ebe-74be-4693-9303-43f8dd9e0e68, 881b85aa-c9d7-454b-822d-8388ba95e22a, e97bfb50-29e2-4d19-8188-6a01e0c90b74, 2f97461a-49d5-4095-9b7b-5450f73b816a, 859aad98-328b-4f28-bbc0-03c9542c9052, be735377-eb7d-4343-a9da-38bef80614ae, d3089261-1d40-45d3-9d65-587886cab622, a57da60e-a3c2-4f2b-88f1-898464a5b5c0, 8b0bb458-ff4a-4026-be7a-98548a521c26, a11cd836-e7f8-4f55-b853-ab6c16fb6763, e349dd82-f7df-4ec1-879c-c3dec2c28c12, aa85416a-b82a-453d-ac11-73ca537a808f, 0a424554-8828-4d24-b57a-80c1f096cfc2, 99b71321-3897-40d7-a740-9161a3a7ae23, 35055185-28c9-4ac4-9735-5d7ed4f0f22b, 57a1418a-fe0d-4d40-b4cc-bb6876ea5710, a1095cf4-8e0c-4a7b-9209-c278ce9ecd18, 2c593a3f-fb5a-4267-9591-47fcd3349930, 4ea0c993-7dc9-4480-9762-71f93b133044, ddd6e100-950b-47c2-86d6-0672176cc3cd, 4a219df6-4815-4cf0-93bf-d89817fd13dc, 40428af1-ebdb-49a1-b899-1f96a7859a92, c6133085-afa5-4d5d-9f43-5ecb88b37817, 6d8d321f-f9b1-4116-a9d3-00c6bb7e2cc9, 35f3a79b-f9c8-472b-afbd-aaf0ed2b8289, debf52f3-7de9-4ad6-b3a4-4b6b15252145, 8dc758c6-c079-42ce-9919-c13b71ad8e36, 9944dbc5-2a24-4761-a735-95983153d512, b82089ab-e3e0-4712-9ab7-2249abd00a35, b02aefcf-1f1f-4433-b873-8c5b8638c7c6, ad428aca-1ced-4dac-aac1-6c6826c5b4ca, d1b5bee7-68a7-486f-89fd-3c48e3c6abb2, de925c61-c8fe-4afa-af45-c2e18146fea6, 71a02d24-e470-4142-82f3-fcc10744c2fc, 60b52f0f-ca2c-4585-83d0-39271b30db9c, c23fe52e-78b0-4d7c-a226-c4fb9216ce8a, da83097c-fcb7-498d-b342-fc1c2c1dba7c, 98d4da04-fa43-4d99-b15f-c9855afa7265, 9031a55d-ac4d-4593-91cc-9250c9daa772, 1202b449-f702-411c-847f-30b6b719a4eb, 96cbaf89-ca0c-46bd-91ed-cdae2c422e79, f3a08ea6-9418-4b1e-92e6-eb190bee33cb, 78ee7982-19f4-49b3-b518-66b08ac1b353, 517f7914-941a-4027-b4b6-8862ec5b78b6, da629b5a-448a-4304-a537-fac7978720da, 10e881d7-41c6-4273-944e-ac134d3e63f4, a8b328ee-2382-44be-87c3-5c5d7a5089d6, 45fe756b-9904-4d57-8a44-0811d49acd35, 8df82564-aa40-461f-b52d-421842bd3783, 19d9b9f8-14c4-486b-bb75-81c9390738c6, 83aa3d94-8cfe-4d0c-96a8-2b0e3b964f18, f8739f09-d31c-4885-9650-eb6ca9ea81d8, 467362fc-fc5b-49ac-83a3-dea42f2609c8, c7d63b26-0fc7-4130-941f-5e10af474c21, 25e3f619-4cde-476d-96ae-1283dbd5419a, 6928e239-9d73-41d3-b9c4-a434e80099e9, c1f52512-6317-46f9-aad2-38eacc0aa9fa, 28b2f93d-c35c-4dac-925b-a6ed09f98811, e2b93418-5d77-411a-9fe4-513325315fe0,</t>
   </si>
   <si>
     <t>MGM</t>
   </si>
   <si>
     <t>HÁ PELO MENOS UMA MARCA COM PENDENCIA</t>
   </si>
   <si>
     <t>TODAS AS MARCAS DO OPERADOR: BETMGM, MGM - MARCAS VALIDADAS SEM PENDENCIA:  MGM</t>
   </si>
   <si>
-    <t>Não se Aplica</t>
-[...14 lines deleted...]
-    <t>REI DO PITACO</t>
+    <t>LOTTOLAND</t>
+  </si>
+  <si>
+    <t>APOSTAS ESPORTIVAS PREMIADAS QUE NÃO ESTÃO EM CARTEIRAS</t>
+  </si>
+  <si>
+    <t>ID APOSTAS PREMIADAS NÃO ENCONTRADAS EM CARTEIRAS: 4459753248_0</t>
+  </si>
+  <si>
+    <t>SORTE ONLINE</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: SORTE ONLINE, LOTTOLAND - MARCAS VALIDADAS SEM PENDENCIA:  SORTE ONLINE</t>
+  </si>
+  <si>
+    <t>APOSTAMAX</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: APOSTA1, APOSTAMAX - MARCAS VALIDADAS SEM PENDENCIA:  APOSTAMAX</t>
+  </si>
+  <si>
+    <t>APOSTOU</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: APOSTOU, B1 BET, BRBET - MARCAS VALIDADAS SEM PENDENCIA:  APOSTOU, B1 BET</t>
+  </si>
+  <si>
+    <t>B1 BET</t>
+  </si>
+  <si>
+    <t>BRBET</t>
+  </si>
+  <si>
+    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: 4458286012</t>
+  </si>
+  <si>
+    <t>BETBRA</t>
+  </si>
+  <si>
+    <t>MATCHBOOK</t>
+  </si>
+  <si>
+    <t>1 PRA 1</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: LUCK.BET, 1 PRA 1, STARTBET - MARCAS VALIDADAS SEM PENDENCIA:  1 PRA 1, STARTBET</t>
+  </si>
+  <si>
+    <t>LUCK.BET</t>
+  </si>
+  <si>
+    <t>CPF EM JOGOS ONLINE NÃO CONSTA EM APOSTADORES</t>
+  </si>
+  <si>
+    <t>STARTBET</t>
+  </si>
+  <si>
+    <t>BULLSBET</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: BULLSBET, JOGÃO - MARCAS VALIDADAS SEM PENDENCIA:  BULLSBET</t>
+  </si>
+  <si>
+    <t>BETWARRIOR</t>
+  </si>
+  <si>
+    <t>ID APOSTAS PREMIADAS NÃO ENCONTRADAS EM CARTEIRAS: 1067490017803356217</t>
+  </si>
+  <si>
+    <t>BET AKI</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: ESPORTE 365, BET AKI, JOGO DE OURO - MARCAS VALIDADAS SEM PENDENCIA:  BET AKI, ESPORTE 365</t>
+  </si>
+  <si>
+    <t>ESPORTE 365</t>
+  </si>
+  <si>
+    <t>JOGO DE OURO</t>
+  </si>
+  <si>
+    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: 4455138392, 4455064463, 4455278298, 4455104503, 4454911666, 4455257959, 4455297708, 4455257717, 4454461928, 4454655821, 4455267798, 4454879735, 4455055479, 4455063710, 4455267687, 4455259132, 4455279082, 4455301051, 4455259280, 4455257372, 4455063289, 4455103474, 4455299346, 4455265583, 4455259308, 4455164610, 4454857187</t>
+  </si>
+  <si>
+    <t>7GAMES</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: 7GAMES, BETÃO, R7 - MARCAS VALIDADAS SEM PENDENCIA:  7GAMES</t>
+  </si>
+  <si>
+    <t>BETÃO</t>
+  </si>
+  <si>
+    <t>CPF EM APOSTAS ESPORTIVAS NÃO CONSTA EM APOSTADORES</t>
+  </si>
+  <si>
+    <t>R7</t>
+  </si>
+  <si>
+    <t>BET SUL</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: CASA DE APOSTAS, BET SUL, JOGO ONLINE - MARCAS VALIDADAS SEM PENDENCIA:  BET SUL, JOGO ONLINE</t>
+  </si>
+  <si>
+    <t>CASA DE APOSTAS</t>
+  </si>
+  <si>
+    <t>JOGO ONLINE</t>
+  </si>
+  <si>
+    <t>LANCEBET</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: SPORTYBET, LANCEBET - MARCAS VALIDADAS SEM PENDENCIA:  LANCEBET</t>
+  </si>
+  <si>
+    <t>SPORTYBET</t>
+  </si>
+  <si>
+    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: 260103230802bet48409507, 260102235916bet48133149, 260102225950bet48123093, 260102232449bet48127196, 260102231351bet48125264, 260102232402bet48127105, 260102232534bet48127297, 260102231616bet48125791, 260102232419bet48127138, 260103225103bet48406148, 260102232302bet48127035, 260102232200bet48126890, 260102230050bet48123318, 260102232759bet48127585, 260102232432bet48127190, 260102230425bet48123807, 260102232229bet48126976, 260102231856bet48126284, 260102232628bet48127378, 260102235713bet48132766, 260102232345bet48127099, 260102232240bet48126992</t>
+  </si>
+  <si>
+    <t>PREMIOS EM CARTEIRAS QUE NÃO ESTÃO EM JOGOS ONLINE PREMIADOS</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 260102232813game87510959, 260102231122game87501089, 260102232742game87510696, 260102233935game87517093, 260102232848game87511264, 260102235752game87526716, 260102232512game87509385, 260102233418game87514166, 260102232310game87508096, 260102234843game87522186, 260102232535game87509595, 260102233843game87516714, 260102235501game87525277, 260102231413game87502976, 260102233529game87514845, 260102235546game87525657, 260102233409game87514076, 260102234958game87522887, 260102230737game87498491, 260102232606game87509871, 260102234711game87521379, 260102232055game87506862, 260102232705game87510401, 260102232434game87508984, 260102231352game87502740, 260102231141game87501323, 260102233246game87513288, 260102230854game87499373, 260102232643game87510197, 260102232305game87508048, 260102234122game87518056, 260102232842game87511212, 260102233232game87513176, 260102230856game87499386, 260102231746game87504946, 260102231817game87505260, 260102234352game87519410, 260102235549game87525680, 260102232325game87508239, 260102232210game87507564, 260102233155game87512875, 260102234318game87519116, 260102235249game87524309, 260102231829game87505383, 260102233614game87515218, 260102234948game87522785, 260102231304game87502222, 260102232328game87508271, 260102233730game87515969, 260102231104game87500881, 260102234116game87517993, 260102234240game87518792, 260102234358game87519466, 260102235637game87526072, 260102235739game87526609, 260102232251game87507915, 260102232258game87507983, 260102235319game87524517, 260102234600game87520667, 260102234231game87518690, 260102234216game87518519, 260102231429game87503162, 260102235533game87525554, 260102233516game87514746, 260102234435game87519828, 260102234056game87517794, 260102230619game87497631, 260102233615game87515228, 260102231754game87505026, 260102232011game87506422, 260102232449game87509138, 260102233718game87515847, 260102235542game87525628, 260102235145game87523817, 260102235904game87527358, 260102231342game87502633, 260102234718game87521431, 260102232423game87508859, 260102234559game87520658, 260102234259game87518957, 260102235808game87526846, 260102231139game87501300, 260102234505game87520096, 260102230943game87499925, 260102232747game87510735, 260102230754game87498691, 260102234151game87518295, 260102231217game87501735, 260102234346game87519356, 260102232006game87506377, 260102232759game87510837, 260102230034game87494826, 260102234253game87518903, 260102235953game87527858, 260102234205game87518424, 260102235551game87525694, 260102235302game87524401, 260102233909game87516946, 260102230903game87499456, 260102231552game87503972, 260102233452game87514512, 260102232754game87510800, 260102233640game87515460, 260102234228game87518650, 260102235005game87522948, 260102235752game87526714, 260102230937game87499838, 260102230702game87498090, 260102233152game87512852, 260102234524game87520286, 260102232320game87508183, 260102233922game87517031, 260102231810game87505193, 260102231357game87502793, 260102233959game87517298, 260102231314game87502331, 260102232120game87507137, 260102235100game87523406, 260102231407game87502896, 260102231410game87502933, 260102235810game87526868, 260102232757game87510827, 260102233628game87515344, 260102234531game87520352, 260102235605game87525800, 260102235321game87524530, 260102231004game87500153, 260102233359game87513947, 260102234235game87518740, 260102234613game87520823, 260102234943game87522733, 260102232343game87508415, 260102233851game87516792, 260102233523game87514809, 260102234032game87517570, 260102233301game87513433, 260102235526game87525490, 260102231355game87502766, 260102235051game87523337, 260102231608game87504109, 260102233742game87516080, 260102235015game87523044, 260102231121game87501071, 260102231202game87501563, 260102231410game87502928, 260102234944game87522745, 260102233851game87516786, 260102235240game87524240, 260102230441game87496794, 260102231207game87501626, 260102231312game87502312, 260102233409game87514067, 260102234835game87522122, 260102232642game87510189, 260102235938game87527697, 260102234857game87522307, 260102230804game87498796, 260102231600game87504050, 260102231640game87504383, 260102232639game87510161, 260102233811game87516401, 260102233306game87513480, 260102234146game87518246, 260102235546game87525653, 260102230133game87495192, 260102234000game87517310, 260102230648game87497936, 260102235213game87524038, 260102231141game87501327, 260102234847game87522218, 260102232243game87507841, 260102230557game87497466, 260102234806game87521851, 260102233419game87514176, 260102233952game87517231, 260102232313game87508124, 260102232747game87510736, 260102232548game87509707, 260102234414game87519612, 260102232538game87509621, 260102235740game87526617, 260102235251game87524329, 260102235732game87526539, 260102234153game87518316, 260102231939game87506089, 260102234845game87522202, 260102232825game87511069, 260102235351game87524755, 260102234915game87522490, 260102230643game87497888, 260102235221game87524097, 260102232852game87511307, 260102233710game87515763, 260102234941game87522716, 260102230116game87495077, 260102233609game87515174, 260102234116game87517997, 260102235750game87526702, 260102235511game87525368, 260102230731game87498406, 260102234747game87521684, 260102232747game87510729, 260102232833game87511132, 260102233434game87514334, 260102235701game87526267, 260102233826game87516547, 260102234223game87518595, 260102235928game87527591, 260102230945game87499940, 260102231459game87503496, 260102231845game87505573, 260102232505game87509313, 260102232859game87511357, 260102231254game87502110, 260102235404game87524847, 260102232235game87507783, 260102233806game87516351, 260102235716game87526400, 260102234428game87519752, 260102235851game87527213, 260102234233game87518718, 260102233243game87513257, 260102235144game87523805, 260102230832game87499116, 260102230524game87497185, 260102230439game87496770, 260102235937game87527689, 260102233717game87515831, 260102230744game87498572, 260102234822game87521995, 260102233636game87515409, 260102232139game87507310, 260102231947game87506160, 260102234000game87517307, 260102233735game87516024, 260102230554game87497436, 260102234938game87522689, 260102233303game87513452, 260102232509game87509352, 260102231600game87504047, 260102231310game87502285, 260102232110game87507025, 260102233414game87514127, 260102231733game87504842, 260102234000game87517312, 260102232801game87510854, 260102232133game87507262, 260102231718game87504706, 260102231512game87503641, 260102232022game87506520, 260102232038game87506677, 260102231019game87500344, 260102235000game87522903, 260102233715game87515814, 260102235022game87523097, 260102235252game87524331, 260102234917game87522512, 260102231822game87505324, 260102234905game87522388, 260102231615game87504169, 260102230954game87500043, 260102230821game87498989, 260102235459game87525264, 260102234105game87517884, 260102234000game87517308, 260102234147game87518251, 260102233704game87515683, 260102232132game87507254, 260102233526game87514832, 260102235559game87525755, 260102230155game87495365, 260102234840game87522159, 260102234416game87519638, 260102231630game87504301, 260102232817game87510991, 260102232740game87510680, 260102233843game87516720, 260102235922game87527528, 260102234345game87519352, 260102232617game87509963, 260102230902game87499446, 260102231320game87502396, 260102233254game87513358, 260102230404game87496440, 260102233632game87515374, 260102232449game87509143, 260102231445game87503333, 260102234246game87518842, 260102231343game87502638, 260102235530game87525520, 260102235640game87526090, 260102232907game87511415, 260102234403game87519511, 260102230942game87499903, 260102232328game87508269, 260102232315game87508141, 260102234554game87520601, 260102234807game87521857, 260102231756game87505046, 260102235252game87524334, 260102231116game87501014, 260102233446game87514452, 260102230750game87498635, 260102234110game87517930, 260102234851game87522245, 260102234624game87520943, 260102233045game87512221, 260102232519game87509443, 260102232331game87508295, 260102234017game87517457, 260102233635game87515395, 260102230011game87494653, 260102233401game87513976, 260102231555game87504005, 260102231228game87501860, 260102233759game87516267, 260102231425game87503111, 260102233004game87511842, 260102233107game87512430, 260102231623game87504235, 260102234654game87521224, 260102234837game87522137, 260102235903game87527346, 260102230231game87495660, 260102230432game87496703, 260102232226game87507698, 260102233809game87516383, 260102235614game87525877, 260102232500game87509246, 260102235936game87527676, 260102232218game87507622, 260102234335game87519267, 260102231352game87502744, 260102235009game87522977, 260102233315game87513552, 260102231326game87502454, 260102234057game87517804, 260102232200game87507484, 260102232654game87510297, 260102231651game87504476, 260102234300game87518963, 260102235251game87524328, 260102233256game87513388, 260102232826game87511072, 260102233254game87513366, 260102232416game87508781, 260102230431game87496697, 260102232323game87508218, 260102230809game87498843, 260102233631game87515372, 260102234357game87519455, 260102232916game87511476, 260102233853game87516813, 260102233549game87515000, 260102230147game87495303, 260102235439game87525111, 260102232310game87508097, 260102231058game87500821, 260102234700game87521287, 260102233402game87513987, 260102232501game87509259, 260102233854game87516827, 260102233543game87514947, 260102232038game87506684, 260102232716game87510491, 260102233836game87516650, 260102232957game87511779, 260102231333game87502537, 260102231049game87500714, 260102233745game87516111, 260102234817game87521950, 260102234738game87521614, 260102231150game87501437, 260102234342game87519327, 260102233743game87516096, 260102233223game87513107, 260102235028game87523145, 260102233546game87514977, 260102234920game87522539, 260102233333game87513718, 260102234426game87519736, 260102234336game87519276, 260102234414game87519617, 260102235336game87524639, 260102235711game87526355, 260102230811game87498863, 260102233609game87515171, 260102231917game87505846, 260102232402game87508619, 260102234211game87518476, 260102233147game87512805, 260102234656game87521244, 260102234353game87519420, 260102233532game87514868, 260102234133game87518140, 260102234915game87522489, 260102232306game87508062, 260102234526game87520303, 260102235332game87524622, 260102231439game87503256, 260102232836game87511156, 260102233622game87515295, 260102231259game87502169, 260102233455game87514536, 260102231903game87505718, 260102231835game87505452, 260102235936game87527674, 260102230239game87495732, 260102233103game87512403, 260102232411game87508714, 260102231502game87503528, 260102231531game87503809, 260102234929game87522621, 260102233559game87515088, 260102233528game87514842, 260102232316game87508151, 260102233224game87513113, 260102231717game87504688, 260102235157game87523906, 260102234648game87521179, 260102232621game87509992, 260102234440game87519866, 260102231302game87502201, 260102231517game87503685, 260102231946game87506157, 260102234604game87520714, 260102233843game87516709, 260102232219game87507634, 260102234651game87521203, 260102230748game87498615, 260102235346game87524699, 260102234147game87518250, 260102230930game87499765, 260102235927game87527576, 260102232042game87506726, 260102230933game87499790, 260102233148game87512816, 260102233734game87516006, 260102235529game87525514, 260102232959game87511803, 260102233133game87512663, 260102231446game87503342, 260102233458game87514558, 260102234355game87519436, 260102232604game87509850, 260102234652game87521212, 260102231727game87504795, 260102235243game87524262, 260102230506game87497023, 260102232338game87508363, 260102234114game87517970, 260102232644game87510201, 260102235852game87527227, 260102234204game87518417, 260102234215game87518512, 260102230845game87499274, 260102231512game87503635, 260102234225game87518618, 260102231821game87505316, 260102233325game87513651, 260102232627game87510055, 260102231336game87502574, 260102234130game87518117, 260102234137game87518174, 260102232745game87510725, 260102234519game87520242, 260102234925game87522580, 260102233824game87516534, 260102235023game87523109, 260102234622game87520918, 260102232932game87511595, 260102232210game87507566, 260102235810game87526867, 260102233315game87513555, 260102230935game87499815, 260102231416game87503014, 260102234424game87519717, 260102234851game87522244, 260102232810game87510930, 260102233957game87517277, 260102234105game87517881, 260102235349game87524740, 260102233157game87512898, 260102234613game87520815, 260102233451game87514499, 260102235646game87526151, 260102232255game87507944, 260102232620game87509984, 260102231109game87500942, 260102235735game87526563, 260102230448game87496862, 260102234332game87519232, 260102233115game87512498, 260102234904game87522371, 260102234000game87517304, 260102235029game87523155, 260102234114game87517963, 260102232402game87508612, 260102231955game87506261, 260102230952game87500014, 260102234815game87521940, 260102234230game87518666, 260102233538game87514919, 260102235043game87523268, 260102233409game87514073, 260102231808game87505168, 260102231850game87505617, 260102232757game87510821, 260102234507game87520115, 260102233851game87516795, 260102234704game87521329, 260102234533game87520362, 260102233408game87514050, 260102230052game87494928, 260102234112game87517949, 260102233840game87516690, 260102232513game87509395, 260102235625game87525961, 260102234808game87521866, 260102235917game87527477, 260102234919game87522529, 260102231511game87503627, 260102233551game87515030, 260102231152game87501457, 260102235659game87526254, 260102234623game87520927, 260102235128game87523683, 260102232854game87511315, 260102230001game87494587, 260102234923game87522564, 260102234446game87519913, 260102231655game87504515, 260102234843game87522187, 260102232400game87508602, 260102230635game87497800, 260102235344game87524684, 260102235934game87527650, 260102232800game87510848, 260102232335game87508329, 260102235718game87526423, 260102232557game87509786, 260102230141game87495257, 260102233109game87512444, 260102235539game87525597, 260102230823game87499008, 260102233409game87514077, 260102233020game87512000, 260102233356game87513920, 260102232048game87506795, 260102233146game87512796, 260102232028game87506588, 260102230321game87496082, 260102232948game87511707, 260102232857game87511342, 260102234505game87520090, 260102235020game87523084, 260102231751game87504998, 260102230836game87499159, 260102234237game87518756, 260102230723game87498325, 260102232331game87508296, 260102235807game87526841, 260102231041game87500616, 260102235507game87525326, 260102234405game87519539, 260102234903game87522367, 260102232752game87510775, 260102233303game87513453, 260102235227game87524140, 260102231303game87502215, 260102230722game87498301, 260102231233game87501904, 260102235234game87524199, 260102232946game87511695, 260102234207game87518441, 260102231051game87500736, 260102235135game87523736, 260102230338game87496246, 260102230642game87497864, 260102234837game87522135, 260102234311game87519062, 260102234029game87517545, 260102233759game87516271, 260102230233game87495677, 260102233250game87513325, 260102234034game87517586, 260102234637game87521089, 260102235836game87527084, 260102231736game87504867, 260102232556game87509781, 260102231705game87504603, 260102235707game87526330, 260102232522game87509471, 260102234138game87518185, 260102234448game87519936, 260102235956game87527889, 260102232047game87506789, 260102232210game87507562, 260102234424game87519724, 260102234134game87518147, 260102231710game87504633, 260102231528game87503792, 260102234952game87522817, 260102231830game87505399, 260102234310game87519054, 260102231738game87504886, 260102233234game87513198, 260102235225game87524125, 260102231846game87505574, 260102235037game87523220, 260102233735game87516021, 260102235200game87523926, 260102234424game87519718, 260102230603game87497509, 260102234350game87519398, 260102234114game87517965, 260102235735game87526564, 260102235023game87523106, 260102232631game87510085, 260102234257game87518947, 260102230749game87498627, 260102233349game87513860, 260102231147game87501405, 260102231859game87505686, 260102232823game87511051, 260102235855game87527267, 260102235142game87523788, 260102234231game87518681, 260102232202game87507499, 260102232908game87511423, 260102232108game87507004, 260102235829game87527027, 260102235901game87527324, 260102234433game87519806, 260102233823game87516529, 260102233824game87516535, 260102234248game87518857, 260102231406game87502879, 260102231602game87504058, 260102231903game87505712, 260102233147game87512806, 260102232255game87507945, 260102234911game87522436, 260102231523game87503748, 260102234951game87522808, 260102235202game87523942, 260102233822game87516511, 260102231510game87503618, 260102234623game87520929, 260102231718game87504711, 260102231726game87504789, 260102235340game87524668, 260102234839game87522152, 260102230638game87497826, 260102232814game87510962, 260102231455game87503444, 260102235113game87523527, 260102232040game87506708, 260102232900game87511364, 260102231339game87502600, 260102231214game87501701, 260102231739game87504891, 260102234600game87520670, 260102231846game87505583, 260102231515game87503673, 260102235836game87527086, 260102235341game87524672, 260102234008game87517386, 260102233120game87512551, 260102233936game87517103, 260102235538game87525592, 260102235559game87525761, 260102232129game87507221, 260102231352game87502735, 260102232040game87506706, 260102231700game87504558, 260102230114game87495063, 260102234703game87521320, 260102233203game87512950, 260102232221game87507652, 260102232853game87511308, 260102235311game87524469, 260102235820game87526941, 260102235800game87526788, 260102233139game87512725, 260102233058game87512358, 260102234605game87520730, 260102231924game87505919, 260102235120game87523599, 260102233121game87512562, 260102233614game87515216, 260102230751game87498649, 260102234919game87522536, 260102233502game87514610, 260102233404game87514008, 260102230007game87494621, 260102235148game87523833, 260102230825game87499038, 260102233325game87513653, 260102231216game87501732, 260102231839game87505502, 260102234510game87520150, 260102233114game87512487, 260102231732game87504834, 260102232408game87508681, 260102230323game87496103, 260102231015game87500285, 260102235134game87523725, 260102233302game87513441, 260102235434game87525071, 260102234116game87517987, 260102234105game87517879, 260102231511game87503623, 260102234841game87522166, 260102233909game87516941, 260102235939game87527707, 260102231007game87500193, 260102230646game87497910, 260102231503game87503534, 260102235013game87523008, 260102231634game87504329, 260102234009game87517398, 260102230700game87498066, 260102235310game87524463, 260102231658game87504546, 260102235835game87527082, 260102235411game87524896, 260102231649game87504468, 260102235630game87526011, 260102233319game87513588, 260102230510game87497051, 260102231500game87503504, 260102232833game87511135, 260102231943game87506119, 260102235609game87525833, 260102231059game87500828, 260102232737game87510654, 260102234810game87521896, 260102234015game87517437, 260102233029game87512084, 260102235238game87524228, 260102231342game87502632, 260102232629game87510068, 260102232358game87508579, 260102232011game87506423, 260102234202game87518401, 260102230537game87497294, 260102235510game87525356, 260102232047game87506788, 260102231936game87506053, 260102232653game87510289, 260102235229game87524162, 260102235019game87523078, 260102234455game87520001, 260102230250game87495837, 260102232647game87510226, 260102234634game87521066, 260102232656game87510323, 260102232602game87509837, 260102233359game87513956, 260102231447game87503346, 260102233101game87512382, 260102232052game87506835, 260102232829game87511101, 260102232225game87507691, 260102233942game87517144, 260102233854game87516824, 260102235853game87527242, 260102234622game87520920, 260102234150game87518284, 260102234223game87518597, 260102232229game87507729, 260102234700game87521291, 260102235138game87523759, 260102230623game87497688, 260102234331game87519218, 260102233534game87514885, 260102235706game87526316, 260102233857game87516855, 260102231325game87502439, 260102235522game87525462, 260102235829game87527029, 260102235934game87527646, 260102231659game87504551, 260102235638game87526076, 260102233645game87515507, 260102230648game87497930, 260102233805game87516339, 260102235253game87524345, 260102234237game87518755, 260102235631game87526023, 260102234623game87520934, 260102234307game87519028, 260102232455game87509208, 260102231244game87501997, 260102231020game87500354, 260102230823game87498998, 260102235455game87525233, 260102234918game87522521, 260102235647game87526168, 260102230756game87498714, 260102232545game87509681, 260102234929game87522612, 260102233205game87512967, 260102232730game87510596, 260102230926game87499721, 260102231710game87504636, 260102234425game87519732, 260102230813game87498893, 260102230146game87495297, 260102230758game87498730, 260102230515game87497096, 260102232720game87510523, 260102230938game87499854, 260102232505game87509303, 260102233355game87513908, 260102233241game87513248, 260102233131game87512652, 260102233255game87513373, 260102235632game87526031, 260102230254game87495875, 260102230742game87498554, 260102235524game87525476, 260102235525game87525479, 260102234858game87522325, 260102233626game87515327, 260102233635game87515405, 260102235243game87524265, 260102230203game87495426, 260102233945game87517168, 260102235116game87523566, 260102231918game87505861, 260102230802game87498771, 260102232630game87510082, 260102231823game87505328, 260102234418game87519662, 260102235907game87527383, 260102234519game87520245, 260102235041game87523251, 260102230340game87496261, 260102231453game87503427, 260102234343game87519337, 260102230651game87497978, 260102233117game87512516, 260102231308game87502275, 260102233240game87513237, 260102232504game87509302, 260102233512game87514710, 260102231527game87503784, 260102231856game87505661, 260102234157game87518353, 260102230744game87498574, 260102230107game87495021, 260102230019game87494706, 260102235627game87525984, 260102234916game87522500, 260102233854game87516826, 260102234128game87518092, 260102231614game87504159, 260102230704game87498100, 260102231626game87504271, 260102232952game87511739, 260102235733game87526543, 260102233141game87512747, 260102232055game87506863, 260102235234game87524202, 260102231316game87502358, 260102230944game87499931, 260102232121game87507145, 260102234727game87521518, 260102234632game87521019, 260102235532game87525538, 260102231424game87503094, 260102231442game87503294, 260102234906game87522394, 260102230751game87498652, 260102234352game87519411, 260102232141game87507327, 260102232508game87509341, 260102234514game87520194, 260102230435game87496737, 260102230653game87497992, 260102235846game87527172, 260102235831game87527048, 260102231311game87502302, 260102231412game87502963, 260102235428game87525038, 260102233102game87512395, 260102233744game87516104, 260102235955game87527881, 260102234705game87521336, 260102233708game87515743, 260102231950game87506194, 260102232811game87510942, 260102235527game87525495, 260102231457game87503471, 260102234425game87519730, 260102235216game87524059, 260102233600game87515100, 260102230950game87500002, 260102234824game87522007, 260102231204game87501595, 260102235629game87525998, 260102234128game87518094, 260102233845game87516737, 260102233134game87512680, 260102233756game87516247, 260102231324game87502432, 260102231609game87504118, 260102231305game87502231, 260102232411game87508715, 260102232013game87506448, 260102231041game87500628, 260102234746game87521676, 260102234440game87519868, 260102230917game87499626, 260102233440game87514392, 260102230606game87497532, 260102230934game87499810, 260102232456game87509219, 260102233650game87515559, 260102231603game87504070, 260102232611game87509910, 260102234910game87522428, 260102232019game87506497, 260102234201game87518390, 260102234946game87522763, 260102235540game87525604, 260102232109game87507014, 260102234002game87517340, 260102233102game87512392, 260102234807game87521864, 260102235841game87527135, 260102232938game87511633, 260102234656game87521242, 260102232608game87509892, 260102232457game87509225, 260102234020game87517474, 260102230107game87495023, 260102234935game87522663, 260102234937game87522676, 260102235355game87524783, 260102234233game87518714, 260102234124game87518070, 260102233617game87515252, 260102235131game87523702, 260102234345game87519347, 260102230722game87498311, 260102233449game87514485, 260102233636game87515418, 260102230725game87498350, 260102231150game87501435, 260102230710game87498174, 260102235042game87523260, 260102231616game87504179, 260102233119game87512532, 260102231603game87504074, 260102231859game87505689, 260102231507game87503579, 260102235426game87525017, 260102235537game87525580, 260102234613game87520822, 260102233823game87516528, 260102231110game87500957, 260102231356game87502786, 260102232304game87508035, 260102231928game87505964, 260102233357game87513936, 260102233909game87516943, 260102235854game87527251, 260102234158game87518368, 260102233613game87515207, 260102232425game87508876, 260102234807game87521861, 260102232308game87508072, 260102235402game87524833, 260102235503game87525294, 260102234116game87517991, 260102234337game87519281, 260102235731game87526530, 260102232341game87508399, 260102231006game87500178, 260102234145game87518236, 260102235038game87523232, 260102233728game87515946, 260102230857game87499396, 260102230422game87496608, 260102233631game87515369, 260102234147game87518248, 260102230330game87496162, 260102233507game87514654, 260102234501game87520050, 260102230517game87497120, 260102235125game87523654, 260102233515game87514734, 260102235038game87523226, 260102235805game87526817, 260102232331game87508288, 260102231156game87501507, 260102230453game87496911, 260102230340game87496258, 260102235206game87523974, 260102234543game87520477, 260102233200game87512920, 260102234646game87521161, 260102232000game87506319, 260102231017game87500322, 260102232419game87508807, 260102230313game87496011, 260102232309game87508080, 260102233202game87512934, 260102231048game87500705, 260102233308game87513495, 260102231723game87504756, 260102235027game87523140, 260102233742game87516086, 260102234829game87522057, 260102233840game87516684, 260102230930game87499766, 260102232316game87508146, 260102235851game87527220, 260102232559game87509805, 260102232441game87509053, 260102232453game87509180, 260102233655game87515607, 260102232128game87507213, 260102233643game87515479, 260102231130game87501178, 260102234052game87517759, 260102234516game87520212, 260102231655game87504514, 260102233749game87516160, 260102234200game87518378, 260102230535game87497268, 260102233042game87512207, 260102231854game87505648, 260102231926game87505944, 260102234939game87522701, 260102235553game87525708, 260102232008game87506400, 260102231447game87503355, 260102235144game87523811, 260102233029game87512077, 260102231229game87501870, 260102233855game87516833, 260102233408game87514055, 260102233252game87513339, 260102235211game87524026, 260102232926game87511553, 260102231230game87501882, 260102232045game87506761, 260102235820game87526944, 260102231147game87501399, 260102230951game87500005, 260102231417game87503019, 260102230719game87498273, 260102231601game87504055, 260102231814game87505233, 260102233148game87512810, 260102231618game87504195, 260102230247game87495809, 260102234302game87518981, 260102231943game87506118, 260102231916game87505841, 260102234253game87518899, 260102232113game87507055, 260102234314game87519091, 260102235639game87526086, 260102233813game87516420, 260102231029game87500458, 260102235139game87523770, 260102231718game87504707, 260102234250game87518879, 260102233219game87513074, 260102234323game87519161, 260102230828game87499063, 260102234630game87520997, 260102232258game87507976, 260102235134game87523722, 260102235711game87526352, 260102232403game87508627, 260102233355game87513911, 260102233431game87514303, 260102232046game87506769, 260102230900game87499427, 260102232010game87506415, 260102232459game87509235, 260102234950game87522802, 260102231004game87500160, 260102231714game87504668, 260102231555game87504008, 260102235318game87524516, 260102232504game87509301, 260102235840game87527118, 260102234015game87517438, 260102235234game87524197, 260102235832game87527054, 260102233424game87514237, 260102234001game87517324, 260102232503game87509283, 260102235827game87527004, 260102235722game87526450, 260102232329game87508273, 260102233829game87516573, 260102235114game87523542, 260102235040game87523242, 260102231516game87503681, 260102233409game87514074, 260102231821game87505317, 260102231650game87504471, 260102231235game87501925, 260102235443game87525138, 260102235504game87525306, 260102231543game87503912, 260102233455game87514533, 260102234449game87519942, 260102232406game87508655, 260102235001game87522909, 260102235912game87527425, 260102232435game87508986, 260102230531game87497241, 260102233123game87512580, 260102235948game87527808, 260102230921game87499670, 260102235607game87525814, 260102235331game87524610, 260102231346game87502676, 260102231856game87505666, 260102233143game87512768, 260102230913game87499558, 260102233842game87516703, 260102234709game87521366, 260102231426game87503120, 260102233806game87516347, 260102234530game87520337, 260102232709game87510435, 260102230747game87498605, 260102235415game87524925, 260102235056game87523376, 260102231636game87504341, 260102233615game87515236, 260102235109game87523483, 260102232128game87507217, 260102235707game87526329, 260102231327game87502462, 260102231500game87503506, 260102235831game87527042, 260102231749game87504980, 260102230759game87498741, 260102232023game87506523, 260102234522game87520268, 260102233149game87512823, 260102234314game87519086, 260102231152game87501459, 260102231559game87504042, 260102230607game87497540, 260102235254game87524350, 260102234620game87520890, 260102235600game87525768, 260102234401game87519496, 260102233439game87514378, 260102235928game87527594, 260102235211game87524023, 260102235009game87522979, 260102235734game87526555, 260102232522game87509472, 260102230639game87497833, 260102234505game87520095, 260102235309game87524459, 260102235014game87523027, 260102234834game87522114, 260102232722game87510539, 260102235207game87523980, 260102232741game87510686, 260102230753game87498675, 260102234725game87521489, 260102232403game87508630, 260102231508game87503591, 260102230654game87498009, 260102231905game87505730, 260102233921game87517029, 260102232503game87509281, 260102232100game87506916, 260102230518game87497125, 260102231111game87500963, 260102234434game87519820, 260102231555game87504000, 260102233853game87516818, 260102234928game87522605, 260102234927game87522598, 260102233114game87512486, 260102233612game87515198, 260102230019game87494712, 260102232617game87509957, 260102230229game87495640, 260102230442game87496797, 260102233550game87515016, 260102233546game87514979, 260102233201game87512924, 260102230406game87496456, 260102234524game87520290, 260102235801game87526793, 260102230836game87499156, 260102232057game87506877, 260102234609game87520776, 260102231657game87504536, 260102230813game87498882, 260102235036game87523214, 260102232651game87510275, 260102231537game87503862, 260102235115game87523554, 260102234716game87521422, 260102232948game87511706, 260102232024game87506534, 260102235519game87525432, 260102235806game87526824, 260102230253game87495862, 260102231313game87502321, 260102230756game87498716, 260102235000game87522904, 260102235924game87527549, 260102230826game87499047, 260102233350game87513870, 260102232419game87508816, 260102232913game87511459, 260102235134game87523730, 260102231121game87501073, 260102233134game87512673, 260102234644game87521147, 260102232715game87510485, 260102231144game87501365, 260102232518game87509439, 260102230414game87496525, 260102232159game87507474, 260102232116game87507091, 260102233221game87513095, 260102231454game87503437, 260102231327game87502460, 260102233503game87514618, 260102234811game87521898, 260102235520game87525444, 260102231035game87500548, 260102234548game87520530, 260102231817game87505269, 260102233745game87516116, 260102235833game87527063, 260102234534game87520372, 260102230408game87496469, 260102233100game87512372, 260102231431game87503170, 260102231032game87500508, 260102234910game87522426, 260102231459game87503491, 260102230042game87494872, 260102233355game87513910, 260102232930game87511585, 260102230104game87495004, 260102233157game87512889, 260102233414gam</t>
+  </si>
+  <si>
+    <t>SEUBET</t>
+  </si>
+  <si>
+    <t>H2 BET</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: SEUBET, H2 BET - MARCAS VALIDADAS SEM PENDENCIA:  H2 BET</t>
+  </si>
+  <si>
+    <t>BLAZE</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: BLAZE, JONBET - MARCAS VALIDADAS SEM PENDENCIA:  BLAZE</t>
+  </si>
+  <si>
+    <t>JONBET</t>
+  </si>
+  <si>
+    <t>AFUN</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: AFUN, AI, 6Z - MARCAS VALIDADAS SEM PENDENCIA:  AFUN, AI</t>
+  </si>
+  <si>
+    <t>AI</t>
+  </si>
+  <si>
+    <t>APOSTA GANHA</t>
+  </si>
+  <si>
+    <t>ID APOSTAS PREMIADAS NÃO ENCONTRADAS EM CARTEIRAS: AA18822FE2, A0D7B93912, AE991D8F54, AE5177A699, A568DF867C, AA98E2D69F, A58C056FB4, AB428E1B50, AEC3294CE8</t>
+  </si>
+  <si>
+    <t>STAKE</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 26822134, 26832782, 26833805, 26833805</t>
+  </si>
+  <si>
+    <t>VS - VERSUS</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: VERSUSBET, VS - VERSUS - MARCAS VALIDADAS SEM PENDENCIA:  VS - VERSUS</t>
+  </si>
+  <si>
+    <t>ENERGIA</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: JOGA LIMPO, ENERGIA - MARCAS VALIDADAS SEM PENDENCIA:  ENERGIA</t>
+  </si>
+  <si>
+    <t>9D</t>
   </si>
   <si>
     <t>JOGOS ONLINE PREMIADOS QUE NÃO ESTÃO EM CARTEIRAS</t>
   </si>
   <si>
-    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 41ee26b9-a508-4124-86bc-4fcec830c345, f965c5a2-bdfa-4bc1-9cc1-78fd695bd367</t>
-[...200 lines deleted...]
-    <t>AFUN</t>
+    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 9540250129, 9537528223, 9535480505, 9537447987, 9536011490, 9536073536, 9535968469, 9538360496, 9537565349, 9536658001, 9536439153, 9540802191, 9535194392, 9536420847, 9535683487, 9537077723, 9537371409, 9537520021, 9536669417, 9540134120, 9535687788, 9536922326, 9536521797, 9539645720, 9535443411, 9540285465, 9536546724, 9537504304, 9535561382, 9535959796, 9536602294, 9539168196, 9539582322, 9535202538, 9535968183, 9540727290, 9540866002, 9537592668, 9539634375, 9536916161, 9536925058, 9539983852, 9535704668, 9535410737, 9540460872, 9537406645, 9540014445, 9537617001, 9539954531, 9535714000, 9536442271, 9537070321, 9537085828, 9536167092, 9537434035, 9535733747, 9535912230, 9539594231, 9540107530, 9538522786, 9537471770, 9535945538, 9539022944, 9539226136, 9538237265, 9536693887, 9536403084, 9536546125, 9536066820, 9537201581, 9539267073, 9536932761, 9540935072, 9540760383, 9539028072, 9537420891, 9535211307, 9536513652, 9537066802, 9539013019, 9536585048, 9535697026, 9538266841, 9535197327, 9536750114, 9535103558, 9535650525, 9540477509, 9536695993</t>
+  </si>
+  <si>
+    <t>UPBETBR</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: UPBETBR, 9D, WJCASINO - MARCAS VALIDADAS SEM PENDENCIA:  UPBETBR</t>
+  </si>
+  <si>
+    <t>WJCASINO</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 27747498671, 27748649719, 27740990451, 27746193108, 27740723258, 27737061435, 27743907392, 27736725547, 27742896447, 27743037658, 27737718974, 27740641412, 27736951400, 27737634965, 27740914509, 27747584353, 27744312184, 27747693614, 27744417235, 27741434202, 27746909004, 27747909772, 27746357827, 27746008581, 27746377207, 27738561686, 27745622292, 27746086426, 27739996007, 27746133242, 27745886851, 27747997775, 27738609145, 27739179681, 27740979895, 27737692788, 27741280233, 27737612547, 27742226841, 27739717234, 27744250474, 27742889990, 27737338179, 27745478849, 27737406596, 27742969789, 27744514422, 27746084901, 27744852554, 27746461074, 27740741958, 27738234181, 27745839930, 27737862035, 27737683109, 27740906046, 27738670022, 27743580025, 27741446511, 27742836313, 27747124261, 27749888238, 27739417139, 27739987767, 27738983051, 27740186811, 27740708282, 27747552624, 27745599989, 27746967401, 27747994235, 27746362827, 27736564575, 27739534045, 27743960937, 27736934190, 27746806652, 27737732354, 27744413916, 27742611304, 27740078578, 27743860756, 27740949355, 27749866401, 27743638756, 27737778141, 27744398532, 27745493517, 27745246463, 27740004544, 27749962334, 27749410250, 27747597996, 27743536269, 27736599601, 27738968235, 27744198918, 27747136325, 27746488423, 27738657477, 27739679351, 27745250930, 27749070234, 27742607863, 27746001978, 27745601703, 27748494269, 27737713196, 27743448249, 27741033302, 27741302491, 27736924967, 27740829087, 27745038390, 27746037044, 27738165020, 27738674625, 27747407381, 27744429488, 27746557578, 27742910682, 27745730690, 27748946562, 27739475811, 27742713896, 27738336098, 27741866836, 27741242208, 27739443613, 27739103403, 27746419949, 27738397771, 27749685506, 27746218098, 27743844345, 27739095666, 27739499065, 27746276232, 27744552185, 27746784427, 27737683979, 27740035840, 27737523344, 27745613985, 27747286228, 27745826308, 27745918292, 27739821735, 27743947834, 27744610072, 27748648328, 27736821529, 27748994830, 27741012384, 27739512624, 27741213575, 27737507428, 27745801540, 27739045022, 27746780313, 27749556238, 27740063541, 27738879808, 27745852657, 27745973737, 27747640491, 27739890524, 27746139311, 27737302661, 27742136942, 27745781334, 27738511687, 27745306149, 27746107508, 27746488779, 27748382422, 27737451102, 27745401585, 27745553990, 27739467192, 27746230650, 27737913548, 27744539740, 27745838490, 27747213068, 27745065212, 27743754002, 27746259552, 27742545448, 27746691391, 27746447518, 27747988031, 27736742702, 27738142905, 27742916400, 27744338250, 27748802070, 27748324172, 27749419061, 27746356207, 27737428564, 27745127758, 27743106971, 27740896799, 27744305797, 27745088689, 27740666035, 27746342115, 27738199579, 27740762153, 27737281232, 27743325222, 27746268243, 27745288061, 27740898299, 27749872463, 27745954132, 27745638147, 27744773767, 27739426479, 27746491955, 27745537262, 27748680011, 27741378901, 27737713898</t>
+  </si>
+  <si>
+    <t>ESTRELABET</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 2511031414793235833, 2511031514794748459, 2511032114802730748, 2511031014789625849, 2511032114802616395, 2511031514794708361, 2511031514794757428, 2511032114802755035, 2511031914798853463, 2511031914798897516, 2511031514794719630, 2511031414793228898</t>
+  </si>
+  <si>
+    <t>APOSTATUDO</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: BRAVO, TRADICIONAL, APOSTATUDO - MARCAS VALIDADAS SEM PENDENCIA:  APOSTATUDO</t>
+  </si>
+  <si>
+    <t>BRAVO</t>
+  </si>
+  <si>
+    <t>TRADICIONAL</t>
   </si>
   <si>
     <t>LOTES AUSENTES</t>
   </si>
   <si>
-    <t>FALTA PELO MENOS UM LOTE DO TIPO carteiras</t>
-[...23 lines deleted...]
-    <t>TODAS AS MARCAS DO OPERADOR: APOSTA1, APOSTAMAX - MARCAS VALIDADAS SEM PENDENCIA:  APOSTAMAX</t>
+    <t>FALTA PELO MENOS UM LOTE DO TIPO apostaonline</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 2519608, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2513582, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2506961, 2520123, 2520123, 2520503, 2520503, 2520503, 2520503, 2520503, 2520503, 2520503, 2520503, 2520503, 2520503, 2507304, 2507304, 2507304, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2506966, 2517562, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2516862, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2510424, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2513829, 2521008, 2521008, 2521008, 2521008, 2521008, 2521008, 2521008, 2521008, 2521008, 2522221, 2524455, 2524455, 2523845, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2518643, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2515894, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2521328, 2519759, 2519759, 2519759, 2519759, 2514975, 2514975, 2516225, 2516225, 2516225, 2516225, 2516225, 2516225, 2516225, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515300, 2515436, 2515436, 2515436, 2520456, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2513176, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2524749, 2514201, 2514201, 2514201, 2514201, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2519110, 2521918, 2521918, 2521918, 2521918, 2521918, 2521918, 2521918, 2521918, 2521918, 2521918, 2521918, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2511800, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2514802, 2502209, 2502209, 2512605, 2512605, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2506404, 2509150, 2509150, 2509150, 2509150, 2520282, 2520282, 2520282, 2520282, 2520282, 2520282, 2520282, 2520282, 2520282, 2520282, 2497695, 2497695, 2497695, 2497695, 2497695, 2497695, 2497695, 2497695, 2497695, 2497695, 2497695, 2522460, 2522460, 2522460, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2502738, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2504129, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2492243, 2523827, 2523827, 2523827, 2523827, 2523827, 2492311, 2492311, 2518271, 2518271, 2518271, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2502545, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2517949, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2513955, 2502218, 2502218, 2502218, 2502218, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2525103, 2514220, 2514220, 2514220, 2514220, 2514220, 2514220, 2514220, 2514220, 2522228, 2522228, 2522228, 2522228, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2510910, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2524569, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2513189, 2518626, 2518626, 2518626, 2518626, 2518626, 2518626, 2518626, 2517790, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2524743, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2514772, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2502718, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2519027, 2516100, 2516100, 2516100, 2516100, 2516100, 2516100, 2516100, 2516100, 2516100, 2516100, 2516100, 2492659, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2522727, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2514400, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2518160, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2517434, 2510684, 2510684, 2510684, 2510684, 2510684, 2510684, 2510684, 2510684, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2516434, 2514713, 2510872, 2510872, 2510872, 2510872, 2510872, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2514804, 2523266, 2523266, 2523266, 2523266, 2523266, 2523266, 2523266, 2523266, 2523266, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2495015, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2518272, 2514811, 2514811, 2514811, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184, 2523184,</t>
   </si>
   <si>
     <t>BRXBET</t>
   </si>
   <si>
     <t>TODAS AS MARCAS DO OPERADOR: MULTIBET, RICOBET, BRXBET - MARCAS VALIDADAS SEM PENDENCIA:  BRXBET, RICOBET</t>
   </si>
   <si>
     <t>MULTIBET</t>
   </si>
   <si>
-    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 46966466126, 46966461325, 46966426587, 46966467876, 46966463613, 46966466263, 46966438930, 46966450763, 46966461944, 46966467383, 46966464537, 46966417405, 46966430497, 46966464305, 46966420313, 46966429862, 46966440645, 46966438444, 46966425523, 46966458439, 46966419630, 46966431344, 46966415816, 46966470869, 46966433040, 46966437695, 46966423777, 46966459358, 46966418405, 46966418055, 46966427604, 46966417290, 46966419256, 46966462145, 46966456953, 46966454111, 46966435305, 46966450946, 46966436406, 46966464009, 46966457612, 46966463932, 46966426520, 46966439170, 46966421723, 46966439742, 46966431036, 46966470681, 46966420728, 46966435223, 46966448905, 46966456522, 46966427240, 46966426760, 46966423360, 46966437335, 46966414878, 46966465640, 46966455589, 46966444845, 46966455463, 46966434045, 46966459900, 46966423571, 46966461058, 46966469303, 46966464617, 46966442597, 46966431845, 46966456922, 46966430440, 46966463865, 46966466962, 46966456193, 46966441322, 46966427954, 46966444206, 46966431143, 46966462948, 46966447526, 46966432233, 46966458943, 46966464538, 46966435895, 46966441210, 46966416788, 46966445498, 46966432449, 46966461032, 46966462238, 46966456186, 46966463400, 46966440782, 46966418007, 46966437224, 46966436704, 46966418457, 46966415039, 46966459012, 46966454230, 46966425192, 46966460392, 46966418334, 46966432114, 46966437169, 46966445526, 46966451123, 46966436414, 46966428706, 46966446940, 46966421097, 46966425174, 46966449468, 46966432705, 46966469025, 46966450908, 46966427187, 46966469668, 46966433038, 46966444103, 46966420072, 46966456889, 46966425387, 46966452460, 46966466428, 46966420871, 46966459962, 46966418231, 46966463408, 46966452443, 46966447588, 46966469361, 46966456747, 46966426975, 46966446873, 46966435435, 46966449387, 46966442731, 46966437894, 46966448476, 46966427102, 46966446642, 46966466187, 46966443281, 46966447288, 46966455140, 46966417047, 46966422266, 46966428475, 46966425657, 46966459387, 46966449157, 46966419398, 46966419080, 46966470895, 46966453662, 46966420066, 46966460024, 46966425512, 46966426348, 46966420485, 46966458684, 46966416623, 46966456850, 46966458992, 46966427894, 46966451759, 46966461365, 46966460427, 46966434775, 46966421536, 46966439557, 46966457742, 46966423611, 46966450299, 46966423599, 46966424918, 46966417277, 46966466481, 46966417015, 46966430624, 46966438591, 46966435835, 46966451306, 46966464472, 46966464978, 46966433104, 46966447407, 46966420439, 46966449680, 46966466843, 46966469327, 46966436904, 46966461625, 46966431054, 46966447379, 46966418924, 46966465534, 46966436229, 46966437188, 46966428200, 46966444054, 46966468529, 46966428118, 46966462022, 46966440345, 46966421405, 46966432165, 46966418576, 46966417194, 46966459563, 46966424877, 46966449562, 46966452481, 46966425318, 46966433869, 46966420261, 46966424241, 46966450074, 46966415086, 46966416366, 46966468310, 46966453200, 46966459413, 46966459043, 46966446292, 46966450899, 46966417331, 46966431242, 46966449775, 46966427837, 46966452606, 46966429585, 46966420098, 46966425383, 46966417383, 46966449202, 46966432015, 46966416105, 46966445248, 46966459516, 46966430285, 46966431624, 46966463695, 46966431703, 46966446382, 46966418535, 46966427926, 46966417569, 46966449406, 46966467939, 46966445754, 46966441445, 46966435324, 46966459951, 46966467062, 46966427453, 46966435221, 46966418378, 46966423268, 46966434133, 46966465907, 46966424036, 46966417397, 46966421815, 46966426618, 46966427338, 46966431849, 46966418139, 46966441701, 46966455432, 46966469543, 46966421703, 46966420186, 46966455329, 46966451674, 46966453900, 46966414900, 46966438315, 46966442767, 46966426804, 46966420881, 46966464897, 46966419889, 46966462519, 46966422156, 46966457317, 46966467252, 46966469942, 46966464806, 46966416160, 46966422596, 46966420564, 46966440704, 46966426617, 46966422998, 46966454864, 46966444162, 46966437662, 46966435968, 46966426730, 46966428594, 46966434046, 46966443948, 46966432486, 46966451052, 46966458279, 46966449917, 46966448469, 46966453356, 46966443186, 46966461937, 46966438089, 46966415205, 46966442323, 46966445894, 46966457392, 46966460580, 46966448296, 46966431314, 46966454559, 46966432392, 46966452066, 46966447819, 46966463507, 46966453948, 46966462190, 46966429460, 46966470484, 46966415415, 46966433705, 46966446440, 46966415865, 46966455246, 46966444711, 46966416264, 46966467578, 46966425928, 46966467317, 46966449698, 46966440211, 46966438010, 46966459654, 46966425073, 46966438831, 46966412661, 46966445175, 46966418198, 46966426297, 46966426279, 46966424429, 46966435789, 46966463553, 46966449838, 46966450211, 46966417559, 46966427882, 46966416265, 46966452115, 46966424357, 46966443402, 46966449177, 46966461597, 46966449385, 46966454518, 46966436908, 46966447078, 46966427824, 46966429402, 46966469567, 46966459198, 46966425533, 46966450414, 46966430224, 46966428879, 46966454033, 46966419168, 46966456928, 46966448102, 46966435448, 46966466917, 46966440415, 46966455064, 46966429611, 46966425275, 46966467298, 46966433338, 46966437479, 46966444412, 46966415075, 46966451119, 46966437854, 46966463222, 46966449261, 46966417836, 46966438057, 46966431396, 46966460877, 46966455790, 46966467277, 46966448666, 46966424842, 46966434971, 46966430978, 46966418260, 46966430714, 46966453912, 46966420090, 46966464836, 46966468126, 46966423086, 46966440260, 46966422842, 46966424404, 46966459910, 46966465861, 46966466665, 46966439350, 46966466029, 46966465673, 46966462242, 46966444809, 46966455263, 46966460569, 46966464980, 46966414658, 46966415775, 46966468509, 46966447938, 46966438652, 46966457584, 46966453378, 46966414430, 46966434557, 46966458035, 46966457837, 46966416364, 46966424630, 46966414043, 46966466925, 46966427014, 46966451339, 46966455056, 46966444090, 46966414670, 46966435875, 46966418172, 46966431598, 46966441528, 46966416800, 46966448353, 46966415694, 46966432606, 46966417285, 46966465465, 46966416365, 46966432849, 46966430652, 46966429313, 46966419560, 46966438681, 46966467918, 46966435549, 46966467653, 46966456150, 46966419721, 46966436152, 46966418062, 46966424275, 46966439639, 46966426383, 46966458557, 46966461383, 46966456214, 46966431835, 46966470000, 46966463464, 46966452451, 46966439330, 46966457155, 46966436615, 46966467544, 46966436711, 46966436897, 46966441162, 46966470765, 46966444142, 46966427998, 46966456634, 46966467137, 46966466771, 46966446616, 46966422595, 46966469207, 46966460231, 46966467986, 46966461409, 46966450168, 46966442317, 46966421629, 46966423361, 46966416485, 46966450357, 46966443733, 46966468519, 46966452157, 46966435460, 46966467081, 46966420273, 46966465527, 46966428143, 46966465294, 46966428047, 46966437039, 46966431596, 46966447864, 46966450635, 46966453831, 46966466873, 46966436830, 46966416073, 46966425804, 46966458510, 46966427674, 46966442487, 46966422044, 46966422322, 46966430004, 46966466998, 46966454643, 46966468100, 46966435361, 46966418731, 46966428046, 46966416595, 46966424928, 46966429518, 46966466955, 46966460135, 46966414838, 46966436391, 46966424903, 46966465935, 46966434026, 46966425747, 46966456513, 46966436511, 46966421730, 46966468385, 46966444712, 46966427778, 46966438356, 46966435420, 46966435279, 46966442342, 46966466134, 46966461663, 46966457101, 46966414928, 46966445511, 46966442570, 46966466547, 46966452687, 46966454914, 46966462064, 46966435046, 46966419376, 46966420390, 46966461199, 46966424081, 46966434355, 46966421693, 46966462888, 46966465409, 46966437826, 46966447340, 46966446764, 46966457218, 46966426662, 46966450418, 46966462912, 46966467465, 46966458496, 46966458234, 46966424966, 46966447330, 46966445678, 46966449001, 46966443574, 46966445697, 46966442970, 46966420130, 46966460249, 46966435418, 46966429020, 46966466651, 46966437332, 46966439092, 46966417983, 46966430346, 46966443112, 46966436257, 46966467002, 46966445631, 46966448775, 46966466740, 46966445927, 46966421619, 46966455092, 46966470432, 46966458670, 46966435925, 46966460673, 46966416216, 46966437843, 46966423694, 46966442964, 46966430471, 46966460938, 46966466523, 46966427118, 46966453697, 46966451479, 46966438754, 46966468008, 46966445055, 46966426041, 46966461481, 46966439394, 46966424632, 46966461304, 46966417496, 46966455875, 46966463091, 46966466196, 46966462171, 46966459307, 46966457276, 46966419611, 46966464863, 46966420151, 46966452275, 46966468173, 46966446918, 46966469107, 46966445970, 46966463344, 46966415556, 46966414740, 46966410319, 46966430304, 46966467776, 46966441132, 46966429500, 46966419445, 46966450569, 46966445651, 46966416816, 46966465632, 46966425397, 46966459313, 46966452716, 46966451694, 46966467145, 46966458508, 46966425670, 46966434540, 46966437337, 46966468252, 46966451866, 46966433340, 46966458175, 46966420329, 46966455168, 46966422335, 46966438788, 46966423903, 46966464711, 46966419512, 46966417440, 46966454437, 46966446499, 46966457955, 46966453552, 46966430186, 46966424583, 46966464340, 46966438108, 46966467083, 46966432038, 46966450710, 46966419642, 46966470581, 46966435807, 46966434335, 46966441212, 46966451998, 46966462005, 46966422940, 46966419909, 46966423691, 46966454744, 46966465321, 46966426915, 46966449545, 46966425245, 46966427961, 46966433272, 46966465770, 46966441156, 46966454315, 46966460609, 46966423518, 46966419525, 46966415773, 46966440825, 46966451335, 46966428960, 46966449690, 46966423831, 46966426012, 46966430805, 46966431454, 46966460272, 46966452033, 46966430873, 46966464205, 46966461296, 46966455999, 46966456699, 46966453142, 46966418108, 46966421454, 46966420174, 46966435051, 46966434121, 46966462315, 46966439888, 46966418051, 46966454190, 46966415377, 46966455282, 46966440767, 46966441247, 46966444601, 46966449199, 46966425865, 46966470733, 46966461999, 46966437340, 46966435258, 46966419725, 46966448246, 46966449662, 46966415573, 46966424116, 46966444440, 46966420657, 46966432668, 46966418654, 46966435259, 46966446957, 46966451796, 46966450960, 46966434707, 46966418511, 46966466589, 46966436316, 46966451539, 46966416117, 46966436979, 46966438383, 46966418720, 46966418112, 46966448501, 46966446927, 46966443104, 46966445373, 46966428029, 46966449339, 46966462371, 46966455834, 46966461598, 46966470268, 46966427496, 46966428170, 46966460152, 46966428742, 46966453633, 46966449178, 46966430085, 46966470170, 46966460973, 46966467048, 46966438665, 46966449612, 46966434860, 46966449470, 46966433683, 46966430695, 46966449786, 46966426736, 46966452153, 46966429255, 46966470863, 46966460841, 46966446849, 46966415568, 46966439627, 46966440556, 46966456446, 46966462768, 46966460862, 46966427483, 46966459815, 46966468104, 46966414930, 46966440994, 46966427919, 46966416249, 46966469593, 46966415863, 46966433885, 46966424008, 46966460887, 46966426483, 46966466576, 46966460563, 46966433536, 46966417076, 46966438467, 46966442694, 46966419003, 46966430407, 46966444450, 46966436412, 46966438276, 46966455760, 46966467074, 46966452418, 46966440740, 46966460931, 46966463959, 46966423946, 46966424020, 46966440619, 46966442255, 46966430521, 46966456548, 46966417099, 46966429840, 46966419606, 46966448959, 46966451624, 46966424131, 46966442022, 46966437451, 46966445413, 46966461877, 46966420412, 46966433076, 46966432769, 46966437598, 46966414809, 46966463370, 46966469605, 46966426170, 46966429496, 46966453898, 46966460105, 46966467060, 46966466626, 46966439855, 46966433590, 46966432124, 46966454467, 46966464214, 46966458959, 46966436029, 46966434086, 46966459618, 46966430307, 46966429268, 46966443479, 46966426056, 46966457233, 46966422210, 46966466656, 46966432974, 46966421752, 46966420010, 46966428597, 46966433923, 46966430441, 46966462796, 46966452955, 46966430011, 46966460506, 46966443341, 46966466047, 46966450187, 46966446120, 46966444038, 46966417725, 46966416205, 46966448956, 46966448852, 46966421675, 46966444225, 46966470739, 46966460765, 46966438129, 46966415954, 46966452420, 46966429878, 46966459078, 46966425546, 46966433805, 46966454038, 46966465315, 46966469819, 46966435121, 46966420454, 46966437867, 46966465066, 46966414011, 46966429622, 46966470296, 46966465511, 46966457390, 46966455454, 46966460866, 46966428207, 46966457205, 46966433116, 46966461917, 46966425634, 46966419745, 46966453137, 46966459270, 46966425157, 46966458987, 46966466238, 46966465566, 46966421712, 46966449845, 46966431475, 46966419101, 46966425070, 46966465185, 46966461390, 46966427083, 46966415134, 46966447727, 46966456160, 46966441711, 46966414449, 46966427669, 46966470859, 46966442668, 46966430942, 46966436559, 46966465219, 46966463184, 46966419727, 46966443073, 46966432903, 46966430485, 46966465455, 46966433661, 46966464368, 46966454811, 46966417962, 46966450770, 46966429051, 46966417468, 46966469706, 46966452474, 46966422123, 46966431621, 46966470078, 46966434934, 46966446492, 46966463882, 46966430019, 46966439823, 46966440084, 46966435133, 46966416774, 46966460381, 46966421754, 46966440913, 46966467131, 46966423345, 46966445464, 46966440255, 46966464345, 46966422899, 46966425351, 46966461021, 46966436557, 46966455721, 46966467696, 46966460619, 46966455228, 46966415667, 46966456240, 46966450563, 46966448808, 46966466395, 46966427644, 46966435700, 46966421305, 46966469618, 46966454249, 46966430124, 46966448919, 46966467630, 46966453910, 46966443438, 46966415480, 46966454667, 46966466237, 46966462508, 46966457534, 46966451743, 46966441973, 46966437304, 46966436720, 46966454857, 46966425611, 46966414542, 46966420800, 46966456111, 46966446563, 46966420716, 46966463331, 46966429087, 46966467453, 46966437326, 46966463638, 46966422757, 46966452861, 46966428480, 46966466009, 46966419639, 46966429910, 46966439112, 46966432221, 46966438062, 46966429678, 46966441906, 46966448445, 46966466682, 46966426223, 46966444630, 46966443651, 46966417497, 46966430405, 46966426548, 46966431717, 46966416241, 46966461394, 46966429480, 46966442933, 46966455688, 46966461548, 46966436515, 46966427183, 46966444365, 46966433568, 46966437815, 46966419924, 46966467284, 46966446966, 46966449756, 46966451195, 46966455947, 46966446899, 46966460683, 46966430842, 46966424540, 46966459268, 46966442453, 46966421275, 46966468327, 46966441627, 46966443953, 46966450042, 46966462397, 46966447555, 46966437769, 46966463015, 46966444069, 46966445119, 46966414590, 46966453054, 46966444884, 46966443333, 46966443501, 46966457554, 46966461618, 46966416541, 46966456123, 46966449781, 46966453024, 46966444943, 46966430778, 46966441302, 46966416320, 46966415211, 46966444044, 46966467985, 46966419225, 46966442871, 46966431847, 46966414097, 46966415198, 46966466226, 46966445881, 46966440794, 46966467706, 46966445461, 46966418916, 46966435441, 46966460198, 46966424434, 46966419435, 46966467443, 46966436120, 46966452871, 46966416225, 46966447420, 46966431400, 46966464080, 46966438943, 46966445570, 46966412102, 46966428532, 46966446690, 46966418573, 46966442961, 46966456184, 46966416421, 46966446968, 46966423149, 46966432753, 46966432303, 46966445571, 46966430858, 46966433934, 46966420342, 46966425807, 46966435005, 46966447771, 46966423115, 46966468901, 46966457512, 46966469505, 46966438066, 46966465531, 46966458693, 46966450422, 46966437623, 46966429531, 46966461513, 46966466806, 46966436393, 46966462401, 46966445129, 46966470148, 46966439296, 46966441429, 46966425108, 46966468909, 46966440423, 46966467387, 46966456677, 46966452812, 46966429143, 46966441192, 46966461393, 46966433698, 46966454824, 46966465797, 46966430421, 46966451097, 46966465357, 46966447880, 46966466250, 46966461231, 46966446789, 46966438615, 46966434443, 46966424915, 46966456766, 46966424948, 46966420207, 46966449594, 46966456401, 46966448687, 46966415806, 46966429129, 46966421544, 46966463375, 46966459718, 46966444588, 46966455844, 46966442993, 46966469185, 46966422687, 46966417751, 46966454010, 46966426334, 46966442059, 46966440511, 46966457689, 46966446197, 46966463939, 46966459003, 46966453022, 46966428877, 46966420540, 46966414737, 46966438972, 46966464891, 46966454652, 46966447666, 46966453389, 46966419481, 46966443344, 46966451536, 46966415216, 46966452638, 46966469728, 46966465874, 46966415424, 46966459243, 46966415382, 46966424062, 46966429576, 46966435814, 46966441939, 46966427424, 46966454670, 46966464365, 46966464453, 46966435769, 46966417716, 46966445925, 46966435613, 46966415757, 46966456542, 46966467127, 46966432433, 46966428728, 46966418242, 46966461133, 46966465708, 46966449625, 46966430820, 46966459885, 46966425260, 46966415919, 46966435338, 46966420091, 46966432145, 46966423222, 46966440970, 46966461043, 46966451556, 46966444893, 46966449843, 46966449119, 46966434631, 46966420760, 46966417828, 46966434904, 46966444262, 46966421749, 46966422183, 46966440077, 46966444318, 46966421451, 46966431159, 46966457561, 46966436147, 46966437255, 46966423200, 46966448911, 46966419196, 46966436652, 46966414165, 46966468951, 46966445406, 46966440405, 46966463994, 46966420153, 46966456394, 46966464777, 46966416453, 46966423709, 46966449290, 46966467973, 46966432178, 46966418222, 46966440798, 46966442906, 46966432002, 46966417938, 46966441980, 46966459501, 46966423099, 46966438924, 46966437344, 46966452979, 46966429592, 46966443312, 46966438091, 46966438001, 46966452126, 46966458453, 46966419981, 46966448002, 46966421817, 46966453855, 46966461808, 46966421605, 46966465125, 46966447994, 46966456380, 46966461028, 46966415821, 46966432870, 46966466752, 46966417134, 46966440116, 46966460334, 46966426780, 46966451067, 46966434846, 46966445600, 46966451205, 46966463510, 46966454434, 46966430185, 46966428421, 46966418252, 46966448527, 46966431434, 46966448745, 46966444417, 46966465400, 46966451773, 46966426824, 46966448594, 46966444296, 46966422109, 46966445005, 46966439545, 46966434051, 46966429519, 46966458655, 46966427207, 46966462457, 46966442844, 46966433984, 46966456811, 46966452393, 46966418713, 46966468921, 46966464779, 46966431387, 46966456936, 46966448018, 46966435360, 46966468094, 46966457067, 46966444507, 46966432088, 46966442038, 46966426355, 46966429882, 46966433357, 46966420455, 46966468879, 46966448273, 46966460881, 46966465148, 46966442778, 46966438031, 46966458251, 46966470949, 46966464629, 46966429044, 46966445928, 46966423941, 46966434476, 46966443295, 46966424648, 46966431570, 46966461847, 46966449867, 46966415810, 46966445385, 46966419879, 46966418661, 46966461608, 46966444238, 46966431097, 46966449628, 46966446674, 46966445677, 46966462321, 46966458879, 46966431082, 46966417656, 46966469620, 46966444797, 46966467751, 46966422005, 46966462940, 46966429400, 46966435038, 46966430865, 46966421725, 46966422825, 46966451882, 46966449231, 46966428247, 46966429975, 46966439641, 46966465807, 46966432649, 46966459230, 46966422409, 46966443871, 46966432637, 46966438857, 46966449611, 46966442076, 46966451774, 46966420438, 46966415332, 46966425085, 46966437591, 46966444395, 46966435887, 46966431939, 46966425036, 46966452009, 46966450627, 46966420353, 46966437008, 46966432075, 46966449367, 46966433318, 46966433450, 46966427151, 46966442099, 46966435488, 46966416147, 46966440723, 46966433127, 46966437411, 46966463951, 46966421856, 46966426837, 46966430470, 46966449037, 46966429353, 46966424287, 46966419950, 46966451972, 46966463898, 46966451313, 46966440907, 46966457306, 46966420575, 46966431459, 46966462126, 46966414087, 46966468365, 46966414624, 46966436625, 46966454459, 46966463235, 46966470651, 46966463057, 46966459180, 46966457516, 46966419171, 46966439932, 46966469689, 46966427536, 46966435576, 46966462388, 46966434760, 46966462262, 46966464445, 46966437371, 46966449307, 46966445763, 46966425235, 46966436537, 46966459671, 46966465350, 46966462503, 46966447563, 46966424681, 46966445426, 46966442017, 46966417973, 46966431891, 46966445828, 46966414359, 46966468763, 46966457563, 46966448255, 46966425217, 46966449413, 46966421528, 46966423202, 46966419104, 46966444823, 46966461798, 46966424996, 46966442257, 46966462028, 46966420667, 46966417425, 46966435742, 46966441241, 46966453167, 46966460243, 46966443332, 46966456743, 46966454275, 46966452364, 46966420798, 46966417756, 46966420119, 46966415613, 46966442261, 46966424722, 46966428346, 46966434886, 46966427452, 46966453237, 46966454256, 46966466439, 46966455798, 46966458450, 46966440944, 46966448345, 46966461645, 46966457159, 46966448785, 46966429875, 46966435919, 46966416132, 46966428801, 46966447451, 46966455842, 46966426970, 46966429214, 46966458610, 46966461248, 46966434298, 46966439332, 46966429008, 46966436284, 46966450945, 46966440830, 46966465420, 46966425185, 46966464550, 46966467936, 46966460281, 46966445187, 46966458492, 46966451065, 46966465493, 46966457524, 46966424674, 46966459498, 46966461804, 46966447579, 46966463963, 46966437073, 46966463819, 46966462033, 46966442718, 46966438956, 46966431773, 46966435882, 46966465525, 46966448675, 46966466108, 46966458065, 46966414914, 46966451175, 46966441977, 46966425122, 46966444870, 46966458512, 46966466719, 46966452448, 46966418572, 46966432160, 46966421504, 46966438045, 46966441506, 46966430991, 46966442437, 46966423377, 46966425550, 46966430895, 46966434334, 46966438532, 46966439442, 46966423081, 46966453031, 46966416661, 46966425920, 46966453296, 46966442032, 46966425871, 46966464414, 46966446415, 46966415308, 46966465880, 46966423484, 46966427601, 46966466684, 46966425198, 46966462384, 46966444920, 46966416571, 46966440349, 46966462718, 46966414303, 46966434096, 46966450527, 46966460354, 46966460916, 46966454550, 46966432375, 46966428080, 46966433839, 46966447356, 46966468296, 46966459595, 46966434083, 46966460807, 46966456853, 46966422804, 46966424693, 46966436851, 46966415897, 46966433871, 46966417415, 46966424538, 46966450485, 46966435676, 46966463442, 46966425205, 46966430674, 46966459853, 46966419116, 46966443368, 46966415780, 46966448805, 46966427902, 46966425510, 46966436642, 46966426764, 46966417655, 46966461367, 46966461263, 46966442424, 46966446365, 46966462113, 46966435885, 46966414263, 46966418679, 46966463144, 46966441673, 46966439472, 46966467868, 46966426748, 46966439554, 46966420723, 46966453473, 46966449465, 46966446439, 46966437139, 46966454503, 46966460293, 46966430001, 46966422673, 46966428652, 46966429444, 46966414015, 46966446884, 46966470306, 46966470430, 46966448939, 46966431950, 46966422167, 46966454330, 46966452147, 46966438913, 46966437627, 46966453728, 46966419242, 46966469632, 46966426517, 46966451891, 46966425426, 46966424106, 46966438084, 46966441179, 46966469681, 46966469345, 46966435236, 46966454803, 46966425645, 46966414516, 46966460541, 46966457353, 46966447275, 46966427373, 46966420899, 46966441801, 46966449548, 46966453535, 46966440667, 46966417829, 46966458560, 46966458980, 46966414074, 46966470821, 46966460577, 46966459971, 46966466868, 46966428195, 46966458347, 46966414407, 46966449054, 46966469791, 46966438000, 46966438736, 46966442195, 46966420307, 46966462304, 46966440946, 46966460633, 46966420396, 46966436407, 46966415892, 46966439521, 46966416884, 46966448734, 46966434836, 46966453639, 46966464971, 46966456740, 46966445324, 46966461234, 46966437748, 46966435650, 46966429638, 46966463352, 46966425584, 46966423495, 46966464151, 46966429950, 46966421701, 46966425443, 46966455813, 46966441390, 46966466302, 46966446859, 46966459265, 46966450692, 46966452506, 46966464006, 46966458870, 46966432109, 46966456730, 46966443711, 46966432957, 46966449858, 46966443477, 46966417443, 46966445148, 46966466469, 46966455440, 46966435539, 46966466770, 46966432526, 46966467690, 46966427765, 46966423007, 46966448400, 46966434140, 46966424846, 46966455704, 46966411797, 46966461011, 46966440428, 46966424315, 46966452468, 46966426441, 46966434233, 46966423135, 46966456724, 46966466579, 46966465677, 46966464603, 46966425025, 46966433724, 46966450096, 46966458415, 46966448140, 46966450783, 46966434336, 46966470416, 46966469157, 46966459546, 46966420551, 46966447066, 46966426609, 46966462129, 46966426227, 46966463027, 46966440908, 46966442375, 46966458622, 46966427724, 46966468663, 46966442116, 46966449417, 46966428357, 46966419004, 46966452778, 46966426655, 46966460083, 46966426580, 46966432309, 46966428724, 46966438706, 46966415083, 46966467491, 46966462867, 46966447807, 46966449525, 46966440038, 46966415264, 46966439719, 46966450278, 46966453491, 46966460102, 46966466375, 46966419759, 46966444117, 46966456493, 46966465362, 46966439073, 46966454538, 46966443155, 46966425818, 46966451441, 46966456420, 46966419463, 46966444356, 46966447684, 46966448288, 46966422027, 46966427616, 46966456282, 46966440675, 46966420068, 46966422216, 46966448665, 46966419306, 46966454861, 46966446925, 46966461093, 46966434919, 46966443196, 46966418930, 46966438523, 46966449632, 46966446508, 46966419775, 46966466585, 46966468849, 46966436196, 46966441138, 46966423472, 46966453178, 46966414092, 46966426613, 46966441324, 46966462467, 46966432312, 46966461106, 46966429612, 46966452591, 46966450983, 46966452763, 46966470332, 46966436786, 46966466098, 46966451406, 46966429465, 46966462925, 46966428673, 46966463639, 46966467260, 46966439447, 46966466008, 46966458165, 46966415708, 46966453837, 46966442411, 46966459694, 46966425996, 46966470394, 46966424808, 46966420891, 46966439229, 46966443884, 46966414932, 46966464254, 46966452304, 46966467631, 46966470480, 46966444284, 46966434406, 46966467404, 46966448723, 46966457181, 46966434389, 46966447133, 46966456729, 46966431092, 46966422541, 46966443939, 46966465181, 46966420857, 46966427542, 46966440638, 46966438087, 46966439947, 46966466926, 46966446061, 46966414537, 46966453433, 46966417075, 46966457658, 46966452371, 46966443861, 46966451319, 46966429311, 46966418324, 46966429077, 46966466792, 46966468200, 46966456234, 46966425534, 46966442197, 46966428682, 46966457906, 46966459520, 46966463540, 46966417220, 46966434351, 46966444439, 46966407728, 46966429310, 46966444702, 46966467223, 46966466561, 46966470364, 46966435534, 46966458240, 46966422803, 46966464331, 46966440919, 46966466911, 46966462324, 46966445860, 46966446502, 46966444533, 46966442176, 46966420538, 46966430602, 46966465316, 46966415490, 46966419628, 46966447317, 46966470789, 46966430375, 46966419047, 46966464615, 46966452929, 46966435114, 46966424047, 46966462463, 46966423806, 46966446341, 46966465506, 46966419845, 46966444846, 46966454226, 46966456987, 46966449355, 46966456355, 46966432941, 46966424156, 46966456544, 46966449440, 46966423033, 46966462878, 46966420713, 46966449441, 46966451738, 46966420024, 46966446033, 46966423812, 46966429937, 46966425288, 46966450711, 46966440649, 46966435026, 46966419990, 46966429303, 46966423414, 46966417640, 46966436416, 46966421921, 46966422949, 46966414143, 46966436512, 46966438377, 46966417788, 46966469614, 46966432706, 46966447328, 46966431455, 46966428114, 46966463342, 46966441571, 46966453065, 46966420486, 46966421462, 46966414282, 46966458895, 46966424779, 46966435163, 46966417162, 46966421136, 46966440847, 46966465193, 46966457712, 46966427550, 46966441375, 46966469601, 46966414579, 46966437879, 46966465456, 46966431916, 46966452340, 46966420469, 46966440865, 46966421519, 46966443507, 46966422343, 46966438806, 46966453369, 46966445512, 46966416547, 46966457192, 46966460902, 46966451187, 46966441394, 46966425371, 46966436803, 46966424843, 46966461996, 46966418561, 46966463584, 46966421989, 46966426996, 46966459020, 46966439240, 46966416433, 46966464613, 46966432311, 46966424515, 46966441964, 46966467466, 46966417848, 46966420835, 46966456020, 46966464557, 46966456800, 46966423179, 46966451248, 46966470378, 46966455194, 46966454268, 46966423229, 46966435002, 46966460586, 46966423911, 46966446352, 46966444235, 46966422326, 46966467610, 46966430632, 46966416098, 46966425339, 46966430318, 46966437945, 46966427728, 46966451333, 46966434618, 46966421287, 46966419857, 46966446274, 46966434404, 46966457625, 46966431104, 46966439139, 46966450828, 46966414840, 46966431997, 46966456798, 46966468665, 46966425856, 46966459291, 46966463927, 46966445171, 46966456223, 46966420854, 46966422068, 46966419891, 46966430313, 46966449754, 46966428014, 46966466997, 46966424470, 46966442563, 46966450459, 46966441347, 46966444158, 46966419339, 46966428105, 46966417118, 46966449953, 46966440326, 46966418964, 46966414331, 46966422959, 46966451131, 46966432339, 46966419113, 46966455918, 46966439216, 46966421111, 46966418947, 46966423857, 46966429665, 46966442748, 46966461855, 46966434131, 46966463113, 46966435041, 46966430653, 46966432197, 46966469085, 46966427472, 46966430397, 46966420671, 46966458020, 46966418585, 46966462326, 46966465928, 46966435031, 46966465198, 46966439455, 46966448640, 46966415071, 46966451751, 46966420917, 46966427492, 46966441259, 46966442873, 46966453289, 46966470316, 46966469657, 46966426244, 46966463322, 46966449103, 46966425357, 46966454065, 46966428739, 46966439879, 46966455377, 46966460070, 46966433239, 46966459826, 46966470492, 46966443005, 46966414781, 46966466746, 46966423270, 46966461377, 46966461399, 46966444851, 46966466386, 46966463177, 46966416232, 46966442513, 46966431525, 46966429544, 46966455288, 46966439968, 46966461883, 46966467476, 46966431524, 46966414622, 46966432390, 46966433012, 46966435265, 46966422864, 46966461149, 46966429185, 46966453376, 46966420498, 46966422067, 46966445266, 46966418265, 46966461114, 46966464725, 46966450687, 46966444368, 46966440976, 46966428271, 46966446963, 46966426485, 46966455423, 46966420154, 46966454007, 46966438603, 46966428602, 46966448704, 46966417579, 46966456046, 46966423297, 46966429864, 46966441455, 46966440643, 46966439204, 46966440317, 46966418369, 46966443066, 46966457033, 46966445073, 46966433888, 46966444553, 46966443088, 46966457149, 46966447545, 46966467852, 46966450071, 46966445154, 46966417369, 46966448376, 46966415443, 46966464889, 46966418977, 46966418597, 46966452826, 46966417302, 46966459765, 46966449739, 46966424726, 46966467089, 46966461314, 46966423175, 46966467019, 46966434704, 46966438006, 46966418656, 46966430414, 46966424441, 46966416600, 46966436595, 46966436491, 46966456597, 46966461109, 46966458806, 46966415007, 46966466357, 46966456642, 46966419519, 46966434376, 46966436891, 46966430130, 46966467112, 46966459195, 46966454777, 46966430625, 46966428076, 46966461124, 46966460404, 46966429178, 46966427236, 46966417723, 46966458330, 46966420910, 46966426125, 46966427333, 46966464714, 46966453958, 46966462037, 46966449821, 46966430836, 46966437381, 46966462930, 46966423555, 46966420183, 46966457502, 46966461528, 46966423749, 46966458312, 46966417701, 46966421063, 46966468981, 46966421189, 46966443274, 46966418632, 46966450576, 46966429561, 46966450240, 46966416664, 46966426371, 46966427189, 46966447568, 46966466055, 46966423605, 46966419235, 46966415843, 46966463760, 46966455734, 46966414274, 46966467994, 46966422042, 46966441496, 46966415548, 46966459605, 46966444249, 46966460304, 46966416029, 46966461274, 46966416497, 46966444426, 46966439720, 46966436678, 46966417268, 46966423042, 46966416924, 46966435855, 46966466904, 46966460679, 46966415885, 46966434158, 46966444196, 46966453777, 46966416979, 46966416345, 46966421178, 46966428561, 46966419632, 46966454347, 46966453326, 46966452256, 46966454178, 46966448180, 46966470274, 46966429842, 46966461860, 46966467798, 46966422022, 46966457737, 46966417292, 46966426619, 46966430548, 46966427125, 46966438243, 46966430515, 46966413606, 46966435146, 46966420305, 46966462306, 46966433235, 46966448680, 46966420651, 46966458749, 46966470683, 46966470717, 46966418944, 46966431696, 46966426874, 46966438904, 46966418221, 46966420965, 46966418863, 46966444301, 46966427109, 46966438385, 46966421066, 46966427527, 46966417032, 46966417968, 46966433498, 46966419417, 46966433921, 46966443617, 46966417081, 46966453923, 46966431751, 46966470108, 46966436428, 46966464027, 46966443712, 46966416844, 46966459807, 46966449649, 46966424889, 46966433732, 46966453102, 46966414901, 46966451487, 46966466019, 46966417251, 46966433897, 46966442838, 46966435903, 46966466422, 46966437677, 46966447531, 46966432416, 46966428259, 46966462902, 46966428162, 46966419231, 46966431073, 46966449272, 46966424764, 46966449726, 46966418245, 46966457278, 46966468457, 46966434524, 46966418476, 46966420668, 46966459149, 46966427415, 46966425781, 46966431108, 46966459137, 46966434175, 46966461442, 46966469767, 46966415485, 46966427162, 46966414329, 46966429753, 46966460251, 46966438149, 46966444027, 46966418504, 46966466614, 46966422810, 46966452010, 46966427251, 46966434265, 46966424858, 46966428136, 46966431781, 46966458937, 46966416668, 46966454685, 46966466732, 46966465168, 46966459019, 46966426845, 46966465374, 46966439224, 46966420335, 46966464699, 46966420507, 46966432826, 46966431544, 46966427807, 46966444033, 46966462961, 46966429369, 46966432783, 46966430321, 46966445530, 46</t>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 46966465678, 46966466576, 46966428541, 46966451260, 46966460563, 46966430382, 46966465034, 46966461967, 46966416364, 46966458981, 46966454633, 46966444104, 46966467743, 46966418645, 46966417971, 46966436042, 46966444450, 46966439728, 46966461944, 46966442181, 46966431159, 46966456041, 46966460299, 46966431598, 46966416124, 46966441958, 46966446584, 46966438816, 46966442255, 46966447352, 46966420153, 46966414074, 46966416086, 46966437451, 46966443234, 46966439235, 46966456953, 46966430944, 46966434814, 46966444372, 46966440947, 46966443647, 46966421085, 46966462118, 46966449404, 46966439216, 46966468325, 46966439521, 46966417040, 46966458959, 46966465905, 46966467147, 46966424130, 46966424606, 46966441697, 46966427680, 46966464501, 46966428090, 46966466913, 46966421701, 46966429245, 46966457155, 46966455813, 46966449669, 46966436059, 46966465640, 46966420691, 46966427998, 46966451205, 46966429004, 46966422595, 46966416205, 46966442597, 46966426992, 46966418778, 46966432640, 46966421629, 46966416961, 46966445376, 46966442421, 46966418621, 46966443005, 46966416485, 46966433783, 46966428998, 46966455704, 46966414354, 46966428047, 46966414136, 46966427435, 46966429519, 46966466386, 46966445095, 46966418713, 46966426812, 46966458608, 46966442867, 46966469071, 46966461883, 46966460417, 46966421872, 46966435827, 46966466998, 46966425783, 46966456187, 46966439355, 46966426355, 46966423810, 46966445266, 46966470486, 46966434718, 46966439830, 46966421317, 46966463781, 46966431475, 46966463094, 46966442725, 46966444553, 46966426655, 46966439533, 46966467852, 46966416992, 46966436066, 46966426580, 46966426608, 46966414089, 46966419409, 46966434185, 46966467414, 46966416184, 46966419250, 46966444031, 46966458190, 46966445088, 46966468677, 46966470246, 46966432573, 46966421168, 46966430044, 46966417468, 46966424185, 46966447551, 46966460024, 46966425818, 46966451441, 46966437858, 46966434830, 46966430163, 46966463882, 46966428078, 46966442076, 46966457503, 46966451966, 46966444395, 46966465424, 46966438523, 46966457742, 46966416397, 46966416729, 46966454166, 46966464023, 46966427500, 46966466585, 46966445678, 46966435835, 46966452284, 46966449367, 46966451306, 46966464978, 46966414092, 46966462489, 46966428009, 46966467696, 46966431290, 46966427501, 46966427380, 46966452591, 46966420183, 46966462084, 46966449680, 46966458312, 46966436904, 46966448592, 46966450240, 46966436885, 46966441638, 46966463743, 46966419950, 46966447482, 46966469381, 46966447568, 46966466055, 46966419503, 46966462892, 46966462344, 46966438222, 46966434520, 46966458220, 46966470432, 46966425611, 46966425577, 46966420682, 46966445021, 46966435925, 46966441760, 46966423694, 46966420470, 46966422138, 46966430471, 46966422293, 46966433869, 46966452777, 46966454823, 46966430644, 46966436063, 46966457181, 46966461965, 46966459043, 46966443480, 46966415885, 46966442017, 46966443939, 46966443536, 46966469716, 46966434715, 46966454092, 46966415447, 46966447604, 46966443861, 46966450430, 46966418324, 46966463817, 46966434181, 46966453644, 46966464808, 46966458715, 46966420119, 46966415243, 46966457576, 46966467939, 46966464287, 46966449898, 46966448508, 46966416605, 46966450042, 46966447555, 46966417670, 46966463277, 46966453762, 46966444702, 46966418043, 46966456520, 46966437958, 46966416445, 46966468755, 46966432128, 46966440830, 46966423550, 46966440010, 46966444943, 46966463435, 46966448174, 46966424818, 46966419225, 46966441675, 46966428108, 46966416844, 46966463487, 46966469942, 46966416628, 46966419866, 46966416160, 46966446499, 46966453552, 46966448851, 46966424583, 46966449340, 46966435882, 46966454226, 46966466314, 46966435903, 46966466422, 46966449355, 46966420078, 46966456355, 46966439117, 46966456149, 46966462902, 46966417219, 46966432629, 46966457392, 46966462572, 46966421155, 46966457278, 46966458963, 46966423882, 46966418572, 46966422582, 46966447321, 46966436937, 46966454315, 46966433691, 46966457512, 46966459934, 46966430895, 46966419283, 46966415485, 46966439442, 46966452511, 46966449655, 46966457271, 46966467908, 46966464322, 46966430954, 46966436393, 46966434265, 46966428600, 46966459018, 46966423067, 46966468403, 46966452705, 46966433323, 46966446162, 46966438544, 46966455999, 46966426845, 46966420368, 46966442934, 46966424429, 46966436583, 46966428114, 46966459960, 46966470308, 46966469267, 46966420909, 46966428080, 46966470544, 46966466032, 46966429071, 46966460993, 46966421704, 46966438615, 46966430321, 46966448570, 46966453597, 46966469567, 46966435865, 46966444115, 46966430674, 46966415614, 46966445161, 46966457025, 46966428993, 46966465456, 46966419603, 46966453421, 46966460902, 46966454272, 46966456125, 46966455791, 46966466756, 46966418720, 46966425371, 46966463939, 46966459003, 46966470761, 46966462113, 46966465098, 46966430790, 46966438972, 46966464891, 46966439610, 46966452075, 46966420912, 46966460029, 46966465054, 46966464529, 46966449470, 46966428028, 46966421535, 46966439366, 46966422285, 46966442269, 46966419426, 46966414466, 46966417890, 46966461085, 46966461562, 46966447964, 46966460586, 46966441333, 46966446884, 46966446352, 46966424667, 46966467508, 46966464980, 46966439255, 46966437945, 46966438944, 46966459438, 46966462528, 46966415989, 46966458200, 46966420001, 46966440970, 46966468216, 46966438467, 46966442694, 46966426944, 46966441179, 46966454892, 46966451339, 46966464305, 46966415913, 46966455760, 46966416338, 46966459291, 46966425523, 46966416800, 46966455665, 46966426757, 46966441630, 46966438373, 46966416890, 46966434717, 46966436652, 46966457624, 46966456938, 46966425666, 46966437626, 46966427816, 46966417285, 46966447130, 46966450857, 46966416453, 46966458560, 46966419606, 46966430652, 46966419560, 46966464248, 46966424131, 46966467918, 46966459971, 46966431540, 46966415366, 46966463035, 46966433076, 46966427023, 46966458575, 46966414268, 46966440326, 46966461216, 46966434696, 46966456688, 46966446458, 46966442001, 46966463274, 46966443312, 46966429407, 46966424849, 46966415892, 46966429665, 46966417776, 46966433381, 46966465613, 46966439330, 46966446923, 46966419162, 46966455589, 46966446731, 46966460334, 46966434294, 46966414101, 46966421675, 46966435083, 46966440796, 46966420148, 46966460507, 46966418810, 46966426648, 46966423827, 46966435460, 46966440428, 46966465294, 46966462923, 46966468026, 46966428039, 46966451490, 46966417429, 46966415845, 46966422414, 46966462669, 46966427583, 46966462991, 46966422864, 46966442038, 46966434929, 46966414934, 46966437818, 46966426934, 46966435668, 46966420455, 46966460392, 46966453705, 46966459116, 46966439440, 46966422968, 46966448727, 46966454923, 46966428621, 46966423416, 46966418230, 46966426609, 46966421570, 46966443067, 46966428460, 46966418175, 46966469669, 46966429864, 46966455491, 46966445315, 46966436511, 46966431900, 46966445385, 46966434218, 46966424122, 46966456160, 46966466571, 46966459468, 46966443677, 46966464889, 46966456940, 46966469361, 46966441566, 46966454949, 46966450143, 46966426108, 46966451519, 46966435046, 46966455698, 46966469810, 46966429051, 46966436719, 46966429975, 46966436491, 46966453662, 46966422123, 46966423765, 46966470096, 46966465059, 46966465409, 46966437826, 46966455838, 46966446925, 46966435887, 46966440913, 46966446802, 46966424324, 46966460688, 46966437076, 46966414197, 46966458330, 46966424671, 46966449001, 46966443574, 46966425983, 46966468182, 46966444861, 46966467678, 46966469359, 46966450563, 46966437762, 46966452689, 46966461625, 46966459931, 46966436257, 46966463269, 46966467092, 46966440632, 46966424287, 46966431618, 46966432729, 46966460514, 46966471068, 46966468529, 46966435318, 46966456658, 46966449015, 46966467124, 46966433658, 46966467735, 46966443625, 46966418451, 46966448966, 46966430769, 46966438062, 46966425235, 46966452068, 46966424345, 46966464138, 46966467150, 46966448723, 46966469630, 46966468310, 46966465488, 46966423203, 46966431242, 46966455249, 46966455875, 46966467380, 46966430494, 46966455763, 46966417383, 46966454178, 46966429938, 46966419611, 46966469107, 46966417217, 46966443332, 46966460683, 46966467584, 46966427717, 46966428529, 46966426405, 46966424540, 46966465105, 46966434886, 46966463722, 46966423287, 46966438093, 46966415612, 46966456153, 46966442958, 46966432610, 46966457509, 46966438959, 46966444069, 46966445119, 46966457366, 46966426874, 46966417397, 46966434276, 46966426404, 46966431933, 46966421703, 46966470556, 46966457335, 46966417968, 46966455881, 46966430778, 46966426804, 46966457174, 46966420915, 46966427870, 46966452559, 46966467706, 46966451160, 46966460155, 46966419512, 46966447335, 46966462033, 46966422596, 46966433636, 46966425114, 46966419753, 46966433059, 46966442177, 46966417251, 46966433897, 46966421956, 46966441746, 46966417244, 46966460449, 46966454401, 46966453356, 46966432416, 46966432941, 46966419909, 46966462992, 46966442609, 46966430097, 46966448296, 46966441231, 46966462059, 46966449545, 46966457161, 46966427415, 46966421154, 46966421504, 46966444871, 46966430428, 46966441660, 46966446830, 46966436880, 46966442295, 46966423081, 46966414329, 46966460137, 46966453296, 46966424895, 46966434361, 46966449449, 46966416264, 46966456847, 46966468909, 46966459654, 46966424265, 46966439297, 46966459019, 46966435051, 46966456865, 46966440198, 46966449532, 46966414303, 46966452081, 46966448546, 46966456942, 46966435744, 46966449527, 46966453282, 46966449177, 46966436851, 46966428896, 46966436660, 46966457712, 46966470498, 46966423281, 46966432991, 46966437408, 46966415992, 46966467206, 46966451810, 46966445941, 46966461851, 46966452026, 46966449314, 46966451169, 46966470266, 46966454010, 46966427710, 46966432553, 46966439195, 46966429611, 46966418112, 46966446927, 46966460075, 46966441946, 46966439633, 46966462849, 46966460951, 46966426451, 46966459557, 46966427496, 46966415075, 46966418679, 46966447236, 46966469203, 46966443785, 46966468298, 46966443737, 46966453907, 46966445540, 46966459822, 46966460646, 46966418721, 46966442171, 46966458828, 46966417981, 46966460268, 46966426736, 46966424394, 46966446439, 46966425179, 46966452293, 46966456542, 46966424248, 46966466029, 46966420023, 46966427774, 46966462801, 46966437535, 46966462021, 46966447223, 46966436562, 46966422167, 46966435338, 46966418959, 46966470138, 46966446274, 46966423933, 46966433885, 46966436165, 46966420152, 46966414944, 46966439292, 46966449514, 46966434786, 46966421451, 46966424196, 46966414670, 46966449799, 46966448911, 46966432606, 46966447792, 46966414061, 46966468521, 46966440667, 46966417829, 46966451624, 46966465786, 46966453638, 46966423173, 46966435358, 46966436152, 46966463932, 46966433333, 46966429496, 46966460090, 46966463087, 46966431488, 46966437599, 46966446077, 46966410613, 46966447107, 46966448905, 46966463543, 46966467840, 46966459248, 46966437748, 46966423591, 46966465125, 46966470000, 46966425584, 46966461898, 46966432870, 46966436573, 46966438851, 46966416676, 46966420010, 46966440270, 46966451301, 46966424414, 46966456634, 46966443711, 46966415643, 46966433859, 46966437317, 46966418252, 46966429363, 46966429005, 46966434205, 46966467690, 46966451773, 46966436498, 46966434960, 46966469487, 46966425546, 46966449246, 46966434484, 46966465315, 46966457594, 46966446634, 46966463385, 46966431764, 46966445289, 46966453518, 46966423948, 46966416232, 46966462457, 46966470675, 46966414011, 46966442513, 46966432449, 46966452393, 46966461566, 46966470296, 46966464779, 46966464881, 46966452531, 46966468637, 46966428844, 46966466597, 46966424155, 46966463975, 46966437297, 46966461149, 46966456833, 46966418731, 46966443377, 46966440635, 46966454230, 46966457258, 46966420267, 46966460135, 46966461511, 46966451288, 46966465148, 46966455423, 46966458589, 46966447969, 46966468491, 46966437134, 46966464393, 46966434902, 46966423941, 46966460936, 46966431474, 46966463219, 46966415134, 46966431570, 46966459941, 46966433038, 46966428811, 46966453044, 46966417334, 46966466025, 46966468385, 46966420871, 46966430750, 46966442342, 46966435435, 46966459661, 46966417302, 46966429109, 46966441354, 46966429154, 46966464739, 46966457498, 46966421443, 46966460096, 46966447004, 46966463010, 46966448993, 46966424441, 46966454811, 46966424081, 46966435675, 46966457781, 46966420066, 46966415457, 46966427782, 46966419519, 46966441883, 46966441355, 46966441378, 46966451042, 46966463203, 46966434517, 46966450418, 46966445256, 46966419775, 46966424918, 46966417277, 46966470310, 46966433737, 46966432075, 46966432743, 46966431062, 46966449389, 46966425489, 46966460333, 46966433450, 46966431118, 46966426125, 46966441324, 46966462467, 46966450180, 46966416863, 46966444938, 46966425298, 46966442099, 46966460522, 46966439178, 46966440627, 46966463306, 46966419293, 46966443274, 46966463639, 46966448775, 46966420364, 46966436229, 46966417240, 46966457534, 46966422671, 46966415189, 46966451521, 46966447966, 46966470394, 46966470200, 46966431214, 46966414274, 46966422042, 46966441496, 46966463761, 46966466494, 46966423418, 46966421381, 46966467631, 46966442537, 46966452481, 46966444426, 46966467179, 46966470222, 46966423209, 46966448988, 46966464445, 46966430310, 46966449757, 46966452182, 46966468284, 46966439709, 46966424241, 46966466020, 46966463023, 46966420688, 46966415068, 46966414799, 46966417973, 46966427542, 46966420523, 46966430591, 46966461651, 46966419632, 46966440312, 46966414358, 46966444242, 46966423775, 46966458816, 46966436432, 46966442257, 46966440973, 46966449840, 46966452275, 46966416105, 46966438980, 46966444768, 46966419159, 46966433653, 46966445248, 46966433165, 46966451195, 46966435170, 46966453167, 46966467798, 46966430304, 46966456313, 46966456743, 46966416722, 46966418535, 46966460734, 46966449592, 46966459520, 46966424208, 46966463659, 46966470801, 46966418164, 46966442734, 46966465632, 46966446075, 46966462653, 46966453332, 46966471055, 46966427261, 46966425670, 46966455432, 46966446502, 46966441296, 46966418398, 46966458283, 46966453342, 46966419628, 46966416674, 46966445169, 46966419940, 46966462812, 46966457524, 46966459902, 46966428640, 46966471078, 46966434160, 46966418917, 46966431847, 46966420707, 46966462519, 46966445881, 46966415176, 46966447909, 46966446341, 46966433362, 46966416469, 46966449026, 46966457908, 46966423551, 46966468811, 46966467083, 46966435968, 46966458524, 46966434046, 46966456987, 46966453810, 46966457675, 46966454155, 46966448469, 46966431594, 46966461937, 46966427655, 46966466491, 46966466336, 46966452846, 46966463977, 46966454853, 46966436539, 46966447819, 46966464588, 46966431108, 46966437847, 46966434175, 46966432039, 46966429460, 46966436564, 46966456704, 46966425550, 46966414811, 46966434908, 46966417123, 46966425648, 46966438532, 46966424386, 46966421073, 46966468571, 46966450314, 46966425871, 46966443038, 46966443962, 46966425314, 46966449044, 46966431781, 46966416713, 46966458187, 46966439845, 46966449323, 46966429143, 46966421636, 46966423942, 46966429064, 46966440349, 46966415377, 46966429530, 46966417559, 46966464961, 46966457168, 46966464699, 46966461231, 46966431544, 46966429643, 46966431622, 46966433384, 46966430160, 46966461597, 46966469519, 46966435258, 46966466545, 46966422007, 46966438636, 46966424538, 46966464177, 46966450485, 46966429998, 46966414579, 46966447079, 46966434707, 46966420583, 46966421519, 46966448102, 46966419253, 46966425275, 46966444165, 46966462837, 46966449339, 46966420540, 46966453344, 46966451201, 46966423613, 46966462910, 46966461996, 46966450543, 46966458618, 46966454652, 46966439472, 46966447619, 46966463965, 46966441410, 46966433787, 46966427382, 46966441395, 46966420659, 46966456800, 46966447426, 46966424077, 46966437863, 46966464370, 46966416054, 46966461868, 46966454382, 46966449848, 46966468091, 46966436298, 46966454286, 46966414015, 46966461048, 46966460862, 46966428292, 46966439254, 46966462242, 46966422326, 46966445127, 46966466406, 46966414930, 46966455737, 46966439834, 46966451333, 46966456702, 46966434404, 46966414202, 46966426483, 46966432932, 46966439043, 46966427983, 46966414840, 46966464549, 46966436138, 46966440829, 46966438444, 46966453862, 46966444105, 46966464290, 46966461165, 46966423200, 46966420216, 46966451768, 46966429569, 46966429202, 46966421907, 46966417099, 46966448836, 46966444158, 46966419339, 46966436075, 46966418222, 46966461497, 46966440798, 46966465994, 46966416848, 46966425304, 46966430671, 46966428610, 46966436406, 46966453497, 46966435798, 46966440946, 46966465822, 46966438001, 46966450358, 46966459618, 46966453269, 46966461502, 46966447786, 46966424792, 46966460071, 46966424751, 46966467544, 46966466302, 46966419654, 46966448640, 46966415071, 46966432109, 46966416449, 46966458594, 46966426476, 46966450187, 46966453289, 46966429648, 46966463581, 46966466224, 46966425603, 46966440778, 46966432956, 46966424677, 46966444417, 46966439477, 46966434580, 46966426824, 46966459826, 46966427212, 46966433571, 46966465527, 46966432484, 46966438297, 46966445005, 46966420190, 46966415038, 46966435247, 46966437039, 46966464012, 46966462553, 46966454335, 46966435895, 46966431596, 46966466738, 46966445122, 46966462238, 46966466579, 46966425804, 46966470064, 46966454746, 46966417731, 46966436377, 46966421492, 46966455267, 46966418007, 46966415771, 46966448258, 46966416401, 46966444617, 46966429655, 46966428375, 46966443484, 46966435213, 46966465032, 46966436414, 46966426204, 46966440317, 46966465011, 46966427116, 46966419636, 46966417908, 46966421730, 46966467789, 46966427914, 46966459962, 46966452187, 46966444238, 46966469007, 46966440866, 46966460571, 46966414928, 46966436957, 46966426767, 46966419794, 46966425469, 46966469948, 46966431565, 46966448684, 46966421949, 46966432477, 46966429870, 46966462160, 46966448615, 46966434519, 46966424623, 46966458363, 46966427859, 46966423579, 46966418039, 46966441463, 46966424203, 46966434139, 46966445625, 46966458855, 46966430352, 46966451774, 46966414453, 46966433821, 46966414735, 46966444514, 46966422503, 46966467793, 46966417723, 46966462695, 46966466843, 46966458520, 46966459104, 46966456802, 46966451406, 46966421856, 46966418632, 46966430470, 46966430890, 46966448919, 46966429465, 46966470861, 46966431054, 46966438167, 46966445927, 46966415708, 46966441074, 46966434950, 46966431741, 46966455092, 46966453933, 46966435450, 46966439464, 46966464351, 46966414087, 46966447146, 46966443884, 46966419152, 46966416216, 46966426885, 46966468002, 46966463331, 46966429087, 46966419639, 46966435576, 46966446722, 46966423774, 46966449431, 46966459221, 46966461481, 46966465181, 46966466453, 46966444196, 46966416241, 46966428228, 46966414359, 46966467381, 46966455404, 46966416906, 46966448255, 46966424737, 46966433966, 46966461063, 46966427837, 46966443754, 46966423396, 46966466196, 46966452884, 46966443118, 46966461798, 46966453395, 46966469197, 46966449164, 46966422913, 46966453305, 46966459516, 46966469557, 46966466787, 46966449425, 46966422126, 46966424887, 46966424913, 46966469848, 46966424372, 46966441445, 46966427364, 46966428786, 46966441627, 46966440944, 46966447195, 46966427927, 46966452716, 46966429310, 46966465907, 46966430755, 46966436284, 46966427974, 46966426474, 46966452929, 46966444484, 46966446409, 46966445461, 46966417308, 46966456219, 46966414826, 46966415337, 46966455328, 46966462308, 46966416867, 46966442654, 46966427067, 46966463872, 46966424156, 46966463052, 46966458512, 46966428163, 46966454957, 46966440058, 46966431314, 46966459149, 46966447143, 46966425807, 46966470655, 46966463507, 46966455553, 46966430991, 46966416053, 46966438066, 46966467079, 46966450409, 46966438149, 46966429303, 46966466878, 46966418594, 46966425595, 46966416102, 46966466684, 46966461302, 46966450051, 46966462558, 46966423437, 46966419079, 46966465621, 46966461753, 46966455579, 46966426297, 46966459067, 46966426531, 46966458375, 46966454190, 46966443225, 46966469825, 46966468525, 46966461909, 46966422712, 46966424693, 46966424915, 46966455888, 46966443213, 46966437340, 46966419725, 46966430039, 46966434693, 46966441538, 46966415878, 46966426739, 46966430224, 46966451796, 46966437903, 46966457858, 46966459718, 46966422895, 46966434832, 46966466149, 46966462676, 46966455064, 46966446197, 46966450606, 46966466202, 46966415592, 46966443893, 46966419223, 46966470268, 46966418981, 46966462678, 46966443997, 46966469535, 46966447666, 46966470312, 46966458666, 46966449178, 46966466967, 46966454756, 46966452521, 46966470170, 46966419222, 46966460665, 46966470855, 46966465874, 46966415424, 46966457523, 46966467694, 46966429925, 46966454061, 46966414318, 46966468817, 46966428502, 46966466061, 46966470478, 46966424118, 46966453473, 46966427379, 46966460653, 46966416494, 46966434875, 46966457041, 46966464836, 46966462786, 46966457304, 46966439694, 46966443913, 46966434522, 46966444809, 46966453180, 46966427483, 46966427989, 46966423980, 46966430820, 46966460569, 46966459131, 46966423721, 46966429466, 46966449256, 46966419857, 46966452221, 46966468997, 46966451971, 46966426967, 46966460983, 46966449119, 46966450763, 46966430497, 46966441003, 46966443841, 46966419197, 46966443164, 46966425645, 46966422836, 46966462523, 46966446798, 46966464223, 46966414729, 46966453535, 46966416365, 46966422346, 46966464590, 46966460599, 46966443808, 46966418514, 46966454627, 46966433644, 46966456054, 46966413982, 46966458106, 46966436972, 46966420396, 46966460105, 46966438319, 46966439639, 46966431982, 46966432124, 46966462201, 46966416884, 46966455775, 46966430307, 46966435650, 46966461028, 46966452105, 46966464151, 46966436615, 46966458559, 46966450692, 46966465198, 46966462796, 46966449006, 46966463510, 46966468545, 46966415955, 46966417271, 46966469207, 46966456922, 46966431434, 46966466416, 46966447280, 46966461004, 46966468519, 46966462948, 46966425168, 46966428143, 46966456461, 46966438207, 46966416109, 46966455920, 46966427320, 46966415297, 46966416073, 46966458510, 46966468733, 46966457942, 46966433082, 46966462687, 46966457067, 46966439813, 46966438963, 46966453544, 46966438819, 46966459253, 46966446565, 46966437224, 46966453137, 46966464725, 46966470512, 46966459270, 46966455853, 46966460881, 46966422566, 46966436089, 46966460693, 46966468210, 46966419101, 46966446392, 46966455348, 46966446940, 46966443295, 46966427187, 46966449417, 46966460013, 46966430870, 46966458377, 46966424825, 46966461414, 46966417739, 46966435282, 46966431265, 46966455314, 46966417643, 46966422149, 46966441573, 46966414449, 46966419968, 46966418770, 46966445511, 46966458027, 46966449387, 46966439108, 46966458094, 46966428024, 46966451033, 46966453491, 46966469693, 46966455140, 46966427827, 46966439073, 46966419080, 46966439641, 46966454538, 46966435844, 46966415007, 46966466461, 46966420485, 46966416623, 46966467624, 46966451412, 46966447855, 46966452970, 46966420438, 46966442952, 46966421754, 46966439904, 46966428172, 46966446508, 46966446906, 46966420697, 46966461124, 46966460970, 46966428952, 46966422899, 46966425351, 46966455087, 46966461125, 46966429631, 46966464714, 46966463147, 46966424569, 46966455543, 46966441841, 46966423555, 46966461556, 46966450869, 46966468911, 46966417983, 46966458216, 46966469327, 46966437248, 46966421189, 46966463287, 46966449037, 46966454249, 46966429561, 46966451152, 46966458165, 46966470548, 46966416521, 46966460584, 46966419479, 46966418126, 46966439229, 46966458989, 46966436069, 46966444249, 46966420716, 46966459037, 46966435555, 46966435263, 46966442358, 46966467453, 46966459180, 46966449886, 46966418389, 46966420529, 46966447756, 46966420557, 46966432147, 46966438754, 46966445763, 46966442464, 46966435383, 46966415274, 46966446139, 46966460679, 46966440152, 46966456729, 46966463599, 46966431092, 46966454338, 46966439754, 46966450899, 46966415679, 46966434344, 46966455688, 46966417592, 46966463091, 46966429585, 46966454528, 46966449756, 46966424576, 46966435742, 46966430285, 46966422022, 46966435945, 46966415630, 46966426249, 46966419694, 46966463467, 46966422906, 46966417756, 46966439284, 46966433029, 46966424722, 46966419659, 46966422388, 46966466932, 46966422194, 46966444439, 46966417324, 46966443333, 46966419563, 46966419701, 46966442905, 46966461618, 46966470002, 46966429008, 46966440919, 46966457924, 46966435430, 46966420186, 46966457873, 46966436239, 46966459058, 46966433921, 46966424416, 46966445252, 46966422335, 46966470176, 46966414097, 46966459710, 46966443712, 46966423244, 46966459781, 46966446711, 46966468779, 46966435794, 46966461730, 46966437662, 46966469974, 46966442838, 46966415414, 46966465889, 46966412102, 46966419507, 46966468457, 46966466719, 46966454744, 46966418476, 46966451070, 46966429833, 46966456566, 46966450711, 46966422753, 46966442301, 46966431871, 46966420361, 46966450422, 46966448271, 46966428011, 46966462155, 46966447565, 46966415308, 46966423484, 46966462401, 46966423839, 46966422271, 46966454806, 46966415883, 46966422169, 46966420071, 46966423019, 46966432031, 46966420643, 46966427544, 46966436962, 46966444363, 46966416668, 46966465168, 46966441922, 46966434121, 46966428376, 46966422253, 46966417641, 46966460148, 46966464718, 46966452362, 46966434443, 46966461316, 46966449662, 46966456232, 46966437572, 46966431691, 46966432895, 46966439746, 46966441375, 46966432668, 46966429977, 46966452340, 46966448634, 46966456526, 46966443053, 46966435448, 46966422687, 46966416117, 46966467487, 46966426334, 46966459766, 46966461367, 46966441394, 46966427171, 46966461598, 46966414737, 46966453925, 46966444670, 46966426996, 46966433261, 46966447332, 46966417438, 46966429263, 46966417836, 46966447333, 46966465009, 46966436610, 46966435560, 46966418837, 46966464453, 46966421757, 46966442202, 46966444743, 46966435769, 46966420090, 46966429913, 46966437139, 46966427203, 46966446447, 46966430001, 46966419689, 46966467473, 46966452945, 46966416857, 46966425338, 46966440471, 46966446130, 46966435002, 46966440575, 46966455450, 46966470306, 46966418242, 46966427967, 46966461133, 46966460919, 46966454287, 46966440994, 46966450613, 46966439084, 46966426180, 46966433793, 46966444312, 46966467389, 46966414467, 46966454760, 46966450339, 46966454152, 46966460944, 46966418236, 46966414060, 46966453728, 46966423480, 46966440666, 46966466263, 46966429670, 46966459118, 46966445171, 46966429775, 46966431906, 46966460835, 46966447275, 46966464188, 46966468951, 46966459358, 46966463994, 46966427604, 46966455074, 46966423709, 46966428930, 46966438611, 46966417938, 46966450946, 46966469695, 46966467653, 46966420293, 46966464009, 46966423077, 46966461638, 46966456970, 46966431913, 46966433667, 46966415126, 46966426951, 46966457995, 46966456971, 46966470893, 46966461855, 46966452126, 46966457339, 46966451849, 46966419353, 46966423495, 46966418585, 46966452998, 46966416258, 46966454047, 46966440116, 46966436454, 46966449858, 46966439614, 46966446024, 46966425253, 46966470739, 46966435539, 46966423616, 46966424609, 46966458401, 46966417442, 46966467812, 46966453288, 46966464024, 46966415954, 46966429878, 46966468917, 46966459078, 46966437230, 46966447072, 46966458928, 46966422281, 46966422109, 46966423270, 46966429463, 46966461399, 46966462097, 46966446949, 46966433984, 46966426916, 46966431175, 46966469175, 46966433013, 46966453441, 46966433724, 46966426987, 46966471011, 46966427225, 46966450475, 46966456602, 46966443727, 46966448140, 46966421213, 46966441073, 46966465839, 46966470142, 46966444368, 46966450746, 46966458917, 46966446963, 46966465812, 46966428949, 46966426485, 46966429163, 46966442778, 46966438031, 46966427357, 46966432272, 46966451094, 46966466361, 46966429044, 46966430233, 46966470460, 46966434026, 46966427724, 46966414226, 46966420072, 46966420744, 46966460083, 46966416095, 46966463408, 46966448080, 46966438706, 46966415833, 46966435420, 46966414019, 46966432011, 46966447588, 46966420580, 46966449525, 46966442616, 46966446873, 46966418468, 46966469724, 46966458615, 46966467089, 46966462940, 46966443073, 46966447288, 46966418279, 46966438006, 46966425657, 46966436233, 46966428991, 46966431692, 46966469706, 46966444564, 46966434934, 46966464597, 46966448636, 46966419463, 46966462416, 46966433747, 46966423262, 46966461107, 46966444947, 46966469119, 46966420703, 46966462562, 46966434164, 46966425418, 46966453003, 46966418695, 46966438249, 46966440254, 46966447407, 46966470248, 46966422425, 46966469618, 46966443438, 46966433982, 46966418924, 46966453352, 46966466856, 46966440262, 46966427189, 46966420575, 46966467769, 46966465988, 46966457165, 46966450924, 46966470651, 46966418367, 46966421009, 46966439932, 46966418749, 46966466009, 46966436678, 46966423042, 46966454959, 46966423307, 46966446292, 46966445828, 46966468763, 46966430054, 46966440638, 46966454787, 46966453708, 46966439860, 46966465791, 46966457276, 46966469365, 46966460228, 46966424906, 46966463344, 46966435646, 46966433854, 46966469438, 46966434209, 46966446899, 46966464056, 46966435653, 46966452958, 46966453076, 46966430842, 46966456234, 46966446382, 46966417989, 46966428470, 46966421275, 46966428904, 46966427452, 46966454256, 46966447104, 46966469465, 46966444447, 46966457599, 46966445939, 46966457159, 46966417918, 46966449170, 46966467145, 46966418147, 46966470364, 46966435534, 46966464407, 46966443875, 46966420936, 46966437051, 46966463845, 46966436343, 46966465420, 46966433498, 46966445187, 46966453120, 46966448999, 46966438315, 46966431301, 46966449266, 46966420881, 46966464711, 46966456289, 46966440916, 46966457955, 46966449649, 46966420706, 46966452871, 46966421839, 46966427928, 46966464005, 46966430120, 46966435807, 46966452414, 46966461460, 46966415067, 46966458486, 46966451071, 46966453271, 46966415019, 46966432753, 46966426915, 46966451738, 46966466211, 46966421109, 46966421559, 46966428623, 46966458693, 46966457443, 46966462491, 46966417852, 46966433448, 46966462663, 46966464414, 46966458168, 46966456772, 46966435154, 46966464301, 46966438010, 46966430873, 46966453468, 46966457357, 46966429487, 46966462745, 46966436752, 46966435280, 46966416265, 46966445872, 46966441991, 46966466685, 46966447880, 46966422616, 46966465804, 46966437551, 46966442498, 46966429369, 46966415897, 46966447078, 46966466377, 46966445530, 46966450773, 46966450581, 46966425205, 46966434329, 46966459281, 46966450044, 46966442648, 46966440532, 46966422121, 46966418141, 46966438058, 46966436642, 46966456640, 46966436316, 46966446504, 46966417751, 46966462140, 46966427026, 46966439156, 46966445888, 46966458009, 46966460171, 46966418624, 46966426389, 46966422952, 46966418182, 46966441166, 46966447741, 46966425884, 46966436736, 46966442235, 46966416433, 46966439126, 46966451119, 46966450069, 46966449261, 46966446801, 46966424041, 46966458875, 46966417542, 46966437383, 46966415809, 46966418447, 46966452497, 46966447458, 46966433339, 46966427424, 46966455868, 46966470863, 46966467554, 46966430802, 46966460841, 46966462365, 46966435891, 46966454503, 46966429791, 46966417823, 46966468749, 46966456274, 46966442147, 46966438482, 46966434644, 46966430554, 46966452396, 46966436723, 46966467610, 46966431286, 46966441150, 46966430318, 46966447673, 46966467737, 46966449702, 46966433257, 46966439014, 46966457584, 46966470412, 46966460037, 46966438913, 46966436535, 46966459861, 46966458697, 46966417076, 46966421576, 46966441927, 46966434904, 46966424002, 46966436412, 46966421195, 46966425856, 46966427014, 46966454803, 46966421090, 46966414516, 46966464394, 46966458371, 46966463959, 46966423777, 46966419891, 46966414165, 46966461516, 46966438912, 46966439586, 46966421473, 46966420809, 46966440763, 46966445972, 46966441717, 46966445517, 46966444983, 46966450166, 46966420412, 46966464857, 46966414809, 46966438000, 46966438366, 46966470576, 46966461647, 46966433332, 46966434131, 46966463849, 46966425776, 46966457002, 46966423055, 46966455944, 46966444604, 46966461808, 46966429638, 46966456380, 46966425443, 46966436711, 46966415128, 46966464006, 46966457210, 46966456730, 46966441259, 46966432957, 46966469303, 46966470316, 46966458788, 46966426498, 46966444225, 46966450270, 46966460765, 46966459805, 46966465400, 46966435271, 46966441322, 46966431392, 46966427954, 46966414499, 46966444206, 46966414897, 46966452579, 46966448400, 46966466303, 46966424846, 46966451865, 46966469819, 46966465162, 46966426441, 46966431421, 46966458580, 46966448654, 46966456936, 46966427046, 46966453727, 46966448448, 46966457205, 46966418782, 46966440079, 46966418457, 46966468711, 46966470416, 46966467191, 46966450687, 46966450420, 46966441408, 46966467594, 46966465935, 46966442375, 46966418387, 46966435660, 46966441267, 46966425738, 46966425317, 46966431024, 46966424005, 46966432518, 46966456889, 46966425387, 46966427796, 46966419879, 46966450071, 46966422705, 46966419903, 46966455072, 46966463710, 46966415264, 46966438247, 46966458879, 46966420322, 46966424376, 46966466187, 46966429348, 46966440161, 46966461199, 46966450770, 46966428247, 46966436975, 46966420204, 46</t>
   </si>
   <si>
     <t>RICOBET</t>
   </si>
   <si>
-    <t>APOSTATUDO</t>
-[...10 lines deleted...]
-  <si>
     <t>BATEU BET</t>
   </si>
   <si>
     <t>TODAS AS MARCAS DO OPERADOR: BATEU BET, HANZBET, ESPORTIVA BET - MARCAS VALIDADAS SEM PENDENCIA:  BATEU BET, ESPORTIVA BET</t>
   </si>
   <si>
     <t>ESPORTIVA BET</t>
   </si>
   <si>
-    <t>ESTRELABET</t>
-[...4 lines deleted...]
-  <si>
     <t>MCGAMES</t>
   </si>
   <si>
     <t>TODAS AS MARCAS DO OPERADOR: MCGAMES, MONTECARLOSBET, MONTECARLOS - MARCAS VALIDADAS SEM PENDENCIA:  MCGAMES</t>
   </si>
   <si>
+    <t>CBET</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: VERTBET, CBET, FANBIT - MARCAS VALIDADAS SEM PENDENCIA:  CBET, VERTBET</t>
+  </si>
+  <si>
+    <t>FANBIT</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 9cf125a2-d343-451e-a5d4-59ae3749ef8b</t>
+  </si>
+  <si>
+    <t>VERTBET</t>
+  </si>
+  <si>
     <t>BETFAST</t>
   </si>
   <si>
-    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 09231491717_202510010159_BETFAST, 09026998732_202509302337_BETFAST, 02369862289_202510011824_BETFAST, 16618909708_202510010816_BETFAST, 43565453893_202510010318_BETFAST, 07508033981_202510011432_BETFAST, 43066258858_202509302131_BETFAST, 04610167107_202510011546_BETFAST, 00427754003_202510012026_BETFAST, 38908431829_202510010054_BETFAST, 70234615400_202510011623_BETFAST, 07508033981_202510010349_BETFAST, 72932112287_202510010251_BETFAST, 07627172624_202510011539_BETFAST, 16810034730_202510011224_BETFAST, 00777851008_202509302323_BETFAST, 15321856770_202510011025_BETFAST, 07161194636_202510010115_BETFAST, 38908431829_202509302227_BETFAST, 06789047310_202510010515_BETFAST, 01275041760_202510010335_BETFAST, 34795355851_202509302131_BETFAST, 08935762989_202510010324_BETFAST, 17032496407_202510011110_BETFAST, 32779882875_202510010546_BETFAST, 12287409769_202510010549_BETFAST, 11379552796_202510010412_BETFAST, 15210689760_202509302144_BETFAST, 70217463428_202509302155_BETFAST, 23101710855_202510010159_BETFAST, 09044678990_202510010125_BETFAST, 28732711832_202510012030_BETFAST, 06102314301_202510011509_BETFAST, 62084170311_202510010250_BETFAST, 13784540651_202510011743_BETFAST, 17679134782_202510011404_BETFAST, 32959795881_202509302110_BETFAST, 02358120561_202510012014_BETFAST, 19753227701_202510010231_BETFAST, 07627172624_202510012058_BETFAST, 16094463803_202510010458_BETFAST, 14942861730_202510011551_BETFAST, 60873615379_202510011924_BETFAST, 10447144928_202510010228_BETFAST, 89147553472_202510010137_BETFAST, 13666023746_202510011225_BETFAST, 07161194636_202510010052_BETFAST, 61694140300_202510010900_BETFAST, 01446043533_202509302227_BETFAST, 62317371365_202510011350_BETFAST, 45316817893_202510010002_BETFAST, 23101710855_202510010218_BETFAST, 06789047310_202510010817_BETFAST, 11379552796_202510010448_BETFAST, 07935599521_202510011813_BETFAST, 11244904422_202510011058_BETFAST, 06102314301_202510010135_BETFAST, 09237031440_202510011214_BETFAST, 10964192462_202510010359_BETFAST, 05085634969_202510010103_BETFAST, 70234615400_202510010358_BETFAST, 17032496407_202510011051_BETFAST, 20329184717_202510010424_BETFAST, 07508033981_202510011348_BETFAST, 19881102707_202510010139_BETFAST, 05331248160_202510011244_BETFAST, 03789757306_202510011735_BETFAST, 50531188841_202510010424_BETFAST, 04546702574_202509302121_BETFAST, 08034971642_202509302222_BETFAST, 05037323975_202510011148_BETFAST, 11454405686_202510010316_BETFAST, 02144570361_202510011032_BETFAST, 02136515993_202510010121_BETFAST, 43066258858_202509302122_BETFAST, 99690900200_202510010401_BETFAST, 19524823721_202510010339_BETFAST, 42477025805_202510012054_BETFAST, 08389991586_202510010005_BETFAST, 02155415613_202510011956_BETFAST, 35006409827_202509302312_BETFAST, 08763849550_202509302323_BETFAST, 34795355851_202510011204_BETFAST, 48850835833_202510012055_BETFAST, 21579895875_202509302302_BETFAST, 13167509732_202510010956_BETFAST, 01883367379_202510011529_BETFAST, 99945614991_202510011719_BETFAST, 09737637607_202510012030_BETFAST, 04721622686_202510011810_BETFAST, 04917575222_202510011814_BETFAST, 10839290977_202510011406_BETFAST, 14740799707_202510011755_BETFAST, 40415254892_202510010609_BETFAST, 06314233380_202510011745_BETFAST, 01495563499_202510011505_BETFAST, 40415254892_202510010714_BETFAST, 05995756974_202510011547_BETFAST, 87430940153_202510010244_BETFAST, 08554270940_202509302357_BETFAST, 10420492623_202510011237_BETFAST, 85658740010_202510011453_BETFAST, 29973574893_202509302134_BETFAST, 89147553472_202510010337_BETFAST, 41494287862_202510011814_BETFAST, 30637482859_202510011606_BETFAST, 01495563499_202510010231_BETFAST, 55242421215_202510011840_BETFAST, 04357527317_202510011808_BETFAST, 02358120561_202510010030_BETFAST, 88876187120_202510011620_BETFAST, 03464625508_202510010151_BETFAST, 06935616107_202510011622_BETFAST, 40415254892_202510010245_BETFAST, 71728575427_202510011522_BETFAST, 16932029723_202510010011_BETFAST, 08466943790_202509302133_BETFAST, 87430940153_202510010220_BETFAST, 70989471489_202509302159_BETFAST, 19753227701_202510010246_BETFAST, 04895582914_202510011351_BETFAST, 04622833050_202510011714_BETFAST, 08678593695_202510011822_BETFAST, 10911577904_202510011749_BETFAST, 38908431829_202509302104_BETFAST, 32779882875_202510011003_BETFAST, 06642824580_202509302129_BETFAST, 10796513902_202509302311_BETFAST, 10700903607_202510011241_BETFAST, 02894502257_202510010225_BETFAST, 86062595518_202510011816_BETFAST, 14913019708_202510010311_BETFAST, 09231491717_202510010235_BETFAST, 35193561802_202509302128_BETFAST, 07155780308_202510011928_BETFAST, 13451679701_202510010428_BETFAST, 60178985317_202510010041_BETFAST, 41609378881_202510011202_BETFAST, 49946660830_202510010141_BETFAST, 11454405686_202509302312_BETFAST, 70785352198_202510010106_BETFAST, 05427012192_202510010148_BETFAST, 80169635368_202509302224_BETFAST, 43211379851_202510011150_BETFAST, 08034971642_202509302209_BETFAST, 55242421215_202510011038_BETFAST, 78648360382_202510010954_BETFAST, 42031782827_202510011815_BETFAST, 05997174913_202509302346_BETFAST, 60030346029_202510011515_BETFAST, 36450746866_202509302344_BETFAST, 48548615842_202510011517_BETFAST, 04286231666_202510011306_BETFAST, 86179411204_202509302348_BETFAST, 08538619438_202510011310_BETFAST, 43781188825_202510010338_BETFAST, 70825863457_202510011437_BETFAST, 38908431829_202509302304_BETFAST, 62317371365_202510011229_BETFAST, 01446043533_202509302243_BETFAST, 04432058170_202510010035_BETFAST, 94417458200_202510011133_BETFAST, 12008793761_202510011347_BETFAST, 04286231666_202510011252_BETFAST, 03829253516_202510011452_BETFAST, 70262042460_202510012058_BETFAST, 77490010268_202510011341_BETFAST, 45316817893_202510010029_BETFAST, 46370085812_202509302330_BETFAST, 71728575427_202510011531_BETFAST, 00542979900_202510011228_BETFAST, 30637482859_202510010058_BETFAST, 34795355851_202509302201_BETFAST, 80169635368_202510011043_BETFAST, 86350382404_202510010319_BETFAST, 32959795881_202510010009_BETFAST, 04432058170_202510010226_BETFAST, 02325745457_202510010312_BETFAST, 34131776804_202510011253_BETFAST, 00084613254_202510012039_BETFAST, 86350382404_202509302336_BETFAST, 77439198204_202510010236_BETFAST, 11584448695_202509302147_BETFAST, 01446043533_202509302304_BETFAST, 00956093930_202509302304_BETFAST, 11379552796_202510010524_BETFAST, 12587126797_202510011234_BETFAST, 70234615400_202510011943_BETFAST, 35982230804_202510011633_BETFAST, 39689260804_202510010712_BETFAST, 12955202908_202510010226_BETFAST, 85721689153_202510011801_BETFAST, 08891046620_202510011742_BETFAST, 08432370908_202510011911_BETFAST, 86062595518_202510011646_BETFAST, 03524954057_202510012041_BETFAST, 49236945805_202510010239_BETFAST, 08284664593_202510012050_BETFAST, 01446043533_202510010025_BETFAST, 09309360860_202510010007_BETFAST, 01195237529_202510011639_BETFAST, 17796375786_202510011514_BETFAST, 13666023746_202510010358_BETFAST, 71531466443_202510011038_BETFAST, 80169635368_202510011055_BETFAST, 48548615842_202510011714_BETFAST, 45316817893_202509302351_BETFAST, 39058728897_202510010353_BETFAST, 87790718053_202510010109_BETFAST, 11379552796_202510010353_BETFAST, 02358120561_202509302314_BETFAST, 07508033981_202510011221_BETFAST, 40527170828_202510010044_BETFAST, 08769363544_202510010101_BETFAST, 05997174913_202510011137_BETFAST, 48548615842_202510011548_BETFAST, 47179382833_202510011702_BETFAST, 00161670237_202510010236_BETFAST, 71522298134_202509302159_BETFAST, 06767687413_202509302302_BETFAST, 28261397890_202510011058_BETFAST, 13298800724_202510011429_BETFAST, 12708560654_202510011825_BETFAST, 04432058170_202510010225_BETFAST, 00381532208_202510012028_BETFAST, 12893058540_202510011603_BETFAST, 70234615400_202510011651_BETFAST, 02894502257_202510010804_BETFAST, 07508033981_202510011440_BETFAST, 07768181557_202510011623_BETFAST, 01648949509_202509302102_BETFAST, 86941313153_202510010237_BETFAST, 70234615400_202510011955_BETFAST, 17001502782_202509302113_BETFAST, 04286231666_202510011251_BETFAST, 35982230804_202510011625_BETFAST, 07508033981_202510011329_BETFAST, 97910066287_202510011419_BETFAST, 74108387520_202510010251_BETFAST, 01446043533_202509302240_BETFAST, 20329184717_202510011644_BETFAST, 02635718580_202510012038_BETFAST, 70234615400_202510011510_BETFAST, 86097857004_202510011857_BETFAST, 06281475380_202510011846_BETFAST, 60873615379_202509302113_BETFAST, 12231987660_202509302225_BETFAST, 07055915570_202509302330_BETFAST, 09231491717_202510010223_BETFAST, 12587126797_202510010848_BETFAST, 08231081399_202510012048_BETFAST, 13795348609_202510011625_BETFAST, 04246630900_202509302100_BETFAST, 17796375786_202510011646_BETFAST, 15545153780_202510010236_BETFAST, 80169635368_202510010149_BETFAST, 14913019708_202510011149_BETFAST, 11962375650_202510011805_BETFAST, 02894502257_202510010706_BETFAST, 02369862289_202510011606_BETFAST, 01495563499_202510010243_BETFAST, 09231491717_202510011619_BETFAST, 43656013004_202510010440_BETFAST, 07508033981_202510010220_BETFAST, 13304803416_202510011618_BETFAST, 10210273321_202510010153_BETFAST, 01891531646_202510010158_BETFAST, 04976109224_202510010612_BETFAST, 70217463428_202509302134_BETFAST, 04286231666_202510011423_BETFAST, 38908431829_202510011512_BETFAST, 11379552796_202510010521_BETFAST, 80146953134_202510010907_BETFAST, 60030346029_202510011503_BETFAST, 17567437708_202510010931_BETFAST, 05197073462_202510011632_BETFAST, 02930081163_202510011007_BETFAST, 05037323975_202510011234_BETFAST, 06006270129_202510011538_BETFAST, 71820086100_202510010204_BETFAST, 85244007572_202510010148_BETFAST, 61694140300_202510011144_BETFAST, 17280603700_202510010944_BETFAST, 09309360860_202510010001_BETFAST, 05389645707_202510011851_BETFAST, 32959795881_202510010019_BETFAST, 07789284975_202510011751_BETFAST, 16769451646_202510011433_BETFAST, 09461056699_202510010222_BETFAST, 08466943790_202510010002_BETFAST, 02993487256_202510011228_BETFAST, 08891046620_202510011747_BETFAST, 00102327025_202509302206_BETFAST, 60030346029_202510011225_BETFAST, 61219859338_202510011655_BETFAST, 93567596420_202510010002_BETFAST, 44335960867_202509302238_BETFAST, 07399293996_202510010232_BETFAST, 01883367379_202510010425_BETFAST, 09154822904_202510011150_BETFAST, 09648669783_202510011825_BETFAST, 02136515993_202510011542_BETFAST, 32779882875_202510010411_BETFAST, 05259427505_202510011504_BETFAST, 06789047310_202510010848_BETFAST, 00896274233_202510011825_BETFAST, 00080044204_202510010156_BETFAST, 15210689760_202509302141_BETFAST, 75245086387_202510011912_BETFAST, 61436438306_202509302231_BETFAST, 13167509732_202509302158_BETFAST, 06138074564_202510010024_BETFAST, 11779221932_202509302139_BETFAST, 15210689760_202510011320_BETFAST, 04213754189_202510010840_BETFAST, 32959795881_202509302115_BETFAST, 09893433401_202510011837_BETFAST, 70234615400_202510011633_BETFAST, 02829877039_202509302104_BETFAST, 43474652893_202510010311_BETFAST, 09599188764_202509302134_BETFAST, 01883367379_202510012004_BETFAST, 02358120561_202510010110_BETFAST, 40934611807_202510010301_BETFAST, 15210689760_202510011904_BETFAST, 87430940153_202509302232_BETFAST, 06500639618_202510011224_BETFAST, 04546702574_202509302122_BETFAST, 48548615842_202510011631_BETFAST, 20176230750_202510011516_BETFAST, 02870327102_202510010145_BETFAST, 45316817893_202510010007_BETFAST, 42775183204_202510012006_BETFAST, 17796375786_202510011622_BETFAST, 22541569858_202510011425_BETFAST, 13784540651_202510011842_BETFAST, 32779882875_202510010404_BETFAST, 70234615400_202510010314_BETFAST, 41358973806_202509302232_BETFAST, 15321856770_202510011035_BETFAST, 07508033981_202510010105_BETFAST, 05243067377_202510010205_BETFAST, 01582591148_202510012013_BETFAST, 39947789802_202510010344_BETFAST, 07155780308_202510012031_BETFAST, 02829877039_202510011954_BETFAST, 70234615400_202510010240_BETFAST, 17032496407_202510011054_BETFAST, 03073946039_202509302144_BETFAST, 38086945804_202510010210_BETFAST, 38908431829_202510010303_BETFAST, 06698120561_202510010143_BETFAST, 04856999583_202510010158_BETFAST, 06789047310_202510010710_BETFAST, 02829877039_202509302102_BETFAST, 28997317857_202510011110_BETFAST, 10210273321_202510010131_BETFAST, 06373717712_202510010439_BETFAST, 07508033981_202510011424_BETFAST, 70234615400_202510010101_BETFAST, 09764146600_202510011744_BETFAST, 42477351877_202510010100_BETFAST, 16769451646_202510011444_BETFAST, 46317983860_202510011752_BETFAST, 08389991586_202510011734_BETFAST, 05769009314_202510010848_BETFAST, 06789047310_202510011222_BETFAST, 15165255743_202509302312_BETFAST, 07627172624_202510011930_BETFAST, 15210689760_202509302108_BETFAST, 04286231666_202510011220_BETFAST, 70234615400_202510010348_BETFAST, 12008793761_202510011335_BETFAST, 38908431829_202510011422_BETFAST, 07685313308_202510010139_BETFAST, 34795355851_202510010000_BETFAST, 86062595518_202510011838_BETFAST, 10839290977_202510011403_BETFAST, 06670268785_202510011618_BETFAST, 15210689760_202510011326_BETFAST, 39947789802_202510010318_BETFAST, 47677323871_202510010245_BETFAST, 34795355851_202510011201_BETFAST, 08763849550_202509302326_BETFAST, 21997898888_202510011642_BETFAST, 07685313308_202510011036_BETFAST, 38386603828_202509302131_BETFAST, 16810034730_202510011453_BETFAST, 08390485648_202510010848_BETFAST, 10844735930_202510011606_BETFAST, 05389645707_202510011833_BETFAST, 46655249805_202510011647_BETFAST, 00853265267_202510010807_BETFAST, 44504249804_202509302244_BETFAST, 08389991586_202510011738_BETFAST, 05389645707_202510011241_BETFAST, 06789047310_202510010842_BETFAST, 35982230804_202510011617_BETFAST, 70234615400_202510011835_BETFAST, 23101710855_202510010202_BETFAST, 61789791340_202510011748_BETFAST, 02635718580_202510010144_BETFAST, 05920721421_202510010539_BETFAST, 10756007909_202510012041_BETFAST, 06102314301_202509302149_BETFAST, 70234615400_202510011058_BETFAST, 61436438306_202509302135_BETFAST, 11962375650_202510011352_BETFAST, 35982230804_202510011556_BETFAST, 82297401787_202510011322_BETFAST, 80146953134_202510011044_BETFAST, 02358120561_202510010012_BETFAST, 35956839864_202510011529_BETFAST, 08935762989_202510010138_BETFAST, 17796375786_202510011533_BETFAST, 06789047310_202510010818_BETFAST, 40415254892_202510010406_BETFAST, 31715873866_202509302328_BETFAST, 13784540651_202510011807_BETFAST, 13666023746_202510010403_BETFAST, 03191131167_202510010717_BETFAST, 02343689008_202510011527_BETFAST, 09461056699_202510010118_BETFAST, 07627172624_202510010345_BETFAST, 00777851008_202509302339_BETFAST, 92466737191_202510010110_BETFAST, 01767778309_202510010343_BETFAST, 38303835840_202509302148_BETFAST, 15960452723_202509302143_BETFAST, 12893058540_202510011624_BETFAST, 85658740010_202509302206_BETFAST, 00543542505_202510011352_BETFAST, 13666023746_202510011124_BETFAST, 16599984762_202510010947_BETFAST, 04944714335_202510010112_BETFAST, 19753227701_202509302217_BETFAST, 34795355851_202510011110_BETFAST, 12047888638_202510011937_BETFAST, 87430940153_202509302323_BETFAST, 39316013828_202510011041_BETFAST, 43066258858_202510010920_BETFAST, 95942246572_202510010203_BETFAST, 38908431829_202510011354_BETFAST, 13689293979_202510011617_BETFAST, 60030346029_202510011217_BETFAST, 02890688275_202509302306_BETFAST, 09764146600_202510011027_BETFAST, 03523484022_202509302150_BETFAST, 04976109224_202510010426_BETFAST, 15455143727_202510011451_BETFAST, 32779882875_202510010408_BETFAST, 02890688275_202510011858_BETFAST, 32779882875_202510010515_BETFAST, 57556364860_202510010245_BETFAST, 05389645707_202510011252_BETFAST, 02894502257_202510010346_BETFAST, 70234615400_202510011531_BETFAST, 05197073462_202510010916_BETFAST, 06789047310_202510010509_BETFAST, 44740169800_202510010144_BETFAST, 10964192462_202510010356_BETFAST, 13841772722_202510011037_BETFAST, 13167509732_202510011904_BETFAST, 11454405686_202510010343_BETFAST, 38303835840_202509302114_BETFAST, 28031049890_202510011943_BETFAST, 00427754003_202510011655_BETFAST, 08822338154_202510010131_BETFAST, 03774329117_202510012024_BETFAST, 05085634969_202510011523_BETFAST, 40073937886_202510010940_BETFAST, 88876187120_202510010405_BETFAST, 12789744661_202509302304_BETFAST, 10964192462_202510011203_BETFAST, 22586701879_202510011352_BETFAST, 05995756974_202510011548_BETFAST, 31715873866_202510010107_BETFAST, 85079758368_202510010054_BETFAST, 08389991586_202510011359_BETFAST, 04622833050_202510010217_BETFAST, 77490010268_202510011339_BETFAST, 23084289883_202510010043_BETFAST, 19542944764_202510011156_BETFAST, 04052213203_202510010236_BETFAST, 04805530251_202509302228_BETFAST, 44335960867_202510010008_BETFAST, 16810034730_202510011757_BETFAST, 11537323601_202509302159_BETFAST, 10447144928_202510010234_BETFAST, 01446043533_202510010214_BETFAST, 09676720402_202510012000_BETFAST, 19059929713_202510011918_BETFAST, 04976109224_202510010418_BETFAST, 40415254892_202510010523_BETFAST, 97910066287_202510011406_BETFAST, 85721689153_202510010038_BETFAST, 02358120561_202509302203_BETFAST, 02890688275_202509302338_BETFAST, 06789047310_202510011203_BETFAST, 43474652893_202510011604_BETFAST, 01159041318_202509302354_BETFAST, 00542979900_202510010226_BETFAST, 13265116700_202510011806_BETFAST, 46668430864_202510010311_BETFAST, 27559561861_202510010337_BETFAST, 05197073462_202510012044_BETFAST, 18102148829_202510010130_BETFAST, 49957703803_202510010140_BETFAST, 05389645707_202510010517_BETFAST, 34131776804_202510011200_BETFAST, 09638841664_202510011510_BETFAST, 05085634969_202510011508_BETFAST, 11454405686_202509302308_BETFAST, 94417458200_202509302112_BETFAST, 70170198499_202510011609_BETFAST, 38097334828_202510010232_BETFAST, 06690910571_202510010252_BETFAST, 02993487256_202510011224_BETFAST, 32779882875_202510010625_BETFAST, 42775183204_202510011127_BETFAST, 86941313153_202510011844_BETFAST, 10839290977_202510011631_BETFAST, 12587126797_202510011133_BETFAST, 01869292260_202510011547_BETFAST, 05234545466_202510010150_BETFAST, 01648949509_202510011917_BETFAST, 17032496407_202510011127_BETFAST, 07508033981_202510011323_BETFAST, 09026998732_202509302113_BETFAST, 02358120561_202509302216_BETFAST, 04519373336_202510010205_BETFAST, 70234615400_202510011555_BETFAST, 12203361654_202510010012_BETFAST, 01446043533_202509302205_BETFAST, 05197073462_202510012051_BETFAST, 12231987660_202510010352_BETFAST, 03578988260_202510010058_BETFAST, 09416513121_202509302214_BETFAST, 03874399354_202510011804_BETFAST, 70989471489_202509302143_BETFAST, 04895582914_202510012004_BETFAST, 01883367379_202510010417_BETFAST, 02325745457_202510010249_BETFAST, 44504249804_202509302322_BETFAST, 08417620311_202510010325_BETFAST, 37531341808_202510010304_BETFAST, 07155780308_202510011927_BETFAST, 10420492623_202510012054_BETFAST, 31715873866_202510010024_BETFAST, 07627172624_202510011649_BETFAST, 86350382404_202510010316_BETFAST, 01446043533_202510010122_BETFAST, 60178985317_202510010048_BETFAST, 96291362287_202509302138_BETFAST, 38386603828_202510010031_BETFAST, 14231347611_202509302316_BETFAST, 04424805395_202510010226_BETFAST, 45215750807_202510011703_BETFAST, 70217463428_202510010043_BETFAST, 02890688275_202510010045_BETFAST, 06006270129_202509302132_BETFAST, 94227004004_202510010132_BETFAST, 15210689760_202509302234_BETFAST, 03774329117_202510011830_BETFAST, 18491438700_202510011841_BETFAST, 70989034267_202510011652_BETFAST, 46668430864_202510010302_BETFAST, 06642824580_202510010201_BETFAST, 43656013004_202510010410_BETFAST, 05036737571_202510011538_BETFAST, 62317371365_202510011447_BETFAST, 05260685741_202510010140_BETFAST, 48548615842_202510011605_BETFAST, 03531055119_202510011023_BETFAST, 09809275528_202509302202_BETFAST, 40527170828_202510010048_BETFAST, 32779882875_202510010430_BETFAST, 43474652893_202510011602_BETFAST, 09764146600_202510011050_BETFAST, 23513559895_202510012038_BETFAST, 13122420783_202510011305_BETFAST, 67441637520_202510011612_BETFAST, 02136515993_202510010218_BETFAST, 47532265811_202510011236_BETFAST, 00777851008_202509302219_BETFAST, 02427593516_202510010211_BETFAST, 34131776804_202510011059_BETFAST, 28261397890_202510011018_BETFAST, 08095291579_202510010217_BETFAST, 02499119063_202510011647_BETFAST, 04895582914_202510011432_BETFAST, 05769009314_202510010823_BETFAST, 07508033981_202510011754_BETFAST, 60030346029_202510011458_BETFAST, 00956093930_202509302308_BETFAST, 82297401787_202510011156_BETFAST, 80169635368_202510011249_BETFAST, 70234615400_202510010323_BETFAST, 11317946642_202510011952_BETFAST, 07685313308_202510010152_BETFAST, 02358120561_202509302354_BETFAST, 04976109224_202510010641_BETFAST, 44844443801_202510012052_BETFAST, 06594125192_202510011318_BETFAST, 01772348309_202510011828_BETFAST, 05260685741_202510010143_BETFAST, 04213754189_202510010301_BETFAST, 62266470353_202510011256_BETFAST, 06935616107_202510011628_BETFAST, 13881480722_202510011437_BETFAST, 50531188841_202510010410_BETFAST, 42213893896_202509302227_BETFAST, 43656013004_202510010413_BETFAST, 02930081163_202510010923_BETFAST, 14231347611_202509302300_BETFAST, 32678931862_202510010428_BETFAST, 02890688275_202510011300_BETFAST, 04432058170_202509302210_BETFAST, 39689260804_202510010907_BETFAST, 07685313308_202510011012_BETFAST, 13841772722_202510011019_BETFAST, 02369862289_202510011409_BETFAST, 07508033981_202510011850_BETFAST, 00918397260_202510011458_BETFAST, 34814589832_202509302354_BETFAST, 00083460209_202510010556_BETFAST, 16810034730_202510011216_BETFAST, 86097857004_202509302254_BETFAST, 39947789802_202510011858_BETFAST, 06006270129_202510011524_BETFAST, 03219981208_202510011422_BETFAST, 70234615400_202509302356_BETFAST, 04519373336_202510010352_BETFAST, 04138113525_202510010657_BETFAST, 13888292743_202510010330_BETFAST, 06789047310_202510010830_BETFAST, 85658740010_202510011341_BETFAST, 05920721421_202510010504_BETFAST, 06102314301_202510011247_BETFAST, 37602053800_202509302341_BETFAST, 42031782827_202510011754_BETFAST, 06594125192_202510011342_BETFAST, 17796375786_202510011541_BETFAST, 13714977708_202510011459_BETFAST, 07508033981_202510011400_BETFAST, 88876187120_202510011722_BETFAST, 43656013004_202510010449_BETFAST, 06935616107_202509302126_BETFAST, 20890821780_202509302242_BETFAST, 06789047310_202510010629_BETFAST, 44335960867_202509302312_BETFAST, 11454405686_202509302318_BETFAST, 06138074564_202510010200_BETFAST, 13841772722_202510011043_BETFAST, 13304803416_202510012024_BETFAST, 14942861730_202510011539_BETFAST, 04424805395_202510010225_BETFAST, 04052213203_202510012004_BETFAST, 34795355851_202509302316_BETFAST, 09976342357_202510011604_BETFAST, 01446043533_202510010127_BETFAST, 01883367379_202510010414_BETFAST, 70785352198_202510010058_BETFAST, 75982900168_202510011807_BETFAST, 04610167107_202510011633_BETFAST, 04519373336_202510011155_BETFAST, 32779882875_202510010937_BETFAST, 01493369261_202510011919_BETFAST, 06492228901_202510010133_BETFAST, 05030392335_202510011703_BETFAST, 11454405686_202510010417_BETFAST, 04622833050_202509302357_BETFAST, 41969080809_202510010716_BETFAST, 40527170828_202509302125_BETFAST, 40415254892_202510010535_BETFAST, 07627172624_202509302344_BETFAST, 42031782827_202510011541_BETFAST, 17796375786_202510011649_BETFAST, 41609378881_202510010301_BETFAST, 28031049890_202510012000_BETFAST, 05260685741_202510010145_BETFAST, 07627172624_202510010417_BETFAST, 02144570361_202510010201_BETFAST, 88876187120_202510012019_BETFAST, 41522598847_202509302326_BETFAST, 50531188841_202510010459_BETFAST, 02890688275_202510010055_BETFAST, 32986417825_202509302112_BETFAST, 01195237529_202510012005_BETFAST, 86350382404_202510010349_BETFAST, 86811661585_202510011802_BETFAST, 02926608047_202510010021_BETFAST, 06690910571_202510010251_BETFAST, 09537868702_202509302232_BETFAST, 10059434945_202510011521_BETFAST, 07399293996_202510010259_BETFAST, 46900317898_202510011652_BETFAST, 48548615842_202510011819_BETFAST, 06819170599_202510011735_BETFAST, 61694140300_202510010829_BETFAST, 32959795881_202509302337_BETFAST, 85238031068_202510011520_BETFAST, 06102314301_202510011349_BETFAST, 08632069489_202510010212_BETFAST, 10420492623_202510011151_BETFAST, 15380552790_202510010346_BETFAST, 85705020104_202510011623_BETFAST, 53725964068_202510010229_BETFAST, 06813864440_202510010006_BETFAST, 82297401787_202510011150_BETFAST, 08538619438_202510011324_BETFAST, 86811661585_202510010104_BETFAST, 94227004004_202510010207_BETFAST, 13087480789_202510010404_BETFAST, 07965367327_202509302154_BETFAST, 70234615400_202509302321_BETFAST, 97910066287_202510011049_BETFAST, 11279823704_202510011658_BETFAST, 34131776804_202510010401_BETFAST, 07627172624_202510010109_BETFAST, 70234615400_202510010428_BETFAST, 03037990805_202510011732_BETFAST, 07508033981_202510011438_BETFAST, 94227004004_202510010014_BETFAST, 02930081163_202510010941_BETFAST, 13167509732_202509302216_BETFAST, 12708560654_202510011812_BETFAST, 20890821780_202509302235_BETFAST, 62317371365_202510011426_BETFAST, 12789744661_202509302307_BETFAST, 43066258858_202510010114_BETFAST, 02155415613_202510010410_BETFAST, 10059434945_202510012024_BETFAST, 12798421721_202510010322_BETFAST, 04895582914_202510011445_BETFAST, 38386603828_202509302223_BETFAST, 61385016329_202510010318_BETFAST, 09676720402_202510012016_BETFAST, 92466737191_202510010115_BETFAST, 02635718580_202510011207_BETFAST, 34131776804_202510011133_BETFAST, 28261397890_202510011950_BETFAST, 45316817893_202510010008_BETFAST, 04246630900_202510010144_BETFAST, 03153866570_202509302314_BETFAST, 70234615400_202510011825_BETFAST, 40415254892_202510010403_BETFAST, 53725964068_202510010217_BETFAST, 60030346029_202510011155_BETFAST, 42031782827_202510011525_BETFAST, 02102771148_202509302248_BETFAST, 03789757306_202510011739_BETFAST, 04286231666_202510011407_BETFAST, 02981774395_202510010032_BETFAST, 07155780308_202510011940_BETFAST, 50448242753_202510010327_BETFAST, 01446043533_202510010143_BETFAST, 85721689153_202510011145_BETFAST, 91520460520_202509302106_BETFAST, 04944714335_202510012059_BETFAST, 03219981208_202510011329_BETFAST, 04735573399_202510010415_BETFAST, 47677323871_202510010157_BETFAST, 41609378881_202510011225_BETFAST, 02981774395_202510011749_BETFAST, 70234615400_202510010013_BETFAST, 23101710855_202510010155_BETFAST, 51304344800_202510011242_BETFAST, 09285085954_202510010011_BETFAST, 01446043533_202510010522_BETFAST, 07627172624_202510012054_BETFAST, 11317946642_202510012012_BETFAST, 23101710855_202510012054_BETFAST, 30637482859_202510011558_BETFAST, 18378505774_202510010244_BETFAST, 06102314301_202509302110_BETFAST, 62537586328_202509302203_BETFAST, 06594125192_202510011958_BETFAST, 34131776804_202510011135_BETFAST, 07508033981_202510010143_BETFAST, 85079758368_202510010116_BETFAST, 06138074564_202510011743_BETFAST, 42117664814_202510011827_BETFAST, 04090366178_202510010203_BETFAST, 01275041760_202510010231_BETFAST, 13714977708_202510011535_BETFAST, 01159041318_202510010014_BETFAST, 19753227701_202510010228_BETFAST, 08467893532_202510011240_BETFAST, 06789047310_202510010617_BETFAST, 02496326246_202510012001_BETFAST, 05687670394_202510011626_BETFAST, 70234615400_202510011355_BETFAST, 13298800724_202510011651_BETFAST, 13167509732_202510011853_BETFAST, 44844443801_202510010137_BETFAST, 15545153780_202510011428_BETFAST, 92466737191_202510010106_BETFAST, 05725337480_202510011826_BETFAST, 00542979900_202510010208_BETFAST, 92466737191_202510010054_BETFAST, 01804163910_202510010252_BETFAST, 18378505774_202510010251_BETFAST, 10839290977_202510011443_BETFAST, 13269715730_202510011438_BETFAST, 40527170828_202510010132_BETFAST, 37910899866_202510011612_BETFAST, 05997174913_202510011041_BETFAST, 48548615842_202510011523_BETFAST, 43443505880_202510011727_BETFAST, 05260685741_202510010027_BETFAST, 06134932906_202509302104_BETFAST, 15210689760_202510011905_BETFAST, 40993943870_202510011343_BETFAST, 01495563499_202510011440_BETFAST, 04610167107_202510011557_BETFAST, 07754641712_202510010119_BETFAST, 34795355851_202510011535_BETFAST, 08822338154_202510010129_BETFAST, 08438022359_202510011737_BETFAST, 03133076108_202510011824_BETFAST, 12700073789_202510011515_BETFAST, 09764146600_202510010603_BETFAST, 10839290977_202510011854_BETFAST, 05037323975_202510010828_BETFAST, 12008793761_202510010126_BETFAST, 00918397260_202510012048_BETFAST, 89147553472_202510010133_BETFAST, 44504249804_202509302158_BETFAST, 03073946039_202509302143_BETFAST, 37602053800_202510010302_BETFAST, 02102771148_202509302314_BETFAST, 42775183204_202510012007_BETFAST, 02993487256_202510011156_BETFAST, 81382561091_202510010438_BETFAST, 62084170311_202510010241_BETFAST, 45215750807_202510011736_BETFAST, 40934611807_202510010247_BETFAST, 13894754923_202509302340_BETFAST, 01648949509_202510012015_BETFAST, 01446043533_202510010158_BETFAST, 43656013004_202510010430_BETFAST, 01431634344_202510011947_BETFAST, 96291362287_202509302142_BETFAST, 37353055472_202510010302_BETFAST, 04432058170_202510010112_BETFAST, 07754641712_202510010350_BETFAST, 32959795881_202509302312_BETFAST, 09237031440_202510011203_BETFAST, 06102314301_202509302142_BETFAST, 02416545051_202510011710_BETFAST, 41494287862_202510011712_BETFAST, 06789047310_202510010806_BETFAST, 80169635368_202510011642_BETFAST, 14332306740_202510010721_BETFAST, 87656574115_202510011753_BETFAST, 62948887356_202510010403_BETFAST, 02890688275_202510010331_BETFAST, 85721689153_202510010051_BETFAST, 08389991586_202510011354_BETFAST, 99690900200_202510011808_BETFAST, 38908431829_202510011829_BETFAST, 02894502257_202510010622_BETFAST, 85372900091_202510010215_BETFAST, 34795355851_202510011200_BETFAST, 04432058170_202510010009_BETFAST, 07738502959_202510010400_BETFAST, 14942861730_202510011607_BETFAST, 01446043533_202509302230_BETFAST, 04895582914_202510011417_BETFAST, 09764146600_202510011543_BETFAST, 16995700783_202510012026_BETFAST, 70217463428_202509302203_BETFAST, 05725337480_202510011422_BETFAST, 03213932019_202510011502_BETFAST, 13451679701_202510010412_BETFAST, 85658740010_202510011418_BETFAST, 13894754923_202509302346_BETFAST, 32959795881_202509302107_BETFAST, 42407105885_202510010312_BETFAST, 03213932019_202510011815_BETFAST, 44253247814_202510011532_BETFAST, 05085634969_202510011528_BETFAST, 12789744661_202509302340_BETFAST, 11454405686_202510010348_BETFAST, 06492228901_202509302224_BETFAST, 40560103824_202510011914_BETFAST, 04432058170_202510010307_BETFAST, 41609378881_202510011238_BETFAST, 96291362287_202509302144_BETFAST, 22541569858_202509302339_BETFAST, 07754641712_202510010724_BETFAST, 39947789802_202510010343_BETFAST, 02890688275_202510011544_BETFAST, 70234615400_202510011427_BETFAST, 04805530251_202510010219_BETFAST, 32779882875_202510010846_BETFAST, 29973574893_202510011005_BETFAST, 00544341902_202510010053_BETFAST, 04976109224_202510010530_BETFAST, 70234615400_202510010241_BETFAST, 41494287862_202510011701_BETFAST, 99945614991_202510011747_BETFAST, 16932029723_202509302258_BETFAST, 13795348609_202510011507_BETFAST, 23101710855_202510010114_BETFAST, 09026998732_202509302320_BETFAST, 03701820147_202510011811_BETFAST, 47143710881_202510011446_BETFAST, 11454405686_202510010240_BETFAST, 35982230804_202509302255_BETFAST, 04916167910_202510011059_BETFAST, 12232466477_202510011755_BETFAST, 70491781440_202510010219_BETFAST, 10844735930_202510011612_BETFAST, 02829877039_202510012049_BETFAST, 10798461829_202510010454_BETFAST, 18197613710_202510011350_BETFAST, 02499119063_202510011552_BETFAST, 35982230804_202510011920_BETFAST, 08444178900_202510011955_BETFAST, 70785352198_202510010102_BETFAST, 07789284975_202510011743_BETFAST, 40415254892_202510011432_BETFAST, 70234615400_202510011139_BETFAST, 01446043533_202509302313_BETFAST, 05774338738_202510011436_BETFAST, 13666023746_202510010932_BETFAST, 06138074564_202510010052_BETFAST, 02155415613_202510011923_BETFAST, 03037990805_202510011800_BETFAST, 07685313308_202510010106_BETFAST, 06102314301_202510011249_BETFAST, 02635718580_202510010138_BETFAST, 87430940153_202509302359_BETFAST, 34131776804_202510010422_BETFAST, 61219859338_202510011700_BETFAST, 06789047310_202510011106_BETFAST, 18197613710_202510011217_BETFAST, 13841772722_202510011017_BETFAST, 42407105885_202510011807_BETFAST, 05036737571_202510011535_BETFAST, 04519373336_202510011246_BETFAST, 07627172624_202510011703_BETFAST, 14039691750_202509302114_BETFAST, 19753227701_202509302222_BETFAST, 08884672309_202510011054_BETFAST, 70829061452_202509302348_BETFAST, 75245086387_202510011212_BETFAST, 07508033981_202509302113_BETFAST, 42989129812_202510010155_BETFAST, 03650337312_202510011513_BETFAST, 38148916861_202509302152_BETFAST, 07252912302_202510011837_BETFAST, 92154808204_202510011751_BETFAST, 02155415613_202510010315_BETFAST, 04911617608_202510011532_BETFAST, 01446043533_202510010234_BETFAST, 01767778309_202510010456_BETFAST, 01275041760_202510010201_BETFAST, 35982230804_202510011631_BETFAST, 02981774395_202510011834_BETFAST, 40415254892_202</t>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 99690900200_202510012026_BETFAST, 29973574893_202510011629_BETFAST, 02323851225_202510010219_BETFAST, 85658740010_202510011507_BETFAST, 42477351877_202510010044_BETFAST, 06102314301_202510011134_BETFAST, 16028077879_202510011559_BETFAST, 04213754189_202509302309_BETFAST, 32779882875_202510010607_BETFAST, 18197613710_202510011323_BETFAST, 02358120561_202510010100_BETFAST, 19753227701_202510010339_BETFAST, 96291362287_202509302146_BETFAST, 02358120561_202510012001_BETFAST, 35982230804_202509302242_BETFAST, 21579895875_202510010025_BETFAST, 38086945804_202510010206_BETFAST, 35193561802_202510011030_BETFAST, 04052213203_202510010322_BETFAST, 10839290977_202510011958_BETFAST, 07754641712_202510010354_BETFAST, 10065524560_202509302145_BETFAST, 08935762989_202510010324_BETFAST, 77490010268_202510011330_BETFAST, 06102314301_202510011740_BETFAST, 17796375786_202510011632_BETFAST, 08389991586_202510011737_BETFAST, 09461056699_202510010050_BETFAST, 39683122876_202510010254_BETFAST, 15545153780_202510010044_BETFAST, 88876187120_202510011618_BETFAST, 75982900168_202510011156_BETFAST, 37910899866_202510011505_BETFAST, 31715873866_202510010049_BETFAST, 45333460817_202510010424_BETFAST, 71522298134_202509302225_BETFAST, 05036737571_202510011509_BETFAST, 86350382404_202510010332_BETFAST, 17889312709_202510010154_BETFAST, 15501723794_202510010248_BETFAST, 09519736905_202510012015_BETFAST, 60873615379_202510011924_BETFAST, 02894502257_202510010635_BETFAST, 12008793761_202510010122_BETFAST, 04213754189_202510010850_BETFAST, 35982230804_202509302159_BETFAST, 01582591148_202510012016_BETFAST, 05243067377_202510010200_BETFAST, 00777851008_202509302336_BETFAST, 70989471489_202509302220_BETFAST, 03839810426_202510012036_BETFAST, 44017982875_202510011807_BETFAST, 11379552796_202510010407_BETFAST, 70234615400_202510010243_BETFAST, 36792440884_202510011601_BETFAST, 86878681545_202510011810_BETFAST, 43066258858_202510011004_BETFAST, 13795348609_202510011644_BETFAST, 17305443719_202510011123_BETFAST, 32794900811_202509302321_BETFAST, 70234615400_202510011423_BETFAST, 86727735514_202510010502_BETFAST, 03314361408_202510011518_BETFAST, 04895582914_202510011406_BETFAST, 61436438306_202509302227_BETFAST, 16028077879_202510011716_BETFAST, 86062595518_202510011828_BETFAST, 86062595518_202510011935_BETFAST, 05260685741_202510010236_BETFAST, 61303030330_202510011206_BETFAST, 07055915570_202509302318_BETFAST, 07627172624_202510010251_BETFAST, 41522598847_202509302314_BETFAST, 09044678990_202510010123_BETFAST, 41018441867_202509302349_BETFAST, 04432058170_202509302224_BETFAST, 19753227701_202509302218_BETFAST, 38908431829_202510010008_BETFAST, 46900317898_202510011521_BETFAST, 13784540651_202510011745_BETFAST, 93567596420_202510010014_BETFAST, 19524823721_202510010339_BETFAST, 06789047310_202510010608_BETFAST, 70234615400_202510012005_BETFAST, 07508033981_202510010315_BETFAST, 61436438306_202510010106_BETFAST, 07759026161_202510011353_BETFAST, 06138074564_202510010027_BETFAST, 10839290977_202510011449_BETFAST, 13892755744_202510011742_BETFAST, 04032823227_202510010048_BETFAST, 70234615400_202510010302_BETFAST, 04286231666_202510011225_BETFAST, 23054278832_202509302232_BETFAST, 10839290977_202510011615_BETFAST, 02358120561_202510010054_BETFAST, 40415254892_202510010714_BETFAST, 43474652893_202510011433_BETFAST, 06935616107_202510011646_BETFAST, 93567596420_202510010001_BETFAST, 01446043533_202510010115_BETFAST, 35982230804_202510011955_BETFAST, 16810034730_202510011504_BETFAST, 05134678588_202510011436_BETFAST, 00486084329_202509302203_BETFAST, 01446043533_202510010420_BETFAST, 13167509732_202510011944_BETFAST, 11379552796_202510010319_BETFAST, 04213754189_202510010259_BETFAST, 02870327102_202509302259_BETFAST, 34795355851_202509302212_BETFAST, 11584448695_202509302200_BETFAST, 12789744661_202509302320_BETFAST, 12496917619_202510011656_BETFAST, 08935762989_202510012054_BETFAST, 44844443801_202510010116_BETFAST, 04622833050_202510011714_BETFAST, 13167509732_202510011920_BETFAST, 17451161684_202509302208_BETFAST, 05037323975_202510011139_BETFAST, 34131776804_202510011053_BETFAST, 01493369261_202510011852_BETFAST, 40415254892_202510012005_BETFAST, 08763849550_202509302308_BETFAST, 20329184717_202510011654_BETFAST, 09411838405_202509302338_BETFAST, 86155651558_202509302354_BETFAST, 50531188841_202510011447_BETFAST, 71691219053_202510011848_BETFAST, 38908431829_202509302245_BETFAST, 85079758368_202510010122_BETFAST, 49576581885_202510010131_BETFAST, 10210273321_202510010204_BETFAST, 05260685741_202510010247_BETFAST, 18197613710_202510011354_BETFAST, 87430940153_202510010235_BETFAST, 05746918989_202510011416_BETFAST, 05632023788_202510010154_BETFAST, 35193561802_202509302128_BETFAST, 08466943790_202510010014_BETFAST, 13451679701_202510010428_BETFAST, 13714977708_202510011453_BETFAST, 35982230804_202510011149_BETFAST, 19753227701_202510011528_BETFAST, 15210689760_202509302320_BETFAST, 85372900091_202510010121_BETFAST, 12496917619_202510011711_BETFAST, 03923767170_202510011401_BETFAST, 71531466443_202509302206_BETFAST, 01648949509_202510012029_BETFAST, 02358120561_202510011643_BETFAST, 06138074564_202510010056_BETFAST, 43066258858_202510010228_BETFAST, 91520460520_202510010352_BETFAST, 01767778309_202510010447_BETFAST, 70572663404_202510010406_BETFAST, 34795355851_202510011327_BETFAST, 01493369261_202510011847_BETFAST, 48548615842_202510011445_BETFAST, 05676674300_202510011017_BETFAST, 13269715730_202510011443_BETFAST, 13269715730_202510011024_BETFAST, 32794900811_202509302343_BETFAST, 16810034730_202510011255_BETFAST, 92154808204_202510011709_BETFAST, 05197073462_202510011358_BETFAST, 14976764796_202509302141_BETFAST, 31640380892_202509302137_BETFAST, 04856999583_202510010231_BETFAST, 80169635368_202510011250_BETFAST, 01431634344_202510012003_BETFAST, 99945614991_202510012009_BETFAST, 35982230804_202510011626_BETFAST, 02981774395_202510011823_BETFAST, 08769363544_202510010045_BETFAST, 80169635368_202510010921_BETFAST, 03156013021_202510010252_BETFAST, 34131776804_202510010241_BETFAST, 08444178900_202510012029_BETFAST, 22961067812_202510010148_BETFAST, 06594125192_202510012001_BETFAST, 87430940153_202509302253_BETFAST, 70234615400_202510010453_BETFAST, 02358120561_202510010023_BETFAST, 01446043533_202510010030_BETFAST, 44342678845_202510011027_BETFAST, 17280603700_202510010954_BETFAST, 05197073462_202510011019_BETFAST, 43656013004_202510010517_BETFAST, 81171609191_202510011724_BETFAST, 99690900200_202510010350_BETFAST, 04735573399_202510010348_BETFAST, 80223230715_202510011937_BETFAST, 01446043533_202509302304_BETFAST, 18102148829_202510010139_BETFAST, 44017982875_202510010348_BETFAST, 10839290977_202510011151_BETFAST, 00542979900_202510011449_BETFAST, 05746918989_202510010900_BETFAST, 12587126797_202510010817_BETFAST, 07651220900_202510012010_BETFAST, 07679835560_202510011946_BETFAST, 01292118342_202510010030_BETFAST, 15210689760_202509302333_BETFAST, 01195237529_202509302121_BETFAST, 39316013828_202510011039_BETFAST, 49576581885_202509302259_BETFAST, 61219859338_202510011650_BETFAST, 09285085954_202510010023_BETFAST, 05309363564_202510011854_BETFAST, 06690910571_202510010309_BETFAST, 17280603700_202510010941_BETFAST, 09893433401_202510011843_BETFAST, 07508033981_202510011941_BETFAST, 15545153780_202510011234_BETFAST, 02369862289_202510011405_BETFAST, 01799907643_202510010221_BETFAST, 17280603700_202510010942_BETFAST, 13714977708_202510011849_BETFAST, 19753227701_202510010311_BETFAST, 44844443801_202510010041_BETFAST, 32779882875_202510011006_BETFAST, 02074556195_202509302302_BETFAST, 13666023746_202510010358_BETFAST, 11962375650_202510011640_BETFAST, 08466943790_202509302136_BETFAST, 06521275410_202510011352_BETFAST, 01275041760_202510010141_BETFAST, 87430940153_202509302245_BETFAST, 80146953134_202510010901_BETFAST, 07627172624_202510010225_BETFAST, 22541569858_202510011452_BETFAST, 06642824580_202510011637_BETFAST, 60030346029_202510011457_BETFAST, 23073335846_202510010127_BETFAST, 04976109224_202510010540_BETFAST, 07518920689_202510012052_BETFAST, 86468336589_202510011005_BETFAST, 28261397890_202510011017_BETFAST, 35982230804_202510010019_BETFAST, 02358120561_202510011440_BETFAST, 13892755744_202510011832_BETFAST, 10572142307_202510011957_BETFAST, 40415254892_202510011433_BETFAST, 19753227701_202510010256_BETFAST, 03268574351_202510010030_BETFAST, 86350382404_202509302335_BETFAST, 03413170120_202510011302_BETFAST, 07508033981_202510011805_BETFAST, 32959795881_202509302138_BETFAST, 01811702309_202510010221_BETFAST, 10596307454_202510011443_BETFAST, 16810034730_202510011935_BETFAST, 01493369261_202510012021_BETFAST, 09026998732_202509302258_BETFAST, 62084170311_202510010237_BETFAST, 07685313308_202510010148_BETFAST, 17796375786_202510011712_BETFAST, 12008793761_202510011344_BETFAST, 00956093930_202509302312_BETFAST, 12443547914_202510011359_BETFAST, 11423542886_202510011604_BETFAST, 42031782827_202510011548_BETFAST, 38303835840_202510011152_BETFAST, 49576581885_202510010121_BETFAST, 10722034644_202510010731_BETFAST, 04432058170_202510010036_BETFAST, 13265116700_202510011819_BETFAST, 06281475380_202510011846_BETFAST, 70989034267_202510011611_BETFAST, 07518920689_202510012041_BETFAST, 04286231666_202510011257_BETFAST, 23101710855_202509302304_BETFAST, 60030346029_202510011023_BETFAST, 40415254892_202510010427_BETFAST, 09416513121_202509302159_BETFAST, 07718595978_202510010932_BETFAST, 49957703803_202510010116_BETFAST, 04909442561_202510010323_BETFAST, 01395077100_202510010610_BETFAST, 53094591892_202510011355_BETFAST, 09537868702_202509302228_BETFAST, 70234615400_202510011705_BETFAST, 86350382404_202510010353_BETFAST, 16094463803_202510010439_BETFAST, 05085634969_202510011511_BETFAST, 70234615400_202510010419_BETFAST, 70038080133_202510010430_BETFAST, 04766140150_202510011555_BETFAST, 16877074726_202510011428_BETFAST, 16932029723_202510010048_BETFAST, 48548615842_202510011655_BETFAST, 38303835840_202510011215_BETFAST, 08432370908_202510011853_BETFAST, 40527170828_202510010042_BETFAST, 71531466443_202510011605_BETFAST, 07272214503_202510010234_BETFAST, 20329184717_202510010419_BETFAST, 29025683800_202510010752_BETFAST, 10052583252_202509302135_BETFAST, 01883367379_202510011859_BETFAST, 71820086100_202510010204_BETFAST, 44393509846_202509302327_BETFAST, 86155651558_202509302357_BETFAST, 06767687413_202509302304_BETFAST, 92466737191_202510010124_BETFAST, 07508033981_202509302114_BETFAST, 08884672309_202510011053_BETFAST, 03219981208_202510011318_BETFAST, 38086945804_202510010126_BETFAST, 86781381571_202510010212_BETFAST, 99945614991_202510011928_BETFAST, 09231491717_202510011643_BETFAST, 01799907643_202510010227_BETFAST, 32779882875_202510011000_BETFAST, 07887258588_202509302200_BETFAST, 40415254892_202510011420_BETFAST, 02369862289_202510011845_BETFAST, 38908431829_202510011234_BETFAST, 40993943870_202510011333_BETFAST, 42031782827_202510010943_BETFAST, 10210273321_202510010146_BETFAST, 02894502257_202510010436_BETFAST, 99690900200_202510010417_BETFAST, 41494287862_202510011817_BETFAST, 05389645707_202510011835_BETFAST, 06314233380_202510011746_BETFAST, 40934611807_202510010246_BETFAST, 43474652893_202510011430_BETFAST, 09231491717_202510010113_BETFAST, 40415254892_202510010645_BETFAST, 12955202908_202510010208_BETFAST, 13451679701_202510010508_BETFAST, 11095998463_202510010403_BETFAST, 07627172624_202510010247_BETFAST, 11379552796_202510010417_BETFAST, 40415254892_202510010504_BETFAST, 00543542505_202510011933_BETFAST, 80169635368_202510011339_BETFAST, 99690900200_202510011840_BETFAST, 01446043533_202509302237_BETFAST, 43066258858_202510010215_BETFAST, 13665396646_202510011208_BETFAST, 01883367379_202510010303_BETFAST, 70234615400_202510011528_BETFAST, 01446043533_202510010305_BETFAST, 04792237939_202510012016_BETFAST, 21579895875_202510010128_BETFAST, 13795348609_202510011858_BETFAST, 11454405686_202510010315_BETFAST, 45316817893_202510011108_BETFAST, 38908431829_202510010044_BETFAST, 11454405686_202510010247_BETFAST, 08794889562_202509302211_BETFAST, 46900317898_202509302324_BETFAST, 17305443719_202510010959_BETFAST, 09231491717_202510010106_BETFAST, 04213754189_202509302319_BETFAST, 09026998732_202509302327_BETFAST, 05235026136_202510011752_BETFAST, 05197073462_202510011908_BETFAST, 44017982875_202510011802_BETFAST, 39689260804_202510010729_BETFAST, 70234615400_202510010314_BETFAST, 07508033981_202510010105_BETFAST, 89147553472_202510010132_BETFAST, 61303030330_202510010156_BETFAST, 05243067377_202509302337_BETFAST, 12700073789_202510011409_BETFAST, 43656013004_202510010637_BETFAST, 36792440884_202510011602_BETFAST, 05259427505_202510011445_BETFAST, 89653360159_202510010221_BETFAST, 30907807801_202510011032_BETFAST, 07627172624_202510010349_BETFAST, 40527170828_202510010128_BETFAST, 09737637607_202510012020_BETFAST, 05389645707_202510011258_BETFAST, 91520460520_202509302353_BETFAST, 07508033981_202510010103_BETFAST, 02483759114_202509302118_BETFAST, 70030649447_202510011535_BETFAST, 08678593695_202510011856_BETFAST, 35193561802_202510011652_BETFAST, 49957703803_202509302255_BETFAST, 46151217845_202510012034_BETFAST, 87430940153_202509302329_BETFAST, 01629950599_202510010859_BETFAST, 14942861730_202510011958_BETFAST, 42477351877_202510010100_BETFAST, 16769451646_202510011444_BETFAST, 14955831710_202510012053_BETFAST, 43066258858_202510011012_BETFAST, 86878681545_202510011806_BETFAST, 10839290977_202510011551_BETFAST, 13451679701_202509302355_BETFAST, 80169635368_202510011645_BETFAST, 09537868702_202509302151_BETFAST, 08884672309_202510011222_BETFAST, 34795355851_202510011201_BETFAST, 19542944764_202510011113_BETFAST, 08284664593_202510011750_BETFAST, 73836915200_202510010438_BETFAST, 01446043533_202510010425_BETFAST, 06690910571_202510010321_BETFAST, 62317371365_202510010206_BETFAST, 02483759114_202510011518_BETFAST, 96588403020_202510012059_BETFAST, 06935616107_202510011711_BETFAST, 79540740720_202510011918_BETFAST, 35956839864_202510011525_BETFAST, 29992404817_202509302359_BETFAST, 13167509732_202510011031_BETFAST, 44106931826_202510011727_BETFAST, 75982900168_202510011140_BETFAST, 09764146600_202510012036_BETFAST, 42213893896_202510010331_BETFAST, 09764146600_202510011603_BETFAST, 62948887356_202510010617_BETFAST, 07508033981_202510011249_BETFAST, 13167509732_202510010842_BETFAST, 08678593695_202510011656_BETFAST, 05997174913_202510011110_BETFAST, 40415254892_202510010413_BETFAST, 07135248392_202510011543_BETFAST, 12008793761_202510011339_BETFAST, 07508033981_202510010048_BETFAST, 16112772728_202510011448_BETFAST, 42031782827_202510011822_BETFAST, 09676720402_202510012006_BETFAST, 96291362287_202509302149_BETFAST, 06789047310_202510010614_BETFAST, 02496326246_202510012002_BETFAST, 13167509732_202510011902_BETFAST, 01495563499_202510010238_BETFAST, 85372900091_202510010159_BETFAST, 85721689153_202510011155_BETFAST, 10099640708_202509302213_BETFAST, 16932029723_202510010033_BETFAST, 77490010268_202510011419_BETFAST, 03531055119_202510011008_BETFAST, 05260685741_202510010124_BETFAST, 44017982875_202509302150_BETFAST, 13298800724_202509302106_BETFAST, 40415254892_202510010335_BETFAST, 07508033981_202510011213_BETFAST, 13167509732_202510010818_BETFAST, 06138074564_202510011740_BETFAST, 02702722326_202510012055_BETFAST, 44017982875_202510010336_BETFAST, 08678593695_202510011643_BETFAST, 35982230804_202510011602_BETFAST, 08466943790_202509302358_BETFAST, 08444178900_202510010143_BETFAST, 08467893532_202510011158_BETFAST, 62455089320_202510010154_BETFAST, 43656013004_202510010308_BETFAST, 32779882875_202510010956_BETFAST, 03839810426_202510012039_BETFAST, 02635718580_202510012050_BETFAST, 06789047310_202510010540_BETFAST, 10756007909_202510012054_BETFAST, 15960452723_202509302143_BETFAST, 38908431829_202510010153_BETFAST, 09537868702_202509302314_BETFAST, 34795355851_202510011116_BETFAST, 06373717712_202510010435_BETFAST, 18197613710_202510011224_BETFAST, 40415254892_202510010615_BETFAST, 03346991008_202510011345_BETFAST, 06789047310_202510010648_BETFAST, 99945614991_202510011807_BETFAST, 11779221932_202509302333_BETFAST, 02780880236_202510011653_BETFAST, 08467893532_202510011250_BETFAST, 38908431829_202510010155_BETFAST, 97401056534_202509302154_BETFAST, 15210689760_202510011908_BETFAST, 50448242753_202510010324_BETFAST, 86941313153_202510010259_BETFAST, 05197073462_202510011904_BETFAST, 05260685741_202510010137_BETFAST, 09514781503_202509302107_BETFAST, 09764146600_202510011027_BETFAST, 38908431829_202510011520_BETFAST, 01187991260_202510011311_BETFAST, 04032823227_202510010100_BETFAST, 02702722326_202510012053_BETFAST, 00102327025_202510010047_BETFAST, 04911617608_202510010233_BETFAST, 85658740010_202510011320_BETFAST, 07508033981_202510011720_BETFAST, 87656574115_202510011656_BETFAST, 00427754003_202510011944_BETFAST, 07508033981_202510010109_BETFAST, 70989471489_202509302229_BETFAST, 61436438306_202509302228_BETFAST, 11221816470_202510010041_BETFAST, 32678931862_202510010449_BETFAST, 13298800724_202510011654_BETFAST, 44335960867_202509302234_BETFAST, 05844445910_202509302110_BETFAST, 00427754003_202510011655_BETFAST, 07508033981_202510010340_BETFAST, 70234615400_202510011202_BETFAST, 43656013004_202510010520_BETFAST, 01386996580_202510010616_BETFAST, 10839290977_202510011655_BETFAST, 42775183204_202510011202_BETFAST, 13604728789_202510011516_BETFAST, 39689260804_202510010730_BETFAST, 05389645707_202510010936_BETFAST, 05259427505_202510011508_BETFAST, 12587126797_202510010835_BETFAST, 07685313308_202510010133_BETFAST, 13666023746_202510010125_BETFAST, 94227004004_202509302336_BETFAST, 85372900091_202510010251_BETFAST, 01493369261_202510011924_BETFAST, 02443946525_202510010712_BETFAST, 39947789802_202510010240_BETFAST, 11779221932_202509302135_BETFAST, 11537323601_202509302159_BETFAST, 11805911783_202510010227_BETFAST, 05037323975_202510011213_BETFAST, 70234615400_202510011905_BETFAST, 40415254892_202510010144_BETFAST, 01811702309_202509302150_BETFAST, 22773757807_202509302237_BETFAST, 39683122876_202510010239_BETFAST, 09737637607_202510012014_BETFAST, 03962594213_202510011428_BETFAST, 01446043533_202509302342_BETFAST, 85079758368_202510010940_BETFAST, 17054365798_202510010359_BETFAST, 10447144928_202510010302_BETFAST, 04610167107_202510011625_BETFAST, 71820086100_202510010149_BETFAST, 06789047310_202510010724_BETFAST, 03951833912_202510011543_BETFAST, 16932029723_202510010051_BETFAST, 42775183204_202510011127_BETFAST, 09676720402_202510011955_BETFAST, 50531188841_202509302140_BETFAST, 51304344800_202510011236_BETFAST, 09026998732_202509302315_BETFAST, 15545153780_202509302141_BETFAST, 40415254892_202510010730_BETFAST, 06594125192_202510011352_BETFAST, 05234545466_202510010150_BETFAST, 14176113758_202510010934_BETFAST, 80169635368_202510011259_BETFAST, 06789047310_202510011216_BETFAST, 11379552796_202510010425_BETFAST, 05997174913_202510011128_BETFAST, 05920721421_202510010501_BETFAST, 00542979900_202510011455_BETFAST, 06789047310_202510011723_BETFAST, 04917575222_202510011825_BETFAST, 09100205400_202509302348_BETFAST, 04519373336_202510011156_BETFAST, 12203361654_202510010012_BETFAST, 08538619438_202510011319_BETFAST, 03651506061_202510011702_BETFAST, 04052213203_202510010247_BETFAST, 61436438306_202509302351_BETFAST, 13075027766_202510010232_BETFAST, 70825863457_202510011523_BETFAST, 05811372051_202510012010_BETFAST, 19542944764_202510010845_BETFAST, 15551142701_202510011631_BETFAST, 13892755744_202510011838_BETFAST, 01446043533_202510010124_BETFAST, 80169635368_202510010204_BETFAST, 35006409827_202509302130_BETFAST, 11805911783_202510010158_BETFAST, 11454405686_202510010332_BETFAST, 32959795881_202509302132_BETFAST, 42989129812_202510010245_BETFAST, 70217463428_202509302138_BETFAST, 05389645707_202510011442_BETFAST, 70234615400_202510010415_BETFAST, 02894502257_202510010913_BETFAST, 05746918989_202510011419_BETFAST, 94227004004_202510010134_BETFAST, 13451679701_202510010427_BETFAST, 32779882875_202510010630_BETFAST, 18197613710_202510011314_BETFAST, 61436438306_202509302144_BETFAST, 06935616107_202509302125_BETFAST, 00777851008_202510010033_BETFAST, 75982900168_202510011802_BETFAST, 15026091423_202510011419_BETFAST, 15321856770_202510011355_BETFAST, 45215750807_202510011703_BETFAST, 86037186529_202510011443_BETFAST, 44504249804_202509302324_BETFAST, 35982230804_202510011140_BETFAST, 16509035618_202510012026_BETFAST, 11962375650_202510011323_BETFAST, 50531188841_202510010449_BETFAST, 99945614991_202510012006_BETFAST, 61789791340_202510011739_BETFAST, 79905749500_202510011044_BETFAST, 53725964068_202510010239_BETFAST, 43066258858_202510011020_BETFAST, 08389991586_202510011706_BETFAST, 14176113758_202510010932_BETFAST, 07627172624_202509302341_BETFAST, 13167509732_202510010833_BETFAST, 04032823227_202510010030_BETFAST, 18258001701_202510011436_BETFAST, 80169635368_202510012042_BETFAST, 05746918989_202510010807_BETFAST, 06789047310_202510010833_BETFAST, 19881102707_202510010154_BETFAST, 10839290977_202510011431_BETFAST, 04610167107_202510011636_BETFAST, 44740169800_202510010413_BETFAST, 11190368447_202510011201_BETFAST, 06006270129_202510011527_BETFAST, 46668430864_202510010302_BETFAST, 06642824580_202510010201_BETFAST, 06690910571_202510010306_BETFAST, 62317371365_202510011408_BETFAST, 04213754189_202510011051_BETFAST, 19524823721_202510010341_BETFAST, 60178985317_202510010012_BETFAST, 04895582914_202510012017_BETFAST, 06690910571_202510010254_BETFAST, 38097334828_202510010234_BETFAST, 07508033981_202510011853_BETFAST, 48548615842_202510011757_BETFAST, 15545153780_202510010127_BETFAST, 34795355851_202509302349_BETFAST, 12443547914_202510011429_BETFAST, 45215750807_202510011716_BETFAST, 01275041760_202509302223_BETFAST, 08466943790_202509302329_BETFAST, 85312045691_202510011347_BETFAST, 60030346029_202510011121_BETFAST, 10911577904_202510011844_BETFAST, 46900317898_202509302103_BETFAST, 00596577311_202509302110_BETFAST, 17796375786_202510011616_BETFAST, 08661749581_202510011723_BETFAST, 70234615400_202510011121_BETFAST, 04052213203_202510010306_BETFAST, 04895582914_202510011431_BETFAST, 86179411204_202509302352_BETFAST, 35982230804_202510010016_BETFAST, 12955202908_202510012025_BETFAST, 07754641712_202510010646_BETFAST, 12231987660_202510010342_BETFAST, 61436438306_202509302341_BETFAST, 08095291579_202510010258_BETFAST, 09237031440_202510011220_BETFAST, 07155780308_202510012006_BETFAST, 43656013004_202510010600_BETFAST, 35193561802_202510011017_BETFAST, 38086945804_202510010221_BETFAST, 32779882875_202510010839_BETFAST, 05746918989_202510010811_BETFAST, 19881102707_202510010142_BETFAST, 94227004004_202509302357_BETFAST, 06727712417_202510010122_BETFAST, 14489958412_202510011259_BETFAST, 01159041318_202509302351_BETFAST, 80169635368_202510011147_BETFAST, 34795355851_202509302218_BETFAST, 86318159509_202510010149_BETFAST, 42477025805_202510011944_BETFAST, 06373717712_202510010447_BETFAST, 42213893896_202509302227_BETFAST, 49957703803_202509302336_BETFAST, 04792237939_202510012021_BETFAST, 16810034730_202510011525_BETFAST, 15545153780_202510011610_BETFAST, 39689260804_202510010907_BETFAST, 13795348609_202510011820_BETFAST, 09537868702_202509302329_BETFAST, 04304944754_202509302101_BETFAST, 99690900200_202510010528_BETFAST, 38097334828_202510010237_BETFAST, 08884672309_202510011108_BETFAST, 00918397260_202510011458_BETFAST, 03871318175_202510010110_BETFAST, 44844443801_202510010207_BETFAST, 06767687413_202509302318_BETFAST, 67441637520_202510011604_BETFAST, 04432058170_202510010124_BETFAST, 70234615400_202509302356_BETFAST, 23073335846_202510010020_BETFAST, 45379187803_202510010303_BETFAST, 07627172624_202510011853_BETFAST, 02358120561_202509302213_BETFAST, 39689260804_202510010744_BETFAST, 10420492623_202510011142_BETFAST, 40415254892_202510010533_BETFAST, 19542944764_202510011852_BETFAST, 06134932906_202509302127_BETFAST, 38908431829_202510011600_BETFAST, 61219859338_202510011649_BETFAST, 39058728897_202510010349_BETFAST, 37531341808_202510010301_BETFAST, 70234615400_202510010038_BETFAST, 09231491717_202510010124_BETFAST, 13087480789_202510010355_BETFAST, 43066258858_202510010941_BETFAST, 09231491717_202510011610_BETFAST, 19542944764_202510010840_BETFAST, 39017572876_202510011238_BETFAST, 07627172624_202510012030_BETFAST, 07815490433_202510010018_BETFAST, 87430940153_202509302344_BETFAST, 02635718580_202510011900_BETFAST, 07815490433_202510010105_BETFAST, 42031782827_202510011752_BETFAST, 71531466443_202510011139_BETFAST, 38908431829_202510011333_BETFAST, 12662522747_202510011719_BETFAST, 03751507221_202509302246_BETFAST, 14446172735_202510011439_BETFAST, 01883367379_202510010414_BETFAST, 38502895320_202510011620_BETFAST, 09237031440_202510011233_BETFAST, 18491438700_202510011844_BETFAST, 01493369261_202510011919_BETFAST, 46256225813_202510010224_BETFAST, 04052213203_202510010316_BETFAST, 11379655684_202510010357_BETFAST, 37514447857_202510010255_BETFAST, 04735573399_202509302337_BETFAST, 03580780166_202510011908_BETFAST, 01891531646_202510010216_BETFAST, 07508033981_202510012020_BETFAST, 07685313308_202510010141_BETFAST, 23073335846_202510010026_BETFAST, 02358120561_202509302308_BETFAST, 07518920689_202510011253_BETFAST, 12603123483_202510011440_BETFAST, 18258001701_202510011433_BETFAST, 06789047310_202510010836_BETFAST, 07627172624_202510011855_BETFAST, 05807351339_202510011735_BETFAST, 03962594213_202509302123_BETFAST, 44504249804_202509302334_BETFAST, 77490010268_202510011437_BETFAST, 38399093840_202510010843_BETFAST, 60178985317_202510010017_BETFAST, 70234615400_202510011337_BETFAST, 44335960867_202509302253_BETFAST, 06789047310_202510010727_BETFAST, 07754641712_202510010129_BETFAST, 00381532208_202510012034_BETFAST, 06383398989_202510010759_BETFAST, 10764951688_202509302250_BETFAST, 15210689760_202510011256_BETFAST, 18378505774_202510010233_BETFAST, 09411838405_202510011938_BETFAST, 40527170828_202510010150_BETFAST, 48548615842_202510011413_BETFAST, 05763318137_202510010037_BETFAST, 38908431829_202510011552_BETFAST, 04909442561_202510010053_BETFAST, 02923307070_202510010324_BETFAST, 01446043533_202509302325_BETFAST, 01493369261_202510011927_BETFAST, 16112772728_202510011550_BETFAST, 09650509631_202510010200_BETFAST, 38908431829_202510010350_BETFAST, 06492228901_202510010142_BETFAST, 60030346029_202510011140_BETFAST, 08935762989_202510010233_BETFAST, 09764146600_202510011031_BETFAST, 07781701364_202510011420_BETFAST, 07247688661_202510010225_BETFAST, 97910066287_202510011049_BETFAST, 17032496407_202510011048_BETFAST, 44504249804_202509302202_BETFAST, 13714977708_202510011533_BETFAST, 01386996580_202510010615_BETFAST, 09026998732_202509302220_BETFAST, 13666023746_202509302248_BETFAST, 07155780308_202510011955_BETFAST, 06594125192_202510011335_BETFAST, 12287409769_202510010602_BETFAST, 38303835840_202509302117_BETFAST, 07627172624_202510011720_BETFAST, 02155415613_202510010410_BETFAST, 02843918243_202509302104_BETFAST, 03314361408_202510011446_BETFAST, 61436438306_202510010319_BETFAST, 61436438306_202509302336_BETFAST, 04610167107_202510011618_BETFAST, 07161194636_202510010058_BETFAST, 02899872966_202509302334_BETFAST, 00543542505_202510011929_BETFAST, 16932029723_202509302250_BETFAST, 70234615400_202510011938_BETFAST, 01187991260_202510011312_BETFAST, 01883367379_202510011530_BETFAST, 00427754003_202510011947_BETFAST, 13604728789_202510011500_BETFAST, 13021458602_202510011418_BETFAST, 87430940153_202509302320_BETFAST, 12587126797_202510011141_BETFAST, 08891046620_202510011739_BETFAST, 38908431829_202510010004_BETFAST, 08390485648_202510010854_BETFAST, 28031049890_202510011955_BETFAST, 20890821780_202509302220_BETFAST, 13167509732_202509302351_BETFAST, 40415254892_202510011411_BETFAST, 38086945804_202510010158_BETFAST, 11379655684_202510010415_BETFAST, 70572663404_202510010348_BETFAST, 47677323871_202510010157_BETFAST, 18197613710_202510011227_BETFAST, 44504249804_202509302343_BETFAST, 07989068630_202510011120_BETFAST, 13971151655_202510010107_BETFAST, 29973574893_202510011630_BETFAST, 42213893896_202509302219_BETFAST, 13795348609_202510011509_BETFAST, 08678593695_202510011859_BETFAST, 03774329117_202510012034_BETFAST, 09650509631_202509302132_BETFAST, 02325745457_202510010228_BETFAST, 02930081163_202510010952_BETFAST, 00274840332_202510010158_BETFAST, 12893058540_202510011627_BETFAST, 09764146600_202510010457_BETFAST, 06138074564_202510010038_BETFAST, 98057030615_202509302132_BETFAST, 04424805395_202510010528_BETFAST, 06174730565_202509302155_BETFAST, 06492228901_202510010151_BETFAST, 70989034267_202510011635_BETFAST, 70825863457_202510011542_BETFAST, 10839290977_202510011419_BETFAST, 83466428220_202510011943_BETFAST, 34795355851_202509302128_BETFAST, 07055915570_202509302312_BETFAST, 32779882875_202510010510_BETFAST, 94227004004_202510010140_BETFAST, 70234615400_202510010533_BETFAST, 80169635368_202510011123_BETFAST, 03037990805_202510011734_BETFAST, 86037186529_202510011431_BETFAST, 13666023746_202509302201_BETFAST, 12708560654_202510011814_BETFAST, 17559013643_202510010325_BETFAST, 06492228901_202510010205_BETFAST, 99945614991_202510011817_BETFAST, 19542944764_202510011153_BETFAST, 06138074564_202510010130_BETFAST, 32779882875_202510010940_BETFAST, 09650509631_202510010206_BETFAST, 02967069140_202510010245_BETFAST, 40527170828_202510010132_BETFAST, 07627172624_202510010353_BETFAST, 80169635368_202510010913_BETFAST, 37910899866_202510011612_BETFAST, 03090782960_202510010148_BETFAST, 02358120561_202509302330_BETFAST, 35193561802_202509302212_BETFAST, 03774329117_202510011842_BETFAST, 02890688275_202510010402_BETFAST, 09919573930_202510011743_BETFAST, 70234615400_202510010106_BETFAST, 07508033981_202510011423_BETFAST, 42477351877_202510010055_BETFAST, 37609901857_202510010017_BETFAST, 15210689760_202509302214_BETFAST, 03432463170_202510011759_BETFAST, 04911617608_202510011604_BETFAST, 55242421215_202510011439_BETFAST, 01321453167_202510010149_BETFAST, 72714662668_202510012017_BETFAST, 72932112287_202510010312_BETFAST, 06138074564_202509302311_BETFAST, 05243067377_202510010145_BETFAST, 02967069140_202510012018_BETFAST, 04916167910_202510011010_BETFAST, 85079758368_202510010821_BETFAST, 04895582914_202510011404_BETFAST, 32959795881_202509302307_BETFAST, 41358973806_202509302233_BETFAST, 15210689760_202510011334_BETFAST, 21579895875_202509302315_BETFAST, 04304944754_202510011928_BETFAST, 35982230804_202510010020_BETFAST, 70989471489_202509302224_BETFAST, 99945614991_202510012026_BETFAST, 07627172624_202510010253_BETFAST, 40415254892_202510010442_BETFAST, 04432058170_202510011254_BETFAST, 17305443719_202510011127_BETFAST, 13451679701_202509302347_BETFAST, 06492228901_202510011358_BETFAST, 86037186529_202510011439_BETFAST, 37531341808_202510010337_BETFAST, 80169635368_202510011503_BETFAST, 03464625508_202510010137_BETFAST, 02358120561_202510010056_BETFAST, 97910066287_202510011349_BETFAST, 72932112287_202510010255_BETFAST, 04198482586_202510010503_BETFAST, 61789791340_202510011808_BETFAST, 38386603828_202510010004_BETFAST, 42407105885_202510010314_BETFAST, 08284664593_202510011757_BETFAST, 96291362287_202509302142_BETFAST, 43066258858_202509302135_BETFAST, 09237031440_202510011142_BETFAST, 29973574893_202509302136_BETFAST, 47677323871_202510010242_BETFAST, 34795355851_202510011206_BETFAST, 80223230715_202510011918_BETFAST, 07161194636_202510010043_BETFAST, 53725964068_202510010243_BETFAST, 04032823227_202510010118_BETFAST, 08466943790_202509302309_BETFAST, 86062595518_202510011922_BETFAST, 87656574115_202510011753_BETFAST, 37602053800_202510010245_BETFAST, 03510311388_202509302207_BETFAST, 06102314301_202510011744_BETFAST, 02890688275_202510010331_BETFAST, 35982230804_202510012029_BETFAST, 01431634344_202510012039_BETFAST, 38908431829_202510010245_BETFAST, 19753227701_202509302148_BETFAST, 07547681557_202510011828_BETFAST, 61385016329_202510010257_BETFAST, 14179690675_202510010524_BETFAST, 04424805395_202510011248_BETFAST, 13451679701_202509302354_BETFAST, 09026998732_202509302126_BETFAST, 85721689153_202510010057_BETFAST, 08466943790_202509302340_BETFAST, 00853265267_202510010806_BETFAST, 19753227701_202510011512_BETFAST, 18197613710_202510011321_BETFAST, 06521275410_202510011337_BETFAST, 41522598847_202509302305_BETFAST, 37531341808_202510010331_BETFAST, 60873615379_202510011043_BETFAST, 16810034730_202510011858_BETFAST, 40934611807_202510010241_BETFAST, 06314233380_202510011741_BETFAST, 06789047310_202510011505_BETFAST, 09026998732_202509302228_BETFAST, 00427754003_202510012024_BETFAST, 37514447857_202510010239_BETFAST, 04213754189_202510010900_BETFAST, 32779882875_202510010914_BETFAST, 00777851008_202509302229_BETFAST, 46370085812_202510012024_BETFAST, 01187991260_202510010006_BETFAST, 77490010268_202510011327_BETFAST, 13795348609_202</t>
   </si>
   <si>
     <t>FAZ1BET</t>
   </si>
   <si>
-    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 03167022779_202510011822_FAZ1BET, 60123584310_202510010143_FAZ1BET, 01398134708_202510010152_FAZ1BET, 06202198311_202510011222_FAZ1BET, 87724529949_202510010105_FAZ1BET, 03301812708_202510011952_FAZ1BET, 07568241335_202509302302_FAZ1BET, 93281153020_202510010448_FAZ1BET, 60380637308_202510010116_FAZ1BET, 33488493814_202509302120_FAZ1BET, 05766654529_202510010028_FAZ1BET, 97163287372_202510011543_FAZ1BET, 11426793650_202510010457_FAZ1BET, 13356738739_202510010002_FAZ1BET, 06147257390_202510010048_FAZ1BET, 02097962432_202510010151_FAZ1BET, 01936426382_202510011417_FAZ1BET, 03167022779_202510011733_FAZ1BET, 97163287372_202510011404_FAZ1BET, 13937067469_202510010022_FAZ1BET, 05877473662_202510011624_FAZ1BET, 27779253805_202509302204_FAZ1BET, 11033262609_202509302127_FAZ1BET, 01563148277_202510010748_FAZ1BET, 05947320347_202510011718_FAZ1BET, 05208028107_202510010421_FAZ1BET, 12914903707_202510010035_FAZ1BET, 36629209800_202509302252_FAZ1BET, 02141569150_202510010408_FAZ1BET, 62402763329_202509302147_FAZ1BET, 01799724301_202510010353_FAZ1BET, 60380637308_202510010425_FAZ1BET, 15296589777_202510012029_FAZ1BET, 01936426382_202510011404_FAZ1BET, 06687705385_202509302315_FAZ1BET, 14942861730_202510011646_FAZ1BET, 00536902577_202510010402_FAZ1BET, 01008288250_202510010241_FAZ1BET, 72446285791_202510010057_FAZ1BET, 45622041848_202510010029_FAZ1BET, 81811683991_202510011034_FAZ1BET, 06993525925_202510011758_FAZ1BET, 38286760816_202510011753_FAZ1BET, 02332387781_202510010336_FAZ1BET, 13356738739_202510010614_FAZ1BET, 13356738739_202510010746_FAZ1BET, 37424463802_202510011901_FAZ1BET, 02699293393_202510010310_FAZ1BET, 01259969266_202510011627_FAZ1BET, 10025004786_202510010507_FAZ1BET, 13356738739_202510010448_FAZ1BET, 70547173334_202510011727_FAZ1BET, 00825404380_202509302313_FAZ1BET, 13413809717_202510011947_FAZ1BET, 46427198300_202510010130_FAZ1BET, 01722265540_202510011629_FAZ1BET, 02518719245_202510010316_FAZ1BET, 94529345220_202510011739_FAZ1BET, 06506639938_202510011932_FAZ1BET, 62402763329_202510011523_FAZ1BET, 04355478360_202510011919_FAZ1BET, 00483973777_202510011442_FAZ1BET, 00536902577_202510010248_FAZ1BET, 08642367865_202510012040_FAZ1BET, 43692269889_202510011518_FAZ1BET, 61536114359_202510011438_FAZ1BET, 13356738739_202510010818_FAZ1BET, 97199109920_202510011754_FAZ1BET, 08667143405_202510011222_FAZ1BET, 01008288250_202510010230_FAZ1BET, 02141569150_202510011056_FAZ1BET, 70547173334_202510011734_FAZ1BET, 03167022779_202510011718_FAZ1BET, 78714168200_202510011750_FAZ1BET, 00536902577_202510010201_FAZ1BET, 11115915630_202510011441_FAZ1BET, 01936426382_202510011355_FAZ1BET, 97199109920_202510010327_FAZ1BET, 14191317709_202510012048_FAZ1BET, 02141569150_202510011935_FAZ1BET, 88716910320_202510011753_FAZ1BET, 06202198311_202510011107_FAZ1BET, 00710071302_202510010722_FAZ1BET, 04096813184_202510011519_FAZ1BET, 08537616559_202510011217_FAZ1BET, 02065535520_202510011613_FAZ1BET, 75858037291_202510011339_FAZ1BET, 10858257602_202510011316_FAZ1BET, 63635976253_202509302338_FAZ1BET, 47144277847_202510011635_FAZ1BET, 02655643011_202510011454_FAZ1BET, 01301777412_202510011258_FAZ1BET, 06924184316_202510012032_FAZ1BET, 02141569150_202510011046_FAZ1BET, 62402763329_202510011347_FAZ1BET, 14010744804_202510010116_FAZ1BET, 61109540396_202509302221_FAZ1BET, 08231293906_202510011642_FAZ1BET, 03596048621_202510010952_FAZ1BET, 13413809717_202510011942_FAZ1BET, 62402763329_202509302126_FAZ1BET, 56237583807_202510010124_FAZ1BET, 03044302188_202510010509_FAZ1BET, 01792291175_202510012004_FAZ1BET, 01959728563_202510012024_FAZ1BET, 08231293906_202509302242_FAZ1BET, 11388172950_202510012029_FAZ1BET, 42528448864_202509302315_FAZ1BET, 11033262609_202510011401_FAZ1BET, 39663731818_202510011110_FAZ1BET, 02503587437_202510011544_FAZ1BET, 34761723840_202510011545_FAZ1BET, 12426193727_202510011253_FAZ1BET, 86044356540_202510010044_FAZ1BET, 47567675838_202510011400_FAZ1BET, 11033262609_202509302140_FAZ1BET, 08231293906_202510011651_FAZ1BET, 60380637308_202510010457_FAZ1BET, 00193635160_202510010027_FAZ1BET, 33488493814_202509302308_FAZ1BET, 02141569150_202510010420_FAZ1BET, 03938465042_202510011412_FAZ1BET, 02459422385_202510010037_FAZ1BET, 01717657370_202510011254_FAZ1BET, 13837553612_202510011808_FAZ1BET, 03167022779_202510011819_FAZ1BET, 05157565208_202510010033_FAZ1BET, 87952580272_202510010256_FAZ1BET, 43725107807_202509302149_FAZ1BET, 51102272841_202510012046_FAZ1BET, 08438728618_202509302140_FAZ1BET, 05766654529_202510011248_FAZ1BET, 13744181618_202510011134_FAZ1BET, 22270545818_202510010000_FAZ1BET, 97163287372_202510011356_FAZ1BET, 01651624305_202510011658_FAZ1BET, 18082453699_202509302131_FAZ1BET, 05883967450_202510010249_FAZ1BET, 01546436022_202510010444_FAZ1BET, 88928616204_202510011234_FAZ1BET, 11416635467_202510011843_FAZ1BET, 13356738739_202510011147_FAZ1BET, 00847586006_202509302358_FAZ1BET, 05208028107_202510010437_FAZ1BET, 00536902577_202510010401_FAZ1BET, 03026204196_202510010401_FAZ1BET, 01936426382_202510011448_FAZ1BET, 80541283049_202510011539_FAZ1BET, 01346459444_202510010015_FAZ1BET, 02510793179_202510010020_FAZ1BET, 62402763329_202510011459_FAZ1BET, 02097962432_202510010200_FAZ1BET, 07216549597_202510011938_FAZ1BET, 12336809435_202509302122_FAZ1BET, 62402763329_202510011605_FAZ1BET, 00847586006_202510010023_FAZ1BET, 10581406800_202510011903_FAZ1BET, 14270240733_202510011521_FAZ1BET, 01717657370_202510011801_FAZ1BET, 93281153020_202510010545_FAZ1BET, 13937067469_202510010021_FAZ1BET, 05483517911_202510011545_FAZ1BET, 61109540396_202509302302_FAZ1BET, 11426793650_202510010441_FAZ1BET, 00710071302_202510011846_FAZ1BET, 01717657370_202510011807_FAZ1BET, 98540416115_202510011832_FAZ1BET, 06687705385_202509302305_FAZ1BET, 33488493814_202510010004_FAZ1BET, 11033262609_202509302122_FAZ1BET, 84951311372_202510011233_FAZ1BET, 63635976253_202510011817_FAZ1BET, 07647153560_202510011936_FAZ1BET, 14942861730_202510011800_FAZ1BET, 02705018867_202509302249_FAZ1BET, 04635873161_202510010235_FAZ1BET, 01301777412_202510011334_FAZ1BET, 62402763329_202510011410_FAZ1BET, 18082453699_202510012027_FAZ1BET, 61565802390_202510012054_FAZ1BET, 12914903707_202509302304_FAZ1BET, 61109540396_202509302358_FAZ1BET, 10847209490_202510011643_FAZ1BET, 63635976253_202510011749_FAZ1BET, 10858257602_202510011457_FAZ1BET, 03293843689_202510010459_FAZ1BET, 01301777412_202510010415_FAZ1BET, 96588403020_202510011734_FAZ1BET, 13218640431_202510010308_FAZ1BET, 07180094447_202510010450_FAZ1BET, 18082453699_202510012032_FAZ1BET, 00847586006_202509302311_FAZ1BET, 46179782830_202510011809_FAZ1BET, 08190081411_202509302152_FAZ1BET, 00536902577_202509302111_FAZ1BET, 03372674561_202510010503_FAZ1BET, 60964712342_202510011746_FAZ1BET, 62402763329_202510011409_FAZ1BET, 06713903339_202510011612_FAZ1BET, 45622041848_202510010020_FAZ1BET, 03115676573_202510011051_FAZ1BET, 62402763329_202510010026_FAZ1BET, 01301777412_202510010443_FAZ1BET, 11588607739_202510010236_FAZ1BET, 02065535520_202510010257_FAZ1BET, 37424463802_202510011936_FAZ1BET, 63635976253_202510010325_FAZ1BET, 03938465042_202510011433_FAZ1BET, 01717657370_202510011327_FAZ1BET, 04856280317_202510010018_FAZ1BET, 13356738739_202510011117_FAZ1BET, 03709344239_202510010336_FAZ1BET, 02916724346_202510010052_FAZ1BET, 07216549597_202510010311_FAZ1BET, 13356738739_202510010738_FAZ1BET, 04787280341_202510011748_FAZ1BET, 06713903339_202509302155_FAZ1BET, 08896974852_202510011735_FAZ1BET, 11033262609_202510011420_FAZ1BET, 01257881345_202510012044_FAZ1BET, 64641767220_202510012022_FAZ1BET, 08161835462_202509302130_FAZ1BET, 08977790450_202509302350_FAZ1BET, 11563042886_202510010030_FAZ1BET, 00847586006_202510011754_FAZ1BET, 13356738739_202510010218_FAZ1BET, 62402763329_202509302209_FAZ1BET, 56313731816_202510010815_FAZ1BET, 75858037291_202510011354_FAZ1BET, 00897621506_202510011008_FAZ1BET, 06713903339_202510011614_FAZ1BET, 13356738739_202510010934_FAZ1BET, 12426193727_202510011333_FAZ1BET, 62402763329_202510011653_FAZ1BET, 03596048621_202510011350_FAZ1BET, 00847586006_202510011741_FAZ1BET, 63635976253_202509302145_FAZ1BET, 81097808300_202510010239_FAZ1BET, 62402763329_202510011637_FAZ1BET, 04635873161_202509302120_FAZ1BET, 22954305851_202510010626_FAZ1BET, 85143502349_202510010729_FAZ1BET, 36629209800_202510012043_FAZ1BET, 13356738739_202510010447_FAZ1BET, 97163287372_202510011433_FAZ1BET, 39716494831_202509302352_FAZ1BET, 61536114359_202510011304_FAZ1BET, 01717657370_202510010151_FAZ1BET, 02518719245_202510010343_FAZ1BET, 12914903707_202509302136_FAZ1BET, 14392075770_202510011224_FAZ1BET, 94150508968_202510010506_FAZ1BET, 47188342873_202510011140_FAZ1BET, 34065313856_202510012058_FAZ1BET, 13356738739_202510010128_FAZ1BET, 08190081411_202509302336_FAZ1BET, 36619454836_202510010458_FAZ1BET, 06713903339_202509302137_FAZ1BET, 01067183477_202510011913_FAZ1BET, 05951012163_202510010331_FAZ1BET, 62402763329_202510011437_FAZ1BET, 04635873161_202509302133_FAZ1BET, 06713903339_202510011835_FAZ1BET, 03993104285_202510011456_FAZ1BET, 06687705385_202509302322_FAZ1BET, 00824347277_202510010958_FAZ1BET, 06790049398_202510011737_FAZ1BET, 01717657370_202510010157_FAZ1BET, 11563042886_202509302329_FAZ1BET, 01052170935_202510010331_FAZ1BET, 05178228146_202510011332_FAZ1BET, 02097962432_202510010234_FAZ1BET, 08285263703_202510012027_FAZ1BET, 04635873161_202509302126_FAZ1BET, 03568281902_202510010537_FAZ1BET, 12336809435_202509302218_FAZ1BET, 72446285791_202509302354_FAZ1BET, 03167022779_202510011702_FAZ1BET, 13356738739_202510010026_FAZ1BET, 10663880750_202510010258_FAZ1BET, 13356738739_202510010442_FAZ1BET, 13356738739_202510010138_FAZ1BET, 62402763329_202510011348_FAZ1BET, 10728494884_202510011342_FAZ1BET, 02699293393_202510010248_FAZ1BET, 39716494831_202509302144_FAZ1BET, 70856856118_202510011422_FAZ1BET, 94150508968_202510010503_FAZ1BET, 07639897386_202510011314_FAZ1BET, 01959728563_202510011955_FAZ1BET, 93281153020_202510010528_FAZ1BET, 63635976253_202510011737_FAZ1BET, 37412246852_202510011806_FAZ1BET, 13356738739_202510010940_FAZ1BET, 62402763329_202510011627_FAZ1BET, 08285263703_202510012031_FAZ1BET, 13356738739_202510010644_FAZ1BET, 61536114359_202510011246_FAZ1BET, 06202198311_202510011210_FAZ1BET, 04872675401_202510011458_FAZ1BET, 06713903339_202509302134_FAZ1BET, 10663880750_202510010140_FAZ1BET, 11588607739_202510010303_FAZ1BET, 05747145371_202510011901_FAZ1BET, 13356738739_202510011139_FAZ1BET, 96736208653_202510010005_FAZ1BET, 12426193727_202510011428_FAZ1BET, 97199109920_202510010230_FAZ1BET, 12676125923_202510010140_FAZ1BET, 03629209157_202510011438_FAZ1BET, 05883967450_202510010112_FAZ1BET, 10690270496_202510010201_FAZ1BET, 37424463802_202510012029_FAZ1BET, 13937067469_202509302337_FAZ1BET, 05178228146_202510011337_FAZ1BET, 12914903707_202510010007_FAZ1BET, 10847209490_202510011520_FAZ1BET, 02097962432_202510010231_FAZ1BET, 00536902577_202510010303_FAZ1BET, 39716494831_202509302142_FAZ1BET, 13356738739_202510010230_FAZ1BET, 70184789443_202510010021_FAZ1BET, 07344706571_202510011926_FAZ1BET, 07639897386_202510011255_FAZ1BET, 14436679942_202510010404_FAZ1BET, 02543886206_202510011753_FAZ1BET, 09467778963_202510011314_FAZ1BET, 13356738739_202510010008_FAZ1BET, 46427198300_202510010117_FAZ1BET, 08667143405_202510011210_FAZ1BET, 62402763329_202510011702_FAZ1BET, 01288529333_202510011552_FAZ1BET, 59968869104_202510011748_FAZ1BET, 01717657370_202510011750_FAZ1BET, 12037166648_202510010220_FAZ1BET, 06713903339_202510012022_FAZ1BET, 72446285791_202510010109_FAZ1BET, 01398134708_202509302138_FAZ1BET, 13356738739_202510010306_FAZ1BET, 13735975429_202510011447_FAZ1BET, 10581406800_202510011033_FAZ1BET, 06187292677_202510011056_FAZ1BET, 12914903707_202509302142_FAZ1BET, 72446285791_202510010007_FAZ1BET, 19498358800_202510011909_FAZ1BET, 13356738739_202510010247_FAZ1BET, 03348813158_202510011717_FAZ1BET, 97163287372_202510011447_FAZ1BET, 52355624534_202510011945_FAZ1BET, 13356738739_202510010433_FAZ1BET, 02459422385_202510010206_FAZ1BET, 06081859819_202510010441_FAZ1BET, 02141569150_202510011038_FAZ1BET, 06147257390_202510010051_FAZ1BET, 24165925802_202510011643_FAZ1BET, 03708847369_202510011831_FAZ1BET, 37424463802_202510011920_FAZ1BET, 03938465042_202510011042_FAZ1BET, 37355545809_202510011138_FAZ1BET, 33488493814_202509302222_FAZ1BET, 63635976253_202509302201_FAZ1BET, 03372674561_202510010500_FAZ1BET, 07639897386_202510011237_FAZ1BET, 03428286570_202510011349_FAZ1BET, 08190081411_202509302151_FAZ1BET, 63635976253_202510011746_FAZ1BET, 00536902577_202510010333_FAZ1BET, 06202198311_202509302100_FAZ1BET, 07216549597_202510010355_FAZ1BET, 04856280317_202510010013_FAZ1BET, 39315812840_202510011308_FAZ1BET, 05766654529_202510011914_FAZ1BET, 03596048621_202510011348_FAZ1BET, 27779253805_202509302206_FAZ1BET, 03938465042_202510011351_FAZ1BET, 13937067469_202510010026_FAZ1BET, 01301777412_202510011326_FAZ1BET, 07180094447_202510010505_FAZ1BET, 62402763329_202510011402_FAZ1BET, 01717657370_202510010138_FAZ1BET, 63635976253_202509302209_FAZ1BET, 07284763639_202510010159_FAZ1BET, 39716494831_202509302128_FAZ1BET, 08486451469_202509302102_FAZ1BET, 12727932731_202510010219_FAZ1BET, 06687705385_202509302317_FAZ1BET, 01717657370_202510011815_FAZ1BET, 13356738739_202510010533_FAZ1BET, 62402763329_202509302145_FAZ1BET, 45610196850_202510011317_FAZ1BET, 37424463802_202510012019_FAZ1BET, 00536902577_202510010400_FAZ1BET, 62402763329_202510011324_FAZ1BET, 03938465042_202510011638_FAZ1BET, 93281153020_202510010405_FAZ1BET, 07647153560_202510012013_FAZ1BET, 05483517911_202510011551_FAZ1BET, 02097962432_202510010212_FAZ1BET, 79484140297_202510010117_FAZ1BET, 45622041848_202510010130_FAZ1BET, 05883967450_202509302357_FAZ1BET, 13356738739_202509302321_FAZ1BET, 01052170935_202510010317_FAZ1BET, 05798265382_202510010019_FAZ1BET, 13937067469_202510010020_FAZ1BET, 02899325213_202510011807_FAZ1BET, 04847416597_202510010241_FAZ1BET, 72446285791_202510010046_FAZ1BET, 87724529949_202510010112_FAZ1BET, 08376066404_202509302138_FAZ1BET, 61536114359_202510011248_FAZ1BET, 45885859833_202510011404_FAZ1BET, 11563042886_202509302122_FAZ1BET, 05538250970_202510010234_FAZ1BET, 00536902577_202510010010_FAZ1BET, 12914903707_202509302226_FAZ1BET, 82595801104_202509302102_FAZ1BET, 63635976253_202510011739_FAZ1BET, 01301777412_202510011344_FAZ1BET, 96363339200_202510010002_FAZ1BET, 09824157700_202510011454_FAZ1BET, 03026204196_202510010344_FAZ1BET, 11033262609_202510011415_FAZ1BET, 02699293393_202510010314_FAZ1BET, 10858257602_202510011314_FAZ1BET, 02655643011_202510011507_FAZ1BET, 27779253805_202509302130_FAZ1BET, 97163287372_202510011525_FAZ1BET, 32444295803_202510011922_FAZ1BET, 03596048621_202510011758_FAZ1BET, 05538250970_202510010221_FAZ1BET, 04786008605_202510011230_FAZ1BET, 05947320347_202510011722_FAZ1BET, 32163222896_202510011833_FAZ1BET, 37424463802_202510012034_FAZ1BET, 01393469965_202510011525_FAZ1BET, 12426193727_202510011433_FAZ1BET, 05410982924_202509302153_FAZ1BET, 62402763329_202510011534_FAZ1BET, 21526045800_202510010416_FAZ1BET, 72446285791_202510010031_FAZ1BET, 00825577489_202510011652_FAZ1BET, 01259969266_202510011625_FAZ1BET, 07639897386_202510011353_FAZ1BET, 96588403020_202510011551_FAZ1BET, 11033262609_202510010414_FAZ1BET, 33488493814_202510011601_FAZ1BET, 19079840890_202510010304_FAZ1BET, 13837553612_202510011809_FAZ1BET, 09824157700_202510011447_FAZ1BET, 05538250970_202510010409_FAZ1BET, 08161835462_202509302257_FAZ1BET, 03938465042_202510011038_FAZ1BET, 08161835462_202509302254_FAZ1BET, 04872675401_202510011501_FAZ1BET, 04872675401_202510011453_FAZ1BET, 01792291175_202510012000_FAZ1BET, 12426193727_202510011425_FAZ1BET, 06449373431_202510011514_FAZ1BET, 62402763329_202509302137_FAZ1BET, 43509198808_202510011546_FAZ1BET, 00897621506_202510010137_FAZ1BET, 03167022779_202510011750_FAZ1BET, 13356738739_202510010747_FAZ1BET, 93281153020_202510010342_FAZ1BET, 87724529949_202510010129_FAZ1BET, 01792291175_202510012015_FAZ1BET, 18082453699_202510011628_FAZ1BET, 01402397070_202510011942_FAZ1BET, 10728494884_202510011349_FAZ1BET, 02301185001_202510012052_FAZ1BET, 07216549597_202510010401_FAZ1BET, 01301777412_202510011152_FAZ1BET, 37424463802_202510012031_FAZ1BET, 03428286570_202510011741_FAZ1BET, 00536902577_202510010000_FAZ1BET, 70912899433_202509302344_FAZ1BET, 32163222896_202510011830_FAZ1BET, 04635873161_202510010148_FAZ1BET, 21526045800_202510010335_FAZ1BET, 39716494831_202509302247_FAZ1BET, 70329973681_202510012039_FAZ1BET, 02141569150_202510011934_FAZ1BET, 60380637308_202510010446_FAZ1BET, 03993808258_202509302159_FAZ1BET, 08285263703_202510012029_FAZ1BET, 01805064479_202510010324_FAZ1BET, 62402763329_202510011350_FAZ1BET, 04786008605_202510011226_FAZ1BET, 08161835462_202509302252_FAZ1BET, 72446285791_202510010021_FAZ1BET, 11033262609_202510011403_FAZ1BET, 01301777412_202510011200_FAZ1BET, 83902295287_202510011108_FAZ1BET, 80541283049_202510011626_FAZ1BET, 06202198311_202510011703_FAZ1BET, 01717657370_202510010128_FAZ1BET, 37424463802_202510011532_FAZ1BET, 01301777412_202510011336_FAZ1BET, 01398134708_202510010146_FAZ1BET, 11397956437_202510010123_FAZ1BET, 02141569150_202510011128_FAZ1BET, 04712958685_202510011359_FAZ1BET, 02276562102_202510010101_FAZ1BET, 08438728618_202509302135_FAZ1BET, 01936426382_202510010658_FAZ1BET, 81063563291_202510010240_FAZ1BET, 01717657370_202510011805_FAZ1BET, 11426793650_202510010443_FAZ1BET, 72446285791_202510010050_FAZ1BET, 12914903707_202509302306_FAZ1BET, 05342439167_202510011913_FAZ1BET, 11019236957_202510010154_FAZ1BET, 33779730871_202510011408_FAZ1BET, 03568281902_202510010409_FAZ1BET, 06202198311_202510011710_FAZ1BET, 04056258201_202510011321_FAZ1BET, 72446285791_202510010104_FAZ1BET, 62402763329_202510011553_FAZ1BET, 13356738739_202510010832_FAZ1BET, 18082453699_202510011557_FAZ1BET, 11019236957_202510010147_FAZ1BET, 07647153560_202510012003_FAZ1BET, 70547173334_202510011757_FAZ1BET, 93281153020_202510010415_FAZ1BET, 14270240733_202510011523_FAZ1BET, 34761723840_202510011438_FAZ1BET, 70128789166_202510010658_FAZ1BET, 40925580821_202510011036_FAZ1BET, 44473614859_202510011310_FAZ1BET, 14942861730_202510011743_FAZ1BET, 04224386186_202510012037_FAZ1BET, 07639897386_202510011338_FAZ1BET, 02141569150_202510011852_FAZ1BET, 03293843689_202510010444_FAZ1BET, 00706872266_202509302328_FAZ1BET, 13410579842_202510010556_FAZ1BET, 05208028107_202510012057_FAZ1BET, 89482824415_202509302354_FAZ1BET, 94529345220_202510011750_FAZ1BET, 03708847369_202510011823_FAZ1BET, 72446285791_202510010000_FAZ1BET, 03428286570_202510011634_FAZ1BET, 93281153020_202510010511_FAZ1BET, 63635976253_202509302206_FAZ1BET, 00710071302_202510012038_FAZ1BET, 02097962432_202510010254_FAZ1BET, 75858037291_202510011356_FAZ1BET, 25756088806_202510011618_FAZ1BET, 00847586006_202509302350_FAZ1BET, 01167076079_202510010032_FAZ1BET, 00536902577_202509302252_FAZ1BET, 02518719245_202510010323_FAZ1BET, 03428286570_202510011255_FAZ1BET, 93281153020_202510010517_FAZ1BET, 60964712342_202510011744_FAZ1BET, 32163222896_202510011749_FAZ1BET, 03348813158_202510011716_FAZ1BET, 02705018867_202509302247_FAZ1BET, 07039813408_202510011610_FAZ1BET, 12796337863_202510010314_FAZ1BET, 02141569150_202510011124_FAZ1BET, 32591746800_202510012024_FAZ1BET, 00296484679_202510010053_FAZ1BET, 07639897386_202510011223_FAZ1BET, 02562869141_202510010057_FAZ1BET, 14942861730_202510012009_FAZ1BET, 70547173334_202510010042_FAZ1BET, 01301777412_202510011102_FAZ1BET, 03167022779_202510011715_FAZ1BET, 01717657370_202510011822_FAZ1BET, 14270240733_202510011502_FAZ1BET, 06496038341_202510011142_FAZ1BET, 47188342873_202510011144_FAZ1BET, 71183345100_202510010253_FAZ1BET, 01936426382_202510011358_FAZ1BET, 01257881345_202510012031_FAZ1BET, 21526045800_202510010339_FAZ1BET, 78714168200_202510011748_FAZ1BET, 07982960626_202510012031_FAZ1BET, 01917627505_202510010217_FAZ1BET, 11588607739_202510010245_FAZ1BET, 13356738739_202509302257_FAZ1BET, 70547173334_202509302224_FAZ1BET, 96363339200_202510010042_FAZ1BET, 03629209157_202510010010_FAZ1BET, 14610147602_202510011807_FAZ1BET, 08944821496_202510011710_FAZ1BET, 47468301859_202510011554_FAZ1BET, 01301777412_202510011302_FAZ1BET, 33488493814_202510011447_FAZ1BET, 70141651270_202510011135_FAZ1BET, 53908327873_202509302121_FAZ1BET, 81811683991_202509302132_FAZ1BET, 07568241335_202509302322_FAZ1BET, 28671199878_202510010155_FAZ1BET, 07639897386_202510011435_FAZ1BET, 11115915630_202510011405_FAZ1BET, 03568281902_202510010628_FAZ1BET, 27779253805_202510011302_FAZ1BET, 02518719245_202510010206_FAZ1BET, 05883967450_202510010252_FAZ1BET, 62402763329_202510011433_FAZ1BET, 03167022779_202510011817_FAZ1BET, 02459422385_202510010124_FAZ1BET, 11019236957_202510010221_FAZ1BET, 16262602658_202510010010_FAZ1BET, 63635976253_202510011730_FAZ1BET, 10690270496_202510010200_FAZ1BET, 38286760816_202510011558_FAZ1BET, 06868116314_202510011621_FAZ1BET, 02141569150_202510011928_FAZ1BET, 00897621506_202510010138_FAZ1BET, 11033262609_202509302102_FAZ1BET, 04635873161_202510010154_FAZ1BET, 02541573278_202510010528_FAZ1BET, 13937067469_202510010001_FAZ1BET, 61109540396_202509302322_FAZ1BET, 11416635467_202510011922_FAZ1BET, 94529345220_202510011737_FAZ1BET, 08285263703_202510012035_FAZ1BET, 97199109920_202510010232_FAZ1BET, 08161835462_202509302214_FAZ1BET, 11588607739_202510010255_FAZ1BET, 63635976253_202510010140_FAZ1BET, 60380637308_202510010400_FAZ1BET, 04847416597_202510011600_FAZ1BET, 39663731818_202510011200_FAZ1BET, 07311749336_202510011819_FAZ1BET, 05415964460_202510010337_FAZ1BET, 01722265540_202510011627_FAZ1BET, 12242363786_202510012022_FAZ1BET, 27779253805_202510011246_FAZ1BET, 33488493814_202509302310_FAZ1BET, 01717657370_202510010002_FAZ1BET, 37424463802_202510011940_FAZ1BET, 11033262609_202510011456_FAZ1BET, 08190081411_202509302239_FAZ1BET, 03428286570_202510011409_FAZ1BET, 87944111315_202510010822_FAZ1BET, 38951361829_202510011350_FAZ1BET, 05178228146_202510011333_FAZ1BET, 96363339200_202510010041_FAZ1BET, 07180094447_202510010524_FAZ1BET, 04712958685_202510011401_FAZ1BET, 03596048621_202510011547_FAZ1BET, 39716494831_202509302109_FAZ1BET, 07639897386_202510011425_FAZ1BET, 11563042886_202509302328_FAZ1BET, 13356738739_202509302306_FAZ1BET, 03044302188_202510010511_FAZ1BET, 03993104285_202510011510_FAZ1BET, 14436679942_202510010400_FAZ1BET, 22954305851_202510010621_FAZ1BET, 12796337863_202510010329_FAZ1BET, 13356738739_202510010918_FAZ1BET, 06449373431_202510011508_FAZ1BET, 01067183477_202510012036_FAZ1BET, 07022690693_202510010323_FAZ1BET, 12914903707_202510010016_FAZ1BET, 83902295287_202510011148_FAZ1BET, 06713903339_202510012057_FAZ1BET, 90105168068_202510011617_FAZ1BET, 63635976253_202510011831_FAZ1BET, 63635976253_202510010212_FAZ1BET, 13356738739_202509302241_FAZ1BET, 05538250970_202510010238_FAZ1BET, 70329973681_202510012023_FAZ1BET, 04635873161_202509302132_FAZ1BET, 16262602658_202510010015_FAZ1BET, 14463488737_202510011039_FAZ1BET, 01936426382_202510011419_FAZ1BET, 93281153020_202510010501_FAZ1BET, 07997676112_202509302115_FAZ1BET, 53939999091_202510010259_FAZ1BET, 89482824415_202509302351_FAZ1BET, 24165925802_202510011706_FAZ1BET, 11033262609_202510011427_FAZ1BET, 03938465042_202510011107_FAZ1BET, 32444295803_202510011905_FAZ1BET, 61565802390_202510012059_FAZ1BET, 05883967450_202510010035_FAZ1BET, 03428286570_202510011422_FAZ1BET, 03708847369_202510011833_FAZ1BET, 44725273830_202509302228_FAZ1BET, 27779253805_202509302158_FAZ1BET, 13356738739_202510010302_FAZ1BET, 06506639938_202510011850_FAZ1BET, 02459422385_202510010156_FAZ1BET, 00897621506_202510011009_FAZ1BET, 00536902577_202510010237_FAZ1BET, 11033262609_202510010252_FAZ1BET, 63635976253_202509302318_FAZ1BET, 13268268919_202510010029_FAZ1BET, 47567675838_202510011433_FAZ1BET, 48515449870_202510011257_FAZ1BET, 61109540396_202509302353_FAZ1BET, 14942861730_202510011648_FAZ1BET, 00296484679_202510010111_FAZ1BET, 01639104488_202510010919_FAZ1BET, 05883967450_202510010235_FAZ1BET, 37424463802_202510011931_FAZ1BET, 06187292677_202510011106_FAZ1BET, 04847416597_202510011530_FAZ1BET, 06713903339_202510011819_FAZ1BET, 70547173334_202510011717_FAZ1BET, 13356738739_202510010920_FAZ1BET, 05798265382_202510010013_FAZ1BET, 32591746800_202510012021_FAZ1BET, 62402763329_202510011406_FAZ1BET, 01959728563_202510012019_FAZ1BET, 07180094447_202510010453_FAZ1BET, 00536902577_202510010322_FAZ1BET, 04635873161_202510010223_FAZ1BET, 02027568310_202510011147_FAZ1BET, 05208028107_202510012049_FAZ1BET, 08944821496_202510011730_FAZ1BET, 02301185001_202510011852_FAZ1BET, 11426793650_202510010505_FAZ1BET, 33779730871_202510011440_FAZ1BET, 03348813158_202510011917_FAZ1BET, 73801755134_202510010009_FAZ1BET, 01398134708_202509302127_FAZ1BET, 12336809435_202509302127_FAZ1BET, 10135029490_202510011241_FAZ1BET, 07180094447_202510010446_FAZ1BET, 04355478360_202510011934_FAZ1BET, 13356738739_202510010356_FAZ1BET, 11588607739_202510010239_FAZ1BET, 62402763329_202510011819_FAZ1BET, 03629209157_202510011419_FAZ1BET, 13356738739_202510010145_FAZ1BET, 01917627505_202510010224_FAZ1BET, 62402763329_202510011335_FAZ1BET, 02541573278_202510010544_FAZ1BET, 13744181618_202510011146_FAZ1BET, 03167022779_202510011628_FAZ1BET, 93281153020_202510010509_FAZ1BET, 04635873161_202509302111_FAZ1BET, 05877473662_202510011622_FAZ1BET, 12914903707_202509302314_FAZ1BET, 18432634409_202510011616_FAZ1BET, 97199109920_202510011730_FAZ1BET, 03273410337_202510011722_FAZ1BET, 13356738739_202510010833_FAZ1BET, 62402763329_202510011649_FAZ1BET, 05883967450_202510010135_FAZ1BET, 11115915630_202510011159_FAZ1BET, 12914903707_202509302148_FAZ1BET, 04635873161_202510010230_FAZ1BET, 02141569150_202510010447_FAZ1BET, 63635976253_202510011812_FAZ1BET, 01799907643_202510011439_FAZ1BET, 07639897386_202510011413_FAZ1BET, 13356738739_202510010202_FAZ1BET, 01393469965_202510011543_FAZ1BET, 97163287372_202510011458_FAZ1BET, 16580909773_202510012035_FAZ1BET, 05483517911_202510011555_FAZ1BET, 04856280317_202510010004_FAZ1BET, 06202198311_202510011224_FAZ1BET, 97199109920_202510010350_FAZ1BET, 81097808300_202509302158_FAZ1BET, 63635976253_202510011807_FAZ1BET, 18082453699_202510012053_FAZ1BET, 07129752769_202510010204_FAZ1BET, 38951361829_202510011358_FAZ1BET, 01402397070_202510011943_FAZ1BET, 70437460436_202510011941_FAZ1BET, 03596048621_202510011035_FAZ1BET, 01962932354_202509302131_FAZ1BET, 28671199878_202510010158_FAZ1BET, 00656284382_202509302252_FAZ1BET, 06713903339_202510011829_FAZ1BET, 01301777412_202510011153_FAZ1BET, 62402763329_202510011725_FAZ1BET, 01398134708_202509302145_FAZ1BET, 21526045800_202510010401_FAZ1BET, 05955026606_202510011703_FAZ1BET, 37424463802_202509302318_FAZ1BET, 03348813158_202510011736_FAZ1BET, 06428757311_202510012042_FAZ1BET, 05951012163_202510010338_FAZ1BET, 62402763329_202510010004_FAZ1BET, 03786995125_202510010253_FAZ1BET, 94150508968_202510010546_FAZ1BET, 12796337863_202510010334_FAZ1BET, 05883967450_202510010003_FAZ1BET, 12336809435_202509302356_FAZ1BET, 16266415798_202510011152_FAZ1BET, 88672085272_202510010112_FAZ1BET, 11563042886_202509302120_FAZ1BET, 00536902577_202510010140_FAZ1BET, 02141569150_202510011050_FAZ1BET, 62402763329_202510011351_FAZ1BET, 03874399354_202510010224_FAZ1BET, 07647153560_202510011951_FAZ1BET, 09130074550_202510010250_FAZ1BET, 08161835462_202509302253_FAZ1BET, 33488493814_202509302342_FAZ1BET, 13356738739_202510010134_FAZ1BET, 10025004786_202510010501_FAZ1BET, 05883967450_202510010010_FAZ1BET, 32163222896_202510011831_FAZ1BET, 00536902577_202509302326_FAZ1BET, 11033262609_202510011417_FAZ1BET, 16266415798_202510011200_FAZ1BET, 05342874416_202509302129_FAZ1BET, 08161835462_202509302209_FAZ1BET, 63635976253_202510010245_FAZ1BET, 02510793179_202510010018_FAZ1BET, 05410982924_202510011600_FAZ1BET, 03026204196_202510010345_FAZ1BET, 01301777412_202510011217_FAZ1BET, 01792291175_202510012011_FAZ1BET, 12914903707_202510010041_FAZ1BET, 00536902577_202510010004_FAZ1BET, 03273410337_202510011756_FAZ1BET, 70912899433_202509302340_FAZ1BET, 08896974852_202510011609_FAZ1BET, 33488493814_202510011850_FAZ1BET, 05860076363_202510010904_FAZ1BET, 97199109920_202510010239_FAZ1BET, 08190081411_202509302221_FAZ1BET, 00296484679_202510010337_FAZ1BET, 11274202914_202510011627_FAZ1BET, 06081859819_202510010150_FAZ1BET, 47992389816_202510012052_FAZ1BET, 08944821496_202510011809_FAZ1BET, 03938465042_202510011648_FAZ1BET, 36823349808_202510010348_FAZ1BET, 07639897386_202510011249_FAZ1BET, 08085036509_202510011512_FAZ1BET, 05506345178_202510011229_FAZ1BET, 01398134708_202509302355_FAZ1BET, 13356738739_202510010854_FAZ1BET, 01301777412_202510011058_FAZ1BET, 32444295803_202510011930_FAZ1BET, 04847416597_202510011618_FAZ1BET, 01962932354_202509302127_FAZ1BET, 14436679942_202510010338_FAZ1BET, 88260143100_202510011849_FAZ1BET, 18306999894_202510010232_FAZ1BET, 13356738739_202510011136_FAZ1BET, 21526045800_202510010331_FAZ1BET, 13937067469_202510010019_FAZ1BET, 13356738739_202510010131_FAZ1BET, 04878446374_202510011504_FAZ1BET, 02432874102_202510010338_FAZ1BET, 09274667400_202510011900_FAZ1BET, 36617033825_202510011218_FAZ1BET, 12914903707_202510010008_FAZ1BET, 05048315502_202509302348_FAZ1BET, 12426193727_202510011432_FAZ1BET, 01301777412_202510011343_FAZ1BET, 06924184316_202510012034_FAZ1BET, 14942861730_202510011813_FAZ1BET, 01052170935_202510010310_FAZ1BET, 01259969266_202510011640_FAZ1BET, 62402763329_202510011846_FAZ1BET, 47567675838_202510011357_FAZ1BET, 56313731816_202510010819_FAZ1BET, 00536902577_202509302347_FAZ1BET, 01717657370_202510011338_FAZ1BET, 01301777412_202510011327_FAZ1BET, 14103181680_202510011315_FAZ1BET, 93281153020_202510010550_FAZ1BET, 02571138197_202510011607_FAZ1BET, 94150508968_202510010534_FAZ1BET, 70911195173_202510010517_FAZ1BET, 05178228146_202509302233_FAZ1BET, 05766654529_202510011915_FAZ1BET, 03644963630_202510011632_FAZ1BET, 47144277847_202510011642_FAZ1BET, 63635976253_202510010232_FAZ1BET, 62402763329_202509302210_FAZ1BET, 07216549597_202510010354_FAZ1BET, 87944111315_202510010817_FAZ1BET, 33488493814_202510011438_FAZ1BET, 11019236957_202510010204_FAZ1BET, 61109540396_202509302256_FAZ1BET, 70141651270_202510011359_FAZ1BET, 62402763329_202510011718_FAZ1BET, 00536902577_202510010121_FAZ1BET, 10858257602_202510011516_FAZ1BET, 01799724301_202510010258_FAZ1BET, 04343178102_202510011916_FAZ1BET, 02665792214_202510011827_FAZ1BET, 81063563291_202510010242_FAZ1BET, 02276562102_202510010103_FAZ1BET, 01799724301_202510010211_FAZ1BET, 70547173334_202510011753_FAZ1BET, 70856856118_202510011406_FAZ1BET, 62402763329_202509302344_FAZ1BET, 13356738739_202510010732_FAZ1BET, 04133718160_202510011129_FAZ1BET, 01546436022_202510010433_FAZ1BET, 13356738739_202510011049_FAZ1BET, 24165925802_202510011659_FAZ1BET, 00897621506_202510011145_FAZ1BET, 06713903339_202510011848_FAZ1BET, 11426793650_202510010454_FAZ1BET, 08977790450_202510010021_FAZ1BET, 03428286570_202510011825_FAZ1BET, 18082453699_202510011607_FAZ1BET, 12914903707_202510010025_FAZ1BET, 79484140297_202510010116_FAZ1BET, 01398134708_202510010151_FAZ1BET, 02097962432_202510010111_FAZ1BET, 12914903707_202509302308_FAZ1BET, 00536902577_202510010023_FAZ1BET, 06198199100_202510012017_FAZ1BET, 97163287372_202510011503_FAZ1BET, 97163287372_202510011338_FAZ1BET, 05208028107_202510011309_FAZ1BET, 02332387781_202510010314_FAZ1BET, 01398134708_202510010040_FAZ1BET, 39716494831_202510012042_FAZ1BET, 01936426382_202510010704_FAZ1BET, 64641767220_202510012024_FAZ1BET, 05791214707_202510011240_FAZ1BET, 70547173334_202510011710_FAZ1BET, 62402763329_202509302114_FAZ1BET, 05766654529_202510010032_FAZ1BET, 07568241335_202509302318_FAZ1BET, 06687705385_202509302346_FAZ1BET, 05889653598_202510010956_FAZ1BET, 27443232845_202510010151_FAZ1BET, 13356738739_202510010623_FAZ1BET, 13356738739_202510010244_FAZ1BET, 62402763329_202509302348_FAZ1BET, 11563042886_202509302317_FAZ1BET, 04529047652_202510010120_FAZ1BET, 08190081411_202509302249_FAZ1BET, 62402763329_202510011501_FAZ1BET, 02141569150_202510010448_FAZ1BET, 11416635467_202510011908_FAZ1BET, 18082453699_202510011618_FAZ1BET, 12265658405_202510010048_FAZ1BET, 12796337863_202510010310_FAZ1BET, 00536902577_202509302102_FAZ1BET, 70141651270_202510011207_FAZ1BET, 03103958285_202510011418_FAZ1BET, 70128789166_202510010643_FAZ1BET, 11033262609_202509302233_FAZ1BET, 02705018867_202509302304_FAZ1BET, 05178228146_202510011350_FAZ1BET, 03568281902_202510011902_FAZ1BET, 00847586006_202509302354_FAZ1BET, 03428286570_202510011425_FAZ1BET, 11115915630_202510011143_FAZ1BET, 01398134708_202509302328_FAZ1BET, 03372674561_202510010505_FAZ1BET, 01717657370_202510011905_FAZ1BET, 08231293906_202510011648_FAZ1BET, 55377157320_202509302305_FAZ1BET, 81097808300_202510010153_FAZ1BET, 01259969266_202510011628_FAZ1BET, 11588607739_202510010241_FAZ1BET, 10847209490_202510011523_FAZ1BET, 10728494884_202510011347_FAZ1BET, 18082453699_202510011626_FAZ1BET, 07787831707_202</t>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 01959728563_202510012019_FAZ1BET, 11033262609_202510010308_FAZ1BET, 07568241335_202509302302_FAZ1BET, 02301185001_202510011852_FAZ1BET, 06790049398_202510011749_FAZ1BET, 62402763329_202510011708_FAZ1BET, 97199109920_202510011723_FAZ1BET, 05798265382_202510010041_FAZ1BET, 02459422385_202510010056_FAZ1BET, 12265658405_202510010041_FAZ1BET, 11416635467_202510011853_FAZ1BET, 14436679942_202510010359_FAZ1BET, 03644963630_202510011637_FAZ1BET, 32163222896_202510011744_FAZ1BET, 63635976253_202509302159_FAZ1BET, 46520814806_202510011911_FAZ1BET, 94150508968_202510010524_FAZ1BET, 00847586006_202510010026_FAZ1BET, 62402763329_202510011752_FAZ1BET, 03787190929_202510011506_FAZ1BET, 04712958685_202510011358_FAZ1BET, 02276562102_202510010100_FAZ1BET, 10858257602_202510011408_FAZ1BET, 03115676573_202510011058_FAZ1BET, 01936426382_202510011411_FAZ1BET, 09998775698_202510010203_FAZ1BET, 02899325213_202510011748_FAZ1BET, 07639897386_202510011335_FAZ1BET, 04635873161_202509302111_FAZ1BET, 11033262609_202510011346_FAZ1BET, 05947320347_202510011718_FAZ1BET, 36629209800_202509302252_FAZ1BET, 01182801471_202510010529_FAZ1BET, 62402763329_202509302341_FAZ1BET, 13356738739_202510010202_FAZ1BET, 08944821496_202510011723_FAZ1BET, 08896974852_202510011627_FAZ1BET, 97163287372_202510011417_FAZ1BET, 05178228146_202509302230_FAZ1BET, 16262602658_202510010023_FAZ1BET, 02541573278_202510010557_FAZ1BET, 05791214707_202510011213_FAZ1BET, 05342439167_202510011914_FAZ1BET, 79484140297_202510010113_FAZ1BET, 72446285791_202510010105_FAZ1BET, 62402763329_202510011552_FAZ1BET, 18306999894_202510010240_FAZ1BET, 96736208653_202510011651_FAZ1BET, 09459346618_202510010024_FAZ1BET, 01546436022_202510010447_FAZ1BET, 63635976253_202510010312_FAZ1BET, 51249855268_202510011840_FAZ1BET, 12726089720_202510011805_FAZ1BET, 62402763329_202509302123_FAZ1BET, 04878446374_202510011455_FAZ1BET, 21526045800_202510010332_FAZ1BET, 62402763329_202510011725_FAZ1BET, 33488493814_202510011410_FAZ1BET, 02459422385_202510010034_FAZ1BET, 06924184316_202510012022_FAZ1BET, 07568241335_202510010839_FAZ1BET, 01717657370_202510011305_FAZ1BET, 00483973777_202510011442_FAZ1BET, 16266415798_202510011213_FAZ1BET, 13356738739_202510010229_FAZ1BET, 37424463802_202509302318_FAZ1BET, 02510793179_202510010008_FAZ1BET, 05178228146_202509302241_FAZ1BET, 43692269889_202510011518_FAZ1BET, 03951833912_202510011612_FAZ1BET, 00536902577_202510010014_FAZ1BET, 06790049398_202510011738_FAZ1BET, 97199109920_202510011752_FAZ1BET, 82595801104_202509302100_FAZ1BET, 13356738739_202510010851_FAZ1BET, 89482824415_202510010107_FAZ1BET, 11115915630_202510011441_FAZ1BET, 06713903339_202510011623_FAZ1BET, 02699293393_202510010303_FAZ1BET, 33488493814_202509302210_FAZ1BET, 11033262609_202509302204_FAZ1BET, 12131754612_202510010047_FAZ1BET, 09111046406_202510011358_FAZ1BET, 13356738739_202510010029_FAZ1BET, 04878446374_202510011501_FAZ1BET, 00897621506_202510010125_FAZ1BET, 81097808300_202510010254_FAZ1BET, 96588403020_202510011540_FAZ1BET, 35912965899_202510011237_FAZ1BET, 03273410337_202510011755_FAZ1BET, 46427198300_202510010136_FAZ1BET, 01301777412_202510011214_FAZ1BET, 01301777412_202510011309_FAZ1BET, 60954373340_202510011323_FAZ1BET, 10858257602_202510011316_FAZ1BET, 08161835462_202509302246_FAZ1BET, 11563042886_202509302326_FAZ1BET, 47062380130_202510010159_FAZ1BET, 09274667400_202510011854_FAZ1BET, 27779253805_202509302131_FAZ1BET, 06687705385_202510010148_FAZ1BET, 00710071302_202510011733_FAZ1BET, 04529047652_202510010112_FAZ1BET, 87952580272_202509302338_FAZ1BET, 72446285791_202510010036_FAZ1BET, 02705018867_202509302238_FAZ1BET, 05824795177_202510010136_FAZ1BET, 62402763329_202510011308_FAZ1BET, 13356738739_202510010808_FAZ1BET, 02141569150_202510011936_FAZ1BET, 61536114359_202510011428_FAZ1BET, 03938465042_202510011414_FAZ1BET, 02141569150_202510010426_FAZ1BET, 02655643011_202510011441_FAZ1BET, 10858257602_202510011635_FAZ1BET, 00296484679_202510011551_FAZ1BET, 02518719245_202510010313_FAZ1BET, 02459422385_202510010031_FAZ1BET, 11388172950_202510012029_FAZ1BET, 08977790450_202509302223_FAZ1BET, 00296484679_202510010122_FAZ1BET, 63635976253_202510010158_FAZ1BET, 32444295803_202510011930_FAZ1BET, 33488493814_202510010029_FAZ1BET, 07568241335_202509302339_FAZ1BET, 01717657370_202510010209_FAZ1BET, 13356738739_202510010039_FAZ1BET, 13413809717_202510011951_FAZ1BET, 13356738739_202510010124_FAZ1BET, 33488493814_202509302308_FAZ1BET, 08161835462_202509302219_FAZ1BET, 11033262609_202509302201_FAZ1BET, 03708847369_202510011849_FAZ1BET, 01301777412_202510011319_FAZ1BET, 05798265382_202510010020_FAZ1BET, 13356738739_202510010131_FAZ1BET, 11426793650_202510010436_FAZ1BET, 33488493814_202509302352_FAZ1BET, 70912899433_202510010028_FAZ1BET, 00536902577_202510010211_FAZ1BET, 02332387781_202510010335_FAZ1BET, 63635976253_202510010227_FAZ1BET, 11588607739_202510010229_FAZ1BET, 81097808300_202509302114_FAZ1BET, 18082453699_202510011601_FAZ1BET, 08190081411_202509302219_FAZ1BET, 07180094447_202510010456_FAZ1BET, 11033262609_202510011439_FAZ1BET, 05208028107_202510010437_FAZ1BET, 03428286570_202510011727_FAZ1BET, 16262602658_202510010020_FAZ1BET, 03787190929_202510011953_FAZ1BET, 37223237899_202510011948_FAZ1BET, 11397956437_202510010127_FAZ1BET, 45622041848_202510010122_FAZ1BET, 11729136842_202510010141_FAZ1BET, 62402763329_202510011605_FAZ1BET, 02276562102_202510010105_FAZ1BET, 06081859819_202510010448_FAZ1BET, 11033262609_202509302124_FAZ1BET, 70547173334_202510011755_FAZ1BET, 94150508968_202510010527_FAZ1BET, 61847498388_202510011544_FAZ1BET, 10581406800_202510011857_FAZ1BET, 62402763329_202509302344_FAZ1BET, 63635976253_202510011817_FAZ1BET, 03301812708_202510011944_FAZ1BET, 05747145371_202510011925_FAZ1BET, 62402763329_202510011855_FAZ1BET, 08161835462_202509302234_FAZ1BET, 62402763329_202510011907_FAZ1BET, 01546436022_202510010433_FAZ1BET, 02899325213_202510011806_FAZ1BET, 12265658405_202510010042_FAZ1BET, 62402763329_202510011323_FAZ1BET, 13356738739_202510010823_FAZ1BET, 00536902577_202510010132_FAZ1BET, 12676125923_202510010138_FAZ1BET, 93281153020_202510010519_FAZ1BET, 01301777412_202510010415_FAZ1BET, 63635976253_202509302241_FAZ1BET, 13356738739_202510010212_FAZ1BET, 13218640431_202510010308_FAZ1BET, 12914903707_202509302158_FAZ1BET, 01799724301_202510010835_FAZ1BET, 62402763329_202510011557_FAZ1BET, 61565802390_202510012058_FAZ1BET, 12914903707_202509302308_FAZ1BET, 07639897386_202510011234_FAZ1BET, 61536114359_202510011440_FAZ1BET, 05178228146_202509302239_FAZ1BET, 47188342873_202510011137_FAZ1BET, 07331360523_202510010033_FAZ1BET, 11033262609_202510010307_FAZ1BET, 01301777412_202510010419_FAZ1BET, 70912899433_202510010009_FAZ1BET, 25949687817_202510010235_FAZ1BET, 04730051904_202510010840_FAZ1BET, 37577299863_202510012004_FAZ1BET, 03568281902_202510011904_FAZ1BET, 12914903707_202510010029_FAZ1BET, 97199109920_202510011739_FAZ1BET, 12914903707_202509302352_FAZ1BET, 07129601477_202510011030_FAZ1BET, 89482824415_202510012022_FAZ1BET, 09122277706_202510011629_FAZ1BET, 08161835462_202509302238_FAZ1BET, 00536902577_202509302317_FAZ1BET, 02705018867_202509302245_FAZ1BET, 00536902577_202510010338_FAZ1BET, 75858037291_202510011347_FAZ1BET, 39716494831_202510012018_FAZ1BET, 70547173334_202509302218_FAZ1BET, 63635976253_202509302343_FAZ1BET, 07216549597_202510011934_FAZ1BET, 06506639938_202510011916_FAZ1BET, 08537616559_202510011220_FAZ1BET, 96736208653_202509302343_FAZ1BET, 15296589777_202510012033_FAZ1BET, 11563042886_202510010030_FAZ1BET, 00710071302_202510010715_FAZ1BET, 32444295803_202510011917_FAZ1BET, 63635976253_202510010336_FAZ1BET, 08190081411_202509302215_FAZ1BET, 01167076079_202510010036_FAZ1BET, 13356738739_202510011056_FAZ1BET, 72446285791_202510010017_FAZ1BET, 24165925802_202510011714_FAZ1BET, 06713903339_202510011614_FAZ1BET, 12914903707_202509302152_FAZ1BET, 12426193727_202510011333_FAZ1BET, 92538274591_202510011601_FAZ1BET, 05908005312_202510012041_FAZ1BET, 03428286570_202510011328_FAZ1BET, 02665792214_202510011941_FAZ1BET, 96588403020_202510011549_FAZ1BET, 97163287372_202510011433_FAZ1BET, 63635976253_202510011823_FAZ1BET, 01301777412_202510010434_FAZ1BET, 70912899433_202510010024_FAZ1BET, 38951361829_202510011357_FAZ1BET, 10135029490_202510011239_FAZ1BET, 96363339200_202510010009_FAZ1BET, 06713903339_202510011833_FAZ1BET, 11563042886_202509302129_FAZ1BET, 03167022779_202510011711_FAZ1BET, 05208028107_202510011122_FAZ1BET, 63635976253_202510010215_FAZ1BET, 08977790450_202510010015_FAZ1BET, 06202198311_202510011215_FAZ1BET, 05883967450_202510010250_FAZ1BET, 75858037291_202510011325_FAZ1BET, 24165925802_202510011637_FAZ1BET, 40683781855_202510011650_FAZ1BET, 09775534429_202510010030_FAZ1BET, 63635976253_202509302321_FAZ1BET, 20202625761_202510010230_FAZ1BET, 13356738739_202510011021_FAZ1BET, 07180094447_202510010530_FAZ1BET, 03709344239_202510010352_FAZ1BET, 94150508968_202510010500_FAZ1BET, 03993808258_202509302351_FAZ1BET, 61536114359_202510011431_FAZ1BET, 87724529949_202510010121_FAZ1BET, 61536114359_202510011302_FAZ1BET, 70128789166_202510010621_FAZ1BET, 01052170935_202510010331_FAZ1BET, 12082024482_202510011845_FAZ1BET, 00536902577_202509302329_FAZ1BET, 39716494831_202510012026_FAZ1BET, 83902295287_202510011113_FAZ1BET, 05883967450_202510010050_FAZ1BET, 11033262609_202509302110_FAZ1BET, 01917627505_202510010215_FAZ1BET, 01936426382_202510011425_FAZ1BET, 13356738739_202510010442_FAZ1BET, 13356738739_202510010138_FAZ1BET, 07979700457_202510011636_FAZ1BET, 01717657370_202510010215_FAZ1BET, 63635976253_202510012045_FAZ1BET, 62402763329_202510011348_FAZ1BET, 72446285791_202509302357_FAZ1BET, 70141651270_202510011132_FAZ1BET, 01182801471_202510010552_FAZ1BET, 12914903707_202510010001_FAZ1BET, 04856280317_202510010025_FAZ1BET, 01639104488_202510010923_FAZ1BET, 08190081411_202509302326_FAZ1BET, 03896167103_202510011853_FAZ1BET, 05538250970_202510010121_FAZ1BET, 13356738739_202509302256_FAZ1BET, 47992389816_202510010041_FAZ1BET, 12483715699_202510011929_FAZ1BET, 01936426382_202510011430_FAZ1BET, 06603672545_202510010845_FAZ1BET, 10858257602_202510011823_FAZ1BET, 33488493814_202510011609_FAZ1BET, 00847586006_202509302320_FAZ1BET, 45622041848_202510010100_FAZ1BET, 03874399354_202510011916_FAZ1BET, 05798265382_202509302352_FAZ1BET, 63635976253_202510010210_FAZ1BET, 61536114359_202510011314_FAZ1BET, 11588607739_202510010303_FAZ1BET, 01301777412_202510011316_FAZ1BET, 09378506917_202510012032_FAZ1BET, 21641410833_202510011557_FAZ1BET, 07568241335_202510010835_FAZ1BET, 13356738739_202509302245_FAZ1BET, 62402763329_202510011838_FAZ1BET, 08977790450_202510010016_FAZ1BET, 11588607739_202510010305_FAZ1BET, 07997676112_202510010937_FAZ1BET, 02301185001_202510011829_FAZ1BET, 05908005312_202510012033_FAZ1BET, 12131754612_202510010058_FAZ1BET, 47468301859_202510011555_FAZ1BET, 03787190929_202510012009_FAZ1BET, 03428286570_202510011510_FAZ1BET, 18082453699_202510011625_FAZ1BET, 03115676573_202510010947_FAZ1BET, 10858257602_202510011629_FAZ1BET, 33488493814_202509302312_FAZ1BET, 13356738739_202510010559_FAZ1BET, 61536114359_202510011421_FAZ1BET, 70912899433_202509302349_FAZ1BET, 97163287372_202510011430_FAZ1BET, 01300731648_202510012042_FAZ1BET, 02665792214_202510011810_FAZ1BET, 61536114359_202510011445_FAZ1BET, 63635976253_202509302146_FAZ1BET, 52355624534_202510011956_FAZ1BET, 03293843689_202510010450_FAZ1BET, 02665792214_202510011926_FAZ1BET, 96736208653_202509302355_FAZ1BET, 01288529333_202510011552_FAZ1BET, 13356738739_202510011107_FAZ1BET, 02459422385_202510010049_FAZ1BET, 06713903339_202510011617_FAZ1BET, 01487416229_202510011056_FAZ1BET, 37577299863_202510010052_FAZ1BET, 08190081411_202509302344_FAZ1BET, 66500770030_202510011934_FAZ1BET, 01301777412_202510010453_FAZ1BET, 13356738739_202509302234_FAZ1BET, 11394107846_202510011136_FAZ1BET, 70547173334_202510011715_FAZ1BET, 88672085272_202510010133_FAZ1BET, 61389031373_202510012032_FAZ1BET, 03993808258_202510010350_FAZ1BET, 59135328215_202510010607_FAZ1BET, 81811683991_202509302142_FAZ1BET, 40925580821_202510011037_FAZ1BET, 00296484679_202510010106_FAZ1BET, 05791214707_202510011245_FAZ1BET, 08190081411_202509302351_FAZ1BET, 02655643011_202509302337_FAZ1BET, 03708847369_202510011822_FAZ1BET, 36617033825_202510011229_FAZ1BET, 00536902577_202510010220_FAZ1BET, 13356738739_202510010241_FAZ1BET, 02097962432_202510010246_FAZ1BET, 70128789166_202510010653_FAZ1BET, 61847498388_202510011645_FAZ1BET, 03938465042_202510011057_FAZ1BET, 11563042886_202509302107_FAZ1BET, 03167022779_202510011622_FAZ1BET, 01717657370_202509302356_FAZ1BET, 14942861730_202510011744_FAZ1BET, 06081859819_202510010441_FAZ1BET, 00296484679_202510010100_FAZ1BET, 08190081411_202509302210_FAZ1BET, 00536902577_202509302253_FAZ1BET, 12426193727_202510011410_FAZ1BET, 00847586006_202509302351_FAZ1BET, 24165925802_202510011711_FAZ1BET, 00536902577_202509302301_FAZ1BET, 28297553833_202510011414_FAZ1BET, 01346459444_202510010009_FAZ1BET, 01259969266_202510011649_FAZ1BET, 03993808258_202510010343_FAZ1BET, 98540416115_202510011828_FAZ1BET, 06202198311_202510011120_FAZ1BET, 01278626760_202510011948_FAZ1BET, 05791214707_202510011219_FAZ1BET, 48515449870_202510011253_FAZ1BET, 13937067469_202509302348_FAZ1BET, 00536902577_202510010333_FAZ1BET, 07216549597_202510010248_FAZ1BET, 03428286570_202510011520_FAZ1BET, 62402763329_202509302211_FAZ1BET, 32163222896_202510011740_FAZ1BET, 96736208653_202510011646_FAZ1BET, 01301777412_202510010448_FAZ1BET, 11563042886_202509302140_FAZ1BET, 01393469965_202510011449_FAZ1BET, 00897621506_202510011203_FAZ1BET, 40925580821_202510011039_FAZ1BET, 03428286570_202510011354_FAZ1BET, 00536902577_202509302309_FAZ1BET, 05208028107_202510010436_FAZ1BET, 13356738739_202510011014_FAZ1BET, 04316848399_202510011933_FAZ1BET, 13356738739_202510010347_FAZ1BET, 62402763329_202509302356_FAZ1BET, 03938465042_202510011344_FAZ1BET, 02571138197_202510011606_FAZ1BET, 33488493814_202510010016_FAZ1BET, 62402763329_202510011611_FAZ1BET, 46427198300_202510010119_FAZ1BET, 62402763329_202510011324_FAZ1BET, 03115676573_202510011049_FAZ1BET, 12914903707_202509302305_FAZ1BET, 11274202914_202510011618_FAZ1BET, 12914903707_202509302257_FAZ1BET, 62402763329_202510011658_FAZ1BET, 07216549597_202510010346_FAZ1BET, 00847586006_202510011801_FAZ1BET, 02996438329_202510010510_FAZ1BET, 11019236957_202510010216_FAZ1BET, 07639897386_202510011402_FAZ1BET, 02571138197_202510011615_FAZ1BET, 62402763329_202509302119_FAZ1BET, 01081006269_202510010129_FAZ1BET, 11729136842_202510011533_FAZ1BET, 11033262609_202510011342_FAZ1BET, 03159072312_202510010147_FAZ1BET, 62402763329_202510011411_FAZ1BET, 05483517911_202510011605_FAZ1BET, 00536902577_202509302355_FAZ1BET, 12265658405_202510010043_FAZ1BET, 11416635467_202510011903_FAZ1BET, 34883313859_202510011244_FAZ1BET, 87724529949_202510010112_FAZ1BET, 01717657370_202510011301_FAZ1BET, 70329973681_202510011951_FAZ1BET, 05410982924_202510011614_FAZ1BET, 01936426382_202510011357_FAZ1BET, 13413809717_202510011956_FAZ1BET, 13356738739_202510010459_FAZ1BET, 60380637308_202510010450_FAZ1BET, 13356738739_202510010853_FAZ1BET, 47992389816_202510012053_FAZ1BET, 05883967450_202510010007_FAZ1BET, 12242363786_202510012028_FAZ1BET, 01805064479_202510010327_FAZ1BET, 01301777412_202510011216_FAZ1BET, 63635976253_202510010316_FAZ1BET, 13356738739_202509302258_FAZ1BET, 81097808300_202510010219_FAZ1BET, 62402763329_202509302127_FAZ1BET, 01398134708_202509302308_FAZ1BET, 05951012163_202510010446_FAZ1BET, 02141569150_202510011931_FAZ1BET, 51249855268_202510011842_FAZ1BET, 10025004786_202510010505_FAZ1BET, 07216549597_202510010402_FAZ1BET, 46427198300_202510010132_FAZ1BET, 02518719245_202510010301_FAZ1BET, 62402763329_202510011534_FAZ1BET, 00710071302_202510011734_FAZ1BET, 27779253805_202509302136_FAZ1BET, 01962932354_202509302126_FAZ1BET, 99228947772_202510011731_FAZ1BET, 09111046406_202510011349_FAZ1BET, 14270240733_202510011459_FAZ1BET, 06081859819_202510010157_FAZ1BET, 13356738739_202510010948_FAZ1BET, 14010744804_202510010104_FAZ1BET, 89482824415_202510010051_FAZ1BET, 03568281902_202510010101_FAZ1BET, 62402763329_202510011521_FAZ1BET, 07216549597_202510010331_FAZ1BET, 13837553612_202510011809_FAZ1BET, 02141569150_202510010421_FAZ1BET, 70145707490_202510011738_FAZ1BET, 06428757311_202510012043_FAZ1BET, 72446285791_202510010027_FAZ1BET, 01398134708_202509302144_FAZ1BET, 03867786550_202510010005_FAZ1BET, 08190081411_202509302338_FAZ1BET, 10847209490_202510011636_FAZ1BET, 06449373431_202510011514_FAZ1BET, 02141569150_202510011927_FAZ1BET, 97163287372_202510011535_FAZ1BET, 13356738739_202510010320_FAZ1BET, 02141569150_202510010437_FAZ1BET, 63635976253_202509302221_FAZ1BET, 08872904188_202510011855_FAZ1BET, 62402763329_202510011537_FAZ1BET, 07216549597_202510010327_FAZ1BET, 02518719245_202510010302_FAZ1BET, 02518719245_202510010250_FAZ1BET, 11033262609_202510011410_FAZ1BET, 32163222896_202510011836_FAZ1BET, 07216549597_202510010401_FAZ1BET, 08896974852_202510011801_FAZ1BET, 03938465042_202510011659_FAZ1BET, 03428286570_202510011320_FAZ1BET, 04096813184_202510011518_FAZ1BET, 62149398346_202510010501_FAZ1BET, 11563042886_202509302134_FAZ1BET, 32585687821_202510010020_FAZ1BET, 47468301859_202510010225_FAZ1BET, 11033262609_202510011459_FAZ1BET, 02459422385_202510010026_FAZ1BET, 01546436022_202510010440_FAZ1BET, 10764951688_202510011955_FAZ1BET, 49305344291_202510010438_FAZ1BET, 03167022779_202510011719_FAZ1BET, 13356738739_202510010508_FAZ1BET, 15296589777_202510012010_FAZ1BET, 97199109920_202510010326_FAZ1BET, 01259969266_202510011635_FAZ1BET, 03596048621_202510011027_FAZ1BET, 51102272841_202510012042_FAZ1BET, 06506639938_202510011935_FAZ1BET, 22716365741_202510011233_FAZ1BET, 02141569150_202510010440_FAZ1BET, 03938465042_202510011108_FAZ1BET, 04635873161_202510010237_FAZ1BET, 00536902577_202509302319_FAZ1BET, 08438728618_202509302135_FAZ1BET, 21526045800_202510010344_FAZ1BET, 11033262609_202509302120_FAZ1BET, 08161835462_202509302223_FAZ1BET, 13356738739_202510010210_FAZ1BET, 70912899433_202510010007_FAZ1BET, 07216549597_202510010345_FAZ1BET, 12914903707_202510010027_FAZ1BET, 18082453699_202510012030_FAZ1BET, 13356738739_202510011011_FAZ1BET, 13527966862_202510011641_FAZ1BET, 60380637308_202510010117_FAZ1BET, 33488493814_202509302121_FAZ1BET, 14270240733_202510011530_FAZ1BET, 01936426382_202510011403_FAZ1BET, 03596048621_202510011358_FAZ1BET, 62402763329_202509302140_FAZ1BET, 95415530363_202510011849_FAZ1BET, 05791214707_202510011212_FAZ1BET, 02097962432_202510010119_FAZ1BET, 03568281902_202510010021_FAZ1BET, 03348813158_202510011842_FAZ1BET, 02705018867_202509302156_FAZ1BET, 86044356540_202510010037_FAZ1BET, 01717657370_202509302348_FAZ1BET, 13356738739_202510010530_FAZ1BET, 93281153020_202510010552_FAZ1BET, 81097808300_202509302116_FAZ1BET, 09122277706_202510011634_FAZ1BET, 96736208653_202510011650_FAZ1BET, 13356738739_202510010216_FAZ1BET, 72446285791_202510010056_FAZ1BET, 36550564867_202510012034_FAZ1BET, 70547173334_202509302205_FAZ1BET, 16334917730_202510010241_FAZ1BET, 00536902577_202509302258_FAZ1BET, 03159072312_202510010142_FAZ1BET, 07647153560_202510012003_FAZ1BET, 03629209157_202510011451_FAZ1BET, 03044302188_202510010526_FAZ1BET, 04787280341_202510011746_FAZ1BET, 70329973681_202510011930_FAZ1BET, 02541573278_202510010602_FAZ1BET, 03348813158_202510011451_FAZ1BET, 27443232845_202510010155_FAZ1BET, 03115676573_202510011055_FAZ1BET, 93281153020_202510010419_FAZ1BET, 60380637308_202510010354_FAZ1BET, 02655643011_202509302336_FAZ1BET, 13527966862_202510012031_FAZ1BET, 10173969658_202510011645_FAZ1BET, 05791214707_202510011251_FAZ1BET, 62402763329_202510011651_FAZ1BET, 09467778963_202510011315_FAZ1BET, 10025004786_202510010521_FAZ1BET, 02301185001_202510011859_FAZ1BET, 06713903339_202509302142_FAZ1BET, 00296484679_202510011528_FAZ1BET, 63635976253_202510010334_FAZ1BET, 13356738739_202510010307_FAZ1BET, 11033262609_202510011437_FAZ1BET, 66500770030_202510011935_FAZ1BET, 62402763329_202510011442_FAZ1BET, 96363339200_202510010020_FAZ1BET, 89482824415_202509302341_FAZ1BET, 00536902577_202510010329_FAZ1BET, 06713903339_202509302144_FAZ1BET, 02459422385_202510010153_FAZ1BET, 62402763329_202510011559_FAZ1BET, 03568281902_202510011854_FAZ1BET, 03428286570_202510011421_FAZ1BET, 12914903707_202509302119_FAZ1BET, 92538274591_202510011605_FAZ1BET, 44473614859_202510010920_FAZ1BET, 62402763329_202510011657_FAZ1BET, 02276562102_202510010118_FAZ1BET, 11033262609_202510010423_FAZ1BET, 05563886581_202510011350_FAZ1BET, 04355478360_202510012052_FAZ1BET, 14392075770_202510010102_FAZ1BET, 37424463802_202510011934_FAZ1BET, 06187292677_202510011051_FAZ1BET, 05178228146_202510011341_FAZ1BET, 12426193727_202510011404_FAZ1BET, 13356738739_202510011008_FAZ1BET, 07216549597_202510010313_FAZ1BET, 07568241335_202510010819_FAZ1BET, 72446285791_202510010006_FAZ1BET, 02541573278_202510010549_FAZ1BET, 07647153560_202510012009_FAZ1BET, 45610196850_202509302125_FAZ1BET, 02141569150_202510010325_FAZ1BET, 05538250970_202510010210_FAZ1BET, 06603672545_202510010844_FAZ1BET, 06687705385_202509302320_FAZ1BET, 09775534429_202510010032_FAZ1BET, 09809495137_202510010008_FAZ1BET, 04635873161_202510010210_FAZ1BET, 10847209490_202510011532_FAZ1BET, 45622041848_202510010053_FAZ1BET, 61109540396_202509302332_FAZ1BET, 01722265540_202510011622_FAZ1BET, 40925580821_202510011041_FAZ1BET, 52355624534_202510011935_FAZ1BET, 43509198808_202510011559_FAZ1BET, 13356738739_202510010237_FAZ1BET, 83902295287_202510011111_FAZ1BET, 13356738739_202510011036_FAZ1BET, 18082453699_202510011622_FAZ1BET, 07180094447_202510010527_FAZ1BET, 11426793650_202510011531_FAZ1BET, 70184789443_202510010020_FAZ1BET, 62402763329_202509302220_FAZ1BET, 08944821496_202510011710_FAZ1BET, 87724529949_202510010125_FAZ1BET, 39019625810_202510011555_FAZ1BET, 08190081411_202509302321_FAZ1BET, 02705018867_202509302230_FAZ1BET, 00536902577_202510010302_FAZ1BET, 36617033825_202510011216_FAZ1BET, 00847586006_202510010013_FAZ1BET, 13735975429_202510011437_FAZ1BET, 12914903707_202509302327_FAZ1BET, 01366034082_202510010802_FAZ1BET, 62402763329_202510011635_FAZ1BET, 11426793650_202510010438_FAZ1BET, 13356738739_202510010711_FAZ1BET, 02699293393_202510010308_FAZ1BET, 06202198311_202510011217_FAZ1BET, 03596048621_202510011557_FAZ1BET, 10728494884_202510011350_FAZ1BET, 19079840890_202510010259_FAZ1BET, 08190081411_202509302229_FAZ1BET, 11019236957_202510010221_FAZ1BET, 08190081411_202509302334_FAZ1BET, 13356738739_202510011025_FAZ1BET, 37424463802_202510012028_FAZ1BET, 12426193727_202510011340_FAZ1BET, 01301777412_202510011104_FAZ1BET, 38286760816_202510011558_FAZ1BET, 00296484679_202510011705_FAZ1BET, 61536114359_202510011435_FAZ1BET, 07639897386_202510011313_FAZ1BET, 06496038341_202510011144_FAZ1BET, 93281153020_202510010431_FAZ1BET, 39716494831_202509302346_FAZ1BET, 43509198808_202510011549_FAZ1BET, 02098744900_202510011540_FAZ1BET, 12336809435_202509302358_FAZ1BET, 04528248263_202510010158_FAZ1BET, 10151760624_202510011250_FAZ1BET, 12914903707_202510010010_FAZ1BET, 11019236957_202510010222_FAZ1BET, 97199109920_202510010232_FAZ1BET, 05747145371_202510011905_FAZ1BET, 88672085272_202510010214_FAZ1BET, 08977790450_202510010014_FAZ1BET, 14436679942_202510010406_FAZ1BET, 13356738739_202510010021_FAZ1BET, 61109540396_202509302337_FAZ1BET, 12914903707_202509302324_FAZ1BET, 12914903707_202509302137_FAZ1BET, 13356738739_202510011033_FAZ1BET, 03428286570_202510011512_FAZ1BET, 70141651270_202510011136_FAZ1BET, 03709344239_202510010340_FAZ1BET, 42287076883_202510011732_FAZ1BET, 13356738739_202510010748_FAZ1BET, 03044302188_202510010517_FAZ1BET, 11388172950_202510012031_FAZ1BET, 03708847369_202510011905_FAZ1BET, 03629209157_202510010013_FAZ1BET, 05178228146_202510011333_FAZ1BET, 07180094447_202510010524_FAZ1BET, 05930573336_202510011134_FAZ1BET, 03026204196_202510010348_FAZ1BET, 87724529949_202510010120_FAZ1BET, 01067183477_202510011907_FAZ1BET, 39716494831_202509302146_FAZ1BET, 97163287372_202510011434_FAZ1BET, 12726089720_202510011910_FAZ1BET, 15296589777_202510012045_FAZ1BET, 14270240733_202510011514_FAZ1BET, 61109540396_202509302331_FAZ1BET, 05883967450_202510010051_FAZ1BET, 04635873161_202510010213_FAZ1BET, 01717657370_202510011342_FAZ1BET, 33488493814_202510011418_FAZ1BET, 10663880750_202510010142_FAZ1BET, 13356738739_202509302313_FAZ1BET, 03596048621_202510011400_FAZ1BET, 05951012163_202510010330_FAZ1BET, 08944821496_202510011700_FAZ1BET, 25660687806_202510010701_FAZ1BET, 88672085272_202510010212_FAZ1BET, 04786008605_202510011229_FAZ1BET, 06081859819_202510010427_FAZ1BET, 08486451469_202510011144_FAZ1BET, 05883967450_202510010044_FAZ1BET, 05791214707_202510011225_FAZ1BET, 13356738739_202510010942_FAZ1BET, 64641767220_202510012041_FAZ1BET, 10858257602_202510011821_FAZ1BET, 01008288250_202510010238_FAZ1BET, 16262602658_202510010015_FAZ1BET, 01398134708_202509302311_FAZ1BET, 01717657370_202510011845_FAZ1BET, 06713903339_202510011850_FAZ1BET, 99228947772_202510011710_FAZ1BET, 63074577320_202510010146_FAZ1BET, 02141569150_202510011127_FAZ1BET, 11115915630_202510011210_FAZ1BET, 13735975429_202510011443_FAZ1BET, 62402763329_202510011713_FAZ1BET, 08190081411_202509302207_FAZ1BET, 89482824415_202509302351_FAZ1BET, 04856280317_202510010019_FAZ1BET, 81811683991_202510011029_FAZ1BET, 07639897386_202510011235_FAZ1BET, 13356738739_202510010539_FAZ1BET, 48515449870_202510011251_FAZ1BET, 14010744804_202509302150_FAZ1BET, 12914903707_202509302155_FAZ1BET, 00536902577_202509302303_FAZ1BET, 06713903339_202510012026_FAZ1BET, 08190081411_202509302212_FAZ1BET, 14436679942_202510010342_FAZ1BET, 06187292677_202510011047_FAZ1BET, 06506639938_202510011850_FAZ1BET, 11115915630_202510011438_FAZ1BET, 06713903339_202510012020_FAZ1BET, 00873960920_202510010241_FAZ1BET, 11033262609_202510010300_FAZ1BET, 03167022779_202510011633_FAZ1BET, 52355624534_202510011954_FAZ1BET, 03938465042_202510011348_FAZ1BET, 93281153020_202510010440_FAZ1BET, 05430483907_202510012021_FAZ1BET, 94529345220_202510011753_FAZ1BET, 11033262609_202510010315_FAZ1BET, 03115676573_202510011019_FAZ1BET, 02899325213_202510011810_FAZ1BET, 01546436022_202510010425_FAZ1BET, 02097962432_202510010210_FAZ1BET, 14942861730_202510011816_FAZ1BET, 03160566188_202510011425_FAZ1BET, 03301812708_202510011952_FAZ1BET, 94150508968_202510010531_FAZ1BET, 00847586006_202510011748_FAZ1BET, 01191524019_202510012031_FAZ1BET, 60380637308_202510010116_FAZ1BET, 70912899433_202510010215_FAZ1BET, 09809495137_202510010228_FAZ1BET, 00536902577_202510010404_FAZ1BET, 06147257390_202510010048_FAZ1BET, 61565802390_202510012018_FAZ1BET, 82610029268_202510011846_FAZ1BET, 03428286570_202510011258_FAZ1BET, 02097962432_202510010151_FAZ1BET, 01301777412_202510011337_FAZ1BET, 05824795177_202510010144_FAZ1BET, 12914903707_202510010033_FAZ1BET, 87944111315_202510010812_FAZ1BET, 06713903339_202510011608_FAZ1BET, 37424463802_202510011533_FAZ1BET, 72446285791_202510010044_FAZ1BET, 18082453699_202510012024_FAZ1BET, 07284763639_202510010148_FAZ1BET, 03301812708_202510011947_FAZ1BET, 12037166648_202510011718_FAZ1BET, 52355624534_202510011949_FAZ1BET, 45610196850_202509302128_FAZ1BET, 11274202914_202510011640_FAZ1BET, 33488493814_202509302133_FAZ1BET, 98540416115_202510011837_FAZ1BET, 13527966862_202510012029_FAZ1BET, 12336809435_202509302332_FAZ1BET, 07180094447_202510010512_FAZ1BET, 05208028107_202510010421_FAZ1BET, 13356738739_202509302330_FAZ1BET, 09459346618_202510010031_FAZ1BET, 53765903809_202510011753_FAZ1BET, 62402763329_202509302213_FAZ1BET, 42796972801_202510011830_FAZ1BET, 13356738739_202510010119_FAZ1BET, 02097962432_202510010118_FAZ1BET, 05883967450_202510010120_FAZ1BET, 00536902577_202510010402_FAZ1BET, 10858257602_202510011945_FAZ1BET, 16334917730_202510010240_FAZ1BET, 02459422385_202510010045_FAZ1BET, 62402763329_202510011917_FAZ1BET, 08161835462_202509302224_FAZ1BET, 03160566188_202510011423_FAZ1BET, 01259969266_202510011643_FAZ1BET, 03787190929_202510012005_FAZ1BET, 00536902577_202509302320_FAZ1BET, 11388172950_202510012039_FAZ1BET, 02332387781_202510010336_FAZ1BET, 18082453699_202510011629_FAZ1BET, 05538250970_202510010225_FAZ1BET, 00825404380_202509302313_FAZ1BET, 13413809717_202510011947_FAZ1BET, 47567675838_202510011416_FAZ1BET, 00656284382_202509302252_FAZ1BET, 78714168200_202510011743_FAZ1BET, 01398134708_202509302145_FAZ1BET, 62392573387_202510010616_FAZ1BET, 02141569150_202510010423_FAZ1BET, 70112434100_202509302355_FAZ1BET, 47567675838_202510011403_FAZ1BET, 12796337863_202510010334_FAZ1BET, 33488493814_202510011603_FAZ1BET, 37424463802_202510012025_FAZ1BET, 00897621506_202510010130_FAZ1BET, 01008288250_202510010236_FAZ1BET, 06603672545_202510010849_FAZ1BET, 78714168200_202510011750_FAZ1BET, 09378506917_202510012038_FAZ1BET, 05178228146_202510011328_FAZ1BET, 07527697580_202510011613_FAZ1BET, 36054227807_202510012036_FAZ1BET, 03293843689_202510010523_FAZ1BET, 04635873161_202509302129_FAZ1BET, 37424463802_202510012036_FAZ1BET, 02141569150_202510011045_FAZ1BET, 13356738739_202510010844_FAZ1BET, 62402763329_202510011259_FAZ1BET, 61565802390_202510012033_FAZ1BET, 04856280317_202510010029_FAZ1BET, 96363339200_202510010000_FAZ1BET, 05342874416_202509302129_FAZ1BET, 02065535520_202510010229_FAZ1BET, 09274667400_202510011905_FAZ1BET, 08161835462_202509302314_FAZ1BET, 63635976253_202509302338_FAZ1BET, 02665792214_202510011752_FAZ1BET, 13356738739_202510010743_FAZ1BET, 13356738739_202509302259_FAZ1BET, 62402763329_202510011824_FAZ1BET, 20202625761_202510010229_FAZ1BET, 03273410337_202510011719_FAZ1BET, 61109540396_202509302221_FAZ1BET, 03596048621_202510010952_FAZ1BET, 11729136842_202510011543_FAZ1BET, 00897621506_202510010126_FAZ1BET, 03160566188_202510011418_FAZ1BET, 01959728563_202510012024_FAZ1BET, 18082453699_202510011639_FAZ1BET, 08190081411_202509302221_FAZ1BET, 00296484679_202510011325_FAZ1BET, 03167022779_202510011754_FAZ1BET, 12726089720_202510011908_FAZ1BET, 88716910320_202510011745_FAZ1BET, 13356738739_202510010906_FAZ1BET, 37424463802_202510012026_FAZ1BET, 44473614859_202510010916_FAZ1BET, 05538250970_202510010233_FAZ1BET, 03167022779_202510011600_FAZ1BET, 05412664113_202510012031_FAZ1BET, 52420350804_202510011612_FAZ1BET, 13356738739_202509302357_FAZ1BET, 04872675401_202510011503_FAZ1BET, 07647153560_202510011954_FAZ1BET, 19079840890_202510010257_FAZ1BET, 56313731816_202510010827_FAZ1BET, 07863814693_202510011911_FAZ1BET, 00296484679_202510010331_FAZ1BET, 02518719245_202510010247_FAZ1BET, 52355624534_202510012019_FAZ1BET, 21526045800_202510010331_FAZ1BET, 98780530320_202510010218_FAZ1BET, 13356738739_202510010404_FAZ1BET, 05410982924_202510011606_FAZ1BET, 13356738739_202510010322_FAZ1BET, 16266415798_202510011205_FAZ1BET, 70912899433_202510010003_FAZ1BET, 14942861730_202510011813_FAZ1BET, 37424463802_202509302325_FAZ1BET, 04056258201_202510011323_FAZ1BET, 63635976253_202509302208_FAZ1BET, 00536902577_202509302347_FAZ1BET, 11416635467_202510011843_FAZ1BET, 11073729761_202510011629_FAZ1BET, 70856856118_202510011415_FAZ1BET, 97199109920_202510010346_FAZ1BET, 07180094447_202510010511_FAZ1BET, 12914903707_202510010036_FAZ1BET, 00897621506_202510011011_FAZ1BET, 62402763329_202510011416_FAZ1BET, 00030644682_202510012030_FAZ1BET, 04635873161_202509302112_FAZ1BET, 05483517911_202510011543_FAZ1BET, 98780530320_202510010220_FAZ1BET, 10858257602_202510011848_FAZ1BET, 07534223369_202510011704_FAZ1BET, 05766654529_202510011913_FAZ1BET, 93281153020_202510010337_FAZ1BET, 00296484679_202510011535_FAZ1BET, 13356738739_202510010207_FAZ1BET, 47144277847_202510011644_FAZ1BET, 12914903707_202510010030_FAZ1BET, 00897621506_202510011145_FAZ1BET, 46179782830_202510011805_FAZ1BET, 07331360523_202510011616_FAZ1BET, 53765903809_202510011808_FAZ1BET, 10858257602_202510011457_FAZ1BET, 05538250970_202510010244_FAZ1BET, 03787190929_202510011955_FAZ1BET, 07639897386_202510011403_FAZ1BET, 15296589777_202510011952_FAZ1BET, 01398134708_202510010003_FAZ1BET, 03568281902_202509302219_FAZ1BET, 02899325213_202510011813_FAZ1BET, 72446285791_202510010100_FAZ1BET, 04635873161_202510010220_FAZ1BET, 34883313859_202510011250_FAZ1BET, 87944111315_202510010804_FAZ1BET, 00536902577_202509302111_FAZ1BET, 06868116314_202510011618_FAZ1BET, 11563042886_202509302111_FAZ1BET, 05766654529_202510010027_FAZ1BET, 52355624534_202510011953_FAZ1BET, 01288529333_202510011557_FAZ1BET, 11416635467_202510011849_FAZ1BET, 07802746442_202510012020_FAZ1BET, 03568281902_202510011856_FAZ1BET, 93132654191_202509302234_FAZ1BET, 18082453699_202510011644_FAZ1BET, 08190081411_202509302341_FAZ1BET, 02065535520_202510011622_FAZ1BET, 06147257390_202510010052_FAZ1BET, 05074001358_202510011650_FAZ1BET, 01300731648_202510012036_FAZ1BET, 62402763329_202509302114_FAZ1BET, 03301812708_202510011948_FAZ1BET, 05747145371_202510011929_FAZ1BET, 09541088767_202510010156_FAZ1BET, 27230153867_202510011951_FAZ1BET, 05483517911_202510011608_FAZ1BET, 07216549597_202</t>
   </si>
   <si>
     <t>TIVOBET</t>
   </si>
   <si>
-    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 16177638708_202510010949_TIVOBET, 15614768700_202510011316_TIVOBET, 11262805856_202510010203_TIVOBET, 92030807249_202510011926_TIVOBET, 02416545051_202510011017_TIVOBET, 00943154006_202510010139_TIVOBET, 06429048985_202510010143_TIVOBET, 03248619155_202510011635_TIVOBET, 80169635368_202509302239_TIVOBET, 70250660105_202510012045_TIVOBET, 42942801824_202510010116_TIVOBET, 03663451097_202510011651_TIVOBET, 09998775698_202510011914_TIVOBET, 86037186529_202510011848_TIVOBET, 11625495641_202510010202_TIVOBET, 17138545703_202510011640_TIVOBET, 02416545051_202510011531_TIVOBET, 04521061508_202509302327_TIVOBET, 02416545051_202510011119_TIVOBET, 05587684903_202510011256_TIVOBET, 14312230692_202510011944_TIVOBET, 03248619155_202510011626_TIVOBET, 31773664115_202510012034_TIVOBET, 08964779592_202509302213_TIVOBET, 36379232893_202510010554_TIVOBET, 79579337187_202510011123_TIVOBET, 05260685741_202510011346_TIVOBET, 89011120272_202509302139_TIVOBET, 11650505442_202510011354_TIVOBET, 41088774890_202509302229_TIVOBET, 01717657370_202510010254_TIVOBET, 04892192171_202510011134_TIVOBET, 01021624330_202510011506_TIVOBET, 12941737820_202510010038_TIVOBET, 38440371870_202510011321_TIVOBET, 04819246399_202510011514_TIVOBET, 05260685741_202510011322_TIVOBET, 70578195445_202510010003_TIVOBET, 07890825943_202510010331_TIVOBET, 15025643783_202510011018_TIVOBET, 00751584266_202510010358_TIVOBET, 45160429832_202510011936_TIVOBET, 31210441845_202510011825_TIVOBET, 05327677303_202510011700_TIVOBET, 09131269184_202510011322_TIVOBET, 04777843130_202510011315_TIVOBET, 04819246399_202510011032_TIVOBET, 03248619155_202510011716_TIVOBET, 09998775698_202510011726_TIVOBET, 09432283445_202510011900_TIVOBET, 08569414927_202510010940_TIVOBET, 07666967314_202510011858_TIVOBET, 03761041551_202510010104_TIVOBET, 15025643783_202510011310_TIVOBET, 04892192171_202510011132_TIVOBET, 89011120272_202510011453_TIVOBET, 92030807249_202510011813_TIVOBET, 15749616754_202510011628_TIVOBET, 03187505970_202510011859_TIVOBET, 04521061508_202510010120_TIVOBET, 31210441845_202510011731_TIVOBET, 14621877739_202510011248_TIVOBET, 11033262609_202510011526_TIVOBET, 01686090102_202509302208_TIVOBET, 44011436801_202510011428_TIVOBET, 16569353764_202510011231_TIVOBET, 46469266878_202510011413_TIVOBET, 89011120272_202510011643_TIVOBET, 01619030616_202510011544_TIVOBET, 89528891268_202510011731_TIVOBET, 04521061508_202510010135_TIVOBET, 36691287860_202510011412_TIVOBET, 08934278960_202510011819_TIVOBET, 09432283445_202510011903_TIVOBET, 14942861730_202510011235_TIVOBET, 09998775698_202510012042_TIVOBET, 38421738810_202510011800_TIVOBET, 13429096740_202510011816_TIVOBET, 10357419626_202510010102_TIVOBET, 15178405706_202509302201_TIVOBET, 07216549597_202510011151_TIVOBET, 09233654435_202510010332_TIVOBET, 89528891268_202510011737_TIVOBET, 47077279804_202510011618_TIVOBET, 04819246399_202510010138_TIVOBET, 14621877739_202510011214_TIVOBET, 03248619155_202510011500_TIVOBET, 11140412469_202510011926_TIVOBET, 07613234495_202510010533_TIVOBET, 06054833960_202510011704_TIVOBET, 06054833960_202510011656_TIVOBET, 02705018867_202510010405_TIVOBET, 41844549844_202509302152_TIVOBET, 05410982924_202510010341_TIVOBET, 03248619155_202510011447_TIVOBET, 02270966651_202510010225_TIVOBET, 86037186529_202510011858_TIVOBET, 41524188859_202510011310_TIVOBET, 87682672072_202510010101_TIVOBET, 00535663005_202510011911_TIVOBET, 82610029268_202510011836_TIVOBET, 09651070943_202510010203_TIVOBET, 63987473304_202510011819_TIVOBET, 06035980562_202510011416_TIVOBET, 87827336000_202510010309_TIVOBET, 87827336000_202510010214_TIVOBET, 69198020153_202510010716_TIVOBET, 11625495641_202510010207_TIVOBET, 03434453369_202510010344_TIVOBET, 00751584266_202510010456_TIVOBET, 14327790796_202510010008_TIVOBET, 09998775698_202510011741_TIVOBET, 12659228701_202509302320_TIVOBET, 02156707103_202510011027_TIVOBET, 00710071302_202510011826_TIVOBET, 48346606800_202510010235_TIVOBET, 07300852955_202510010206_TIVOBET, 36379232893_202509302350_TIVOBET, 41844549844_202509302125_TIVOBET, 70250660105_202510012046_TIVOBET, 43951808845_202510010115_TIVOBET, 01021624330_202510010040_TIVOBET, 17138545703_202510011704_TIVOBET, 08964779592_202510011855_TIVOBET, 00873021282_202510012010_TIVOBET, 79579337187_202510011126_TIVOBET, 05007231410_202510011857_TIVOBET, 15025643783_202510011412_TIVOBET, 15125258717_202510010425_TIVOBET, 12053631732_202510010114_TIVOBET, 04521061508_202510010055_TIVOBET, 13909548628_202510012040_TIVOBET, 10922869936_202510011240_TIVOBET, 76774040144_202510011848_TIVOBET, 89528891268_202510011812_TIVOBET, 03248619155_202510010006_TIVOBET, 11770344411_202510011517_TIVOBET, 41088774890_202510011924_TIVOBET, 04521061508_202510012013_TIVOBET, 99336286234_202509302142_TIVOBET, 13429096740_202509302133_TIVOBET, 07666967314_202509302122_TIVOBET, 03248619155_202510011201_TIVOBET, 15025643783_202510011401_TIVOBET, 80169635368_202510011159_TIVOBET, 09464692456_202510011710_TIVOBET, 45684658857_202510011826_TIVOBET, 31210441845_202510012038_TIVOBET, 86037186529_202510011854_TIVOBET, 36379232893_202510010514_TIVOBET, 03248619155_202510010015_TIVOBET, 01686090102_202509302202_TIVOBET, 14621877739_202510011103_TIVOBET, 05833247110_202510012048_TIVOBET, 14997992763_202510011854_TIVOBET, 83043470672_202510011831_TIVOBET, 03248619155_202510011841_TIVOBET, 36054227807_202510011423_TIVOBET, 31210441845_202510011626_TIVOBET, 72567732934_202509302327_TIVOBET, 81995326291_202510011948_TIVOBET, 13256621945_202510010258_TIVOBET, 08569414927_202510011551_TIVOBET, 15749616754_202510011637_TIVOBET, 36054227807_202510011430_TIVOBET, 42017334839_202510011523_TIVOBET, 05847793723_202510011726_TIVOBET, 01021624330_202510011321_TIVOBET, 04144308243_202510011549_TIVOBET, 93010060220_202510011108_TIVOBET, 13665713714_202510012040_TIVOBET, 41844549844_202510010025_TIVOBET, 07613234495_202510010302_TIVOBET, 03142528008_202510011925_TIVOBET, 87827336000_202509302240_TIVOBET, 13429096740_202510011551_TIVOBET, 03761041551_202510010016_TIVOBET, 34065313856_202509302359_TIVOBET, 03286985392_202509302311_TIVOBET, 43080277805_202510011955_TIVOBET, 07613234495_202510010539_TIVOBET, 02270966651_202510010145_TIVOBET, 02125784130_202509302141_TIVOBET, 03248619155_202510010413_TIVOBET, 01021624330_202510011337_TIVOBET, 87827336000_202509302243_TIVOBET, 04868545230_202510011743_TIVOBET, 92030807249_202510011901_TIVOBET, 04521061508_202509302349_TIVOBET, 05587684903_202510011325_TIVOBET, 12037166648_202510010237_TIVOBET, 03248619155_202510011755_TIVOBET, 87827336000_202509302158_TIVOBET, 06712372925_202509302114_TIVOBET, 03248619155_202510010326_TIVOBET, 02480279219_202510011836_TIVOBET, 01021624330_202510011324_TIVOBET, 08569414927_202510011552_TIVOBET, 17138545703_202510012054_TIVOBET, 03248619155_202510011753_TIVOBET, 12037166648_202510010231_TIVOBET, 11770344411_202510010738_TIVOBET, 44342678845_202510011626_TIVOBET, 03993104285_202510010240_TIVOBET, 11893116662_202510011214_TIVOBET, 05587684903_202510011410_TIVOBET, 03191131167_202510010709_TIVOBET, 92030807249_202510011907_TIVOBET, 04521061508_202510010129_TIVOBET, 00751584266_202510010428_TIVOBET, 36967488899_202510011709_TIVOBET, 08165400479_202510010039_TIVOBET, 02908478269_202510010007_TIVOBET, 09998775698_202510012011_TIVOBET, 41844549844_202509302237_TIVOBET, 03248619155_202510010205_TIVOBET, 13429096740_202509302125_TIVOBET, 79409300282_202510010154_TIVOBET, 04521061508_202510012016_TIVOBET, 01212115090_202510010120_TIVOBET, 87827336000_202510010008_TIVOBET, 07613234495_202509302359_TIVOBET, 28862170858_202510011358_TIVOBET, 31599290430_202510010224_TIVOBET, 70250660105_202510010307_TIVOBET, 13429096740_202509302130_TIVOBET, 78521815115_202510011236_TIVOBET, 02416545051_202510011349_TIVOBET, 00573997942_202509302357_TIVOBET, 15614768700_202509302121_TIVOBET, 09233654435_202510010310_TIVOBET, 03248619155_202510010216_TIVOBET, 06712372925_202510010251_TIVOBET, 05007231410_202510011950_TIVOBET, 14327790796_202510010007_TIVOBET, 05260685741_202510011316_TIVOBET, 17338308802_202510012029_TIVOBET, 05260685741_202510011359_TIVOBET, 03663451097_202510011648_TIVOBET, 47274615874_202509302319_TIVOBET, 03248619155_202510011820_TIVOBET, 04521061508_202509302338_TIVOBET, 00943154006_202510010028_TIVOBET, 13253698700_202510011309_TIVOBET, 47562740801_202510010017_TIVOBET, 09233654435_202510010318_TIVOBET, 07774521623_202510011706_TIVOBET, 04328592505_202509302245_TIVOBET, 08165400479_202510010114_TIVOBET, 08964779592_202510011915_TIVOBET, 06074818975_202510012020_TIVOBET, 03248619155_202510011624_TIVOBET, 07613234495_202510010411_TIVOBET, 17589848727_202510011225_TIVOBET, 01686090102_202509302231_TIVOBET, 17270831645_202510011427_TIVOBET, 11625495641_202510010152_TIVOBET, 02270966651_202510010224_TIVOBET, 89011120272_202510011433_TIVOBET, 09998775698_202510011857_TIVOBET, 04461356230_202510011755_TIVOBET, 01717657370_202510010256_TIVOBET, 14312230692_202510011230_TIVOBET, 15593946760_202510010915_TIVOBET, 79579337187_202510011121_TIVOBET, 37754736888_202510010053_TIVOBET, 03248619155_202510010105_TIVOBET, 14621877739_202510011125_TIVOBET, 76774040144_202510011856_TIVOBET, 07307383969_202510010029_TIVOBET, 03663451097_202509302253_TIVOBET, 05007231410_202510011856_TIVOBET, 09998775698_202510012032_TIVOBET, 83043470672_202510011608_TIVOBET, 13429096740_202510011538_TIVOBET, 14942861730_202510011317_TIVOBET, 00710071302_202510011832_TIVOBET, 12659228701_202510010206_TIVOBET, 04521061508_202509302323_TIVOBET, 01021624330_202510010106_TIVOBET, 03248619155_202510011317_TIVOBET, 03286985392_202510010003_TIVOBET, 00573997942_202509302359_TIVOBET, 01021624330_202509302243_TIVOBET, 04819246399_202510011644_TIVOBET, 14621877739_202510011213_TIVOBET, 33085903879_202510011605_TIVOBET, 03248619155_202510011942_TIVOBET, 07300852955_202510010122_TIVOBET, 96552476000_202510011458_TIVOBET, 89011120272_202510011705_TIVOBET, 13256621945_202510010253_TIVOBET, 86356857501_202509302319_TIVOBET, 38421738810_202510011801_TIVOBET, 41088774890_202509302354_TIVOBET, 15905912750_202510011307_TIVOBET, 06848795658_202510011250_TIVOBET, 05410982924_202510010309_TIVOBET, 11262805856_202510011403_TIVOBET, 03248619155_202510010226_TIVOBET, 41088774890_202510011135_TIVOBET, 40022603808_202510011302_TIVOBET, 31210441845_202510011834_TIVOBET, 06074818975_202510012018_TIVOBET, 12022355733_202510011747_TIVOBET, 07613234495_202509302133_TIVOBET, 11033262609_202510011527_TIVOBET, 07307383969_202510010119_TIVOBET, 13901909605_202510011406_TIVOBET, 06712372925_202510010228_TIVOBET, 07307383969_202510012051_TIVOBET, 04714889680_202510011316_TIVOBET, 02416545051_202510010239_TIVOBET, 08964779592_202510012055_TIVOBET, 08441175608_202510011252_TIVOBET, 00751584266_202510010433_TIVOBET, 44072054828_202510010043_TIVOBET, 42287076883_202510011656_TIVOBET, 42400288844_202510010036_TIVOBET, 08569414927_202510011652_TIVOBET, 38047806874_202510010432_TIVOBET, 01021624330_202510011512_TIVOBET, 89528891268_202510011735_TIVOBET, 03248619155_202510010236_TIVOBET, 40945533802_202509302355_TIVOBET, 09432283445_202510011907_TIVOBET, 12273124406_202510010451_TIVOBET, 36691287860_202510011757_TIVOBET, 42400288844_202510011714_TIVOBET, 15084271862_202510011536_TIVOBET, 01021624330_202510011455_TIVOBET, 08229992347_202510011642_TIVOBET, 04328592505_202510011358_TIVOBET, 03248619155_202510011702_TIVOBET, 31210441845_202510011520_TIVOBET, 42076921850_202510011554_TIVOBET, 04521061508_202509302203_TIVOBET, 04892192171_202510011133_TIVOBET, 41844549844_202509302202_TIVOBET, 87827336000_202509302346_TIVOBET, 08426993419_202510010029_TIVOBET, 14621877739_202510011151_TIVOBET, 04819246399_202510011033_TIVOBET, 00535663005_202510010526_TIVOBET, 11770344411_202510011532_TIVOBET, 14312230692_202510012016_TIVOBET, 36691287860_202510011410_TIVOBET, 06273708452_202510011723_TIVOBET, 15749616754_202510011746_TIVOBET, 04521061508_202510012052_TIVOBET, 87827336000_202509302131_TIVOBET, 95421416291_202510010054_TIVOBET, 13909548628_202510011314_TIVOBET, 07613234495_202510010509_TIVOBET, 11033262609_202510011555_TIVOBET, 01686090102_202509302234_TIVOBET, 17138545703_202510011950_TIVOBET, 15125258717_202510010342_TIVOBET, 11731286627_202510011151_TIVOBET, 89319346534_202510010005_TIVOBET, 15905912750_202510011707_TIVOBET, 11625495641_202510010157_TIVOBET, 17138545703_202510011515_TIVOBET, 48346606800_202510011023_TIVOBET, 41844549844_202509302132_TIVOBET, 05285080916_202510010126_TIVOBET, 09998775698_202510011719_TIVOBET, 03248619155_202510011301_TIVOBET, 06712372925_202510011532_TIVOBET, 03248619155_202510011729_TIVOBET, 05007231410_202510011855_TIVOBET, 00873021282_202510012012_TIVOBET, 06712372925_202510010206_TIVOBET, 12531151761_202510011418_TIVOBET, 25660687806_202510011557_TIVOBET, 00535663005_202510010551_TIVOBET, 07774521623_202510011642_TIVOBET, 09998775698_202510011949_TIVOBET, 13909548628_202509302129_TIVOBET, 70106758640_202510010707_TIVOBET, 31210441845_202510011751_TIVOBET, 05587684903_202510011305_TIVOBET, 03248619155_202510011240_TIVOBET, 84856157000_202510011753_TIVOBET, 04019641595_202510011936_TIVOBET, 10479353760_202510010301_TIVOBET, 12914903707_202510010145_TIVOBET, 81063563291_202510011551_TIVOBET, 31773664115_202510012039_TIVOBET, 43951808845_202510011155_TIVOBET, 87827336000_202510010009_TIVOBET, 44011436801_202510011338_TIVOBET, 12914903707_202510010204_TIVOBET, 04521061508_202510012058_TIVOBET, 76774040144_202510011944_TIVOBET, 07613234495_202510010023_TIVOBET, 03761041551_202510010039_TIVOBET, 14942861730_202510011525_TIVOBET, 71130658481_202509302122_TIVOBET, 76774040144_202510011816_TIVOBET, 79409300282_202510010140_TIVOBET, 08426993419_202510010052_TIVOBET, 13901909605_202510011422_TIVOBET, 13665713714_202509302352_TIVOBET, 12374929477_202510010125_TIVOBET, 13318471682_202510010604_TIVOBET, 86037186529_202510011752_TIVOBET, 12493429702_202510011659_TIVOBET, 89011120272_202510011527_TIVOBET, 79409300282_202510010248_TIVOBET, 13909548628_202510011342_TIVOBET, 15905912750_202510011323_TIVOBET, 14942861730_202510011318_TIVOBET, 05587684903_202510011355_TIVOBET, 03248619155_202510011210_TIVOBET, 00751584266_202510010404_TIVOBET, 01021624330_202510011352_TIVOBET, 87682672072_202510010109_TIVOBET, 03248619155_202510011834_TIVOBET, 17589848727_202510010323_TIVOBET, 03044237262_202510011952_TIVOBET, 05410982924_202510010338_TIVOBET, 85361658200_202509302206_TIVOBET, 11033262609_202510011559_TIVOBET, 17138545703_202510011337_TIVOBET, 83043470672_202510011612_TIVOBET, 79409300282_202510010153_TIVOBET, 15025643783_202510011405_TIVOBET, 13429096740_202509302324_TIVOBET, 13909548628_202509302325_TIVOBET, 06681925260_202510011534_TIVOBET, 47747689870_202509302342_TIVOBET, 42925182895_202510011505_TIVOBET, 04624822005_202510012037_TIVOBET, 07307383969_202510010044_TIVOBET, 72567732934_202510010537_TIVOBET, 05260685741_202510011329_TIVOBET, 17138545703_202510011721_TIVOBET, 12789744661_202510011649_TIVOBET, 07666967314_202509302118_TIVOBET, 92030807249_202510011900_TIVOBET, 00272090166_202510012052_TIVOBET, 14621877739_202510011314_TIVOBET, 03248619155_202509302352_TIVOBET, 09233654435_202510010329_TIVOBET, 39315812840_202510011430_TIVOBET, 07774521623_202510011737_TIVOBET, 15749616754_202510011620_TIVOBET, 03248619155_202510011911_TIVOBET, 31210441845_202510011311_TIVOBET, 80169635368_202509302158_TIVOBET, 14942861730_202510011335_TIVOBET, 31210441845_202510011739_TIVOBET, 41844549844_202510010021_TIVOBET, 02416545051_202510011947_TIVOBET, 11813110719_202510010512_TIVOBET, 07059411321_202510010410_TIVOBET, 13256621945_202510010352_TIVOBET, 38340340883_202510010250_TIVOBET, 03248619155_202510011819_TIVOBET, 00710071302_202510011918_TIVOBET, 04521061508_202510010802_TIVOBET, 07307383969_202510010105_TIVOBET, 14621877739_202510011114_TIVOBET, 04521061508_202509302253_TIVOBET, 09972798933_202509302343_TIVOBET, 15800002746_202510011741_TIVOBET, 13256621945_202510010308_TIVOBET, 06681925260_202510011407_TIVOBET, 13256621945_202510010259_TIVOBET, 13543186760_202510011127_TIVOBET, 07307383969_202510010054_TIVOBET, 13909548628_202510011336_TIVOBET, 05410982924_202510010359_TIVOBET, 89011120272_202509302355_TIVOBET, 04521061508_202509302317_TIVOBET, 46469266878_202510011505_TIVOBET, 14621877739_202510011102_TIVOBET, 04714889680_202509302327_TIVOBET, 07666967314_202510011754_TIVOBET, 08569414927_202510011604_TIVOBET, 15125258717_202510010232_TIVOBET, 03243019362_202510011708_TIVOBET, 92030807249_202510011905_TIVOBET, 11770344411_202510011315_TIVOBET, 13951109726_202510011657_TIVOBET, 10922869936_202510011225_TIVOBET, 05410982924_202510010257_TIVOBET, 05410982924_202510010305_TIVOBET, 12941737820_202510010030_TIVOBET, 07774521623_202510012055_TIVOBET, 07666967314_202510011819_TIVOBET, 86037186529_202510011837_TIVOBET, 03248619155_202510011610_TIVOBET, 13429096740_202510011550_TIVOBET, 14621877739_202510011250_TIVOBET, 14621877739_202510011302_TIVOBET, 05587684903_202510011401_TIVOBET, 01021624330_202510011554_TIVOBET, 02125784130_202509302156_TIVOBET, 04624822005_202510012034_TIVOBET, 03248619155_202510010404_TIVOBET, 46469266878_202510011559_TIVOBET, 13665713714_202510011853_TIVOBET, 08285263703_202510010403_TIVOBET, 80169635368_202509302222_TIVOBET, 40999395882_202510010023_TIVOBET, 09287840962_202510010123_TIVOBET, 00710071302_202510011936_TIVOBET, 05619765113_202510011645_TIVOBET, 02480279219_202510011904_TIVOBET, 03248619155_202510010346_TIVOBET, 16839093727_202510011026_TIVOBET, 62111215392_202510012037_TIVOBET, 17138545703_202510011709_TIVOBET, 06035980562_202510011408_TIVOBET, 44342678845_202510011455_TIVOBET, 89011120272_202509302131_TIVOBET, 14621877739_202510011221_TIVOBET, 89011120272_202510011439_TIVOBET, 61003296386_202510011737_TIVOBET, 11625495641_202510011623_TIVOBET, 36691287860_202510010241_TIVOBET, 15614768700_202510011736_TIVOBET, 15614768700_202510011351_TIVOBET, 10357419626_202510010322_TIVOBET, 06681925260_202510011524_TIVOBET, 33840061865_202510011330_TIVOBET, 12053631732_202510010041_TIVOBET, 04328592505_202510011333_TIVOBET, 04521061508_202510012014_TIVOBET, 12659228701_202510011430_TIVOBET, 79409300282_202510010258_TIVOBET, 15614768700_202509302125_TIVOBET, 78521815115_202510011234_TIVOBET, 38340340883_202510010222_TIVOBET, 13256621945_202510010320_TIVOBET, 06681925260_202510011531_TIVOBET, 01021624330_202510011342_TIVOBET, 00192264702_202510011141_TIVOBET, 12789744661_202510010248_TIVOBET, 03286985392_202509302328_TIVOBET, 79409300282_202510010156_TIVOBET, 70066238200_202510011937_TIVOBET, 70428719104_202510011353_TIVOBET, 10997000945_202510011218_TIVOBET, 05587684903_202510011431_TIVOBET, 09998775698_202510011901_TIVOBET, 17310927761_202510011345_TIVOBET, 04375004118_202510011215_TIVOBET, 09870461794_202510011027_TIVOBET, 67485430297_202510010804_TIVOBET, 14051500845_202510011347_TIVOBET, 40945533802_202510010002_TIVOBET, 07613234495_202510010028_TIVOBET, 06712372925_202510012052_TIVOBET, 87682672072_202510010056_TIVOBET, 89528891268_202510011719_TIVOBET, 03673214241_202510011852_TIVOBET, 38440371870_202510011319_TIVOBET, 05007231410_202510011841_TIVOBET, 06712372925_202510010212_TIVOBET, 08934278960_202510012052_TIVOBET, 41524188859_202510011300_TIVOBET, 14051500845_202510011354_TIVOBET, 09233654435_202509302126_TIVOBET, 06035980562_202510011508_TIVOBET, 09278330930_202510010143_TIVOBET, 83043470672_202510011619_TIVOBET, 14942861730_202510011254_TIVOBET, 31599290430_202510010228_TIVOBET, 47562740801_202510010015_TIVOBET, 13665713714_202510012038_TIVOBET, 02125784130_202509302234_TIVOBET, 04892192171_202510011145_TIVOBET, 00943154006_202509302316_TIVOBET, 12265257761_202510010014_TIVOBET, 87682672072_202510010102_TIVOBET, 41524188859_202510011313_TIVOBET, 07613234495_202510010554_TIVOBET, 15749616754_202510011649_TIVOBET, 87827336000_202509302108_TIVOBET, 41844549844_202509302151_TIVOBET, 01717657370_202510011456_TIVOBET, 79409300282_202510010227_TIVOBET, 89011120272_202510011507_TIVOBET, 41088774890_202510011322_TIVOBET, 05007231410_202510011836_TIVOBET, 22195236833_202510010550_TIVOBET, 08165400479_202510010128_TIVOBET, 04819246399_202510010220_TIVOBET, 07307383969_202510010152_TIVOBET, 08229992347_202510011643_TIVOBET, 10922869936_202510011238_TIVOBET, 42400288844_202510010034_TIVOBET, 03248619155_202510011946_TIVOBET, 03243019362_202510011641_TIVOBET, 17792927407_202510011016_TIVOBET, 80169635368_202509302201_TIVOBET, 76774040144_202510011825_TIVOBET, 81811683991_202510011807_TIVOBET, 00751584266_202510010437_TIVOBET, 86356857501_202510011958_TIVOBET, 13078466965_202510011719_TIVOBET, 05421688127_202510010556_TIVOBET, 15025643783_202510010926_TIVOBET, 07666967314_202510011749_TIVOBET, 06712372925_202510011912_TIVOBET, 41524188859_202510011223_TIVOBET, 13909548628_202510011442_TIVOBET, 86037186529_202510011839_TIVOBET, 48346606800_202510011046_TIVOBET, 14621877739_202510011204_TIVOBET, 08964779592_202510012051_TIVOBET, 04521061508_202510010123_TIVOBET, 07216549597_202510011203_TIVOBET, 87682672072_202510010024_TIVOBET, 70114125228_202509302155_TIVOBET, 41844549844_202510010029_TIVOBET, 05260685741_202510011401_TIVOBET, 87827336000_202509302142_TIVOBET, 36976789812_202509302237_TIVOBET, 17589848727_202510011301_TIVOBET, 17138545703_202510010149_TIVOBET, 41088774890_202509302212_TIVOBET, 86356857501_202510012025_TIVOBET, 07613234495_202510010520_TIVOBET, 00943154006_202510010056_TIVOBET, 08934278960_202510012035_TIVOBET, 31599290430_202510010141_TIVOBET, 14621877739_202510011155_TIVOBET, 00943154006_202510010102_TIVOBET, 06035980562_202510011428_TIVOBET, 13909548628_202510011447_TIVOBET, 03248619155_202510011706_TIVOBET, 12053631732_202510010028_TIVOBET, 41088774890_202510011321_TIVOBET, 05007231410_202510011835_TIVOBET, 15614768700_202510012038_TIVOBET, 92030807249_202510011815_TIVOBET, 60931179360_202510011803_TIVOBET, 15084271862_202510011534_TIVOBET, 08426993419_202509302356_TIVOBET, 42300707802_202510010346_TIVOBET, 04665653135_202509302343_TIVOBET, 05410982924_202510010238_TIVOBET, 89319346534_202510010001_TIVOBET, 15614768700_202510011922_TIVOBET, 70250660105_202510012040_TIVOBET, 00535663005_202510010553_TIVOBET, 07774521623_202510011748_TIVOBET, 31210441845_202510011709_TIVOBET, 04624822005_202510011925_TIVOBET, 85500127268_202510011525_TIVOBET, 01198307366_202510011743_TIVOBET, 12659228701_202510011354_TIVOBET, 67485430297_202510010759_TIVOBET, 07613234495_202510010544_TIVOBET, 36976789812_202509302246_TIVOBET, 03286985392_202509302323_TIVOBET, 12659228701_202510011352_TIVOBET, 08285263703_202510010441_TIVOBET, 15749616754_202510011616_TIVOBET, 89528891268_202510011755_TIVOBET, 13429096740_202510010116_TIVOBET, 04521061508_202510012050_TIVOBET, 14621877739_202510011324_TIVOBET, 05955026606_202510011954_TIVOBET, 87827336000_202510010248_TIVOBET, 40945533802_202510010001_TIVOBET, 03248619155_202510010437_TIVOBET, 71800489412_202510011837_TIVOBET, 46469266878_202510011525_TIVOBET, 22270545818_202510010211_TIVOBET, 02121189009_202510011921_TIVOBET, 10357419626_202509302306_TIVOBET, 87827336000_202510010014_TIVOBET, 31210441845_202510011648_TIVOBET, 15614768700_202510011928_TIVOBET, 69198020153_202510010746_TIVOBET, 44342678845_202510011549_TIVOBET, 07300852955_202510010111_TIVOBET, 01021624330_202510011350_TIVOBET, 01717657370_202510010340_TIVOBET, 07613234495_202509302349_TIVOBET, 02705018867_202509302225_TIVOBET, 86037186529_202510011808_TIVOBET, 05410982924_202510010129_TIVOBET, 08285263703_202510010402_TIVOBET, 38340340883_202510010225_TIVOBET, 00272090166_202510012021_TIVOBET, 00710071302_202510011937_TIVOBET, 69198020153_202510010857_TIVOBET, 86037186529_202510011743_TIVOBET, 31210441845_202510011703_TIVOBET, 95421416291_202510010015_TIVOBET, 38421738810_202510011725_TIVOBET, 02908478269_202509302354_TIVOBET, 53537096836_202510011754_TIVOBET, 04521061508_202510010009_TIVOBET, 04328592505_202509302248_TIVOBET, 01342839374_202510011619_TIVOBET, 31599290430_202510010227_TIVOBET, 67485430297_202510010753_TIVOBET, 05587684903_202510011344_TIVOBET, 27198139825_202510011110_TIVOBET, 31210441845_202510011801_TIVOBET, 13665713714_202510012022_TIVOBET, 10479353760_202510010316_TIVOBET, 87827336000_202510010310_TIVOBET, 00347189075_202510011132_TIVOBET, 13665713714_202510011913_TIVOBET, 03434453369_202510010339_TIVOBET, 02416545051_202510011945_TIVOBET, 04328592505_202509302239_TIVOBET, 11770344411_202510011314_TIVOBET, 13429096740_202509302142_TIVOBET, 92030807249_202510011856_TIVOBET, 13665713714_202509302127_TIVOBET, 87827336000_202509302253_TIVOBET, 00943154006_202509302332_TIVOBET, 87827336000_202510010020_TIVOBET, 06712372925_202509302117_TIVOBET, 92030807249_202510011917_TIVOBET, 03993104285_202510010250_TIVOBET, 36435307814_202510010247_TIVOBET, 41844549844_202510010030_TIVOBET, 03248619155_202510011719_TIVOBET, 79409300282_202510010135_TIVOBET, 13256621945_202510010343_TIVOBET, 06054833960_202510011649_TIVOBET, 02125784130_202509302157_TIVOBET, 12053631732_202510010037_TIVOBET, 86356857501_202510011957_TIVOBET, 01198307366_202510011738_TIVOBET, 70458061166_202510010337_TIVOBET, 39673233829_202510010204_TIVOBET, 06712372925_202510010220_TIVOBET, 08569414927_202510011541_TIVOBET, 03761041551_202510010015_TIVOBET, 13429096740_202510011613_TIVOBET, 03273410337_202510011624_TIVOBET, 14621877739_202510011315_TIVOBET, 36435307814_202510010251_TIVOBET, 06712372925_202510011707_TIVOBET, 03025898992_202510010029_TIVOBET, 15749616754_202510011627_TIVOBET, 08569414927_202510011600_TIVOBET, 03248619155_202509302355_TIVOBET, 01021624330_202510011322_TIVOBET, 40999395882_202510011244_TIVOBET, 00100465269_202510010359_TIVOBET, 19166556708_202510010223_TIVOBET, 15025643783_202510011309_TIVOBET, 45684658857_202510011900_TIVOBET, 36054227807_202510011433_TIVOBET, 07613234495_202510010312_TIVOBET, 14942861730_202510011321_TIVOBET, 72567732934_202509302331_TIVOBET, 14621877739_202510011254_TIVOBET, 04521061508_202510010803_TIVOBET, 87827336000_202509302111_TIVOBET, 00751584266_202510010354_TIVOBET, 08691650389_202510011418_TIVOBET, 07825303970_202510011610_TIVOBET, 46469266878_202510011512_TIVOBET, 15125258717_202510010451_TIVOBET, 13429096740_202510011413_TIVOBET, 02125784130_202510011333_TIVOBET, 41828521841_202510011409_TIVOBET, 09036546796_202510011324_TIVOBET, 30166454087_202510012006_TIVOBET, 07666967314_202510011756_TIVOBET, 01152976508_202510011308_TIVOBET, 06712372925_202510011701_TIVOBET, 07613234495_202510010307_TIVOBET, 14621877739_202510011313_TIVOBET, 05410982924_202509302233_TIVOBET, 15749616754_202510011621_TIVOBET, 08934278960_202510011440_TIVOBET, 09233654435_202510010328_TIVOBET, 38340340883_202510010251_TIVOBET, 40945533802_202510010023_TIVOBET, 15614768700_202510011949_TIVOBET, 87827336000_202510010338_TIVOBET, 13429096740_202510011406_TIVOBET, 08964779592_202510011813_TIVOBET, 03248619155_202510010059_TIVOBET, 06681925260_202510011526_TIVOBET, 03248619155_202510010016_TIVOBET, 08934278960_202510012002_TIVOBET, 36379232893_202510010445_TIVOBET, 06020803716_202510011947_TIVOBET, 01021624330_202509302327_TIVOBET, 12659228701_202510011427_TIVOBET, 04521061508_202510010050_TIVOBET, 12053631732_202510010104_TIVOBET, 36379232893_202510010450_TIVOBET, 01473472628_202510010010_TIVOBET, 13429096740_202509302323_TIVOBET, 11033262609_202510011511_TIVOBET, 44011436801_202510011450_TIVOBET, 05260685741_202510011310_TIVOBET, 15025643783_202510010948_TIVOBET, 79409300282_202510010308_TIVOBET, 42914312873_202510010838_TIVOBET, 14621877739_202510011230_TIVOBET, 47562740801_202510010019_TIVOBET, 02416545051_202510012049_TIVOBET, 15040662602_202510010158_TIVOBET, 89528891268_202510011713_TIVOBET, 04521061508_202510010043_TIVOBET, 01021624330_202510011346_TIVOBET, 07300852955_202510010107_TIVOBET, 06712372925_202510010303_TIVOBET, 05860076363_202510011656_TIVOBET, 11033262609_202510011558_TIVOBET, 08396153370_202510011143_TIVOBET, 13909548628_202510012043_TIVOBET, 04328592505_202510011411_TIVOBET, 00873021282_202510011143_TIVOBET, 02181651299_202510011047_TIVOBET, 85361658200_202509302212_TIVOBET, 60020415168_202510012054_TIVOBET, 01198307366_202510011742_TIVOBET, 60380637308_202510011653_TIVOBET, 85500127268_202510011524_TIVOBET, 10173969658_202510012045_TIVOBET, 13256621945_202510010445_TIVOBET, 04892192171_202510011147_TIVOBET, 02480279219_202510011813_TIVOBET, 06712372925_202510010259_TIVOBET, 01978433280_202510010237_TIVOBET, 09278330930_202510010141_TIVOBET, 07613234495_202509302144_TIVOBET, 07613234495_202510010322_TIVOBET, 45160429832_202510011945_TIVOBET, 12789744661_202510011624_TIVOBET, 02416545051_202510012052_TIVOBET, 07774521623_202510011713_TIVOBET, 07666967314_202510011838_TIVOBET, 07613234495_202510010519_TIVOBET, 03248619155_202510011631_TIVOBET, 22270545818_202510010210_TIVOBET, 02121189009_202510011920_TIVOBET, 12914903707_202510010159_TIVOBET, 31210441845_202510011649_TIVOBET, 14312230692_202510010037_TIVOBET, 04766140150_202510011608_TIVOBET, 82610029268_202510011735_TIVOBET, 08934278960_202510012050_TIVOBET, 97281336268_202510011647_TIVOBET, 95421416291_202510010244_TIVOBET, 12789744661_202510010242_TIVOBET, 89011120272_202509302128_TIVOBET, 06242666138_202510010427_TIVOBET, 36976789812_202509302247_TIVOBET, 11770344411_202509302201_TIVOBET, 41844549844_202509302124_TIVOBET, 19166556708_202510010206_TIVOBET, 15566254489_202510011730_TIVOBET, 89319346534_202510010013_TIVOBET, 00710071302_202510010731_TIVOBET, 12789744661_202510011637_TIVOBET, 87682672072_202510010054_TIVOBET, 09119681720_202510011702_TIVOBET, 31210441845_202510011725_TIVOBET, 33711846840_202510011903_TIVOBET, 40945533802_202509302350_TIVOBET, 14942861730_202510011234_TIVOBET, 38047806874_202510010434_TIVOBET, 04521061508_202510010134_TIVOBET, 11625495641_202510011611_TIVOBET, 03248619155_202510011646_TIVOBET, 79409300282_202510010138_TIVOBET, 06035980562_202510011527_TIVOBET, 17138545703_202510011313_TIVOBET, 07307383969_202510010143_TIVOBET, 87827336000_202509302143_TIVOBET, 89528891268_202510011725_TIVOBET, 89011120272_202510011503_TIVOBET, 03663451097_202510010044_TIVOBET, 03248619155_202510011701_TIVOBET, 70547173334_202510011915_TIVOBET, 76774040144_202510011929_TIVOBET, 07613234495_202510010001_TIVOBET, 41844549844_202509302214_TIVOBET, 17138545703_202510012006_TIVOBET, 06681925260_202510011503_TIVOBET, 07666967314_202510011813_TIVOBET, 01264022050_202510011027_TIVOBET, 13826157443_202510010016_TIVOBET, 07890825943_202510010333_TIVOBET, 87827336000_202510010336_TIVOBET, 44342678845_202510011628_TIVOBET, 07774521623_202510011738_TIVOBET, 04521061508_202510010127_TIVOBET, 90408829400_202510010043_TIVOBET, 11770344411_202510012056_TIVOBET, 06712372925_202510010320_TIVOBET, 01473472628_202509302107_TIVOBET, 41088774890_202510010029_TIVOBET, 04777843130_202510011311_TIVOBET, 03377775196_202510010943_TIVOBET, 03191131167_202510010712_TIVOBET, 14312230692_202510011313_TIVOBET, 09233654435_202510010333_TIVOBET, 87682672072_202510010036_TIVOBET, 02270966651_202510010219_TIVOBET, 08569414927_202510011651_TIVOBET, 40022603808_202510011312_TIVOBET, 12789744661_202510011656_TIVOBET, 08477316341_202510010248_TIVOBET, 15025643783_202510011424_TIVOBET, 70547173334_202510011905_TIVOBET, 89011120272_202510011652_TIVOBET, 98825577320_202510011645_TIVOBET, 13256621945_202510010256_TIVOBET, 43890267807_202509302217_TIVOBET, 15749616754_202510011731_TIVOBET, 01889127205_202510011616_TIVOBET, 60931179360_202510011801_TIVOBET, 07613234495_202510010258_TIVOBET, 00710071302_202510011123_TIVOBET, 14621877739_202510011142_TIVOBET, 15025643783_202510011019_TIVOBET, 12273124406_202510010444_TIVOBET, 79409300282_202510010128_TIVOBET, 01473472628_202509302111_TIVOBET, 03614633080_202510011325_TIVOBET, 31210441845_202510011837_TIVOBET, 06712372925_202510011913_TIVOBET, 03248619155_202509302358_TIVOBET, 03248619155_202510010225_TIVOBET, 09035373626_202510010011_TIVOBET, 02416545051_202510011917_TIVOBET, 36691287860_202510011751_TIVOBET, 12369989602_202510012008_TIVOBET, 89011120272_202510011706_TIVOBET, 14312230692_202510011316_TIVOBET, 04521061508_202510010808_TIVOBET, 79409300282_202510010235_TIVOBET, 10079100708_202510011228_TIVOBET, 05587684903_202510011425_TIVOBET, 79409300282_202510010251_TIVOBET, 10965712931_202510011431_TIVOBET, 87827336000_202510010210_TIVOBET, 07059411321_202510010424_TIVOBET, 02144570361_202510011216_TIVOBET, 05410982924_202510010407_TIVOBET, 87827336000_202510010318_TIVOBET, 09998775698_202510012031_TIVOBET, 37852366899_202510012045_TIVOBET, 11770344411_202510010742_TIVOBET, 00751584266_202510010408_TIVOBET, 71800489412_202510011835_TIVOBET, 08285263703_202510010419_TIVOBET, 04521061508_202509302335_TIVOBET, 03761041551_202510010035_TIVOBET, 14920723628_202510011500_TIVOBET, 06429048985_202510010144_TIVOBET, 01021624330_202510011431_TIVOBET, 13429096740_202</t>
-[...20 lines deleted...]
-    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 9157, 9157, 9109, 9119</t>
+    <t>ID SESSÃO DOS JOGOS ONLINE NÃO ENCONTRADOS: 02416545051_202510010157_TIVOBET, 10997000945_202510011257_TIVOBET, 12442129701_202510011342_TIVOBET, 89319346534_202510010004_TIVOBET, 08964779592_202509302154_TIVOBET, 03248619155_202510011931_TIVOBET, 00751584266_202510010446_TIVOBET, 41524188859_202510011247_TIVOBET, 09651070943_202510010152_TIVOBET, 42017334839_202510011512_TIVOBET, 14312230692_202510011957_TIVOBET, 09998775698_202510011718_TIVOBET, 07307383969_202510010130_TIVOBET, 14997992763_202510010101_TIVOBET, 04521061508_202509302321_TIVOBET, 08934278960_202510012052_TIVOBET, 10286732300_202510012026_TIVOBET, 43951808845_202510011219_TIVOBET, 97281336268_202510011643_TIVOBET, 07059411321_202510010423_TIVOBET, 07307383969_202510010123_TIVOBET, 12273124406_202510010434_TIVOBET, 15025643783_202510011026_TIVOBET, 79409300282_202510010158_TIVOBET, 10997000945_202510011244_TIVOBET, 31210441845_202510011745_TIVOBET, 06754173335_202510011007_TIVOBET, 07300852955_202510010203_TIVOBET, 79579337187_202510011123_TIVOBET, 76774040144_202510011854_TIVOBET, 07613234495_202509302153_TIVOBET, 30151870829_202510011328_TIVOBET, 14621877739_202510011229_TIVOBET, 87682672072_202510010117_TIVOBET, 26299888806_202509302247_TIVOBET, 01198307366_202510011731_TIVOBET, 09036546796_202510011328_TIVOBET, 09432283445_202510011913_TIVOBET, 08939301307_202510010521_TIVOBET, 00751584266_202510010424_TIVOBET, 11426281676_202510010552_TIVOBET, 05421688127_202510010545_TIVOBET, 12037166648_202510010228_TIVOBET, 12273124406_202510010558_TIVOBET, 79409300282_202510010129_TIVOBET, 03248619155_202510011451_TIVOBET, 45684658857_202510011858_TIVOBET, 00943154006_202510010101_TIVOBET, 36379232893_202510010525_TIVOBET, 07613234495_202510010438_TIVOBET, 05007231410_202510011938_TIVOBET, 13429096740_202510011419_TIVOBET, 03248619155_202510011716_TIVOBET, 36435307814_202510010248_TIVOBET, 95370706204_202510010038_TIVOBET, 02480279219_202510011921_TIVOBET, 14997992763_202510010947_TIVOBET, 15749616754_202510011723_TIVOBET, 36691287860_202510011411_TIVOBET, 41088774890_202510011743_TIVOBET, 05955026606_202510011622_TIVOBET, 41524188859_202510011223_TIVOBET, 07666967314_202510011858_TIVOBET, 31210441845_202510011836_TIVOBET, 95421416291_202510010237_TIVOBET, 13429096740_202510011443_TIVOBET, 01686090102_202509302244_TIVOBET, 13955278735_202509302108_TIVOBET, 15084271862_202510011531_TIVOBET, 12659228701_202509302351_TIVOBET, 89528891268_202510011724_TIVOBET, 13665713714_202510012003_TIVOBET, 17138545703_202510011348_TIVOBET, 06035980562_202510011533_TIVOBET, 03761041551_202510010055_TIVOBET, 09998775698_202510012057_TIVOBET, 04521061508_202510010135_TIVOBET, 38421738810_202510011800_TIVOBET, 31599290430_202510010147_TIVOBET, 36691287860_202510011753_TIVOBET, 95421416291_202510010227_TIVOBET, 70547173334_202510011855_TIVOBET, 17138545703_202510010115_TIVOBET, 12374929477_202510010115_TIVOBET, 14621877739_202510011214_TIVOBET, 87827336000_202509302205_TIVOBET, 07890825943_202510010332_TIVOBET, 15025643783_202510011106_TIVOBET, 03248619155_202510010032_TIVOBET, 02155840233_202510011346_TIVOBET, 43890267807_202509302308_TIVOBET, 60931179360_202510011803_TIVOBET, 04892192171_202510011137_TIVOBET, 08426993419_202509302356_TIVOBET, 36691287860_202510010228_TIVOBET, 03248619155_202510010317_TIVOBET, 17138545703_202510011139_TIVOBET, 12789744661_202510010250_TIVOBET, 11770344411_202510010746_TIVOBET, 07307383969_202510010028_TIVOBET, 12659228701_202510010140_TIVOBET, 15944447737_202510011309_TIVOBET, 15800002746_202510012059_TIVOBET, 07774521623_202510011748_TIVOBET, 45160429832_202510011951_TIVOBET, 09233654435_202510010319_TIVOBET, 10997000945_202510011247_TIVOBET, 09651070943_202510010203_TIVOBET, 38124910871_202510011442_TIVOBET, 81822553920_202510011719_TIVOBET, 00710071302_202510010832_TIVOBET, 11625495641_202510010207_TIVOBET, 11033262609_202510011551_TIVOBET, 97281336268_202510011640_TIVOBET, 07774521623_202510011512_TIVOBET, 08165400479_202510010041_TIVOBET, 07059411321_202510010426_TIVOBET, 09036546796_202510010427_TIVOBET, 04521061508_202510010003_TIVOBET, 07300852955_202510010206_TIVOBET, 87827336000_202510010248_TIVOBET, 12914903707_202510010158_TIVOBET, 42942801824_202510010115_TIVOBET, 09131269184_202510011319_TIVOBET, 10357419626_202509302306_TIVOBET, 10997000945_202510010055_TIVOBET, 19166556708_202510010212_TIVOBET, 83043470672_202510011548_TIVOBET, 02144570361_202510011214_TIVOBET, 07300852955_202510010111_TIVOBET, 15800002746_202510012053_TIVOBET, 08415330677_202510011636_TIVOBET, 13318471682_202510010600_TIVOBET, 01342839374_202510011645_TIVOBET, 07613234495_202510010234_TIVOBET, 11033262609_202510011514_TIVOBET, 02705018867_202509302225_TIVOBET, 80169635368_202509302223_TIVOBET, 17138545703_202510011335_TIVOBET, 86037186529_202510011808_TIVOBET, 13318471682_202510010554_TIVOBET, 42300707802_202510011232_TIVOBET, 12265257761_202510010052_TIVOBET, 83583386604_202510011746_TIVOBET, 08934278960_202510011434_TIVOBET, 07666967314_202509302124_TIVOBET, 14354958708_202510011754_TIVOBET, 03044237262_202510011950_TIVOBET, 39597751801_202510010100_TIVOBET, 32929238836_202510010442_TIVOBET, 70547173334_202510011920_TIVOBET, 87827336000_202509302237_TIVOBET, 05007231410_202510011848_TIVOBET, 08964779592_202510011805_TIVOBET, 70250660105_202510010311_TIVOBET, 95370706204_202510010040_TIVOBET, 86356857501_202510012011_TIVOBET, 91296080315_202510011421_TIVOBET, 15749616754_202510011810_TIVOBET, 41844549844_202509302234_TIVOBET, 13318471682_202510010547_TIVOBET, 13665713714_202510011913_TIVOBET, 40945533802_202510010020_TIVOBET, 34270567830_202510010336_TIVOBET, 03248619155_202509302350_TIVOBET, 15614768700_202510011334_TIVOBET, 07666967314_202510011755_TIVOBET, 05410982924_202510010302_TIVOBET, 45684658857_202510011842_TIVOBET, 15219260774_202509302253_TIVOBET, 01717657370_202510011459_TIVOBET, 00348394292_202510011720_TIVOBET, 05410982924_202510010056_TIVOBET, 08569414927_202510011551_TIVOBET, 14942861730_202510011841_TIVOBET, 04521061508_202509302251_TIVOBET, 06712372925_202509302111_TIVOBET, 07666967314_202509302109_TIVOBET, 01473472628_202509302356_TIVOBET, 45160429832_202510011939_TIVOBET, 12659228701_202509302348_TIVOBET, 05260685741_202509302303_TIVOBET, 02270966651_202510010211_TIVOBET, 47747689870_202509302340_TIVOBET, 41524188859_202510011239_TIVOBET, 01021624330_202510011321_TIVOBET, 07774521623_202510011733_TIVOBET, 07724628874_202510011212_TIVOBET, 44342678845_202510011623_TIVOBET, 17138545703_202510011723_TIVOBET, 41370639821_202510010723_TIVOBET, 46469266878_202510011908_TIVOBET, 08569414927_202510011542_TIVOBET, 03867786550_202510011651_TIVOBET, 99228947772_202510011510_TIVOBET, 00873021282_202510011334_TIVOBET, 01021624330_202510011337_TIVOBET, 17138545703_202510012008_TIVOBET, 02060367018_202510011529_TIVOBET, 90574150463_202510011835_TIVOBET, 14621877739_202510011208_TIVOBET, 05007231410_202510011829_TIVOBET, 12659228701_202509302158_TIVOBET, 70066238200_202509302246_TIVOBET, 41844549844_202509302240_TIVOBET, 01717657370_202510011615_TIVOBET, 06035980562_202510011529_TIVOBET, 03248619155_202510011648_TIVOBET, 89011120272_202509302351_TIVOBET, 42076921850_202510011225_TIVOBET, 14621877739_202510011300_TIVOBET, 06712372925_202510011640_TIVOBET, 08477316341_202510010243_TIVOBET, 92030807249_202510011914_TIVOBET, 92030807249_202510011809_TIVOBET, 14789177769_202510011145_TIVOBET, 70114125228_202509302149_TIVOBET, 02416545051_202510011444_TIVOBET, 86356857501_202510011952_TIVOBET, 15025643783_202510011001_TIVOBET, 03333374170_202510010943_TIVOBET, 30166454087_202510012006_TIVOBET, 07613234495_202510010307_TIVOBET, 99336286234_202509302136_TIVOBET, 89011120272_202510011544_TIVOBET, 38421738810_202510011757_TIVOBET, 01686090102_202509302201_TIVOBET, 06733694808_202510010236_TIVOBET, 12273124406_202510010554_TIVOBET, 00943154006_202510010133_TIVOBET, 15125258717_202510010420_TIVOBET, 00873021282_202510012019_TIVOBET, 00347189075_202510011131_TIVOBET, 87827336000_202510010313_TIVOBET, 15025643783_202510011417_TIVOBET, 05518535570_202509302317_TIVOBET, 05955026606_202510011948_TIVOBET, 09280337912_202510011953_TIVOBET, 89528891268_202510011706_TIVOBET, 15905912750_202510010125_TIVOBET, 01717657370_202510010345_TIVOBET, 87682672072_202510010049_TIVOBET, 38440371870_202510011313_TIVOBET, 07300852955_202510010101_TIVOBET, 06074818975_202510011749_TIVOBET, 03686323184_202509302303_TIVOBET, 87827336000_202510010306_TIVOBET, 04328592505_202510011402_TIVOBET, 09036546796_202510011207_TIVOBET, 05295747301_202510011954_TIVOBET, 45684658857_202510011830_TIVOBET, 11096476460_202510011735_TIVOBET, 07302772401_202510011430_TIVOBET, 83043470672_202510011554_TIVOBET, 04521061508_202510012059_TIVOBET, 31210441845_202510011749_TIVOBET, 12914903707_202510010205_TIVOBET, 31773664115_202510012038_TIVOBET, 47992389816_202510012059_TIVOBET, 05569639977_202510011539_TIVOBET, 03248619155_202510010344_TIVOBET, 03248619155_202510010216_TIVOBET, 97281336268_202510011649_TIVOBET, 00751584266_202510010410_TIVOBET, 89528891268_202510011811_TIVOBET, 08285263703_202510010414_TIVOBET, 41524188859_202510011319_TIVOBET, 15251275781_202510010318_TIVOBET, 85500127268_202510011524_TIVOBET, 86037186529_202510011748_TIVOBET, 38421738810_202510011728_TIVOBET, 70250660105_202510012054_TIVOBET, 80169635368_202509302228_TIVOBET, 03248619155_202510011739_TIVOBET, 02416545051_202510010248_TIVOBET, 79409300282_202510010241_TIVOBET, 14942861730_202510011311_TIVOBET, 45160429832_202510011945_TIVOBET, 31210441845_202510011856_TIVOBET, 03248619155_202510011304_TIVOBET, 95421416291_202510010218_TIVOBET, 06035980562_202510011402_TIVOBET, 01021624330_202510010115_TIVOBET, 05007231410_202510011856_TIVOBET, 36379232893_202510010550_TIVOBET, 36691287860_202510011344_TIVOBET, 75998831349_202510010931_TIVOBET, 87827336000_202510010147_TIVOBET, 05285080916_202510010125_TIVOBET, 36351908884_202510011406_TIVOBET, 14621877739_202510011330_TIVOBET, 89011120272_202510011435_TIVOBET, 13318471682_202510010559_TIVOBET, 04521061508_202509302323_TIVOBET, 41524188859_202510011250_TIVOBET, 05410982924_202510010124_TIVOBET, 89011120272_202509302128_TIVOBET, 87827336000_202510010213_TIVOBET, 13429096740_202510011359_TIVOBET, 03248619155_202510010257_TIVOBET, 01717657370_202510010245_TIVOBET, 05421688127_202510010615_TIVOBET, 79409300282_202510010236_TIVOBET, 00272090166_202510012007_TIVOBET, 00868878073_202510010427_TIVOBET, 17138545703_202510011626_TIVOBET, 31210441845_202510011536_TIVOBET, 38421738810_202510011801_TIVOBET, 31599290430_202510010146_TIVOBET, 45684658857_202510011849_TIVOBET, 09998775698_202510011928_TIVOBET, 12789744661_202510011646_TIVOBET, 05955026606_202510011620_TIVOBET, 07890825943_202510010335_TIVOBET, 05587684903_202510011716_TIVOBET, 11770344411_202510010725_TIVOBET, 03614633080_202510011326_TIVOBET, 04521061508_202510010753_TIVOBET, 06712372925_202510011916_TIVOBET, 01717657370_202510011608_TIVOBET, 08229992347_202510011641_TIVOBET, 36691287860_202510010229_TIVOBET, 44342678845_202510011628_TIVOBET, 69198020153_202510010040_TIVOBET, 31210441845_202510011736_TIVOBET, 36691287860_202510011754_TIVOBET, 41088774890_202510010029_TIVOBET, 41844549844_202509302248_TIVOBET, 31599290430_202510010201_TIVOBET, 89011120272_202510011441_TIVOBET, 40945533802_202509302355_TIVOBET, 09432283445_202510011907_TIVOBET, 70547173334_202510011857_TIVOBET, 04521061508_202510010124_TIVOBET, 03248619155_202510011517_TIVOBET, 04328592505_202510011431_TIVOBET, 08229992347_202510011642_TIVOBET, 07498832607_202510010717_TIVOBET, 15614768700_202510011859_TIVOBET, 09233654435_202509302119_TIVOBET, 00751584266_202510010425_TIVOBET, 11770344411_202510010726_TIVOBET, 05518535570_202510011258_TIVOBET, 06054833960_202510011700_TIVOBET, 60931179360_202510011807_TIVOBET, 07216549597_202510011201_TIVOBET, 05260685741_202510011403_TIVOBET, 03248619155_202510010023_TIVOBET, 11770344411_202510011532_TIVOBET, 10572356951_202510011056_TIVOBET, 36691287860_202510011410_TIVOBET, 13429096740_202509302110_TIVOBET, 89011120272_202510011447_TIVOBET, 08441175608_202510011242_TIVOBET, 12789744661_202510011650_TIVOBET, 14942861730_202510011237_TIVOBET, 87827336000_202510010028_TIVOBET, 06712372925_202510011602_TIVOBET, 85500127268_202510011545_TIVOBET, 12531151761_202510012006_TIVOBET, 31210441845_202510011742_TIVOBET, 31210441845_202510011610_TIVOBET, 15025643783_202510011409_TIVOBET, 04521061508_202509302320_TIVOBET, 09233654435_202509302121_TIVOBET, 43951808845_202510011251_TIVOBET, 41088774890_202510011249_TIVOBET, 16733354705_202510011308_TIVOBET, 40022603808_202510011237_TIVOBET, 79409300282_202510010244_TIVOBET, 31210441845_202510011757_TIVOBET, 11033262609_202510011601_TIVOBET, 07613234495_202509302347_TIVOBET, 05285080916_202510010126_TIVOBET, 08964779592_202510011753_TIVOBET, 14621877739_202510011120_TIVOBET, 05410982924_202510010407_TIVOBET, 06035980562_202510011407_TIVOBET, 22270545818_202510010213_TIVOBET, 03273410337_202510011854_TIVOBET, 82610029268_202510011723_TIVOBET, 01198307366_202510011819_TIVOBET, 00943154006_202510010138_TIVOBET, 16897476765_202509302329_TIVOBET, 72567732934_202510010516_TIVOBET, 14920723628_202510011500_TIVOBET, 11033262609_202510011546_TIVOBET, 08964779592_202510011851_TIVOBET, 05007231410_202510011853_TIVOBET, 00868878073_202510010034_TIVOBET, 00751584266_202510010441_TIVOBET, 30151870829_202510011329_TIVOBET, 03286985392_202509302327_TIVOBET, 10922869936_202510011153_TIVOBET, 06242666138_202510010422_TIVOBET, 00710071302_202510011726_TIVOBET, 06712372925_202510010215_TIVOBET, 70616941226_202510011634_TIVOBET, 38593326862_202510011637_TIVOBET, 12053631732_202510010109_TIVOBET, 01717657370_202510010312_TIVOBET, 79409300282_202510010305_TIVOBET, 17138545703_202510011549_TIVOBET, 10997000945_202510011245_TIVOBET, 33840061865_202510011326_TIVOBET, 08934278960_202510012016_TIVOBET, 14051500845_202510011359_TIVOBET, 10357419626_202510010412_TIVOBET, 04624822005_202510012055_TIVOBET, 07774521623_202510011709_TIVOBET, 00710071302_202510011933_TIVOBET, 09036546796_202510011206_TIVOBET, 86037186529_202510011856_TIVOBET, 06712372925_202510011538_TIVOBET, 07613234495_202510010023_TIVOBET, 06712372925_202510010243_TIVOBET, 08441175608_202510011239_TIVOBET, 15614768700_202510011735_TIVOBET, 09149083759_202510010200_TIVOBET, 48346606800_202510011029_TIVOBET, 03248619155_202509302330_TIVOBET, 07774521623_202510011755_TIVOBET, 00943154006_202509302308_TIVOBET, 01342839374_202510011608_TIVOBET, 02587826179_202510011012_TIVOBET, 79409300282_202510010248_TIVOBET, 04714889680_202509302309_TIVOBET, 70114125228_202509302231_TIVOBET, 03248619155_202510011834_TIVOBET, 12789744661_202510011638_TIVOBET, 42001001851_202509302305_TIVOBET, 31599290430_202510010223_TIVOBET, 17138545703_202510011337_TIVOBET, 60020415168_202510012040_TIVOBET, 60902123343_202510010338_TIVOBET, 12037166648_202510010236_TIVOBET, 01686090102_202509302213_TIVOBET, 12273124406_202510010509_TIVOBET, 08805464767_202510012049_TIVOBET, 07666967314_202509302142_TIVOBET, 06409501161_202510010049_TIVOBET, 00751584266_202510010353_TIVOBET, 14621877739_202510011253_TIVOBET, 23577373873_202509302111_TIVOBET, 62602999318_202510010034_TIVOBET, 07307383969_202510010116_TIVOBET, 01717657370_202510010400_TIVOBET, 01021624330_202509302344_TIVOBET, 41844549844_202510010027_TIVOBET, 11770344411_202510011316_TIVOBET, 36691287860_202510010226_TIVOBET, 04521061508_202510012029_TIVOBET, 87827336000_202509302105_TIVOBET, 86037186529_202510011832_TIVOBET, 16320297743_202510010328_TIVOBET, 86356857501_202510011946_TIVOBET, 92030807249_202510011913_TIVOBET, 15614768700_202510011744_TIVOBET, 04521061508_202510010020_TIVOBET, 00710071302_202510011512_TIVOBET, 00896274233_202510011734_TIVOBET, 06035980562_202510011433_TIVOBET, 14621877739_202510011114_TIVOBET, 86037186529_202510011827_TIVOBET, 76774040144_202510011828_TIVOBET, 06511674185_202510011347_TIVOBET, 08165400479_202510010130_TIVOBET, 13429096740_202509302345_TIVOBET, 13429096740_202509302258_TIVOBET, 42134709898_202510011737_TIVOBET, 45684658857_202510011819_TIVOBET, 45684658857_202510011904_TIVOBET, 41088774890_202509302256_TIVOBET, 06712372925_202509302110_TIVOBET, 48828441844_202510011554_TIVOBET, 08964779592_202510010219_TIVOBET, 86356857501_202510011945_TIVOBET, 86037186529_202510011831_TIVOBET, 07307383969_202510010041_TIVOBET, 05587684903_202510011412_TIVOBET, 04714889680_202509302327_TIVOBET, 07666967314_202510011754_TIVOBET, 44342678845_202510011624_TIVOBET, 38781990820_202510011250_TIVOBET, 08569414927_202510011604_TIVOBET, 87682672072_202510010132_TIVOBET, 01021624330_202510011415_TIVOBET, 31210441845_202510011314_TIVOBET, 07724628874_202510011213_TIVOBET, 13665713714_202510012041_TIVOBET, 75175657100_202510010459_TIVOBET, 15614768700_202510011754_TIVOBET, 01717657370_202510010238_TIVOBET, 03248619155_202510011809_TIVOBET, 13429096740_202509302356_TIVOBET, 23577373873_202509302112_TIVOBET, 07613234495_202510010316_TIVOBET, 01717657370_202510011556_TIVOBET, 92030807249_202510011916_TIVOBET, 03867786550_202510011645_TIVOBET, 87827336000_202510010329_TIVOBET, 44011436801_202510011430_TIVOBET, 03248619155_202510010048_TIVOBET, 67485430297_202510010754_TIVOBET, 31599290430_202510010220_TIVOBET, 01212115090_202510010124_TIVOBET, 00573997942_202509302355_TIVOBET, 09287840962_202510010123_TIVOBET, 12941737820_202510010041_TIVOBET, 07774521623_202510011458_TIVOBET, 17138545703_202510011614_TIVOBET, 08426993419_202510010057_TIVOBET, 07613234495_202510010235_TIVOBET, 11061136671_202510011226_TIVOBET, 04521061508_202510010054_TIVOBET, 08934278960_202510011420_TIVOBET, 31773664115_202510012029_TIVOBET, 11625495641_202510011623_TIVOBET, 04521061508_202510010052_TIVOBET, 00943154006_202509302342_TIVOBET, 89528891268_202510011800_TIVOBET, 17138545703_202510011121_TIVOBET, 12659228701_202510010117_TIVOBET, 03248619155_202510011735_TIVOBET, 12789744661_202510010248_TIVOBET, 03268574351_202510010035_TIVOBET, 15905912750_202510011415_TIVOBET, 05587684903_202510011258_TIVOBET, 10997000945_202510011218_TIVOBET, 08492612363_202510011450_TIVOBET, 16214376716_202509302304_TIVOBET, 48346606800_202510010223_TIVOBET, 04521061508_202509302229_TIVOBET, 08285263703_202510010418_TIVOBET, 08934278960_202510012008_TIVOBET, 05587684903_202510011358_TIVOBET, 09998775698_202510012030_TIVOBET, 36691287860_202510010213_TIVOBET, 03286985392_202510010001_TIVOBET, 09036546796_202510010424_TIVOBET, 04521061508_202510010000_TIVOBET, 00943154006_202509302310_TIVOBET, 36379232893_202510010547_TIVOBET, 00868878073_202510010441_TIVOBET, 15025643783_202510011408_TIVOBET, 03867786550_202510011629_TIVOBET, 02416545051_202510011119_TIVOBET, 03248619155_202510011313_TIVOBET, 09651070943_202510010200_TIVOBET, 16215324701_202510012008_TIVOBET, 89011120272_202510011539_TIVOBET, 13256621945_202510010408_TIVOBET, 70066238200_202510012008_TIVOBET, 48346606800_202510010230_TIVOBET, 00710071302_202510011823_TIVOBET, 70250660105_202510010259_TIVOBET, 87682672072_202510010102_TIVOBET, 36379232893_202510010449_TIVOBET, 01473472628_202510010009_TIVOBET, 87827336000_202509302330_TIVOBET, 44011436801_202510011449_TIVOBET, 03248619155_202510011937_TIVOBET, 92030807249_202510011920_TIVOBET, 03248619155_202510011516_TIVOBET, 00868878073_202510010436_TIVOBET, 11033262609_202510011523_TIVOBET, 87827336000_202510010334_TIVOBET, 01021624330_202510010021_TIVOBET, 87827336000_202509302152_TIVOBET, 03377775196_202510010941_TIVOBET, 42400288844_202510010034_TIVOBET, 14942861730_202510011705_TIVOBET, 89011120272_202510011440_TIVOBET, 03248619155_202510010237_TIVOBET, 10572356951_202510011103_TIVOBET, 36976789812_202510011632_TIVOBET, 06429048985_202510010134_TIVOBET, 03248619155_202510010443_TIVOBET, 73466832187_202510011027_TIVOBET, 04819246399_202510011034_TIVOBET, 13256621945_202510010251_TIVOBET, 09972798933_202509302348_TIVOBET, 06712372925_202509302118_TIVOBET, 00868878073_202510010430_TIVOBET, 07613234495_202510010003_TIVOBET, 11140412469_202510011923_TIVOBET, 31210441845_202510011521_TIVOBET, 06681925260_202510010233_TIVOBET, 02705018867_202510010400_TIVOBET, 03248619155_202510011138_TIVOBET, 46469266878_202510011751_TIVOBET, 40022603808_202510011252_TIVOBET, 03025898992_202510010026_TIVOBET, 60931179360_202510011805_TIVOBET, 89011120272_202510011502_TIVOBET, 70114125228_202509302155_TIVOBET, 04521061508_202510012021_TIVOBET, 33085903879_202510011611_TIVOBET, 10922869936_202510011228_TIVOBET, 13212556757_202510010134_TIVOBET, 04521061508_202509302353_TIVOBET, 07666967314_202510011814_TIVOBET, 01198307366_202510011830_TIVOBET, 06712372925_202510010332_TIVOBET, 14997992763_202510012028_TIVOBET, 09632022432_202510011045_TIVOBET, 42400288844_202510010031_TIVOBET, 03286985392_202509302308_TIVOBET, 08229992347_202510011653_TIVOBET, 12273124406_202510010548_TIVOBET, 13256621945_202510010300_TIVOBET, 41844549844_202509302354_TIVOBET, 15614768700_202510011953_TIVOBET, 02416545051_202510011519_TIVOBET, 38047806874_202510010208_TIVOBET, 03248619155_202509302349_TIVOBET, 47077279804_202510011618_TIVOBET, 87827336000_202509302151_TIVOBET, 40945533802_202509302357_TIVOBET, 41844549844_202509302147_TIVOBET, 04328592505_202510011315_TIVOBET, 11426281676_202510010551_TIVOBET, 04461356230_202510011754_TIVOBET, 08934278960_202510011821_TIVOBET, 19166556708_202510010155_TIVOBET, 76774040144_202510011857_TIVOBET, 31210441845_202510011818_TIVOBET, 06429048985_202510010146_TIVOBET, 85500127268_202510011525_TIVOBET, 14942861730_202510011305_TIVOBET, 70250660105_202510012055_TIVOBET, 95421416291_202510010243_TIVOBET, 03286985392_202509302325_TIVOBET, 08165400479_202510010115_TIVOBET, 00751584266_202510010456_TIVOBET, 03504990392_202510011704_TIVOBET, 95421416291_202510010245_TIVOBET, 17138545703_202510011643_TIVOBET, 05007231410_202510011910_TIVOBET, 02156707103_202510011027_TIVOBET, 01717657370_202510010316_TIVOBET, 00710071302_202510011826_TIVOBET, 55667524899_202510011144_TIVOBET, 09651070943_202510010151_TIVOBET, 22270545818_202510010211_TIVOBET, 12789744661_202510011623_TIVOBET, 03248619155_202510011538_TIVOBET, 44342678845_202510011549_TIVOBET, 11416635467_202510011934_TIVOBET, 01792291175_202510012056_TIVOBET, 00751584266_202510010449_TIVOBET, 06074818975_202510011759_TIVOBET, 06496038341_202510011342_TIVOBET, 14312230692_202510012026_TIVOBET, 86356857501_202510011317_TIVOBET, 89528891268_202510011812_TIVOBET, 00943154006_202510010123_TIVOBET, 00535663005_202510010710_TIVOBET, 04328592505_202510011407_TIVOBET, 09035373626_202509302115_TIVOBET, 31210441845_202510011705_TIVOBET, 87827336000_202510010159_TIVOBET, 05421688127_202510010300_TIVOBET, 70066238200_202510011936_TIVOBET, 04328592505_202510011740_TIVOBET, 11033262609_202510011512_TIVOBET, 10728494884_202510011356_TIVOBET, 32541949855_202510011145_TIVOBET, 04521061508_202510010053_TIVOBET, 99336286234_202509302151_TIVOBET, 13909548628_202510011309_TIVOBET, 08426993419_202510010102_TIVOBET, 70250660105_202510011251_TIVOBET, 04328592505_202510011332_TIVOBET, 08934278960_202510012001_TIVOBET, 06681925260_202510011525_TIVOBET, 70458061166_202510010331_TIVOBET, 06712372925_202510010225_TIVOBET, 99228947772_202510011515_TIVOBET, 05518535570_202510011302_TIVOBET, 87682672072_202510010133_TIVOBET, 07613234495_202510010437_TIVOBET, 62111215392_202510012041_TIVOBET, 03867786550_202510011642_TIVOBET, 13429096740_202509302259_TIVOBET, 03248619155_202509302345_TIVOBET, 01021624330_202510011448_TIVOBET, 07666967314_202510011746_TIVOBET, 03248619155_202510011719_TIVOBET, 03248619155_202510011756_TIVOBET, 79409300282_202510010135_TIVOBET, 86356857501_202509302314_TIVOBET, 13901909605_202510011418_TIVOBET, 38047806874_202510010202_TIVOBET, 41844549844_202509302158_TIVOBET, 28997317857_202510011107_TIVOBET, 03761041551_202510010059_TIVOBET, 01021624330_202510010135_TIVOBET, 87827336000_202509302312_TIVOBET, 05346824804_202510010929_TIVOBET, 05007231410_202510011922_TIVOBET, 06681925260_202510011544_TIVOBET, 79409300282_202510010123_TIVOBET, 05271397343_202510011157_TIVOBET, 14424349616_202510011412_TIVOBET, 42017334839_202510011520_TIVOBET, 31599290430_202510010148_TIVOBET, 05587684903_202510011403_TIVOBET, 14621877739_202510011252_TIVOBET, 39308266828_202510012008_TIVOBET, 04521061508_202509302300_TIVOBET, 08165400479_202510010131_TIVOBET, 07613234495_202510010434_TIVOBET, 00348394292_202510011723_TIVOBET, 46469266878_202510011957_TIVOBET, 09036546796_202510011324_TIVOBET, 03191131167_202510010709_TIVOBET, 71554379130_202510010444_TIVOBET, 05955026606_202510011628_TIVOBET, 08426993419_202510010037_TIVOBET, 79409300282_202510010125_TIVOBET, 06681925260_202510011526_TIVOBET, 31366353889_202510011917_TIVOBET, 02416545051_202510011528_TIVOBET, 37754736888_202510010140_TIVOBET, 00751584266_202510010403_TIVOBET, 71130658481_202509302123_TIVOBET, 62106901305_202510012000_TIVOBET, 01152976508_202510011323_TIVOBET, 04521061508_202510010102_TIVOBET, 09233654435_202510010303_TIVOBET, 15125258717_202510010349_TIVOBET, 14997992763_202510011531_TIVOBET, 12053631732_202510010056_TIVOBET, 03248619155_202510011524_TIVOBET, 01473472628_202509302331_TIVOBET, 13429096740_202509302130_TIVOBET, 01021624330_202509302229_TIVOBET, 92030807249_202510011822_TIVOBET, 43951808845_202510011152_TIVOBET, 89011120272_202510011533_TIVOBET, 09233654435_202510010310_TIVOBET, 06712372925_202510011631_TIVOBET, 47274615874_202509302319_TIVOBET, 15125258717_202510010426_TIVOBET, 05007231410_202510011945_TIVOBET, 13909548628_202509302331_TIVOBET, 55667524899_202510011143_TIVOBET, 01717657370_202510010311_TIVOBET, 00535663005_202510010547_TIVOBET, 37852366899_202510012055_TIVOBET, 07854356467_202510011149_TIVOBET, 01978433280_202510010237_TIVOBET, 79811507449_202510011032_TIVOBET, 41844549844_202509302137_TIVOBET, 15800002746_202510010305_TIVOBET, 15749616754_202510011756_TIVOBET, 14051500845_202510011343_TIVOBET, 15944447737_202510012008_TIVOBET, 31210441845_202510011819_TIVOBET, 01021624330_202510010008_TIVOBET, 03273410337_202510011857_TIVOBET, 00751584266_202510010444_TIVOBET, 37852366899_202510012046_TIVOBET, 10922869936_202510011143_TIVOBET, 05410982924_202510010322_TIVOBET, 04714889680_202509302306_TIVOBET, 41088774890_202510011821_TIVOBET, 41088774890_202510011536_TIVOBET, 41524188859_202510011302_TIVOBET, 36691287860_202510011736_TIVOBET, 00751584266_202510010451_TIVOBET, 00868878073_202510010443_TIVOBET, 06712372925_202510010210_TIVOBET, 12659228701_202510011353_TIVOBET, 14942861730_202510011302_TIVOBET, 89319346534_202510010013_TIVOBET, 09998775698_202510011916_TIVOBET, 08940566971_202510011245_TIVOBET, 01626909083_202510012019_TIVOBET, 26299888806_202509302256_TIVOBET, 40022603808_202510011317_TIVOBET, 06681925260_202510011510_TIVOBET, 41844549844_202509302201_TIVOBET, 03248619155_202510011714_TIVOBET, 03248619155_202510011512_TIVOBET, 69198020153_202510010936_TIVOBET, 15749616754_202510011629_TIVOBET, 08285263703_202510010431_TIVOBET, 31599290430_202510010153_TIVOBET, 03248619155_202510011701_TIVOBET, 09998775698_202510012056_TIVOBET, 31210441845_202510011832_TIVOBET, 05587684903_202510011338_TIVOBET, 17138545703_202510011635_TIVOBET, 02705018867_202510010404_TIVOBET, 00710071302_202510011120_TIVOBET, 89528891268_202510011723_TIVOBET, 90408829400_202510010043_TIVOBET, 03025898992_202510010021_TIVOBET, 15614768700_202510011711_TIVOBET, 03248619155_202510010441_TIVOBET, 07666967314_202510011849_TIVOBET, 13256621945_202510010255_TIVOBET, 06712372925_202510010320_TIVOBET, 02290873292_202510011716_TIVOBET, 31599290430_202510010140_TIVOBET, 01021624330_202509302245_TIVOBET, 41844549844_202509302146_TIVOBET, 06712372925_202510011607_TIVOBET, 95421416291_202510010035_TIVOBET, 14312230692_202510012013_TIVOBET, 12789744661_202510011704_TIVOBET, 08569414927_202510011651_TIVOBET, 07774521623_202510012049_TIVOBET, 01473472628_202509302317_TIVOBET, 07666967314_202509302107_TIVOBET, 13909548628_202510011643_TIVOBET, 42400288844_202510010035_TIVOBET, 03993104285_202510010258_TIVOBET, 14621877739_202510011118_TIVOBET, 07307383969_202510010146_TIVOBET, 06712372925_202510011900_TIVOBET, 71800489412_202510011842_TIVOBET, 03248619155_202510010138_TIVOBET, 03248619155_202510010223_TIVOBET, 15025643783_202510010934_TIVOBET, 14942861730_202510011339_TIVOBET, 05007231410_202510011837_TIVOBET, 00868878073_202510010437_TIVOBET, 89011120272_202510011647_TIVOBET, 03761041551_202510010057_TIVOBET, 76774040144_202510011837_TIVOBET, 46469266878_202510011906_TIVOBET, 05110098956_202510011003_TIVOBET, 13429096740_202509302359_TIVOBET, 09233654435_202510010323_TIVOBET, 04819246399_202510011033_TIVOBET, 18338975796_202510010044_TIVOBET, 01198307366_202510011827_TIVOBET, 01021624330_202510011446_TIVOBET, 06273708452_202510011723_TIVOBET, 14312230692_202510011316_TIVOBET, 03248619155_202510011504_TIVOBET, 36435307814_202510010249_TIVOBET, 01021624330_202510011422_TIVOBET, 00710071302_202510011824_TIVOBET, 41844549844_202510010015_TIVOBET, 37852366899_202510012050_TIVOBET, 70250660105_202510012051_TIVOBET, 95421416291_202510010247_TIVOBET, 11770344411_202509302202_TIVOBET, 07059411321_202510010424_TIVOBET, 06681925260_202510011538_TIVOBET, 41524188859_202510011253_TIVOBET, 15794969709_202510010107_TIVOBET, 00943154006_202509302304_TIVOBET, 08964779592_202509302155_TIVOBET, 14312230692_202510011328_TIVOBET, 10997000945_202510011219_TIVOBET, 09651070943_202510010212_TIVOBET, 03248619155_202510011634_TIVOBET, 15125258717_202510010151_TIVOBET, 01021624330_202510010044_TIVOBET, 67485430297_202510010748_TIVOBET, 41524188859_202510011312_TIVOBET, 00535663005_202510010551_TIVOBET, 89011120272_202510011430_TIVOBET, 14354958708_202510011749_TIVOBET, 14621877739_202510011228_TIVOBET, 05260685741_202510011352_TIVOBET, 37852366899_202510012056_TIVOBET, 04328592505_202510011329_TIVOBET, 01686090102_202509302232_TIVOBET, 09278330930_202510010142_TIVOBET, 09998775698_202510012022_TIVOBET, 00868878073_202510010446_TIVOBET, 10357419626_202510010036_TIVOBET, 15749616754_202510011740_TIVOBET, 07300852955_202510010202_TIVOBET, 07613234495_202509302354_TIVOBET, 05955026606_202510011950_TIVOBET, 01021624330_202510011341_TIVOBET, 06681925260_202510011532_TIVOBET, 09233654435_202510010317_TIVOBET, 13256621945_202510010405_TIVOBET, 70250660105_202510010306_TIVOBET, 13429096740_202509302131_TIVOBET, 07302772401_202510011431_TIVOBET, 05421688127_202510010302_TIVOBET, 14354958708_202510011750_TIVOBET, 42017334839_202510011519_TIVOBET, 07300852955_202510010115_TIVOBET, 01198307366_202510011813_TIVOBET, 13901909605_202510011422_TIVOBET, 13543186760_202510011346_TIVOBET, 14354958708_202510011745_TIVOBET, 12493429702_202510011659_TIVOBET, 13318471682_202510010602_TIVOBET, 41088774890_202510011933_TIVOBET, 03044237262_202510011947_TIVOBET, 86037186529_202510011850_TIVOBET, 07613234495_202509302158_TIVOBET, 12659228701_202510010148_TIVOBET, 13253698700_202510012008_TIVOBET, 95421416291_202510010017_TIVOBET, 86356857501_202510012000_TIVOBET, 41844549844_202510010019_TIVOBET, 02060367018_202510011516_TIVOBET, 07307383969_202510010035_TIVOBET, 07613234495_202510010030_TIVOBET, 11033262609_202510011516_TIVOBET, 13429096740_202509302324_TIVOBET, 06712372925_202510010250_TIVOBET, 04679321318_202510011115_TIVOBET, 87827336000_202509302305_TIVOBET, 06234912303_202510011351_TIVOBET, 10357419626_202510010058_TIVOBET, 03248619155_202510010448_TIVOBET, 89011120272_202510011519_TIVOBET, 03248619155_202510011902_TIVOBET, 08569414927_202510011614_TIVOBET, 00839123205_202510011129_TIVOBET, 99228947772_202510011511_TIVOBET, 02908478269_202510010000_TIVOBET, 15614768700_202510011416_TIVOBET, 08964779592_202509302233_TIVOBET, 02270966651_202510010147_TIVOBET, 12608342477_202510011412_TIVOBET, 12659228701_202509302242_TIVOBET, 12789744661_202510011649_TIVOBET, 83043470672_202510011835_TIVOBET, 14621877739_202510011314_TIVOBET, 10922869936_202510011226_TIVOBET, 13909548628_202510011326_TIVOBET, 87682672072_202510010131_TIVOBET, 39315812840_202510011430_TIVOBET, 00710071302_202510011942_TIVOBET, 03248619155_202510011449_TIVOBET, 03273410337_202510011623_TIVOBET, 31210441845_202510011739_TIVOBET, 41088774890_202510010033_TIVOBET, 06681925260_202510011543_TIVOBET, 39673233829_202510010203_TIVOBET, 00535663005_202510010539_TIVOBET, 07774521623_202510011722_TIVOBET, 01473472628_202509302354_TIVOBET, 05518535570_202510010307_TIVOBET, 07666967314_202510011742_TIVOBET, 80169635368_202509302243_TIVOBET, 02125784130_202510012032_TIVOBET, 09972798933_202509302343_TIVOBET, 06429048985_202510010139_TIVOBET, 17138545703_202510010157_TIVOBET, 40999395882_202510011240_TIVOBET, 02270966651_202510010157_TIVOBET, 72567732934_202510011213_TIVOBET, 79409300282_202510010132_TIVOBET, 09998775698_202510012006_TIVOBET, 06035980562_202510011430_TIVOBET, 09998775698_202510012049_TIVOBET, 14621877739_202510011256_TIVOBET, 05260685741_202</t>
+  </si>
+  <si>
+    <t>NETPIX</t>
+  </si>
+  <si>
+    <t>TODAS AS MARCAS DO OPERADOR: REALS, UX, NETPIX - MARCAS VALIDADAS SEM PENDENCIA:  NETPIX, REALS</t>
+  </si>
+  <si>
+    <t>REALS</t>
+  </si>
+  <si>
+    <t>UX</t>
+  </si>
+  <si>
+    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 69293486167033, 69293496239033, 69293500068033, 69293489254033, 69293487169033, 69293497639033, 69293495017033, 69293491752033, 69293485747033, 69293501930033, 69293493765033</t>
   </si>
   <si>
     <t>4PLAY</t>
   </si>
   <si>
-    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: 3889579966</t>
+    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 141154328</t>
+  </si>
+  <si>
+    <t>ID APOSTAS NÃO ENCONTRADAS EM APOSTAS PREMIADAS: 4224455818, 4204098463, 4224742664, 4216641564, 4225867407, 4223387765, 4218833255, 4225758055, 4225336278, 4224904708, 4208672742, 4208099382, 4225214794, 4208683407, 4214767050, 4219349742, 4227073990, 4214712187, 4216454755, 4221759075, 4224733108, 4227554660, 4216465819, 4229738920, 4226291278, 4227672335, 4227805006</t>
   </si>
   <si>
     <t>PAGOL</t>
   </si>
   <si>
     <t>TODAS AS MARCAS DO OPERADOR: 4PLAY, PAGOL - MARCAS VALIDADAS SEM PENDENCIA:  PAGOL</t>
   </si>
   <si>
-    <t>NETPIX</t>
-[...11 lines deleted...]
-    <t>ID SESSÃO DOS JOGOS ONLINE PREMIADOS NÃO ENCONTRADOS: 68956232960033, 779b2051-02da-3ba7-8061-f91fbea416e1, d3c9c49f-04f4-37f4-9586-2070663a16a0, 68956233428033, 68956228563033, 42f5a451-26fd-3f68-a984-7695ffebc023, 6fcffa6d-4856-3754-887a-3aaab990f083, 7b4bd453-c0a4-384b-940b-1f3f1c4bdb14, 79cbcaea-c1d0-352f-b760-951d4871c7e4, 68956225910033, 68956232404033, 173513285513008, 68956232721033, ca97c80d-ae06-3fc5-b2b5-6396590f2d99, 68956226032033, 68956232379033, 68956232835033, 2c56c357-6f72-30d9-a717-81eef072ddc1, 68956224240033, a4e37d5a-e592-3052-954b-388ac18019a0, 67233af5-ca17-3114-a8cc-7f9b62676ce9, 503c143d-9dfb-3846-b086-90669a8a22f1</t>
+    <t>KING PANDA</t>
+  </si>
+  <si>
+    <t>ID APOSTAS PREMIADAS NÃO ENCONTRADAS EM CARTEIRAS: 752494765557026816, 752507479490662400, 752494694237081600, 752470021902041088, 752475937464668160, 752495594842116096, 752469907292839936, 752507601431662592, 752506606496526336, 752507370434404352</t>
   </si>
   <si>
     <t>SEGURO BET</t>
   </si>
   <si>
-    <t>CPF EM APOSTAS ESPORTIVAS NÃO CONSTA EM APOSTADORES</t>
-[...5 lines deleted...]
-    <t>TODAS AS MARCAS DO OPERADOR: SEGURO BET, KING PANDA - MARCAS VALIDADAS SEM PENDENCIA:  KING PANDA</t>
+    <t>TODAS AS MARCAS DO OPERADOR: SEGURO BET, KING PANDA - MARCAS VALIDADAS SEM PENDENCIA:  SEGURO BET</t>
   </si>
   <si>
     <t>VERSUSBET</t>
   </si>
   <si>
     <t>TODAS AS MARCAS DO OPERADOR: VERSUSBET, VS - VERSUS - MARCAS VALIDADAS SEM PENDENCIA:  VERSUSBET</t>
   </si>
   <si>
     <t>A247</t>
   </si>
   <si>
     <t>FALTA PELO MENOS UM LOTE DO TIPO apostadores</t>
   </si>
   <si>
     <t>METBET</t>
   </si>
   <si>
     <t>METGOL 100%</t>
   </si>
   <si>
     <t>APOSTAONLINE.COM</t>
   </si>
   <si>
     <t>ONLYBETS.TV</t>
   </si>
@@ -973,2023 +934,1883 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F98"/>
+  <dimension ref="A1:F91"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="E76" workbookViewId="0">
-      <selection activeCell="E88" sqref="E88"/>
+    <sheetView tabSelected="1" topLeftCell="E41" workbookViewId="0">
+      <selection activeCell="E57" sqref="E57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.140625" style="17" customWidth="1"/>
     <col min="2" max="2" width="19.5703125" style="18" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="19" customWidth="1"/>
     <col min="4" max="4" width="66.28515625" style="19" customWidth="1"/>
     <col min="5" max="5" width="2344.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.5703125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="2" customFormat="1" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="6">
-        <v>96</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="14">
-        <v>46013</v>
+        <v>46029</v>
       </c>
       <c r="B3" s="15">
         <v>46786961000174</v>
       </c>
       <c r="C3" s="16" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="16" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="293.25" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="14">
-        <v>46013</v>
+        <v>46029</v>
       </c>
       <c r="B4" s="15">
-        <v>53837227000152</v>
+        <v>50550511000155</v>
       </c>
       <c r="C4" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="16" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="293.25" x14ac:dyDescent="0.25">
       <c r="A5" s="14">
-        <v>46013</v>
+        <v>46029</v>
       </c>
       <c r="B5" s="15">
         <v>53837227000152</v>
       </c>
       <c r="C5" s="16" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="14">
-        <v>46013</v>
+        <v>46029</v>
       </c>
       <c r="B6" s="15">
-        <v>55590815000160</v>
+        <v>53837227000152</v>
       </c>
       <c r="C6" s="16" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B7" s="15">
-        <v>34935286000119</v>
+        <v>54071596000140</v>
       </c>
       <c r="C7" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="14">
+        <v>46029</v>
+      </c>
+      <c r="B8" s="15">
+        <v>55045663000114</v>
+      </c>
+      <c r="C8" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="D7" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="7" t="s">
+      <c r="D8" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="F7" s="7">
-[...10 lines deleted...]
-      <c r="C8" s="16" t="s">
+      <c r="E8" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="D8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B9" s="15">
         <v>55045663000114</v>
       </c>
       <c r="C9" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="14">
+        <v>46029</v>
+      </c>
+      <c r="B10" s="15">
+        <v>55258645000110</v>
+      </c>
+      <c r="C10" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="D10" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="7" t="s">
         <v>26</v>
-      </c>
-[...21 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F10" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B11" s="15">
-        <v>55988317000170</v>
+        <v>55404799000173</v>
       </c>
       <c r="C11" s="16" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="D11" s="16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="F11" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B12" s="15">
-        <v>55988317000170</v>
+        <v>55590815000160</v>
       </c>
       <c r="C12" s="16" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="D12" s="16" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="F12" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B13" s="15">
-        <v>56147145000174</v>
+        <v>55881028000177</v>
       </c>
       <c r="C13" s="16" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D13" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F13" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B14" s="15">
-        <v>56147145000174</v>
+        <v>55881028000177</v>
       </c>
       <c r="C14" s="16" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D14" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F14" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A15" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B15" s="15">
-        <v>56147145000174</v>
+        <v>55881028000177</v>
       </c>
       <c r="C15" s="16" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D15" s="16" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F15" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B16" s="15">
         <v>56147145000174</v>
       </c>
       <c r="C16" s="16" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D16" s="16" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="F16" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B17" s="15">
         <v>56147145000174</v>
       </c>
       <c r="C17" s="16" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D17" s="16" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="F17" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="310.5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="14">
-        <v>46012</v>
+        <v>46029</v>
       </c>
       <c r="B18" s="15">
         <v>56147145000174</v>
       </c>
       <c r="C18" s="16" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F18" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="14">
-        <v>46010</v>
+        <v>46029</v>
       </c>
       <c r="B19" s="15">
-        <v>55056104000100</v>
+        <v>56441713000145</v>
       </c>
       <c r="C19" s="16" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D19" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="F19" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="14">
-        <v>46010</v>
+        <v>46029</v>
       </c>
       <c r="B20" s="15">
-        <v>56504413000168</v>
+        <v>56441713000145</v>
       </c>
       <c r="C20" s="16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D20" s="16" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>37</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F20" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="14">
-        <v>46010</v>
+        <v>46029</v>
       </c>
       <c r="B21" s="15">
-        <v>56504413000168</v>
+        <v>56441713000145</v>
       </c>
       <c r="C21" s="16" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D21" s="16" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="F21" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="14">
-        <v>46010</v>
+        <v>46029</v>
       </c>
       <c r="B22" s="15">
-        <v>56636543000154</v>
+        <v>56504413000168</v>
       </c>
       <c r="C22" s="16" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="D22" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="F22" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A23" s="14">
-        <v>46009</v>
+        <v>46028</v>
       </c>
       <c r="B23" s="15">
-        <v>56638458000125</v>
+        <v>56706701000103</v>
       </c>
       <c r="C23" s="16" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D23" s="16" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F23" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="120.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="14">
-        <v>46009</v>
+        <v>46028</v>
       </c>
       <c r="B24" s="15">
-        <v>56706701000103</v>
+        <v>56885537000130</v>
       </c>
       <c r="C24" s="16" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D24" s="16" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F24" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="14">
-        <v>46008</v>
+        <v>46028</v>
       </c>
       <c r="B25" s="15">
-        <v>54951974000180</v>
+        <v>56885537000130</v>
       </c>
       <c r="C25" s="16" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D25" s="16" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F25" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A26" s="14">
-        <v>46008</v>
+        <v>46028</v>
       </c>
       <c r="B26" s="15">
-        <v>55238676000100</v>
+        <v>56885537000130</v>
       </c>
       <c r="C26" s="16" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D26" s="16" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F26" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="293.25" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="14">
-        <v>46008</v>
+        <v>46027</v>
       </c>
       <c r="B27" s="15">
         <v>55238676000100</v>
       </c>
       <c r="C27" s="16" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="D27" s="16" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="F27" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="14">
-        <v>46008</v>
+        <v>46027</v>
       </c>
       <c r="B28" s="15">
-        <v>55238676000100</v>
+        <v>55459453000172</v>
       </c>
       <c r="C28" s="16" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D28" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F28" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="14">
-        <v>46007</v>
+        <v>46027</v>
       </c>
       <c r="B29" s="15">
-        <v>55927219000122</v>
+        <v>55459453000172</v>
       </c>
       <c r="C29" s="16" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D29" s="16" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>51</v>
+      </c>
+      <c r="E29" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F29" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="14">
-        <v>46007</v>
+        <v>46027</v>
       </c>
       <c r="B30" s="15">
-        <v>55927219000122</v>
+        <v>55459453000172</v>
       </c>
       <c r="C30" s="16" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D30" s="16" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>37</v>
+      </c>
+      <c r="E30" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F30" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="14">
-        <v>46007</v>
+        <v>46027</v>
       </c>
       <c r="B31" s="15">
-        <v>55927219000122</v>
+        <v>55459453000172</v>
       </c>
       <c r="C31" s="16" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D31" s="16" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>37</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F31" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="14">
-        <v>46007</v>
+        <v>46027</v>
       </c>
       <c r="B32" s="15">
-        <v>56001749000108</v>
+        <v>56075466000100</v>
       </c>
       <c r="C32" s="16" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="D32" s="16" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="F32" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="14">
-        <v>46007</v>
+        <v>46027</v>
       </c>
       <c r="B33" s="15">
-        <v>56075466000100</v>
+        <v>56349116000195</v>
       </c>
       <c r="C33" s="16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D33" s="16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F33" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="14">
-        <v>46006</v>
+        <v>46027</v>
       </c>
       <c r="B34" s="15">
-        <v>50550511000155</v>
+        <v>56636543000154</v>
       </c>
       <c r="C34" s="16" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D34" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="F34" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="14">
-        <v>46006</v>
+        <v>46027</v>
       </c>
       <c r="B35" s="15">
-        <v>50550511000155</v>
+        <v>56636543000154</v>
       </c>
       <c r="C35" s="16" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="D35" s="16" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="E35" s="20" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="F35" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="14">
-        <v>46006</v>
+        <v>46027</v>
       </c>
       <c r="B36" s="15">
-        <v>50550511000155</v>
+        <v>56636543000154</v>
       </c>
       <c r="C36" s="16" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D36" s="16" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>37</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F36" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="14">
-        <v>46004</v>
+        <v>46027</v>
       </c>
       <c r="B37" s="15">
-        <v>31853299000150</v>
+        <v>56636543000154</v>
       </c>
       <c r="C37" s="16" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D37" s="16" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="F37" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="14">
-        <v>46004</v>
+        <v>46025</v>
       </c>
       <c r="B38" s="15">
-        <v>56183358000151</v>
+        <v>55988317000170</v>
       </c>
       <c r="C38" s="16" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D38" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="F38" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A39" s="14">
-        <v>46004</v>
+        <v>46025</v>
       </c>
       <c r="B39" s="15">
-        <v>56885537000130</v>
+        <v>55988317000170</v>
       </c>
       <c r="C39" s="16" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="D39" s="16" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F39" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" ht="327.75" x14ac:dyDescent="0.25">
       <c r="A40" s="14">
-        <v>46004</v>
+        <v>46025</v>
       </c>
       <c r="B40" s="15">
-        <v>56885537000130</v>
+        <v>55988317000170</v>
       </c>
       <c r="C40" s="16" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="D40" s="16" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F40" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="14">
-        <v>46004</v>
+        <v>46025</v>
       </c>
       <c r="B41" s="15">
-        <v>56885537000130</v>
+        <v>56303755000110</v>
       </c>
       <c r="C41" s="16" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="D41" s="16" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>51</v>
+      </c>
+      <c r="E41" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F41" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="14">
-        <v>46003</v>
+        <v>46024</v>
       </c>
       <c r="B42" s="15">
-        <v>56183358000151</v>
+        <v>56303755000110</v>
       </c>
       <c r="C42" s="16" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="D42" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="F42" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="14">
-        <v>46003</v>
+        <v>46018</v>
       </c>
       <c r="B43" s="15">
-        <v>56183358000151</v>
+        <v>56431248000161</v>
       </c>
       <c r="C43" s="16" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D43" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="F43" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="14">
-        <v>45996</v>
+        <v>46018</v>
       </c>
       <c r="B44" s="15">
         <v>56431248000161</v>
       </c>
       <c r="C44" s="16" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D44" s="16" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>51</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F44" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="155.25" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="14">
-        <v>45996</v>
+        <v>46018</v>
       </c>
       <c r="B45" s="15">
         <v>56431248000161</v>
       </c>
       <c r="C45" s="16" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D45" s="16" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>37</v>
+      </c>
+      <c r="E45" s="20" t="s">
+        <v>140</v>
       </c>
       <c r="F45" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="14">
-        <v>45996</v>
+        <v>46012</v>
       </c>
       <c r="B46" s="15">
-        <v>56431248000161</v>
+        <v>56259060000188</v>
       </c>
       <c r="C46" s="16" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="D46" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="F46" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="14">
-        <v>45996</v>
+        <v>46012</v>
       </c>
       <c r="B47" s="15">
+        <v>56259060000188</v>
+      </c>
+      <c r="C47" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F47" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="14">
+        <v>46008</v>
+      </c>
+      <c r="B48" s="15">
+        <v>56001749000108</v>
+      </c>
+      <c r="C48" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F48" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="14">
+        <v>46001</v>
+      </c>
+      <c r="B49" s="15">
         <v>56525936000190</v>
       </c>
-      <c r="C47" s="16" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="C49" s="16" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="D49" s="16" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="F49" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="14">
-        <v>45993</v>
+        <v>45998</v>
       </c>
       <c r="B50" s="15">
-        <v>56349116000195</v>
+        <v>55080231000144</v>
       </c>
       <c r="C50" s="16" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="D50" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="F50" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="51" spans="1:6" ht="310.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="14">
-        <v>45993</v>
+        <v>45998</v>
       </c>
       <c r="B51" s="15">
-        <v>56349116000195</v>
+        <v>56905647000117</v>
       </c>
       <c r="C51" s="16" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="D51" s="16" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="F51" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="155.25" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="14">
-        <v>45993</v>
+        <v>45992</v>
       </c>
       <c r="B52" s="15">
-        <v>56349116000195</v>
+        <v>56236761000100</v>
       </c>
       <c r="C52" s="16" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D52" s="16" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F52" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="14">
         <v>45992</v>
       </c>
       <c r="B53" s="15">
-        <v>56259060000188</v>
+        <v>56236761000100</v>
       </c>
       <c r="C53" s="16" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D53" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F53" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A54" s="14">
         <v>45992</v>
       </c>
       <c r="B54" s="15">
-        <v>56259060000188</v>
+        <v>56236761000100</v>
       </c>
       <c r="C54" s="16" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D54" s="16" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="F54" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A55" s="14">
-        <v>45992</v>
+        <v>45964</v>
       </c>
       <c r="B55" s="15">
-        <v>56259060000188</v>
+        <v>52639845000125</v>
       </c>
       <c r="C55" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D55" s="16" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="F55" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="14">
-        <v>45992</v>
+        <v>45960</v>
       </c>
       <c r="B56" s="15">
-        <v>56303755000110</v>
+        <v>37486405000191</v>
       </c>
       <c r="C56" s="16" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="D56" s="16" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="F56" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="14">
-        <v>45992</v>
+        <v>45960</v>
       </c>
       <c r="B57" s="15">
-        <v>56303755000110</v>
+        <v>37486405000191</v>
       </c>
       <c r="C57" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E57" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F57" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="14">
+        <v>45960</v>
+      </c>
+      <c r="B58" s="15">
+        <v>37486405000191</v>
+      </c>
+      <c r="C58" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E58" s="7" t="s">
         <v>94</v>
-      </c>
-[...24 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F58" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="293.25" x14ac:dyDescent="0.25">
       <c r="A59" s="14">
-        <v>45990</v>
+        <v>45960</v>
       </c>
       <c r="B59" s="15">
-        <v>55258645000110</v>
+        <v>37486405000191</v>
       </c>
       <c r="C59" s="16" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="D59" s="16" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F59" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A60" s="14">
-        <v>45990</v>
+        <v>45959</v>
       </c>
       <c r="B60" s="15">
-        <v>55258645000110</v>
+        <v>23159703000162</v>
       </c>
       <c r="C60" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="F60" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="310.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="14">
+        <v>45959</v>
+      </c>
+      <c r="B61" s="15">
+        <v>23159703000162</v>
+      </c>
+      <c r="C61" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="D60" s="16" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D61" s="16" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F61" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="14">
         <v>45959</v>
       </c>
       <c r="B62" s="15">
         <v>23159703000162</v>
       </c>
       <c r="C62" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="F62" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" s="14">
+        <v>45953</v>
+      </c>
+      <c r="B63" s="15">
+        <v>53570592000143</v>
+      </c>
+      <c r="C63" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E63" s="7" t="s">
         <v>102</v>
-      </c>
-[...24 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F63" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A64" s="14">
-        <v>45959</v>
+        <v>45953</v>
       </c>
       <c r="B64" s="15">
-        <v>23159703000162</v>
+        <v>53570592000143</v>
       </c>
       <c r="C64" s="16" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D64" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F64" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="14">
-        <v>45959</v>
+        <v>45937</v>
       </c>
       <c r="B65" s="15">
-        <v>37486405000191</v>
+        <v>6023798000173</v>
       </c>
       <c r="C65" s="16" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D65" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F65" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A66" s="14">
-        <v>45959</v>
+        <v>45936</v>
       </c>
       <c r="B66" s="15">
-        <v>37486405000191</v>
+        <v>6023798000173</v>
       </c>
       <c r="C66" s="16" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="D66" s="16" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>12</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F66" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A67" s="14">
-        <v>45959</v>
+        <v>45932</v>
       </c>
       <c r="B67" s="15">
-        <v>37486405000191</v>
+        <v>56442917000109</v>
       </c>
       <c r="C67" s="16" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D67" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F67" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="14">
-        <v>45953</v>
+        <v>45932</v>
       </c>
       <c r="B68" s="15">
-        <v>53570592000143</v>
+        <v>56442917000109</v>
       </c>
       <c r="C68" s="16" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D68" s="16" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F68" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A69" s="14">
-        <v>45953</v>
+        <v>45932</v>
       </c>
       <c r="B69" s="15">
-        <v>53570592000143</v>
+        <v>56442917000109</v>
       </c>
       <c r="C69" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="D69" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F69" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="310.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="14">
+        <v>45931</v>
+      </c>
+      <c r="B70" s="15">
+        <v>55980542000160</v>
+      </c>
+      <c r="C70" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F70" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="310.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="14">
+        <v>45931</v>
+      </c>
+      <c r="B71" s="15">
+        <v>55980542000160</v>
+      </c>
+      <c r="C71" s="16" t="s">
         <v>113</v>
       </c>
-      <c r="D69" s="16" t="s">
-[...16 lines deleted...]
-      <c r="C70" s="16" t="s">
+      <c r="D71" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E71" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="D70" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="7" t="s">
+      <c r="F71" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="310.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="14">
+        <v>45931</v>
+      </c>
+      <c r="B72" s="15">
+        <v>55980542000160</v>
+      </c>
+      <c r="C72" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="F70" s="7">
-[...10 lines deleted...]
-      <c r="C71" s="16" t="s">
+      <c r="D72" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E72" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="D71" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="7" t="s">
+      <c r="F72" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" s="14">
+        <v>45915</v>
+      </c>
+      <c r="B73" s="15">
+        <v>56197912000150</v>
+      </c>
+      <c r="C73" s="16" t="s">
         <v>117</v>
       </c>
-      <c r="F71" s="7">
-[...30 lines deleted...]
-      <c r="C73" s="16" t="s">
+      <c r="D73" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E73" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="D73" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="7" t="s">
+      <c r="F73" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" s="14">
+        <v>45915</v>
+      </c>
+      <c r="B74" s="15">
+        <v>56197912000150</v>
+      </c>
+      <c r="C74" s="16" t="s">
         <v>119</v>
       </c>
-      <c r="F73" s="7">
-[...10 lines deleted...]
-      <c r="C74" s="16" t="s">
+      <c r="D74" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="F74" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A75" s="14">
+        <v>45915</v>
+      </c>
+      <c r="B75" s="15">
+        <v>56197912000150</v>
+      </c>
+      <c r="C75" s="16" t="s">
         <v>120</v>
       </c>
-      <c r="D74" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="7" t="s">
+      <c r="D75" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E75" s="7" t="s">
         <v>121</v>
-      </c>
-[...18 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F75" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A76" s="14">
-        <v>45930</v>
+        <v>45911</v>
       </c>
       <c r="B76" s="15">
-        <v>56442917000109</v>
+        <v>56212040000151</v>
       </c>
       <c r="C76" s="16" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D76" s="16" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="E76" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F76" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A77" s="14">
-        <v>45930</v>
+        <v>45911</v>
       </c>
       <c r="B77" s="15">
-        <v>56442917000109</v>
+        <v>56212040000151</v>
       </c>
       <c r="C77" s="16" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D77" s="16" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E77" s="7" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="F77" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" s="14">
-        <v>45930</v>
+        <v>45911</v>
       </c>
       <c r="B78" s="15">
-        <v>56442917000109</v>
+        <v>56212040000151</v>
       </c>
       <c r="C78" s="16" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D78" s="16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E78" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F78" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A79" s="14">
-        <v>45917</v>
+        <v>45907</v>
       </c>
       <c r="B79" s="15">
-        <v>47974569000111</v>
+        <v>56268974000105</v>
       </c>
       <c r="C79" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D79" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F79" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" s="14">
+        <v>45907</v>
+      </c>
+      <c r="B80" s="15">
+        <v>56268974000105</v>
+      </c>
+      <c r="C80" s="16" t="s">
         <v>129</v>
       </c>
-      <c r="D79" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="7" t="s">
+      <c r="D80" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E80" s="7" t="s">
         <v>130</v>
-      </c>
-[...18 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F80" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A81" s="14">
-        <v>45902</v>
+        <v>45901</v>
       </c>
       <c r="B81" s="15">
-        <v>56212040000151</v>
+        <v>40633348000130</v>
       </c>
       <c r="C81" s="16" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="D81" s="16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>134</v>
+        <v>13</v>
       </c>
       <c r="F81" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A82" s="14">
         <v>45901</v>
       </c>
       <c r="B82" s="15">
-        <v>40633348000130</v>
+        <v>56875122000186</v>
       </c>
       <c r="C82" s="16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D82" s="16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E82" s="7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F82" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A83" s="14">
-        <v>45901</v>
+        <v>45848</v>
       </c>
       <c r="B83" s="15">
-        <v>56875122000186</v>
+        <v>55080231000144</v>
       </c>
       <c r="C83" s="16" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="D83" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="F83" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A84" s="14">
-        <v>45900</v>
+        <v>45748</v>
       </c>
       <c r="B84" s="15">
-        <v>56197912000150</v>
+        <v>54362120000168</v>
       </c>
       <c r="C84" s="16" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D84" s="16" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="F84" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A85" s="14">
-        <v>45900</v>
+        <v>45711</v>
       </c>
       <c r="B85" s="15">
-        <v>56197912000150</v>
+        <v>39641699000104</v>
       </c>
       <c r="C85" s="16" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D85" s="16" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E85" s="7" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="F85" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A86" s="14">
-        <v>45900</v>
+        <v>45711</v>
       </c>
       <c r="B86" s="15">
-        <v>56197912000150</v>
+        <v>39641699000104</v>
       </c>
       <c r="C86" s="16" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D86" s="16" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>139</v>
+        <v>10</v>
       </c>
       <c r="F86" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A87" s="14">
-        <v>45892</v>
+        <v>45711</v>
       </c>
       <c r="B87" s="15">
-        <v>56268974000105</v>
+        <v>39641699000104</v>
       </c>
       <c r="C87" s="16" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="D87" s="16" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>12</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F87" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A88" s="14">
-        <v>45892</v>
+        <v>45658</v>
       </c>
       <c r="B88" s="15">
-        <v>56268974000105</v>
+        <v>57163072000177</v>
       </c>
       <c r="C88" s="16" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D88" s="16" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>9</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="F88" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A89" s="14">
-        <v>45881</v>
+        <v>45658</v>
       </c>
       <c r="B89" s="15">
-        <v>56268974000105</v>
+        <v>57163072000177</v>
       </c>
       <c r="C89" s="16" t="s">
-        <v>142</v>
+        <v>11</v>
       </c>
       <c r="D89" s="16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E89" s="7" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="F89" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A90" s="14">
-        <v>45847</v>
+        <v>45658</v>
       </c>
       <c r="B90" s="15">
-        <v>55080231000144</v>
+        <v>57163072000177</v>
       </c>
       <c r="C90" s="16" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D90" s="16" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E90" s="7" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="F90" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:6" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A91" s="14">
-        <v>45748</v>
+        <v>45658</v>
       </c>
       <c r="B91" s="15">
-        <v>54362120000168</v>
+        <v>57163072000177</v>
       </c>
       <c r="C91" s="16" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="D91" s="16" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="E91" s="7" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="F91" s="7">
-        <v>1</v>
-[...138 lines deleted...]
-      <c r="F98" s="7">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>