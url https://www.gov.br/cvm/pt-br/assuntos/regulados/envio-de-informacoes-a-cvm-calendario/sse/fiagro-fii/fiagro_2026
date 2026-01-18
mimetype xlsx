--- v0 (2025-12-28)
+++ v1 (2026-01-18)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cvmgovbr-my.sharepoint.com/personal/ricardo_vourakis_cvm_gov_br/Documents/Área de Trabalho/Atualização Calendario Fundos/2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/40d440104e403e49/Ambiente de Trabalho/Despacho/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="238" documentId="8_{6E60B48C-EC26-497B-8F61-972668F952A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F4775D12-FF3C-4102-864C-AAFCD7162A5A}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{5B1011DF-DF74-407F-920E-A0E974FD5BC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3958AADB-9C78-4870-BC03-72A8AB7A4BF1}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="35">
   <si>
     <t>Caso uma classe de cotas do FIAGRO tenha política de investimento que possibilite a aplicação de mais de 50% (cinquenta por cento) do seu patrimônio líquido em ativos que também sejam objeto de investimento de outra categoria de fundo, deve observar subsidiariamente as regras aplicáveis à respectiva categoria, prevalecendo, em caso de conflito, as regras dispostas neste Anexo Normativo VI. (Art. 2º, AN VI, RCVM 175/22)</t>
   </si>
   <si>
     <t>Data/Mês</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Fev</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Abr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
@@ -142,56 +141,57 @@
     <t>INFORME MENSAL com data base em 31/03/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>INFORME MENSAL com data base em 30/04/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22
 INFORME TRIMESTRAL com data base em 31/03/2026, por força do inciso II do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>INFORME MENSAL com data base em 31/05/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>INFORME MENSAL com data base em 30/06/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>INFORME MENSAL com data base em 31/08/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>INFORME MENSAL com data base em 30/09/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>INFORME MENSAL com data base em 30/11/2026, por força do inciso I do art. 33 do AN VI da RCVM 175/22</t>
   </si>
   <si>
     <t>Quarta-Feira de Cinzas</t>
   </si>
   <si>
-    <t>DEMONSTRAÇÕES FINANCEIRAS ANUAIS relativas ao exercício social encerrado em 30/06/2025, por força da alínea (a) do inciso III do art. 33 do AN VI da RCVM 175/22, acompanhadas do relatório dos auditores
-[...4 lines deleted...]
-INFORME ANUAL com data base coincidente com o encerramento do exercício social em 31/12/2025, por força da alínea (b) do inciso III do art. 33 do AN VI da RCVM 175/22 </t>
+    <t xml:space="preserve">INFORME ANUAL com data base coincidente com o encerramento do exercício social em 31/12/2025, por força da alínea (b) do inciso III do art. 33 do AN VI da RCVM 175/22 </t>
+  </si>
+  <si>
+    <t>Anualmente, até noventa dias após o encerramento do exercício social a que se referirem, as DEMONSTRAÇÕES FINANCEIRAS do fundo, por força da alínea (a) do inciso III do art. 33 do AN VI da RCVM 175/22</t>
+  </si>
+  <si>
+    <t>INFORME ANUAL com data base coincidente com o encerramento do exercício social em 30/06/2025, por força da alínea (b) do inciso III do art. 33 do AN VI da RCVM 175/22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -357,51 +357,51 @@
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>15875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imagem 2">
           <a:extLst>
@@ -411,54 +411,50 @@
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="603251" y="0"/>
           <a:ext cx="25987374" cy="2174875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -684,55 +680,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:N34"/>
+  <dimension ref="B1:N35"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="P16" sqref="P16"/>
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="Q32" sqref="Q32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="16.5703125" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" customWidth="1"/>
     <col min="5" max="5" width="31.7109375" customWidth="1"/>
     <col min="6" max="6" width="31.5703125" customWidth="1"/>
     <col min="7" max="7" width="31.85546875" customWidth="1"/>
     <col min="8" max="8" width="31.7109375" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" customWidth="1"/>
     <col min="10" max="10" width="31.5703125" customWidth="1"/>
     <col min="11" max="11" width="32" customWidth="1"/>
     <col min="12" max="12" width="31.5703125" customWidth="1"/>
     <col min="13" max="13" width="31.7109375" customWidth="1"/>
     <col min="14" max="14" width="31.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
@@ -740,917 +736,941 @@
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="20"/>
       <c r="N1" s="20"/>
     </row>
     <row r="2" spans="2:14" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="21"/>
       <c r="H2" s="21"/>
       <c r="I2" s="21"/>
       <c r="J2" s="21"/>
       <c r="K2" s="21"/>
       <c r="L2" s="21"/>
       <c r="M2" s="21"/>
       <c r="N2" s="21"/>
     </row>
-    <row r="3" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="5" t="s">
+    <row r="3" spans="2:14" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" s="21"/>
+      <c r="D3" s="21"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="21"/>
+      <c r="H3" s="21"/>
+      <c r="I3" s="21"/>
+      <c r="J3" s="21"/>
+      <c r="K3" s="21"/>
+      <c r="L3" s="21"/>
+      <c r="M3" s="21"/>
+      <c r="N3" s="21"/>
+    </row>
+    <row r="4" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="3" t="s">
+      <c r="H4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="3" t="s">
+      <c r="I4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="3" t="s">
+      <c r="J4" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="3" t="s">
+      <c r="K4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="L4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="M3" s="3" t="s">
+      <c r="M4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="3" t="s">
+      <c r="N4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="2:14" ht="30" x14ac:dyDescent="0.25">
-      <c r="B4" s="6">
+    <row r="5" spans="2:14" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="6">
         <v>1</v>
       </c>
-      <c r="C4" s="9" t="s">
+      <c r="C5" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="D4" s="9" t="s">
-[...6 lines deleted...]
-      <c r="G4" s="9" t="s">
+      <c r="D5" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="10"/>
+      <c r="G5" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="H4" s="16"/>
-[...6 lines deleted...]
-      <c r="M4" s="11" t="s">
+      <c r="H5" s="16"/>
+      <c r="I5" s="10"/>
+      <c r="J5" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K5" s="10"/>
+      <c r="L5" s="10"/>
+      <c r="M5" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="N4" s="10"/>
-[...2 lines deleted...]
-      <c r="B5" s="7">
+      <c r="N5" s="10"/>
+    </row>
+    <row r="6" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B6" s="7">
         <v>2</v>
       </c>
-      <c r="C5" s="2"/>
-[...28 lines deleted...]
-      <c r="E6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="19"/>
       <c r="F6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="9" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      <c r="N6" s="1"/>
+        <v>16</v>
+      </c>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="N6" s="2"/>
     </row>
     <row r="7" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="7">
+      <c r="B7" s="8">
+        <v>3</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="1"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="16"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+    </row>
+    <row r="8" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="7">
         <v>4</v>
       </c>
-      <c r="C7" s="9" t="s">
-[...8 lines deleted...]
-      <c r="H7" s="9" t="s">
+      <c r="C8" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="2"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="17"/>
+      <c r="H8" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="I7" s="9" t="s">
-[...11 lines deleted...]
-      <c r="B8" s="8">
+      <c r="I8" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="2"/>
+      <c r="K8" s="2"/>
+      <c r="L8" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="M8" s="2"/>
+      <c r="N8" s="2"/>
+    </row>
+    <row r="9" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="8">
         <v>5</v>
       </c>
-      <c r="C8" s="1"/>
-[...21 lines deleted...]
-      <c r="B9" s="7">
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" s="1"/>
+      <c r="K9" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="L9" s="16"/>
+      <c r="M9" s="10"/>
+      <c r="N9" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="7">
         <v>6</v>
       </c>
-      <c r="C9" s="2"/>
-[...9 lines deleted...]
-      <c r="K9" s="11" t="s">
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="17"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="L9" s="2"/>
-[...6 lines deleted...]
-      <c r="B10" s="8">
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+      <c r="N10" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B11" s="8">
         <v>7</v>
       </c>
-      <c r="C10" s="1"/>
-[...13 lines deleted...]
-      <c r="K10" s="9" t="s">
+      <c r="C11" s="1"/>
+      <c r="D11" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="L10" s="1"/>
-[...6 lines deleted...]
-      <c r="B11" s="7">
+      <c r="L11" s="1"/>
+      <c r="M11" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="N11" s="18"/>
+    </row>
+    <row r="12" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="7">
         <v>8</v>
       </c>
-      <c r="C11" s="2"/>
-[...21 lines deleted...]
-      <c r="B12" s="8">
+      <c r="C12" s="2"/>
+      <c r="D12" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="17"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="N12" s="2"/>
+    </row>
+    <row r="13" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="8">
         <v>9</v>
       </c>
-      <c r="C12" s="10"/>
-[...17 lines deleted...]
-      <c r="B13" s="7">
+      <c r="C13" s="10"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="16"/>
+      <c r="N13" s="1"/>
+    </row>
+    <row r="14" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="7">
         <v>10</v>
       </c>
-      <c r="C13" s="9" t="s">
-[...19 lines deleted...]
-      <c r="B14" s="8">
+      <c r="C14" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="17"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+    </row>
+    <row r="15" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="8">
         <v>11</v>
       </c>
-      <c r="C14" s="9" t="s">
-[...14 lines deleted...]
-      <c r="L14" s="11" t="s">
+      <c r="C15" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" s="16"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="J15" s="10"/>
+      <c r="K15" s="10"/>
+      <c r="L15" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="M14" s="1"/>
-[...3 lines deleted...]
-      <c r="B15" s="7">
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+    </row>
+    <row r="16" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B16" s="7">
         <v>12</v>
       </c>
-      <c r="C15" s="2"/>
-[...14 lines deleted...]
-      <c r="L15" s="9" t="s">
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" s="2"/>
+      <c r="K16" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="L16" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="M15" s="2"/>
-[...5 lines deleted...]
-      <c r="B16" s="8">
+      <c r="M16" s="2"/>
+      <c r="N16" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="2:14" ht="182.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="8">
         <v>13</v>
       </c>
-      <c r="C16" s="1"/>
-      <c r="D16" s="14" t="s">
+      <c r="C17" s="1"/>
+      <c r="D17" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="E16" s="13" t="s">
+      <c r="E17" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="F16" s="16"/>
-[...5 lines deleted...]
-      <c r="J16" s="13" t="s">
+      <c r="F17" s="16"/>
+      <c r="G17" s="10"/>
+      <c r="H17" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="16"/>
+      <c r="J17" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="K16" s="9" t="s">
-[...3 lines deleted...]
-      <c r="M16" s="14" t="s">
+      <c r="K17" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="L17" s="18"/>
+      <c r="M17" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="N16" s="9" t="s">
-[...4 lines deleted...]
-      <c r="B17" s="7">
+      <c r="N17" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="2:14" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="7">
         <v>14</v>
       </c>
-      <c r="C17" s="2"/>
-[...12 lines deleted...]
-      <c r="J17" s="13" t="s">
+      <c r="C18" s="2"/>
+      <c r="D18" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="2"/>
+      <c r="J18" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="K17" s="2"/>
-[...10 lines deleted...]
-      <c r="C18" s="13" t="s">
+      <c r="K18" s="2"/>
+      <c r="L18" s="2"/>
+      <c r="M18" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="N18" s="2"/>
+    </row>
+    <row r="19" spans="2:14" ht="182.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="8">
+        <v>15</v>
+      </c>
+      <c r="C19" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="D18" s="9" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="13" t="s">
+      <c r="D19" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="G18" s="13" t="s">
+      <c r="G19" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="H18" s="13" t="s">
+      <c r="H19" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="I18" s="13" t="s">
+      <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J18" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K18" s="13" t="s">
+      <c r="J19" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K19" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="L18" s="13" t="s">
+      <c r="L19" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="M18" s="11" t="s">
+      <c r="M19" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="N18" s="13" t="s">
+      <c r="N19" s="13" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="19" spans="2:14" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-    </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B20" s="8">
-[...4 lines deleted...]
-      </c>
+      <c r="B20" s="7">
+        <v>16</v>
+      </c>
+      <c r="C20" s="2"/>
       <c r="D20" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="E20" s="16"/>
-      <c r="F20" s="10"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
       <c r="G20" s="9" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      <c r="N20" s="10"/>
+        <v>16</v>
+      </c>
+      <c r="H20" s="17"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K20" s="2"/>
+      <c r="L20" s="2"/>
+      <c r="M20" s="2"/>
+      <c r="N20" s="2"/>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B21" s="7">
+      <c r="B21" s="8">
+        <v>17</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="16"/>
+      <c r="F21" s="10"/>
+      <c r="G21" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" s="10"/>
+      <c r="I21" s="10"/>
+      <c r="J21" s="16"/>
+      <c r="K21" s="10"/>
+      <c r="L21" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="M21" s="16"/>
+      <c r="N21" s="10"/>
+    </row>
+    <row r="22" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B22" s="7">
         <v>18</v>
       </c>
-      <c r="C21" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="15" t="s">
+      <c r="C22" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="E21" s="2"/>
-[...17 lines deleted...]
-      <c r="B22" s="8">
+      <c r="E22" s="2"/>
+      <c r="F22" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" s="17"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="M22" s="2"/>
+      <c r="N22" s="2"/>
+    </row>
+    <row r="23" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B23" s="8">
         <v>19</v>
       </c>
-      <c r="C22" s="16"/>
-[...21 lines deleted...]
-      <c r="B23" s="7">
+      <c r="C23" s="16"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J23" s="1"/>
+      <c r="K23" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="L23" s="16"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="7">
         <v>20</v>
       </c>
-      <c r="C23" s="2"/>
-[...13 lines deleted...]
-      <c r="M23" s="9" t="s">
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="17"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="L24" s="2"/>
+      <c r="M24" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="N23" s="9" t="s">
-[...4 lines deleted...]
-      <c r="B24" s="8">
+      <c r="N24" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="8">
         <v>21</v>
       </c>
-      <c r="C24" s="1"/>
-[...6 lines deleted...]
-      <c r="F24" s="9" t="s">
+      <c r="C25" s="1"/>
+      <c r="D25" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F25" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="G24" s="1"/>
-[...13 lines deleted...]
-      <c r="B25" s="7">
+      <c r="G25" s="1"/>
+      <c r="H25" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="16"/>
+      <c r="L25" s="1"/>
+      <c r="M25" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="N25" s="18"/>
+    </row>
+    <row r="26" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="7">
         <v>22</v>
       </c>
-      <c r="C25" s="2"/>
-[...21 lines deleted...]
-      <c r="B26" s="8">
+      <c r="C26" s="2"/>
+      <c r="D26" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="17"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K26" s="2"/>
+      <c r="L26" s="2"/>
+      <c r="M26" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="N26" s="2"/>
+    </row>
+    <row r="27" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="8">
         <v>23</v>
       </c>
-      <c r="C26" s="10"/>
-[...17 lines deleted...]
-      <c r="B27" s="7">
+      <c r="C27" s="10"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="10"/>
+      <c r="G27" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1"/>
+      <c r="J27" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K27" s="1"/>
+      <c r="L27" s="1"/>
+      <c r="M27" s="16"/>
+      <c r="N27" s="1"/>
+    </row>
+    <row r="28" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="7">
         <v>24</v>
       </c>
-      <c r="C27" s="9" t="s">
-[...19 lines deleted...]
-      <c r="B28" s="8">
+      <c r="C28" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="17"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="M28" s="2"/>
+      <c r="N28" s="2"/>
+    </row>
+    <row r="29" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="8">
         <v>25</v>
       </c>
-      <c r="C28" s="9" t="s">
-[...18 lines deleted...]
-      <c r="N28" s="9" t="s">
+      <c r="C29" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" s="16"/>
+      <c r="H29" s="1"/>
+      <c r="I29" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="J29" s="1"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="M29" s="1"/>
+      <c r="N29" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="29" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="7">
+    <row r="30" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="7">
         <v>26</v>
       </c>
-      <c r="C29" s="17"/>
-[...21 lines deleted...]
-      <c r="B30" s="8">
+      <c r="C30" s="17"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J30" s="2"/>
+      <c r="K30" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="L30" s="17"/>
+      <c r="M30" s="2"/>
+      <c r="N30" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="8">
         <v>27</v>
       </c>
-      <c r="C30" s="1"/>
-[...19 lines deleted...]
-      <c r="B31" s="7">
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="16"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="2:14" ht="135.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="7">
         <v>28</v>
       </c>
-      <c r="C31" s="2"/>
-[...13 lines deleted...]
-      <c r="K31" s="13" t="s">
+      <c r="C32" s="2"/>
+      <c r="D32" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" s="2"/>
+      <c r="M32" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="N32" s="19"/>
+    </row>
+    <row r="33" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B33" s="8">
+        <v>29</v>
+      </c>
+      <c r="C33" s="1"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="10"/>
+      <c r="G33" s="10"/>
+      <c r="H33" s="16"/>
+      <c r="I33" s="10"/>
+      <c r="J33" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K33" s="16"/>
+      <c r="L33" s="10"/>
+      <c r="M33" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="N33" s="10"/>
+    </row>
+    <row r="34" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B34" s="7">
+        <v>30</v>
+      </c>
+      <c r="C34" s="2"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K34" s="2"/>
+      <c r="L34" s="2"/>
+      <c r="M34" s="17"/>
+      <c r="N34" s="2"/>
+    </row>
+    <row r="35" spans="2:14" ht="135.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="8">
+        <v>31</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D35" s="12"/>
+      <c r="E35" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="L31" s="2"/>
-[...72 lines deleted...]
-      <c r="N34" s="1"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" s="12"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+      <c r="K35" s="12"/>
+      <c r="L35" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="M35" s="12"/>
+      <c r="N35" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="3">
     <mergeCell ref="B1:N1"/>
     <mergeCell ref="B2:N2"/>
+    <mergeCell ref="B3:N3"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C79FBE4EF3EFBA4ABAEC9196FC25691E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a0a5549b27b0629154109f75595099e8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="202af286-b63d-4051-91f4-2a3db7e26a9f" xmlns:ns4="f007d275-fe71-4d9d-b733-955bb29c3f57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f2da68ba0d40ad4aad75e98d27314db1" ns3:_="" ns4:_="">
     <xsd:import namespace="202af286-b63d-4051-91f4-2a3db7e26a9f"/>
     <xsd:import namespace="f007d275-fe71-4d9d-b733-955bb29c3f57"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
@@ -1835,88 +1855,82 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAF28691-785A-4D00-BBD6-474E9AEDED76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C58138-B4EC-4C01-B62D-26ABCCC717D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E957A27-A096-42D1-88E1-D4DD4E426DA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="202af286-b63d-4051-91f4-2a3db7e26a9f"/>
     <ds:schemaRef ds:uri="f007d275-fe71-4d9d-b733-955bb29c3f57"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>