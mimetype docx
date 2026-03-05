--- v0 (2025-12-29)
+++ v1 (2026-03-05)
@@ -257,51 +257,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00EA2A3B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Termo de </w:t>
       </w:r>
       <w:r w:rsidR="001442D9">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Guarda e Responsabilidade de </w:t>
       </w:r>
       <w:r w:rsidR="001442D9" w:rsidRPr="00F6134A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Matérias-primas e Produtos sob Vigilância Sanitária</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C20EB41" w14:textId="71F62667" w:rsidR="00B6239A" w:rsidRPr="006109BC" w:rsidRDefault="005C3C09" w:rsidP="003D24E5">
+    <w:p w14:paraId="2C20EB41" w14:textId="6BD97603" w:rsidR="00B6239A" w:rsidRPr="006109BC" w:rsidRDefault="005C3C09" w:rsidP="003D24E5">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6134A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nº</w:t>
       </w:r>
       <w:r w:rsidR="008D312E" w:rsidRPr="00F6134A">
         <w:rPr>
@@ -332,60 +332,78 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006109BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006109BC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Indicar o n° do LI</w:t>
+        <w:t xml:space="preserve">(Indicar o n° do </w:t>
       </w:r>
       <w:r w:rsidR="003E1F96">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/LPCO</w:t>
+        <w:t>LPCO</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54A92">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4B29" w:rsidRPr="00AB4B29">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conhecimento de embarque da Duimp</w:t>
       </w:r>
       <w:r w:rsidR="006109BC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05EDF170" w14:textId="77777777" w:rsidR="003D24E5" w:rsidRDefault="003D24E5" w:rsidP="003D24E5"/>
     <w:p w14:paraId="1453FA7B" w14:textId="77777777" w:rsidR="00B14510" w:rsidRPr="007A3181" w:rsidRDefault="00B14510" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A3181">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1 – Identificação</w:t>
@@ -406,113 +424,120 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="74BCFB46" w14:textId="77777777" w:rsidR="00B14510" w:rsidRPr="007A3181" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome</w:t>
       </w:r>
       <w:r w:rsidR="00B14510" w:rsidRPr="007A3181">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1100AE49" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="00B14510" w:rsidP="00B14510">
+    <w:p w14:paraId="1100AE49" w14:textId="4AC6647B" w:rsidR="005D3874" w:rsidRDefault="00B14510" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A3181">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>CPNJ</w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4B29">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPJ</w:t>
       </w:r>
       <w:r w:rsidR="005D3874">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/CPF</w:t>
       </w:r>
       <w:r w:rsidRPr="007A3181">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="622AD1C0" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Atividade:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBDAB89" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Autorização de Funcionamento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6A791E" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
+    <w:p w14:paraId="4A6A791E" w14:textId="7FA78751" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Licença Sanitária:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -535,51 +560,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Município:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Estado:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B53F46" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
+    <w:p w14:paraId="71B53F46" w14:textId="2855FA42" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Data de vencimento:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5149564B" w14:textId="77777777" w:rsidR="00B14510" w:rsidRPr="007A3181" w:rsidRDefault="00B14510" w:rsidP="00B14510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A3181">
         <w:rPr>
@@ -675,193 +700,163 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A3181">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A67ECE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A3181">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Estado: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B4D108" w14:textId="77777777" w:rsidR="00B14510" w:rsidRDefault="00B14510" w:rsidP="00B14510">
-[...27 lines deleted...]
-    </w:p>
     <w:p w14:paraId="24C3DCAD" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08F5983E" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2 – Identificação </w:t>
       </w:r>
       <w:r w:rsidR="00577D22">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>do produto/ matéria-prima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DE2943" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
-[...75 lines deleted...]
-        <w:t>Marca:</w:t>
+    <w:p w14:paraId="50DE2943" w14:textId="2C63E458" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+      <w:r w:rsidR="0045337F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/Marca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7168A175" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N° de regularização na ANVISA:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56070734" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -916,272 +911,181 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Data de vencimento:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791CCEAB" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N° do lote/serial/partida/partnumber:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61316E14" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
-[...142 lines deleted...]
-        <w:t>N° do processo de importação:</w:t>
+    <w:p w14:paraId="26D66C8E" w14:textId="2B79D6D6" w:rsidR="003E1F96" w:rsidRDefault="003E1F96" w:rsidP="00B14510">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N° do LPCO</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54A92">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4B29" w:rsidRPr="00AB4B29">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4B29" w:rsidRPr="00AB4B29">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conhecimento de embarque da Duimp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46611313" w14:textId="77777777" w:rsidR="005D3874" w:rsidRDefault="005D3874" w:rsidP="00B14510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quantidade/peso:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15258B82" w14:textId="77777777" w:rsidR="00577D22" w:rsidRDefault="00577D22" w:rsidP="009F7A2E">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C65B844" w14:textId="77777777" w:rsidR="00577D22" w:rsidRDefault="00577D22" w:rsidP="009F7A2E">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="455AF1D4" w14:textId="77777777" w:rsidR="00404905" w:rsidRPr="00577D22" w:rsidRDefault="00577D22" w:rsidP="00577D22">
+    <w:p w14:paraId="455AF1D4" w14:textId="40FB22AF" w:rsidR="00404905" w:rsidRPr="00577D22" w:rsidRDefault="00577D22" w:rsidP="00577D22">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577D22">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O Representante Legal da empresa acima identificad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00577D22">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se compromete a guardar e conservar o(s) produto(s) com c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">uidado e diligência, na empresa </w:t>
+        <w:t>uidado e diligência, na empresa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0167F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nome e CNPJ)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -1380,80 +1284,108 @@
     </w:p>
     <w:p w14:paraId="37B8CE75" w14:textId="77777777" w:rsidR="006574AA" w:rsidRPr="009C43DA" w:rsidRDefault="006574AA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47D522F8" w14:textId="77777777" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09" w:rsidP="00135C4A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C43DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56AB668C" w14:textId="77777777" w:rsidR="001744C8" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
+    <w:p w14:paraId="56AB668C" w14:textId="1F5797F8" w:rsidR="001744C8" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C43DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nome e assinatura do Responsável ou </w:t>
+        <w:t>Nome e assinatura</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51860">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Responsável ou </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0889FCA1" w14:textId="77777777" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
+    <w:p w14:paraId="0889FCA1" w14:textId="202A8EAE" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C43DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Nome e assinatura do Representante Legal</w:t>
+        <w:t>Nome e assinatura</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51860">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Representante Legal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30AD51F4" w14:textId="77777777" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="042DD097" w14:textId="77777777" w:rsidR="001744C8" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C43DA">
         <w:rPr>
@@ -2100,230 +2032,70 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C43DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C43DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="005F7D83" w14:textId="0F69FA4D" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="00973D24">
+    <w:p w14:paraId="005F7D83" w14:textId="2F267FB1" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="00973D24">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F6134A" w:rsidRPr="009C43DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t>Recebi a 1ª Via deste Termo</w:t>
-[...158 lines deleted...]
-        <w:t>min.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5EB66C" w14:textId="77777777" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="triple" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E89310A" w14:textId="77777777" w:rsidR="005C3C09" w:rsidRPr="009C43DA" w:rsidRDefault="005C3C09">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2765,182 +2537,199 @@
         </w:tabs>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="557785006">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1040670263">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1965964301">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1972249799">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A5B0F"/>
     <w:rsid w:val="00012D37"/>
     <w:rsid w:val="00015CD0"/>
     <w:rsid w:val="000226BE"/>
     <w:rsid w:val="00050F6A"/>
     <w:rsid w:val="0005612E"/>
+    <w:rsid w:val="0009634D"/>
     <w:rsid w:val="000B28F1"/>
     <w:rsid w:val="000C070E"/>
     <w:rsid w:val="000E1B53"/>
     <w:rsid w:val="000E3664"/>
+    <w:rsid w:val="00112832"/>
     <w:rsid w:val="00126E34"/>
     <w:rsid w:val="00130ED0"/>
     <w:rsid w:val="00133311"/>
     <w:rsid w:val="00135C4A"/>
     <w:rsid w:val="001414AA"/>
     <w:rsid w:val="001442D9"/>
     <w:rsid w:val="00153D99"/>
     <w:rsid w:val="00162F82"/>
     <w:rsid w:val="001744C8"/>
     <w:rsid w:val="00177FAE"/>
     <w:rsid w:val="001975E5"/>
     <w:rsid w:val="001A0BB8"/>
     <w:rsid w:val="001A1954"/>
     <w:rsid w:val="001A3103"/>
+    <w:rsid w:val="001E6E41"/>
     <w:rsid w:val="00207407"/>
     <w:rsid w:val="00284120"/>
     <w:rsid w:val="00310FE0"/>
     <w:rsid w:val="003155A6"/>
     <w:rsid w:val="003339DF"/>
     <w:rsid w:val="003469AA"/>
     <w:rsid w:val="00352CDD"/>
     <w:rsid w:val="00385357"/>
     <w:rsid w:val="00390D35"/>
     <w:rsid w:val="003A5B0F"/>
     <w:rsid w:val="003D24E5"/>
     <w:rsid w:val="003E1F96"/>
     <w:rsid w:val="00403BF3"/>
     <w:rsid w:val="00404905"/>
     <w:rsid w:val="00431548"/>
     <w:rsid w:val="00445BA7"/>
+    <w:rsid w:val="0045337F"/>
     <w:rsid w:val="00454908"/>
     <w:rsid w:val="004622A8"/>
     <w:rsid w:val="00473441"/>
     <w:rsid w:val="0048165E"/>
     <w:rsid w:val="00497D91"/>
     <w:rsid w:val="004C4D9F"/>
     <w:rsid w:val="004E466B"/>
     <w:rsid w:val="00540FEC"/>
     <w:rsid w:val="005706F3"/>
     <w:rsid w:val="00573C0F"/>
     <w:rsid w:val="00577D22"/>
     <w:rsid w:val="00584E26"/>
     <w:rsid w:val="0059003E"/>
     <w:rsid w:val="005A3870"/>
     <w:rsid w:val="005C3C09"/>
     <w:rsid w:val="005D3874"/>
     <w:rsid w:val="005E6F82"/>
     <w:rsid w:val="006109BC"/>
+    <w:rsid w:val="00611E0E"/>
     <w:rsid w:val="006441F2"/>
     <w:rsid w:val="006574AA"/>
     <w:rsid w:val="00665208"/>
     <w:rsid w:val="006B1446"/>
     <w:rsid w:val="006D448B"/>
     <w:rsid w:val="006D570B"/>
     <w:rsid w:val="006E6B82"/>
     <w:rsid w:val="006F7419"/>
     <w:rsid w:val="007214D9"/>
     <w:rsid w:val="00764F84"/>
     <w:rsid w:val="00771DDD"/>
     <w:rsid w:val="00780472"/>
     <w:rsid w:val="007C728B"/>
     <w:rsid w:val="0088042F"/>
     <w:rsid w:val="008C3147"/>
     <w:rsid w:val="008D312E"/>
     <w:rsid w:val="00935D06"/>
     <w:rsid w:val="00973D24"/>
     <w:rsid w:val="009C43DA"/>
     <w:rsid w:val="009E1034"/>
     <w:rsid w:val="009F7A2E"/>
+    <w:rsid w:val="00A039F3"/>
     <w:rsid w:val="00A04383"/>
     <w:rsid w:val="00A245B5"/>
+    <w:rsid w:val="00A5369D"/>
     <w:rsid w:val="00A67ECE"/>
+    <w:rsid w:val="00A82BC7"/>
     <w:rsid w:val="00A92C3C"/>
     <w:rsid w:val="00A9344F"/>
+    <w:rsid w:val="00AB4B29"/>
     <w:rsid w:val="00AE1260"/>
     <w:rsid w:val="00AE4816"/>
     <w:rsid w:val="00AF3185"/>
     <w:rsid w:val="00B037E6"/>
     <w:rsid w:val="00B03C08"/>
     <w:rsid w:val="00B14510"/>
     <w:rsid w:val="00B149FB"/>
     <w:rsid w:val="00B53D46"/>
     <w:rsid w:val="00B614D5"/>
     <w:rsid w:val="00B6239A"/>
     <w:rsid w:val="00B9367D"/>
     <w:rsid w:val="00BB7C93"/>
     <w:rsid w:val="00C16B85"/>
     <w:rsid w:val="00C3586A"/>
     <w:rsid w:val="00C60D66"/>
     <w:rsid w:val="00C64B61"/>
     <w:rsid w:val="00CA48B5"/>
     <w:rsid w:val="00CD4194"/>
+    <w:rsid w:val="00D51860"/>
     <w:rsid w:val="00DC437C"/>
     <w:rsid w:val="00DD599A"/>
     <w:rsid w:val="00E0475B"/>
     <w:rsid w:val="00E50732"/>
     <w:rsid w:val="00E509C1"/>
     <w:rsid w:val="00EA2A3B"/>
     <w:rsid w:val="00EB6AA2"/>
+    <w:rsid w:val="00EB79C1"/>
+    <w:rsid w:val="00EC20D9"/>
     <w:rsid w:val="00ED2928"/>
+    <w:rsid w:val="00F0167F"/>
     <w:rsid w:val="00F1668F"/>
     <w:rsid w:val="00F300F5"/>
+    <w:rsid w:val="00F54A92"/>
+    <w:rsid w:val="00F557A7"/>
     <w:rsid w:val="00F6134A"/>
     <w:rsid w:val="00F93A4D"/>
     <w:rsid w:val="00F96DF0"/>
+    <w:rsid w:val="00FC4A6F"/>
     <w:rsid w:val="00FC548A"/>
     <w:rsid w:val="00FD4E1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3522,71 +3311,80 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F1668F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00B614D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F54A92"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1395810620">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -3858,180 +3656,209 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-    <xsd:import namespace="a9e9e92e-35ef-4a36-98ea-31f0d2a84491"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100DC82ABDBFA701F4C8C5E5CC3B028DDD9" ma:contentTypeVersion="20" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="f34d80c2ff7ba4106f2936afd36ce2e3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xmlns:ns3="2a142090-43f3-4983-938f-00cfba65ce19" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f41ec1466ec527e0c3b9c6c86c2fa3a" ns2:_="" ns3:_="">
+    <xsd:import namespace="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
+    <xsd:import namespace="2a142090-43f3-4983-938f-00cfba65ce19"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...10 lines deleted...]
-                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Altera_x00e7__x00e3_o" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:Data" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="774e0490-a8ec-4b97-9722-c7c8e2c3b005" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="402aa008-0494-4a5c-a1c1-0d55c0fcc175" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de Imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="66cf037f-5c90-4cca-86a9-c389e6aaa23f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Altera_x00e7__x00e3_o" ma:index="24" nillable="true" ma:displayName="Alteração" ma:format="DateTime" ma:internalName="Altera_x00e7__x00e3_o">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Data" ma:index="26" nillable="true" ma:displayName="Data" ma:format="DateOnly" ma:internalName="Data">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a9e9e92e-35ef-4a36-98ea-31f0d2a84491" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2a142090-43f3-4983-938f-00cfba65ce19" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Partilhado Com" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Detalhes de Partilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="19" nillable="true" ma:displayName="Hash de Dica de Compartilhamento" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b934e47b-6c1a-4c62-b3bb-7d23e62850e4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2a142090-43f3-4983-938f-00cfba65ce19">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4089,118 +3916,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="2a142090-43f3-4983-938f-00cfba65ce19" xsi:nil="true"/>
+    <Altera_x00e7__x00e3_o xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Data xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58BFFB1E-351E-4D88-A3D6-A6ED3FC5B3F8}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED1F06DC-9CE7-4E2D-9BC6-6E4F3FE2E298}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="774e0490-a8ec-4b97-9722-c7c8e2c3b005"/>
-    <ds:schemaRef ds:uri="a9e9e92e-35ef-4a36-98ea-31f0d2a84491"/>
+    <ds:schemaRef ds:uri="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
+    <ds:schemaRef ds:uri="2a142090-43f3-4983-938f-00cfba65ce19"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7D05A13-4287-41BB-ABFB-B860A7737B5B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a142090-43f3-4983-938f-00cfba65ce19"/>
+    <ds:schemaRef ds:uri="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FBAF31E-A128-4C6F-A265-305CD7E4E48D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>252</Words>
-  <Characters>1366</Characters>
+  <Words>185</Words>
+  <Characters>1280</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Termos legais</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ANVS/MS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1615</CharactersWithSpaces>
+  <CharactersWithSpaces>1455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Termos legais</dc:title>
   <dc:subject/>
   <dc:creator>ANVS/MS</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101001DAA5794C2D6B44B8A848A8784F29B18</vt:lpwstr>
+    <vt:lpwstr>0x010100DC82ABDBFA701F4C8C5E5CC3B028DDD9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>