--- v0 (2026-01-15)
+++ v1 (2026-03-05)
@@ -1,274 +1,313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="729B8B37" w14:textId="77777777" w:rsidR="003C4A9F" w:rsidRPr="005841A6" w:rsidRDefault="003C4A9F" w:rsidP="003C4A9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005841A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DECLARAÇÃO DO DETENTOR DA REGULARIZAÇÃO DO PRODUTO AUTORIZANDO A IMPORTAÇÃO DIRETA POR UNIDADE DE SAÚDE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5438A6EE" w14:textId="77777777" w:rsidR="003C4A9F" w:rsidRPr="005841A6" w:rsidRDefault="003C4A9F" w:rsidP="003C4A9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DAA1500" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+    <w:p w14:paraId="6DAA1500" w14:textId="3F685BEE" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>A empresa (nome da detentora do registro)................................................., CNPJ nº......................................, devidamente autorizada pela ANVISA - AFE nº ..................................., detentora da regularização do(s) produto(s) abaixo relacionado(s), contemplados no Licenciamento de Importação nº ......................................., representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido na Resolução de Diretoria Colegiada - RDC nº 81, de 5 de novembro de 2008, autoriza a unidade de saúde..................................., CNPJ nº.............................. a realizar a importação direta do produto para seu uso exclusivo.  </w:t>
+        <w:t xml:space="preserve">A empresa (nome da detentora do registro)................................................., CNPJ nº......................................, devidamente autorizada pela ANVISA - AFE nº ..................................., detentora da regularização do(s) produto(s) abaixo relacionado(s), contemplados no </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7" w:rsidRPr="00DB17E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LPCO/Conhecimento de embarque da Duimp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>nº ......................................., representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido na Resolução de Diretoria Colegiada - RDC nº 81, de 5 de novembro de 2008, autoriza a unidade de saúde..................................., CNPJ nº.............................. a realizar a importação direta do produto para seu uso exclusivo.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2368"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="2367"/>
+        <w:gridCol w:w="3088"/>
+        <w:gridCol w:w="3049"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="3229ED0A" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:trPr>
           <w:gridAfter w:val="2"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30F495F7" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="3645058D" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D7756FA" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="0D7756FA" w14:textId="436D5219" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Nome comercial do produto </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Nome comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36506D18" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="36506D18" w14:textId="53F37248" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Apresentação comercial do produto </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Apresentação comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4675F501" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="4675F501" w14:textId="3D740EE5" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Número da regularização na Anvisa </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Número da regularização na Anvisa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="5317018D" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10F2B211" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
@@ -729,73 +768,93 @@
     <w:p w14:paraId="377D8403" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653E3922" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+    <w:p w14:paraId="653E3922" w14:textId="3F655327" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Assinatura do Responsável Legal </w:t>
+        <w:t xml:space="preserve">Assinatura </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">digital </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>do Responsável Legal </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149C391D" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="008E76B6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07AF94A1" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="008E76B6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -915,241 +974,279 @@
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CA1FDB8" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005841A6" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4640B75F" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+    <w:p w14:paraId="4640B75F" w14:textId="219B85BD" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>A empresa (nome da detentora do registro).................................................., CNPJ nº......................................, devidamente autorizada pela ANVISA - AFE nº ..................................., detentora da regularização do(s) produto(s) abaixo relacionado(s), contemplados no Licenciamento de Importação nº ......................................., representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido na Resolução de Diretoria Colegiada - RDC nº 81, de 5 de novembro de 2008, autoriza a unidade de saúde..................................., CNPJ nº.............................. a realizar a importação direta do produto, por meio de sua entidade vinculada ............................., CNPJ nº.............................., para uso exclusivo pela unidade de saúde.  </w:t>
+        <w:t>A empresa (nome da detentora do registro).................................................., CNPJ nº......................................, devidamente autorizada pela ANVISA - AFE nº ..................................., detentora da regularização do(s) produto(s) abaixo relacionado(s), contemplados no Licenciamento de Importa</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7" w:rsidRPr="00DB17E7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7" w:rsidRPr="00DB17E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LPCO/Conhecimento de embarque da Duimp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>nº ......................................., representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido na Resolução de Diretoria Colegiada - RDC nº 81, de 5 de novembro de 2008, autoriza a unidade de saúde..................................., CNPJ nº.............................. a realizar a importação direta do produto, por meio de sua entidade vinculada ............................., CNPJ nº.............................., para uso exclusivo pela unidade de saúde.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2368"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="2367"/>
+        <w:gridCol w:w="3088"/>
+        <w:gridCol w:w="3049"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="73874B33" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:trPr>
           <w:gridAfter w:val="2"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BC79AB8" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="1F831C6A" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285CD2DF" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="285CD2DF" w14:textId="1198313F" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Nome comercial do produto </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Nome comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C128BDB" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="0C128BDB" w14:textId="16A6085E" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Apresentação comercial do produto </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Apresentação comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E8C180A" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="3E8C180A" w14:textId="7A9BC6C0" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Número da regularização na Anvisa </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Número da regularização na Anvisa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="21B8155C" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03E5CDC0" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
@@ -1610,73 +1707,93 @@
     <w:p w14:paraId="0739988E" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479E3A68" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+    <w:p w14:paraId="479E3A68" w14:textId="5EC99D0A" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Assinatura do Responsável Legal </w:t>
+        <w:t xml:space="preserve">Assinatura </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">digital </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>do Responsável Legal </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51442E88" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="003C4A9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A1E3E6E" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="003C4A9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1758,241 +1875,276 @@
       <w:r w:rsidR="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>IMPORTAÇÃO PARA UNIDADE DE SAÚDE POR INTERMÉDIO DE OPERAÇÃO DE IMPORTAÇÃO POR CONTA E ORDEM DE TERCEIRO E POR ENCOMENDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450F9A02" w14:textId="77777777" w:rsidR="00A9423E" w:rsidRPr="005841A6" w:rsidRDefault="00A9423E" w:rsidP="00A9423E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="586591C4" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+    <w:p w14:paraId="586591C4" w14:textId="66667A0D" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>A empresa (nome da detentora do registro)................................................., CNPJ nº......................................, devidamente autorizada pela ANVISA - AFE nº ..................................., detentora da regularização do(s) produto(s) abaixo relacionado(s), ), contemplados no Licenciamento de Importação nº ......................................., representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido na Resolução de Diretoria Colegiada - RDC nº 81, de 5 de novembro de 2008, autoriza a empresa..................................., CNPJ nº.............................., AFE nº.............................., a realizar a atividade exclusiva de importação por conta e ordem/encomenda para uso exclusivo pela unidade de saúde..................................., CNPJ nº............................... .  </w:t>
+        <w:t xml:space="preserve">A empresa (nome da detentora do registro)................................................., CNPJ nº......................................, devidamente autorizada pela ANVISA - AFE nº ..................................., detentora da regularização do(s) produto(s) abaixo relacionado(s), ), contemplados no </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7" w:rsidRPr="00DB17E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LPCO/Conhecimento de embarque da Duimp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>nº ......................................., representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido na Resolução de Diretoria Colegiada - RDC nº 81, de 5 de novembro de 2008, autoriza a empresa..................................., CNPJ nº.............................., AFE nº.............................., a realizar a atividade exclusiva de importação por conta e ordem/encomenda para uso exclusivo pela unidade de saúde..................................., CNPJ nº............................... .  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2368"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="2367"/>
+        <w:gridCol w:w="3088"/>
+        <w:gridCol w:w="3049"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="5216F51D" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:trPr>
           <w:gridAfter w:val="2"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B95EFA2" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="45AD7536" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55C63C84" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="55C63C84" w14:textId="7FAC6696" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Nome comercial do produto </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Nome comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="310C6BC5" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="310C6BC5" w14:textId="13E88553" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Apresentação comercial do produto </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Apresentação comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="448F39E9" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+          <w:p w14:paraId="448F39E9" w14:textId="5A4F8C4E" w:rsidR="005D1E4F" w:rsidRPr="00DB17E7" w:rsidRDefault="005D1E4F" w:rsidP="00DB17E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="162937"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D1E4F">
-[...7 lines deleted...]
-              <w:t>Número da regularização na Anvisa </w:t>
+            <w:r w:rsidRPr="00DB17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="162937"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Número da regularização na Anvisa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w14:paraId="62856CE6" w14:textId="77777777" w:rsidTr="005D1E4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A768318" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
@@ -2453,203 +2605,226 @@
     <w:p w14:paraId="0F5845A1" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4873EABC" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
+    <w:p w14:paraId="4873EABC" w14:textId="53A257E2" w:rsidR="005D1E4F" w:rsidRPr="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="005D1E4F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="162937"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Assinatura do Responsável Legal </w:t>
+        <w:t>Assinatura</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="162937"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Responsável Legal </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44CEADA9" w14:textId="39086EBB" w:rsidR="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="003C4A9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="138CD6E6" w14:textId="77777777" w:rsidR="005D1E4F" w:rsidRDefault="005D1E4F" w:rsidP="003C4A9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D1E4F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C4A9F"/>
     <w:rsid w:val="00046D09"/>
     <w:rsid w:val="003C4A9F"/>
+    <w:rsid w:val="004130DF"/>
     <w:rsid w:val="00480D94"/>
     <w:rsid w:val="00491171"/>
     <w:rsid w:val="005841A6"/>
     <w:rsid w:val="005D1E4F"/>
     <w:rsid w:val="008E76B6"/>
+    <w:rsid w:val="00A82BC7"/>
     <w:rsid w:val="00A9423E"/>
+    <w:rsid w:val="00DB17E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7B64D055"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B76DD842-47FE-4ADA-AC49-8E1086609421}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3048,51 +3223,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="dou-paragraph">
     <w:name w:val="dou-paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="003C4A9F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="58067026">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="742875423">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3109,51 +3284,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1489440541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3407,74 +3582,389 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100DC82ABDBFA701F4C8C5E5CC3B028DDD9" ma:contentTypeVersion="20" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="270fe195e5946949622d7153179c145f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xmlns:ns3="2a142090-43f3-4983-938f-00cfba65ce19" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d8a6fe00688ad1759302c878f2cd4114" ns2:_="" ns3:_="">
+    <xsd:import namespace="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
+    <xsd:import namespace="2a142090-43f3-4983-938f-00cfba65ce19"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Altera_x00e7__x00e3_o" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:Data" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="402aa008-0494-4a5c-a1c1-0d55c0fcc175" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="66cf037f-5c90-4cca-86a9-c389e6aaa23f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Altera_x00e7__x00e3_o" ma:index="24" nillable="true" ma:displayName="Alteração" ma:format="DateTime" ma:internalName="Altera_x00e7__x00e3_o">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Data" ma:index="26" nillable="true" ma:displayName="Data" ma:format="DateOnly" ma:internalName="Data">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2a142090-43f3-4983-938f-00cfba65ce19" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b934e47b-6c1a-4c62-b3bb-7d23e62850e4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2a142090-43f3-4983-938f-00cfba65ce19">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="2a142090-43f3-4983-938f-00cfba65ce19" xsi:nil="true"/>
+    <Altera_x00e7__x00e3_o xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Data xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3B04035-7FDB-4CF8-9455-D95C8DF99F08}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B67C5A3-FAC2-4E43-B06D-1AD890E54C9A}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DB303ED-9FE1-4916-A06B-7ED26D9453E7}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>842</Words>
-  <Characters>4548</Characters>
+  <Words>690</Words>
+  <Characters>4773</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>159</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5380</CharactersWithSpaces>
+  <CharactersWithSpaces>5425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Caroline Nayanna Rodrigues Santos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DC82ABDBFA701F4C8C5E5CC3B028DDD9</vt:lpwstr>
+  </property>
+</Properties>
+</file>