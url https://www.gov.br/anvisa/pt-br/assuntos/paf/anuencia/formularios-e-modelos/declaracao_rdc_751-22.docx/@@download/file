--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,1221 +1,1110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0018238E" w:rsidP="005003C7" w:rsidRDefault="0018238E" w14:paraId="672A6659" wp14:textId="77777777">
+    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="0018238E" w:rsidRDefault="0018238E" w:rsidP="005003C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005003C7" w:rsidP="005003C7" w:rsidRDefault="005003C7" w14:paraId="6B395ED7" wp14:textId="0E16B33C">
+    <w:p w14:paraId="6B395ED7" w14:textId="0E16B33C" w:rsidR="005003C7" w:rsidRDefault="11159583" w:rsidP="005003C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:r w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DECLARAÇÃO DO DETENTOR </w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="69D677A9">
+      <w:r w:rsidR="69D677A9" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DE NOTIFICAÇÃO OU DE REGISTRO</w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:r w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="494D12AA">
+      <w:r w:rsidR="494D12AA" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:r w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PRODUTO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+        <w:t xml:space="preserve"> PRODUTO </w:t>
+      </w:r>
+      <w:r w:rsidR="6FC6C3F7" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="6FC6C3F7">
+        <w:t xml:space="preserve">JUNTO </w:t>
+      </w:r>
+      <w:r w:rsidR="503EC3AD" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">JUNTO </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="503EC3AD">
+        <w:t>À</w:t>
+      </w:r>
+      <w:r w:rsidR="1CCDDCEA" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>À</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="1CCDDCEA">
+        <w:t xml:space="preserve"> ANVISA</w:t>
+      </w:r>
+      <w:r w:rsidR="67FAA230" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ANVISA</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="67FAA230">
+        <w:t xml:space="preserve"> – RDC N° 751/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="005003C7" w:rsidRDefault="005003C7" w:rsidP="005003C7">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – RDC N° 751/2022</w:t>
-[...9 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B07DE" w:rsidP="009B07DE" w:rsidRDefault="009B07DE" w14:paraId="5DAB6C7B" wp14:textId="77777777">
+    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="009B07DE" w:rsidRDefault="009B07DE" w:rsidP="009B07DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="009B07DE" w:rsidRDefault="005003C7" w14:paraId="5F325C0F" wp14:textId="66079641">
+    <w:p w14:paraId="5F325C0F" w14:textId="32FB7DCC" w:rsidR="00327024" w:rsidRDefault="11159583" w:rsidP="009B07DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="447B3D32">
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A empresa ................................................................., CNPJ n° ..........................., devidamente autorizada pela </w:t>
+      </w:r>
+      <w:r w:rsidR="447B3D32" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Anvisa </w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:r w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– AFE n°................................., detentora </w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="33969560">
+      <w:r w:rsidR="33969560" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de notificação ou registro</w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do</w:t>
+      </w:r>
+      <w:r w:rsidR="390399F0" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> produto</w:t>
+      </w:r>
+      <w:r w:rsidR="390399F0" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:r w:rsidR="390399F0" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>abaixo relacionados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="1AE6FE40" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contemplados no </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217635347"/>
+      <w:r w:rsidR="447B3D32" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>LPCO</w:t>
+      </w:r>
+      <w:r w:rsidR="00370A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00370A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Conhecimento de embarque da Duimp</w:t>
+      </w:r>
+      <w:r w:rsidR="447B3D32" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="390399F0">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="447B3D32" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n° .............................</w:t>
+      </w:r>
+      <w:r w:rsidR="1AE6FE40" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">representada por seu responsável legal e seu responsável técnico, em concordância com o estabelecido </w:t>
+      </w:r>
+      <w:r w:rsidR="79797560" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a RDC</w:t>
+      </w:r>
+      <w:r w:rsidR="70E4A724" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nº</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 81, de 5 de novembro de 2008, </w:t>
+      </w:r>
+      <w:r w:rsidR="19A510FD" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">declara que </w:t>
+      </w:r>
+      <w:r w:rsidR="2922F5F2" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>o (s) produto(s) a seguir relacionados encontra-se em conformidade à regularização na Anvisa</w:t>
+      </w:r>
+      <w:r w:rsidR="0EDBFEEF" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="1AE6FE40">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="70E4A724">
+      <w:r w:rsidR="2922F5F2" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">foram fabricados a menos de </w:t>
+      </w:r>
+      <w:r w:rsidR="10AFFBE7" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidR="2922F5F2" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(cinco) anos da data de regularização</w:t>
+      </w:r>
+      <w:r w:rsidR="0541AF37" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e em observância às Boas Práticas de Fabricação</w:t>
+      </w:r>
+      <w:r w:rsidR="2922F5F2" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="19A510FD" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cumpr</w:t>
+      </w:r>
+      <w:r w:rsidR="6EE67D0C" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>indo</w:t>
+      </w:r>
+      <w:r w:rsidR="19A510FD" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> integralmente o </w:t>
+      </w:r>
+      <w:r w:rsidR="4E38EFA5" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estabelecido no </w:t>
+      </w:r>
+      <w:r w:rsidR="7C2341EB" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>parágrafo 3º do artigo 60 da RDC nº 751</w:t>
+      </w:r>
+      <w:r w:rsidR="23313DF3" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, de 15 de setembro de </w:t>
+      </w:r>
+      <w:r w:rsidR="7C2341EB" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="02C74C37" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="447B3D32" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e que está</w:t>
+      </w:r>
+      <w:r w:rsidR="19A510FD" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ciente </w:t>
+      </w:r>
+      <w:r w:rsidR="2202991E" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">das penalidades </w:t>
+      </w:r>
+      <w:r w:rsidR="0875688B" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>às quais está</w:t>
+      </w:r>
+      <w:r w:rsidR="2202991E" w:rsidRPr="7FB8C58F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sujeita nos termos da Lei</w:t>
+      </w:r>
+      <w:r w:rsidR="1F0933BF" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> nº</w:t>
       </w:r>
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="11159583">
-[...257 lines deleted...]
-      <w:r w:rsidRPr="7FB8C58F" w:rsidR="2202991E">
+      <w:r w:rsidR="2202991E" w:rsidRPr="7FB8C58F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6.437, de 20 de agosto de 1977, sempre que ficar comprovado o descumprimento dessas normas.</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FF16ED" w:rsidP="009B07DE" w:rsidRDefault="00FF16ED" w14:paraId="02EB378F" wp14:textId="77777777">
+    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00FF16ED" w:rsidRDefault="00FF16ED" w:rsidP="009B07DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2452"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2623"/>
+        <w:gridCol w:w="2454"/>
+        <w:gridCol w:w="2633"/>
+        <w:gridCol w:w="2093"/>
+        <w:gridCol w:w="2618"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidTr="237861E7" w14:paraId="642143A1" wp14:textId="77777777">
+      <w:tr w:rsidR="000E4BC0" w:rsidRPr="006616EF" w14:paraId="642143A1" w14:textId="77777777" w:rsidTr="237861E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2525" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="4AD37F2C" wp14:textId="77777777">
+          <w:p w14:paraId="4AD37F2C" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006616EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nome comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="46672BCC" wp14:textId="77777777">
+          <w:p w14:paraId="46672BCC" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelo ou </w:t>
             </w:r>
             <w:r w:rsidRPr="006616EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Apresentação Comercial do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="6678D801" wp14:textId="77777777">
+          <w:p w14:paraId="6678D801" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Data de Fabricação </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidP="237861E7" w:rsidRDefault="000E4BC0" w14:paraId="2CD80C64" wp14:textId="428AD6C3">
+          <w:p w14:paraId="2CD80C64" w14:textId="428AD6C3" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0" w:rsidP="237861E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="237861E7" w:rsidR="000E4BC0">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="237861E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Número da regularização na </w:t>
             </w:r>
-            <w:r w:rsidRPr="237861E7" w:rsidR="00DE04A2">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="00DE04A2" w:rsidRPr="237861E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anvisa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidTr="237861E7" w14:paraId="6A05A809" wp14:textId="77777777">
+      <w:tr w:rsidR="000E4BC0" w:rsidRPr="006616EF" w14:paraId="6A05A809" w14:textId="77777777" w:rsidTr="237861E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2525" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="5A39BBE3" wp14:textId="77777777">
+          <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="41C8F396" wp14:textId="77777777">
+          <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="72A3D3EC" wp14:textId="77777777">
+          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="0D0B940D" wp14:textId="77777777">
+          <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidTr="237861E7" w14:paraId="0E27B00A" wp14:textId="77777777">
+      <w:tr w:rsidR="000E4BC0" w:rsidRPr="006616EF" w14:paraId="0E27B00A" w14:textId="77777777" w:rsidTr="237861E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2525" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="60061E4C" wp14:textId="77777777">
+          <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="44EAFD9C" wp14:textId="77777777">
+          <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="4B94D5A5" wp14:textId="77777777">
+          <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="000E4BC0" w:rsidRDefault="000E4BC0" w14:paraId="3DEEC669" wp14:textId="77777777">
+          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="000E4BC0" w:rsidRPr="006616EF" w:rsidRDefault="000E4BC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FF16ED" w:rsidP="009B07DE" w:rsidRDefault="00FF16ED" w14:paraId="3656B9AB" wp14:textId="77777777">
+    <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00FF16ED" w:rsidRDefault="00FF16ED" w:rsidP="009B07DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="009B07DE" w:rsidRDefault="00327024" w14:paraId="45FB0818" wp14:textId="77777777">
+    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00327024" w:rsidRDefault="00327024" w:rsidP="009B07DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="00BF0700" w:rsidRDefault="00327024" w14:paraId="049F31CB" wp14:textId="77777777">
+    <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00327024" w:rsidRDefault="00327024" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B07DE" w:rsidP="009B07DE" w:rsidRDefault="009B07DE" w14:paraId="53128261" wp14:textId="77777777">
+    <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="009B07DE" w:rsidRDefault="009B07DE" w:rsidP="009B07DE">
       <w:pPr>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="00393F62" w:rsidRDefault="009B07DE" w14:paraId="194D3CCB" wp14:textId="77777777">
+    <w:p w14:paraId="194D3CCB" w14:textId="77777777" w:rsidR="00327024" w:rsidRDefault="009B07DE" w:rsidP="00393F62">
       <w:pPr>
         <w:ind w:left="4248"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Município (UF)</w:t>
       </w:r>
       <w:r w:rsidR="00630AC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidR="00393F62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> de .................... de 20 ____</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="00BF0700" w:rsidRDefault="00327024" w14:paraId="62486C05" wp14:textId="77777777">
+    <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="00327024" w:rsidRDefault="00327024" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B07DE" w:rsidP="00BF0700" w:rsidRDefault="009B07DE" w14:paraId="4101652C" wp14:textId="77777777">
+    <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="009B07DE" w:rsidRDefault="009B07DE" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B07DE" w:rsidP="00BF0700" w:rsidRDefault="009B07DE" w14:paraId="4B99056E" wp14:textId="77777777">
+    <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="009B07DE" w:rsidRDefault="009B07DE" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B07DE" w:rsidP="00BF0700" w:rsidRDefault="009B07DE" w14:paraId="1299C43A" wp14:textId="77777777">
+    <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="009B07DE" w:rsidRDefault="009B07DE" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="00BF0700" w:rsidRDefault="00327024" w14:paraId="4DDBEF00" wp14:textId="77777777">
+    <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00327024" w:rsidRDefault="00327024" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00327024" w:rsidP="00327024" w:rsidRDefault="009B07DE" w14:paraId="1097F161" wp14:textId="77777777">
+    <w:p w14:paraId="1097F161" w14:textId="77777777" w:rsidR="00327024" w:rsidRDefault="009B07DE" w:rsidP="00327024">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>___________________________________        __________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4906"/>
         <w:gridCol w:w="4902"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="006616EF" w:rsidR="009B07DE" w14:paraId="5B9E1196" wp14:textId="77777777">
+      <w:tr w:rsidR="009B07DE" w:rsidRPr="006616EF" w14:paraId="5B9E1196" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="009B07DE" w:rsidP="006616EF" w:rsidRDefault="009B07DE" w14:paraId="33BE1D61" wp14:textId="77777777">
+          <w:p w14:paraId="33BE1D61" w14:textId="1A1B4895" w:rsidR="009B07DE" w:rsidRPr="006616EF" w:rsidRDefault="009B07DE" w:rsidP="006616EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006616EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Assinatura do Responsável Legal ou Representante Legal da empresa detentora da regularização do produto</w:t>
+              <w:t>Assinatura</w:t>
+            </w:r>
+            <w:r w:rsidR="00370A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> digital</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006616EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do Responsável Legal ou Representante Legal da empresa detentora da regularização do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006616EF" w:rsidR="009B07DE" w:rsidP="006616EF" w:rsidRDefault="009B07DE" w14:paraId="6CB5FE62" wp14:textId="77777777">
+          <w:p w14:paraId="6CB5FE62" w14:textId="51F55AD0" w:rsidR="009B07DE" w:rsidRPr="006616EF" w:rsidRDefault="009B07DE" w:rsidP="006616EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006616EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Assinatura do Responsável Técnico da empresa detentora da regularização do produto</w:t>
+              <w:t xml:space="preserve">Assinatura </w:t>
+            </w:r>
+            <w:r w:rsidR="00370A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">digital </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006616EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>do Responsável Técnico da empresa detentora da regularização do produto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B07DE" w:rsidP="00327024" w:rsidRDefault="009B07DE" w14:paraId="3461D779" wp14:textId="77777777">
+    <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="009B07DE" w:rsidRDefault="009B07DE" w:rsidP="00327024">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BF0700" w:rsidP="00BF0700" w:rsidRDefault="00BF0700" w14:paraId="3CF2D8B6" wp14:textId="77777777">
+    <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="00BF0700" w:rsidRDefault="00BF0700" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="005003C7" w:rsidR="00BF0700" w:rsidP="00BF0700" w:rsidRDefault="00BF0700" w14:paraId="0FB78278" wp14:textId="77777777">
+    <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="00BF0700" w:rsidRPr="005003C7" w:rsidRDefault="00BF0700" w:rsidP="00BF0700">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="005003C7" w:rsidR="00BF0700" w:rsidSect="005003C7">
-[...1 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+    <w:sectPr w:rsidR="00BF0700" w:rsidRPr="005003C7" w:rsidSect="005003C7">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="964" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009327BE" w:rsidRDefault="009327BE" w14:paraId="1FC39945" wp14:textId="77777777">
+    <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="009327BE" w:rsidRDefault="009327BE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009327BE" w:rsidRDefault="009327BE" w14:paraId="0562CB0E" wp14:textId="77777777">
+    <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="009327BE" w:rsidRDefault="009327BE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009327BE" w:rsidRDefault="009327BE" w14:paraId="34CE0A41" wp14:textId="77777777">
+    <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="009327BE" w:rsidRDefault="009327BE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009327BE" w:rsidRDefault="009327BE" w14:paraId="62EBF3C5" wp14:textId="77777777">
+    <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="009327BE" w:rsidRDefault="009327BE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="004041BF" w:rsidR="0018238E" w:rsidRDefault="004041BF" w14:paraId="51066E29" wp14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51066E29" w14:textId="77777777" w:rsidR="0018238E" w:rsidRPr="004041BF" w:rsidRDefault="004041BF">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004041BF">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Papel timbrado da empresa detentora do registro</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions w:val="true"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005003C7"/>
     <w:rsid w:val="00031FD6"/>
     <w:rsid w:val="00041F41"/>
     <w:rsid w:val="00044DC4"/>
     <w:rsid w:val="00080FE4"/>
     <w:rsid w:val="000841E5"/>
     <w:rsid w:val="000C56D9"/>
     <w:rsid w:val="000E4BC0"/>
     <w:rsid w:val="001814F3"/>
     <w:rsid w:val="0018238E"/>
     <w:rsid w:val="001A0093"/>
     <w:rsid w:val="0024C0EB"/>
     <w:rsid w:val="002936C3"/>
     <w:rsid w:val="00327024"/>
+    <w:rsid w:val="00370A87"/>
     <w:rsid w:val="00393F62"/>
     <w:rsid w:val="003A347B"/>
     <w:rsid w:val="004041BF"/>
     <w:rsid w:val="004700E8"/>
     <w:rsid w:val="004C36AE"/>
     <w:rsid w:val="004E1440"/>
     <w:rsid w:val="005003C7"/>
     <w:rsid w:val="00594141"/>
     <w:rsid w:val="005C3433"/>
     <w:rsid w:val="00630AC6"/>
     <w:rsid w:val="00651B73"/>
     <w:rsid w:val="006616EF"/>
     <w:rsid w:val="00665DFE"/>
     <w:rsid w:val="00677DA5"/>
     <w:rsid w:val="006A7AA9"/>
     <w:rsid w:val="006B1B0C"/>
     <w:rsid w:val="0072162D"/>
     <w:rsid w:val="008504FF"/>
+    <w:rsid w:val="00916A71"/>
     <w:rsid w:val="009327BE"/>
     <w:rsid w:val="009969C0"/>
     <w:rsid w:val="009B07DE"/>
     <w:rsid w:val="009C2C77"/>
     <w:rsid w:val="009E229F"/>
     <w:rsid w:val="00A202C2"/>
     <w:rsid w:val="00A4406D"/>
     <w:rsid w:val="00A53C05"/>
+    <w:rsid w:val="00A82BC7"/>
     <w:rsid w:val="00AB18F8"/>
     <w:rsid w:val="00B11EC8"/>
     <w:rsid w:val="00B30754"/>
     <w:rsid w:val="00B361BE"/>
     <w:rsid w:val="00B75C00"/>
     <w:rsid w:val="00BF0700"/>
     <w:rsid w:val="00C122D7"/>
     <w:rsid w:val="00C23A2E"/>
     <w:rsid w:val="00C55099"/>
     <w:rsid w:val="00C824F2"/>
     <w:rsid w:val="00CA164B"/>
     <w:rsid w:val="00CD5747"/>
     <w:rsid w:val="00CE73AF"/>
     <w:rsid w:val="00D333DB"/>
     <w:rsid w:val="00D51AA0"/>
     <w:rsid w:val="00D5272F"/>
     <w:rsid w:val="00D62AAD"/>
     <w:rsid w:val="00D70A3D"/>
     <w:rsid w:val="00DE04A2"/>
     <w:rsid w:val="00E11AEC"/>
     <w:rsid w:val="00F12089"/>
     <w:rsid w:val="00FD63D8"/>
     <w:rsid w:val="00FF16ED"/>
     <w:rsid w:val="01440306"/>
     <w:rsid w:val="02C74C37"/>
@@ -1252,113 +1141,157 @@
     <w:rsid w:val="6FC6C3F7"/>
     <w:rsid w:val="702E9950"/>
     <w:rsid w:val="70E4A724"/>
     <w:rsid w:val="79797560"/>
     <w:rsid w:val="7C2341EB"/>
     <w:rsid w:val="7FA832A4"/>
     <w:rsid w:val="7FB8C58F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3270AD42"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CBE7F749-9A89-4204-9248-4621DBB20003}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -1401,52 +1334,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1507,146 +1440,152 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fontepargpadro" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelanormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Semlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:rsid w:val="00BF0700"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0018238E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0018238E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Reviso">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE04A2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1913,59 +1852,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100DC82ABDBFA701F4C8C5E5CC3B028DDD9" ma:contentTypeVersion="20" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="a92e130ab832276d8839eebb26fc6f2e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xmlns:ns3="2a142090-43f3-4983-938f-00cfba65ce19" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d43153003e22f1b80533fe31ff7a973" ns2:_="" ns3:_="">
     <xsd:import namespace="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
     <xsd:import namespace="2a142090-43f3-4983-938f-00cfba65ce19"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -2182,103 +2112,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="2a142090-43f3-4983-938f-00cfba65ce19" xsi:nil="true"/>
     <Data xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xsi:nil="true"/>
     <Altera_x00e7__x00e3_o xmlns="402aa008-0494-4a5c-a1c1-0d55c0fcc175" xsi:nil="true"/>
     <SharedWithUsers xmlns="2a142090-43f3-4983-938f-00cfba65ce19">
       <UserInfo>
         <DisplayName>Renata Faria Pereira Hurtado</DisplayName>
         <AccountId>322</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Elisa da Silva Braga Boccia</DisplayName>
         <AccountId>69</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66889C65-1536-4AF5-A809-8CF3E1626987}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
+    <ds:schemaRef ds:uri="2a142090-43f3-4983-938f-00cfba65ce19"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B113FE9-19CF-4179-A7BD-2E4DD066D0B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34C70A14-8824-4765-9A87-0C36E0FF4DFE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34C70A14-8824-4765-9A87-0C36E0FF4DFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="402aa008-0494-4a5c-a1c1-0d55c0fcc175"/>
+    <ds:schemaRef ds:uri="2a142090-43f3-4983-938f-00cfba65ce19"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>200</Words>
+  <Characters>1385</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>46</Lines>
+  <Paragraphs>11</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>DECLARAÇÃO DO DETENTOR DA REGULARIZAÇÃO DO PRODUTO AUTORIZANDO A IMPORTAÇÃO</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>anvs</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1574</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DECLARAÇÃO DO DETENTOR DA REGULARIZAÇÃO DO PRODUTO AUTORIZANDO A IMPORTAÇÃO</dc:title>
   <dc:subject/>
   <dc:creator>solange.coelho</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TaxCatchAll">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Alteração">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="lcf76f155ced4ddcb4097134ff3c332f">