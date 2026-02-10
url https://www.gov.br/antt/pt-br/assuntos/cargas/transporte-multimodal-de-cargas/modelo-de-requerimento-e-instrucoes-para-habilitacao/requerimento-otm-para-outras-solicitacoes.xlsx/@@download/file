--- v0 (2026-01-15)
+++ v1 (2026-02-10)
@@ -1,150 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24701"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://anttgov-my.sharepoint.com/personal/gizelle_netto_antt_gov_br/Documents/HOME OFFICE/PORTAL ANTT/MODELOS DE REQUERIMENTO/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://anttgov-my.sharepoint.com/personal/kelly_leonardo_antt_gov_br/Documents/Área de Trabalho/SITE/MODELOS DE REQUERIMENTOS/OTM/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{54ECCE0B-A29C-4459-B394-353E6413F01D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{54ECCE0B-A29C-4459-B394-353E6413F01D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{65960512-AFC2-4A40-8F80-EF13536F6821}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-780" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="OTM" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Tipo">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">OTM!$1:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A35" i="4" l="1"/>
   <c r="A33" i="4"/>
   <c r="E8" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="19">
   <si>
     <t>NOME FANTASIA</t>
   </si>
   <si>
+    <t>TRANSPORTE MULTIMODAL DE CARGAS</t>
+  </si>
+  <si>
+    <t>Local,</t>
+  </si>
+  <si>
+    <t>RAZÃO SOCIAL/NOME:</t>
+  </si>
+  <si>
+    <t>ENDEREÇO:</t>
+  </si>
+  <si>
+    <t>CNPJ:</t>
+  </si>
+  <si>
+    <t>REPRESENTANTE LEGAL:</t>
+  </si>
+  <si>
+    <t>CNPJ/CPF:</t>
+  </si>
+  <si>
+    <t>TELEFONE:</t>
+  </si>
+  <si>
+    <t>E-MAIL:</t>
+  </si>
+  <si>
+    <t>Observações:   ...................................................................................................................................</t>
+  </si>
+  <si>
+    <t>..........................................................................................................................................................</t>
+  </si>
+  <si>
+    <t>Nestes termos, pede deferimento.</t>
+  </si>
+  <si>
+    <t>(Cargo)</t>
+  </si>
+  <si>
+    <t>_______________________________________________________________</t>
+  </si>
+  <si>
+    <t>Número do Certificado e Validade</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO - SEGUNDA VIA DE CERTIFICADO</t>
+  </si>
+  <si>
+    <t>(descrever a solicitação)</t>
+  </si>
+  <si>
     <t>SUPERINTENDÊNCIA DE SERVIÇOS DE TRANSPORTE RODOVIÁRIO E MULTIMODAL DE CARGAS – SUROC
-GERÊNCIA DE REGISTRO E ACOMPANHAMENTO DO TRANSPORTE RODOVIÁRIO E MULTIMODAL DE CARGAS - GERAR</t>
-[...50 lines deleted...]
-    <t>(descrever a solicitação)</t>
+GERÊNCIA DE REGULAÇÃO E GOVERNANÇA DO TRANSPORTE RODOVIÁRIO E MULTIMODAL DE CARGAS - GRTMC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -296,220 +296,217 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...76 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -548,197 +545,163 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="2956560" cy="480060"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -874,623 +837,623 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L36"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A22" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:K7"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5:K5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="7.81640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="13.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="7.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="7" style="1" customWidth="1"/>
-    <col min="4" max="4" width="6.7265625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="10" width="8.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="6.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="5.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="7.28515625" style="1" customWidth="1"/>
+    <col min="7" max="10" width="8.28515625" style="1" customWidth="1"/>
     <col min="11" max="11" width="9" style="1" customWidth="1"/>
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      <c r="A5" s="21" t="s">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1"/>
+      <c r="B1"/>
+      <c r="C1"/>
+      <c r="D1"/>
+      <c r="E1"/>
+      <c r="F1"/>
+      <c r="G1"/>
+      <c r="H1"/>
+      <c r="I1"/>
+      <c r="J1"/>
+      <c r="K1"/>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A2"/>
+      <c r="B2"/>
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2"/>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2"/>
+      <c r="K2"/>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A3"/>
+      <c r="B3"/>
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3"/>
+      <c r="K3"/>
+    </row>
+    <row r="4" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4"/>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4"/>
+      <c r="K4"/>
+    </row>
+    <row r="5" spans="1:11" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="47"/>
+      <c r="C5" s="47"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="47"/>
+      <c r="G5" s="47"/>
+      <c r="H5" s="47"/>
+      <c r="I5" s="47"/>
+      <c r="J5" s="47"/>
+      <c r="K5" s="48"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="22"/>
-[...11 lines deleted...]
-      <c r="A6" s="24" t="s">
+      <c r="B6" s="50"/>
+      <c r="C6" s="50"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="50"/>
+      <c r="I6" s="50"/>
+      <c r="J6" s="50"/>
+      <c r="K6" s="51"/>
+    </row>
+    <row r="7" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="52" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="53"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="53"/>
+      <c r="F7" s="53"/>
+      <c r="G7" s="53"/>
+      <c r="H7" s="53"/>
+      <c r="I7" s="53"/>
+      <c r="J7" s="53"/>
+      <c r="K7" s="54"/>
+    </row>
+    <row r="8" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8"/>
+      <c r="B8"/>
+      <c r="C8"/>
+      <c r="D8" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="25"/>
-[...29 lines deleted...]
-      <c r="D8" s="11" t="s">
+      <c r="E8" s="55">
+        <f ca="1">TODAY()</f>
+        <v>46043</v>
+      </c>
+      <c r="F8" s="55"/>
+      <c r="G8" s="55"/>
+      <c r="H8" s="55"/>
+      <c r="I8" s="55"/>
+      <c r="J8"/>
+      <c r="K8"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E8" s="35">
-[...11 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="6"/>
+      <c r="J9" s="6"/>
+      <c r="K9" s="4"/>
+    </row>
+    <row r="10" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="18"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="19"/>
+      <c r="E10" s="19"/>
+      <c r="F10" s="19"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="19"/>
+      <c r="J10" s="19"/>
+      <c r="K10" s="20"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="6"/>
+      <c r="J11" s="6"/>
+      <c r="K11" s="4"/>
+    </row>
+    <row r="12" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="18"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="19"/>
+      <c r="E12" s="19"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="19"/>
+      <c r="I12" s="19"/>
+      <c r="J12" s="19"/>
+      <c r="K12" s="20"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="44" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="7"/>
-[...52 lines deleted...]
-      <c r="A13" s="19" t="s">
+      <c r="B13" s="45"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
+      <c r="H13" s="6"/>
+      <c r="I13" s="6"/>
+      <c r="J13" s="6"/>
+      <c r="K13" s="4"/>
+    </row>
+    <row r="14" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="18"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="19"/>
+      <c r="E14" s="19"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="19"/>
+      <c r="I14" s="19"/>
+      <c r="J14" s="19"/>
+      <c r="K14" s="20"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B13" s="20"/>
-[...27 lines deleted...]
-      <c r="B15" s="4"/>
+      <c r="B15" s="3"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
-      <c r="G15" s="9"/>
+      <c r="G15" s="3"/>
       <c r="H15" s="2"/>
-      <c r="I15" s="30"/>
-[...17 lines deleted...]
-      <c r="A17" s="13" t="s">
+      <c r="I15" s="16"/>
+      <c r="J15" s="16"/>
+      <c r="K15" s="17"/>
+    </row>
+    <row r="16" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="18"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="19"/>
+      <c r="J16" s="19"/>
+      <c r="K16" s="20"/>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+      <c r="K17" s="4"/>
+    </row>
+    <row r="18" spans="1:12" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="18"/>
+      <c r="B18" s="19"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="19"/>
+      <c r="J18" s="19"/>
+      <c r="K18" s="20"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="14"/>
-[...24 lines deleted...]
-      <c r="A19" s="13" t="s">
+      <c r="B19" s="22"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="B19" s="14"/>
-[...4 lines deleted...]
-      <c r="G19" s="10" t="s">
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="6"/>
+      <c r="K19" s="4"/>
+    </row>
+    <row r="20" spans="1:12" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="29"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="30"/>
+      <c r="D20" s="30"/>
+      <c r="E20" s="30"/>
+      <c r="F20" s="31"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="33"/>
+      <c r="I20" s="33"/>
+      <c r="J20" s="33"/>
+      <c r="K20" s="34"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21" s="22"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="21" t="s">
         <v>9</v>
       </c>
-      <c r="H19" s="4"/>
-[...26 lines deleted...]
-      <c r="G21" s="13" t="s">
+      <c r="H21" s="22"/>
+      <c r="I21" s="22"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="4"/>
+    </row>
+    <row r="22" spans="1:12" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="18"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="20"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="42"/>
+      <c r="I22" s="42"/>
+      <c r="J22" s="42"/>
+      <c r="K22" s="43"/>
+    </row>
+    <row r="23" spans="1:12" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23"/>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23"/>
+      <c r="K23"/>
+    </row>
+    <row r="24" spans="1:12" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
+      <c r="G24" s="11"/>
+      <c r="H24" s="11"/>
+      <c r="I24" s="11"/>
+      <c r="J24" s="11"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="9"/>
+    </row>
+    <row r="25" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="13"/>
+      <c r="B25" s="14"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="14"/>
+      <c r="F25" s="14"/>
+      <c r="G25" s="14"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="14"/>
+      <c r="K25" s="15"/>
+    </row>
+    <row r="26" spans="1:12" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="13"/>
+      <c r="B26" s="14"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="14"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="14"/>
+      <c r="K26" s="15"/>
+    </row>
+    <row r="27" spans="1:12" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="13"/>
+      <c r="B27" s="14"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="14"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="14"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="14"/>
+      <c r="K27" s="15"/>
+    </row>
+    <row r="28" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="H21" s="14"/>
-[...86 lines deleted...]
-      <c r="A28" s="51" t="s">
+      <c r="B28" s="39"/>
+      <c r="C28" s="39"/>
+      <c r="D28" s="39"/>
+      <c r="E28" s="39"/>
+      <c r="F28" s="39"/>
+      <c r="G28" s="39"/>
+      <c r="H28" s="39"/>
+      <c r="I28" s="39"/>
+      <c r="J28" s="39"/>
+      <c r="K28" s="40"/>
+    </row>
+    <row r="29" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="38" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="52"/>
-[...11 lines deleted...]
-      <c r="A29" s="51" t="s">
+      <c r="B29" s="39"/>
+      <c r="C29" s="39"/>
+      <c r="D29" s="39"/>
+      <c r="E29" s="39"/>
+      <c r="F29" s="39"/>
+      <c r="G29" s="39"/>
+      <c r="H29" s="39"/>
+      <c r="I29" s="39"/>
+      <c r="J29" s="39"/>
+      <c r="K29" s="40"/>
+    </row>
+    <row r="30" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="39"/>
+      <c r="C30" s="39"/>
+      <c r="D30" s="39"/>
+      <c r="E30" s="39"/>
+      <c r="F30" s="39"/>
+      <c r="G30" s="39"/>
+      <c r="H30" s="39"/>
+      <c r="I30" s="39"/>
+      <c r="J30" s="39"/>
+      <c r="K30" s="40"/>
+    </row>
+    <row r="31" spans="1:12" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="B29" s="52"/>
-[...56 lines deleted...]
-      <c r="A33" s="36" t="str">
+      <c r="B31" s="24"/>
+      <c r="C31" s="24"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="25"/>
+    </row>
+    <row r="32" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B32" s="36"/>
+      <c r="C32" s="36"/>
+      <c r="D32" s="36"/>
+      <c r="E32" s="36"/>
+      <c r="F32" s="36"/>
+      <c r="G32" s="36"/>
+      <c r="H32" s="36"/>
+      <c r="I32" s="36"/>
+      <c r="J32" s="36"/>
+      <c r="K32" s="37"/>
+    </row>
+    <row r="33" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="23" t="str">
         <f>IF(A10=0,"(Nome da Empresa)",A10)</f>
         <v>(Nome da Empresa)</v>
       </c>
-      <c r="B33" s="37"/>
-[...26 lines deleted...]
-      <c r="A35" s="36" t="str">
+      <c r="B33" s="24"/>
+      <c r="C33" s="24"/>
+      <c r="D33" s="24"/>
+      <c r="E33" s="24"/>
+      <c r="F33" s="24"/>
+      <c r="G33" s="24"/>
+      <c r="H33" s="24"/>
+      <c r="I33" s="24"/>
+      <c r="J33" s="24"/>
+      <c r="K33" s="25"/>
+    </row>
+    <row r="34" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B34" s="36"/>
+      <c r="C34" s="36"/>
+      <c r="D34" s="36"/>
+      <c r="E34" s="36"/>
+      <c r="F34" s="36"/>
+      <c r="G34" s="36"/>
+      <c r="H34" s="36"/>
+      <c r="I34" s="36"/>
+      <c r="J34" s="36"/>
+      <c r="K34" s="37"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="23" t="str">
         <f>IF(A18=0,"(Nome do Representante)",A18)</f>
         <v>(Nome do Representante)</v>
       </c>
-      <c r="B35" s="37"/>
-[...23 lines deleted...]
-      <c r="K36" s="41"/>
+      <c r="B35" s="24"/>
+      <c r="C35" s="24"/>
+      <c r="D35" s="24"/>
+      <c r="E35" s="24"/>
+      <c r="F35" s="24"/>
+      <c r="G35" s="24"/>
+      <c r="H35" s="24"/>
+      <c r="I35" s="24"/>
+      <c r="J35" s="24"/>
+      <c r="K35" s="25"/>
+    </row>
+    <row r="36" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="B36" s="27"/>
+      <c r="C36" s="27"/>
+      <c r="D36" s="27"/>
+      <c r="E36" s="27"/>
+      <c r="F36" s="27"/>
+      <c r="G36" s="27"/>
+      <c r="H36" s="27"/>
+      <c r="I36" s="27"/>
+      <c r="J36" s="27"/>
+      <c r="K36" s="28"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="33">
-    <mergeCell ref="A24:K24"/>
-[...3 lines deleted...]
-    <mergeCell ref="G21:J21"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A5:K5"/>
+    <mergeCell ref="A6:K6"/>
+    <mergeCell ref="A7:K7"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="A10:K10"/>
+    <mergeCell ref="A12:K12"/>
+    <mergeCell ref="A14:K14"/>
+    <mergeCell ref="A16:K16"/>
+    <mergeCell ref="A18:K18"/>
+    <mergeCell ref="E8:I8"/>
+    <mergeCell ref="A17:E17"/>
+    <mergeCell ref="A19:B19"/>
     <mergeCell ref="A35:K35"/>
     <mergeCell ref="A36:K36"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="G20:K20"/>
     <mergeCell ref="A31:K31"/>
     <mergeCell ref="A32:K32"/>
     <mergeCell ref="A33:K33"/>
     <mergeCell ref="A34:K34"/>
     <mergeCell ref="A25:K25"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="A28:K28"/>
     <mergeCell ref="A29:K29"/>
     <mergeCell ref="A30:K30"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="G22:K22"/>
-    <mergeCell ref="A13:D13"/>
-[...11 lines deleted...]
-    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A24:K24"/>
+    <mergeCell ref="A26:K26"/>
+    <mergeCell ref="I15:K15"/>
+    <mergeCell ref="A22:F22"/>
+    <mergeCell ref="G21:J21"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>