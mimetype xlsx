--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Documents\ANP\ANP`mariana\OPP\Inclusão  de áreas\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Meu Drive\Mariana HD Recuperado\Documents\ANP\ANP`mariana\OPP\Inclusão  de áreas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{959B1DBD-5B78-4BE2-9302-FD9650C11B60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{732CEF25-144C-47BA-B995-9513A8E6742E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{903057CC-E340-4AE3-AACA-CCC7DA6D8996}"/>
   </bookViews>
   <sheets>
     <sheet name="Blocos em estudo OPP" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Blocos em estudo OPP'!$A$2:$E$20</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="28">
   <si>
     <t>Nº</t>
   </si>
   <si>
     <t>Bacia</t>
   </si>
   <si>
     <t>Bloco</t>
   </si>
   <si>
     <t>Em que etapa está?</t>
   </si>
   <si>
     <t>Orgão Competente</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t>Rubi</t>
   </si>
   <si>
     <t>Granada</t>
   </si>
   <si>
@@ -93,89 +93,83 @@
   <si>
     <t>Aragonita</t>
   </si>
   <si>
     <t>Calcedônia</t>
   </si>
   <si>
     <t>Cerussita</t>
   </si>
   <si>
     <t>Malaquita</t>
   </si>
   <si>
     <t>Opala</t>
   </si>
   <si>
     <t>Quartzo</t>
   </si>
   <si>
     <t>Rodocrosita</t>
   </si>
   <si>
     <t>ANP</t>
   </si>
   <si>
-    <t>Manifestação Conjunta OK (renovação) / 
+    <t>Campos</t>
+  </si>
+  <si>
+    <t>Siderita</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hematita</t>
+  </si>
+  <si>
+    <t>Limonita</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Magnetita</t>
+  </si>
+  <si>
+    <t>Mogno</t>
+  </si>
+  <si>
+    <t>Calcita</t>
+  </si>
+  <si>
+    <t>Dolomita</t>
+  </si>
+  <si>
+    <t>Azurita</t>
+  </si>
+  <si>
+    <t>Manifestação Conjunta OK  / 
 Aguardando inclusão em edital</t>
   </si>
   <si>
-    <t>Campos</t>
-[...33 lines deleted...]
-    <t>MME-MMA</t>
+    <t>Manifestação Conjunta emitida /
+ em processo de audiência pública</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF555555"/>
@@ -575,405 +569,425 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B280393-F60B-4ED4-BB4F-23C95B83C54E}">
   <dimension ref="A2:I20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H13" sqref="H13"/>
+      <selection activeCell="K13" sqref="K13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="33.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.5703125" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.140625" customWidth="1"/>
     <col min="4" max="4" width="43.140625" customWidth="1"/>
     <col min="5" max="5" width="24.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d428f6a8-c1fd-44b8-b027-528fcd4c67c0" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d80c89bc-fddb-46b9-a5e8-5dd9f31de039">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010033F24998E76C6E43866831673E160905" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="ccf917cb30d2d4fc3d407a72c7a42663">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d80c89bc-fddb-46b9-a5e8-5dd9f31de039" xmlns:ns3="d428f6a8-c1fd-44b8-b027-528fcd4c67c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e2c33bff4f31c85f344acc5822a44bfc" ns2:_="" ns3:_="">
     <xsd:import namespace="d80c89bc-fddb-46b9-a5e8-5dd9f31de039"/>
     <xsd:import namespace="d428f6a8-c1fd-44b8-b027-528fcd4c67c0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -1172,89 +1186,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B83B9A6B-D02B-4882-BD41-A2DD816B7AF6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BC79920-78EE-4C84-A70C-B8F4FC25E609}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{471854B1-6FB0-4A6D-B9BC-5C3BD7A70EBA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d428f6a8-c1fd-44b8-b027-528fcd4c67c0"/>
     <ds:schemaRef ds:uri="d80c89bc-fddb-46b9-a5e8-5dd9f31de039"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BC79920-78EE-4C84-A70C-B8F4FC25E609}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B83B9A6B-D02B-4882-BD41-A2DD816B7AF6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d80c89bc-fddb-46b9-a5e8-5dd9f31de039"/>
+    <ds:schemaRef ds:uri="d428f6a8-c1fd-44b8-b027-528fcd4c67c0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Blocos em estudo OPP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>