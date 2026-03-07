--- v0 (2026-01-17)
+++ v1 (2026-03-07)
@@ -1,1961 +1,2224 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D50E3C6" w14:textId="77777777" w:rsidR="00CD10A1" w:rsidRPr="00215134" w:rsidRDefault="003D583D">
+    <w:p w14:paraId="36BCFD65" w14:textId="4DD908E9" w:rsidR="00FC77F1" w:rsidRPr="00794F14" w:rsidRDefault="007971E9" w:rsidP="00FC77F1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00215134">
+      <w:r w:rsidRPr="00794F14">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">METADADOS: </w:t>
+        <w:t>TÍTULO</w:t>
       </w:r>
-      <w:r w:rsidR="001847CE">
+      <w:r w:rsidR="00FC77F1" w:rsidRPr="00794F14">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Consulta de Concessionária e Operadora por Bloco</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00521BDD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CONCE</w:t>
+      </w:r>
+      <w:r w:rsidR="00135009">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SSIONÁRIA E OPERADORA POR BLOCO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533F1EEF" w14:textId="77777777" w:rsidR="003D583D" w:rsidRPr="00215134" w:rsidRDefault="003D583D">
+    <w:p w14:paraId="272606A5" w14:textId="113B39E3" w:rsidR="00AC4943" w:rsidRPr="00794F14" w:rsidRDefault="00FC77F1" w:rsidP="00FC77F1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0080704B">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00215134">
+        <w:t>SEÇÃO 1: INFORMAÇ</w:t>
+      </w:r>
+      <w:r w:rsidR="00832790" w:rsidRPr="00794F14">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>SEÇÃO 1: INFORMAÇÃO</w:t>
+        <w:t>ÕES</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4247"/>
-        <w:gridCol w:w="4247"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="5805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="335FDEFF" w14:textId="77777777" w:rsidTr="003D583D">
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="0A593DE5" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CEF43E" w14:textId="77777777" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00004006">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CAMPO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="567CBC86" w14:textId="77777777" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00004006">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VALOR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="2F1E73F6" w14:textId="77777777" w:rsidTr="006B0A43">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4247" w:type="dxa"/>
-[...41 lines deleted...]
-              <w:t>VALOR</w:t>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB34D60" w14:textId="0D6EC856" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="006B0A43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TÍTULO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAC6152" w14:textId="767DE949" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00135009" w:rsidP="00004006">
+            <w:r>
+              <w:t>CONCESSIONÁRIA E OPERADORA POR BLOCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="3C9C79CE" w14:textId="77777777" w:rsidTr="003D583D">
-[...34 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="516A6D2C" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDBFB5B" w14:textId="36A587ED" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="006B0A43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DESCRIÇÃO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA1ACAE" w14:textId="0651D921" w:rsidR="00675309" w:rsidRPr="00B37BFD" w:rsidRDefault="0057649C" w:rsidP="00633789">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0057649C">
+              <w:t>Informações sobre os concessionários e operadores de blocos exploratórios</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="23D3220C" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C36112" w14:textId="7E5DDADC" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="006478C9" w:rsidP="006B0A43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...94 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ORIGEM DO DADO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED1F68F" w14:textId="28169C9E" w:rsidR="001D4032" w:rsidRDefault="001D4032" w:rsidP="00633789">
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="003D583D" w:rsidRPr="00215134">
+              <w:r w:rsidRPr="00EC6CF3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.gov.br/anp/pt-br/centrais-de-conteudo/dados-abertos/gestao-contratos-exploracao-producao-dados-e-p</w:t>
+                <w:t>https://www.gov.br/anp/pt-br/centrais-deconteudo/dados-abertos/gestao-contratosexploracao-producao-dados-e-p</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w14:paraId="0987F4B3" w14:textId="77777777" w:rsidR="001D4032" w:rsidRDefault="001D4032" w:rsidP="00633789"/>
+          <w:p w14:paraId="3526929B" w14:textId="5C652CB5" w:rsidR="006478C9" w:rsidRPr="00B37BFD" w:rsidRDefault="00E22C48" w:rsidP="0010033E">
+            <w:r>
+              <w:t>Abrir consulta</w:t>
+            </w:r>
+            <w:r w:rsidR="001D4032">
+              <w:t xml:space="preserve"> de dados abertos </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7B66">
+              <w:t xml:space="preserve">por meio de link </w:t>
+            </w:r>
+            <w:r w:rsidR="001D4032">
+              <w:t xml:space="preserve">denominado </w:t>
+            </w:r>
+            <w:r w:rsidR="007B72FB">
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="0057649C">
+              <w:t>Concessionária e operadora por bloco</w:t>
+            </w:r>
+            <w:r w:rsidR="007B72FB">
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7B66">
+              <w:t>, disponibilizado na página acima</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="0D393D06" w14:textId="77777777" w:rsidTr="003D583D">
-[...43 lines deleted...]
-              <w:t>Fonte: ANP/SEP</w:t>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="113FD4DC" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7680C905" w14:textId="1A6DC977" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="0010033E" w:rsidP="006B0A43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FONTE DO DADO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45ACCCF6" w14:textId="67C77350" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00004006">
+            <w:r>
+              <w:t>ANP/SEP</w:t>
+            </w:r>
+            <w:r w:rsidR="00874D09">
+              <w:t xml:space="preserve"> (Superintendência de Exploração)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="141CE180" w14:textId="77777777" w:rsidTr="003D583D">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="0010033E" w:rsidRPr="00B37BFD" w14:paraId="39CD54F7" w14:textId="77777777" w:rsidTr="0022729F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE15289" w14:textId="77777777" w:rsidR="0010033E" w:rsidRPr="00B37BFD" w:rsidRDefault="0010033E" w:rsidP="0022729F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FORMATO DO ARQUIVO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62282982" w14:textId="77777777" w:rsidR="0010033E" w:rsidRPr="00B37BFD" w:rsidRDefault="0010033E" w:rsidP="0022729F">
+            <w:r>
+              <w:t>CSV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="6E5C9215" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17779C16" w14:textId="1E8995A3" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00633789">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FREQUÊNCIA DE ATUALIZAÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4247" w:type="dxa"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62ABA818" w14:textId="51D10EEE" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="005843D7" w:rsidP="00004006">
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>A consulta é atualizada em tempo real.</w:t>
+              <w:t>Tempo Real</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="43FBEDB4" w14:textId="77777777" w:rsidTr="003D583D">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="4AE0E9E8" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FB3BD2" w14:textId="01C0B61C" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00633789">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IDIOMA DO DADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4247" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CEF02F" w14:textId="07C738D7" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00D507EE">
+            <w:r>
+              <w:t xml:space="preserve">Português </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0010033E" w:rsidRPr="00B37BFD" w14:paraId="4F1293F2" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66455050" w14:textId="5157F68A" w:rsidR="0010033E" w:rsidRPr="00B37BFD" w:rsidRDefault="0010033E" w:rsidP="00D507EE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NOTAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C26FF08" w14:textId="7606CEB7" w:rsidR="0010033E" w:rsidRPr="00614F24" w:rsidDel="00BC358A" w:rsidRDefault="00997DB6" w:rsidP="00004006">
+            <w:r w:rsidRPr="00997DB6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>A consulta é atualizada em tempo real</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="7A3C841C" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="396C8979" w14:textId="1242DC4C" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00D507EE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CONTATO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E2AE11" w14:textId="2F72A05D" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00BC358A" w:rsidP="00004006">
+            <w:r>
+              <w:t>sigep_sep</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37AE8" w:rsidRPr="00614F24">
+              <w:t>@anp.gov.br</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w14:paraId="497AF2E6" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B34624" w14:textId="46499A21" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00A37AE8" w:rsidP="00D507EE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B37BFD">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PALAVRAS-CHAVES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0158DF4B" w14:textId="50AAA28D" w:rsidR="00A37AE8" w:rsidRPr="00B37BFD" w:rsidRDefault="00B35F14" w:rsidP="00D507EE">
+            <w:r w:rsidRPr="00B35F14">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Exploração, óleo e gás, petróleo, exploratório, blocos, contratos, concessionário, operadora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008806CA" w:rsidRPr="00B37BFD" w14:paraId="12A597D2" w14:textId="77777777" w:rsidTr="01F34EDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6013C214" w14:textId="031343D2" w:rsidR="008806CA" w:rsidRPr="00B37BFD" w:rsidRDefault="008806CA" w:rsidP="008806CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B5823">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>IDIOMA DO DADO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7109739F" w14:textId="52773251" w:rsidR="008806CA" w:rsidRDefault="008806CA" w:rsidP="008806CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Português</w:t>
-            </w:r>
-[...224 lines deleted...]
-              <w:t>blocos, contratos, concessionário, operadora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="037D99BC" w14:textId="77777777" w:rsidR="003D583D" w:rsidRPr="00215134" w:rsidRDefault="003D583D">
+    <w:p w14:paraId="4A0E11D5" w14:textId="0050A940" w:rsidR="00A37AE8" w:rsidRDefault="00A37AE8" w:rsidP="00FC77F1"/>
+    <w:p w14:paraId="3FF41042" w14:textId="77777777" w:rsidR="009E2F85" w:rsidRDefault="009E2F85">
       <w:pPr>
         <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C01774">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6249102D" w14:textId="39850A97" w:rsidR="00675309" w:rsidRDefault="00675309" w:rsidP="00675309">
+      <w:r>
         <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SEÇÃO 2: COLUNAS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrade"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8781" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2831"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="1846"/>
+        <w:gridCol w:w="5801"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="7AEA2FB4" w14:textId="77777777" w:rsidTr="003D583D">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:tr w:rsidR="00675309" w:rsidRPr="008436B6" w14:paraId="029587BB" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6C1212" w14:textId="77777777" w:rsidR="00675309" w:rsidRPr="0072674B" w:rsidRDefault="00675309" w:rsidP="53A37267">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>NOME DA COLUNA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62FE04C5" w14:textId="77777777" w:rsidR="00675309" w:rsidRPr="0072674B" w:rsidRDefault="00675309" w:rsidP="53A37267">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>DESCRIÇÃO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4609D74D" w14:textId="77777777" w:rsidR="00675309" w:rsidRPr="0072674B" w:rsidRDefault="00675309" w:rsidP="53A37267">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>TIPO DE DADO</w:t>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>TIPO DE DADO </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="03E432CC" w14:textId="77777777" w:rsidTr="003D583D">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00A82FA8" w:rsidRPr="008436B6" w14:paraId="280789B1" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DECC319" w14:textId="77777777" w:rsidR="00A82FA8" w:rsidRPr="0072674B" w:rsidRDefault="00A82FA8" w:rsidP="00B87E6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>BACIA</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7F058366" w14:textId="77777777" w:rsidR="00A82FA8" w:rsidRPr="0072674B" w:rsidRDefault="00A82FA8" w:rsidP="00B87E6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="118EE0DC" w14:textId="77777777" w:rsidR="00A82FA8" w:rsidRPr="0072674B" w:rsidRDefault="00A82FA8" w:rsidP="00B87E6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Nome da bacia sedimentar. Depressão da crosta terrestre onde se acumulam rochas sedimentares que podem ser portadoras de petróleo ou gás, associados ou não. (Fonte: Lei nº 9478, de 06/08/1997)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="315514B1" w14:textId="77777777" w:rsidR="00A82FA8" w:rsidRPr="0072674B" w:rsidRDefault="00A82FA8" w:rsidP="00B87E6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>TEXTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="09D91D92" w14:textId="77777777" w:rsidTr="003D583D">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00885D5A" w:rsidRPr="008436B6" w14:paraId="1882A7C8" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43970DA8" w14:textId="77777777" w:rsidR="00885D5A" w:rsidRPr="0072674B" w:rsidRDefault="00885D5A" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>CONTRATO</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="14F3AE6A" w14:textId="77777777" w:rsidR="00885D5A" w:rsidRPr="0072674B" w:rsidRDefault="00885D5A" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6376DDD1" w14:textId="77777777" w:rsidR="00885D5A" w:rsidRPr="0072674B" w:rsidRDefault="00885D5A" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62287570" w14:textId="77777777" w:rsidR="00885D5A" w:rsidRPr="0072674B" w:rsidRDefault="00885D5A" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Código do contrato d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e E&amp;P </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ssinado </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>entre o agente econômico e a ANP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="452E33B6" w14:textId="77777777" w:rsidR="00885D5A" w:rsidRPr="0072674B" w:rsidRDefault="00885D5A" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>TEXTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="520CC43F" w14:textId="77777777" w:rsidTr="003D583D">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="006E7822" w:rsidRPr="008436B6" w14:paraId="596F8942" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2673B5D9" w14:textId="77777777" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="006E7822" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>BLOCO</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...49 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="401401DA" w14:textId="77777777" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="006E7822" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97CEA0" w14:textId="77777777" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="006E7822" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Nome do Bloco. Parte de uma bacia sedimentar, formada por um prisma vertical de profundidade indeterminada, com superfície poligonal definida pelas coordenadas geográficas de seus vértices, onde são desenvolvidas atividades de exploração ou produção de petróleo e gás natural. (Fonte: Lei nº 9478, de 06/08/1997)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDEC671" w14:textId="77777777" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="006E7822" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>TEXTO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF05E7" w:rsidRPr="008436B6" w14:paraId="3F7A1439" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13E38FB3" w14:textId="5980CCD2" w:rsidR="00AF05E7" w:rsidRPr="0072674B" w:rsidRDefault="00AF05E7" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>RODADA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C0C7C34" w14:textId="454E76F0" w:rsidR="00AF05E7" w:rsidRPr="0072674B" w:rsidRDefault="008B0974" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Identificação da rodada de licitação. Rodada é o ato pelo qual o governo leiloa áreas específicas do seu território para fins de exploração mineral (Fonte: Dicionário enciclopédico inglês-português de geofísica e geologia)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="260596E2" w14:textId="72F04DF1" w:rsidR="00AF05E7" w:rsidRPr="0072674B" w:rsidRDefault="008B0974" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t>TEXTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="7126384F" w14:textId="77777777" w:rsidTr="003D583D">
-[...63 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="006E7822" w:rsidRPr="008436B6" w14:paraId="00FE0320" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26F18943" w14:textId="7965F3FC" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="009637A4" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>CONCESSIONARIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B2B927A" w14:textId="1892B7E8" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="00976536" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Empresa que possui contrato de concessão com a ANP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="719F2291" w14:textId="77777777" w:rsidR="006E7822" w:rsidRPr="0072674B" w:rsidRDefault="006E7822" w:rsidP="00D67317">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>TEXTO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00976536" w:rsidRPr="008436B6" w14:paraId="642428FE" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="212B9010" w14:textId="01980907" w:rsidR="00976536" w:rsidRPr="0072674B" w:rsidRDefault="009D0082" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>OPERADORA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F428ADC" w14:textId="0D5947C9" w:rsidR="00976536" w:rsidRPr="0072674B" w:rsidRDefault="00454A0C" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Identifica se a empresa descrita no item Concessionária é operadora do contrato. Os valores possíveis são Sim ou Não</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56D5D39E" w14:textId="397DA452" w:rsidR="00976536" w:rsidRPr="0072674B" w:rsidRDefault="004A34A5" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>BOLEANO (SIM OU NÃO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00454A0C" w:rsidRPr="008436B6" w14:paraId="5BA83786" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F120310" w14:textId="5E3CD2B7" w:rsidR="00454A0C" w:rsidRPr="0072674B" w:rsidRDefault="00B5217B" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>PERCENTUAL DE PARTICIPAÇÃO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210C5FCC" w14:textId="47A50E4A" w:rsidR="00454A0C" w:rsidRPr="0072674B" w:rsidRDefault="006F361C" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Número referente a porcentagem de participação da empresa no contrato de E&amp;P.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72C3C6A2" w14:textId="4AD2D69A" w:rsidR="00454A0C" w:rsidRPr="0072674B" w:rsidRDefault="004A34A5" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>NÚMERO INTEIRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="57D2D482" w14:textId="77777777" w:rsidTr="003D583D">
-[...63 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00055418" w:rsidRPr="008436B6" w14:paraId="29C06663" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D357AB5" w14:textId="03F24E8C" w:rsidR="00055418" w:rsidRPr="0072674B" w:rsidRDefault="00161730" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>FASE CONTRATO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77B129F2" w14:textId="1A41B92C" w:rsidR="00055418" w:rsidRPr="0072674B" w:rsidRDefault="00BB08E8" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Fase em que o contrato de E&amp;P está no momento. Os valores possíveis são exploração, avaliação e produção.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62A331F5" w14:textId="4BAE235D" w:rsidR="00055418" w:rsidRPr="0072674B" w:rsidRDefault="00007F89" w:rsidP="00442D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>TEXTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="608F34DB" w14:textId="77777777" w:rsidTr="003D583D">
-[...89 lines deleted...]
-              <w:t>BOLEANO (SIM OU NÃO)</w:t>
+      <w:tr w:rsidR="00BB08E8" w:rsidRPr="008436B6" w14:paraId="4E4D00AC" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37E8E7CF" w14:textId="625E3917" w:rsidR="00BB08E8" w:rsidRPr="0072674B" w:rsidRDefault="00C953AD" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ÁREA TOTAL BLOCO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D11AEC3" w14:textId="048A5D7A" w:rsidR="00BB08E8" w:rsidRPr="0072674B" w:rsidRDefault="00207304" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Resultado da multiplicação do comprimento total e da largura total da área do bloco. Em quilômetros quadrados (km²).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6A6262" w14:textId="5C05600B" w:rsidR="00BB08E8" w:rsidRPr="0072674B" w:rsidRDefault="00207304" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>NÚMERO DECIMAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="5B54E3E9" w14:textId="77777777" w:rsidTr="003D583D">
-[...89 lines deleted...]
-              <w:t>NÚMERO INTEIRO</w:t>
+      <w:tr w:rsidR="00E92277" w:rsidRPr="008436B6" w14:paraId="7DCABBB9" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D8588BB" w14:textId="49507AC0" w:rsidR="00E92277" w:rsidRPr="0072674B" w:rsidRDefault="00007F89" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>DATA</w:t>
+            </w:r>
+            <w:r w:rsidR="00207304" w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DE ATIVAÇÃO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46DB4A3F" w14:textId="7844CA4E" w:rsidR="00E92277" w:rsidRPr="0072674B" w:rsidRDefault="00095443" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Data referente a ativação da área total do bloco, quando foi cadastrada.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65BC2455" w14:textId="0E2C6387" w:rsidR="00E92277" w:rsidRPr="0072674B" w:rsidRDefault="00EE4D14" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>DATA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D583D" w:rsidRPr="00215134" w14:paraId="5C8751FF" w14:textId="77777777" w:rsidTr="003D583D">
-[...325 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00095443" w:rsidRPr="008436B6" w14:paraId="2328219C" w14:textId="77777777" w:rsidTr="004353DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03815924" w14:textId="72583FC3" w:rsidR="00095443" w:rsidRPr="0072674B" w:rsidRDefault="00466ECF" w:rsidP="004353DD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004353DD">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>DATA</w:t>
             </w:r>
-          </w:p>
-[...116 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TÉRMINO DE CONTRATO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14455B93" w14:textId="1A00C9B2" w:rsidR="00095443" w:rsidRPr="0072674B" w:rsidRDefault="00C90813" w:rsidP="004353DD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004353DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>término</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do contrato.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43D6D14C" w14:textId="4602EDA3" w:rsidR="00095443" w:rsidRPr="0072674B" w:rsidRDefault="00C90813" w:rsidP="005111F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072674B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>DATA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50B3460D" w14:textId="77777777" w:rsidR="003D583D" w:rsidRPr="00215134" w:rsidRDefault="003D583D">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="003D583D" w:rsidRPr="00215134" w:rsidSect="00215134">
+    <w:p w14:paraId="3179B3EC" w14:textId="77777777" w:rsidR="00675309" w:rsidRDefault="00675309" w:rsidP="00FC77F1"/>
+    <w:p w14:paraId="4FC7C4A1" w14:textId="77777777" w:rsidR="000A3448" w:rsidRDefault="000A3448" w:rsidP="00FC77F1"/>
+    <w:sectPr w:rsidR="000A3448">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003D583D"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00FD71B4"/>
+    <w:rsidRoot w:val="00FC77F1"/>
+    <w:rsid w:val="00004006"/>
+    <w:rsid w:val="00007F89"/>
+    <w:rsid w:val="00020F9F"/>
+    <w:rsid w:val="00054172"/>
+    <w:rsid w:val="00055418"/>
+    <w:rsid w:val="000802E0"/>
+    <w:rsid w:val="00095443"/>
+    <w:rsid w:val="000A3448"/>
+    <w:rsid w:val="000C28AC"/>
+    <w:rsid w:val="000D3B40"/>
+    <w:rsid w:val="000D578E"/>
+    <w:rsid w:val="000E2031"/>
+    <w:rsid w:val="000F09E6"/>
+    <w:rsid w:val="0010033E"/>
+    <w:rsid w:val="001129A9"/>
+    <w:rsid w:val="00112F2D"/>
+    <w:rsid w:val="001133B5"/>
+    <w:rsid w:val="00135009"/>
+    <w:rsid w:val="00160858"/>
+    <w:rsid w:val="00161730"/>
+    <w:rsid w:val="00176200"/>
+    <w:rsid w:val="001A257F"/>
+    <w:rsid w:val="001C0F13"/>
+    <w:rsid w:val="001D3F92"/>
+    <w:rsid w:val="001D4032"/>
+    <w:rsid w:val="001E10FC"/>
+    <w:rsid w:val="00207304"/>
+    <w:rsid w:val="002531A4"/>
+    <w:rsid w:val="00275FC5"/>
+    <w:rsid w:val="00277FB8"/>
+    <w:rsid w:val="00290104"/>
+    <w:rsid w:val="00372F1A"/>
+    <w:rsid w:val="003A50BB"/>
+    <w:rsid w:val="003A56CE"/>
+    <w:rsid w:val="003A679E"/>
+    <w:rsid w:val="003A6846"/>
+    <w:rsid w:val="003B64B2"/>
+    <w:rsid w:val="003C13D8"/>
+    <w:rsid w:val="003C4432"/>
+    <w:rsid w:val="003E284D"/>
+    <w:rsid w:val="003F0BA4"/>
+    <w:rsid w:val="003F7E9E"/>
+    <w:rsid w:val="00414E2D"/>
+    <w:rsid w:val="004353DD"/>
+    <w:rsid w:val="00451D3D"/>
+    <w:rsid w:val="00454A0C"/>
+    <w:rsid w:val="00466ECF"/>
+    <w:rsid w:val="004A34A5"/>
+    <w:rsid w:val="004B37EB"/>
+    <w:rsid w:val="004F350A"/>
+    <w:rsid w:val="00503D80"/>
+    <w:rsid w:val="00521BDD"/>
+    <w:rsid w:val="0053124B"/>
+    <w:rsid w:val="00554969"/>
+    <w:rsid w:val="00574E8A"/>
+    <w:rsid w:val="0057649C"/>
+    <w:rsid w:val="005843D7"/>
+    <w:rsid w:val="005944C6"/>
+    <w:rsid w:val="005B2A32"/>
+    <w:rsid w:val="005E61AF"/>
+    <w:rsid w:val="005E6DC5"/>
+    <w:rsid w:val="00633789"/>
+    <w:rsid w:val="006341AD"/>
+    <w:rsid w:val="006361A6"/>
+    <w:rsid w:val="00637EE9"/>
+    <w:rsid w:val="006410EA"/>
+    <w:rsid w:val="0064574C"/>
+    <w:rsid w:val="006478C9"/>
+    <w:rsid w:val="00665644"/>
+    <w:rsid w:val="006739DC"/>
+    <w:rsid w:val="00675309"/>
+    <w:rsid w:val="006807B6"/>
+    <w:rsid w:val="006B0A43"/>
+    <w:rsid w:val="006C1FE0"/>
+    <w:rsid w:val="006E7822"/>
+    <w:rsid w:val="006F32FD"/>
+    <w:rsid w:val="006F361C"/>
+    <w:rsid w:val="006F4BC7"/>
+    <w:rsid w:val="0072674B"/>
+    <w:rsid w:val="00794F14"/>
+    <w:rsid w:val="00796C46"/>
+    <w:rsid w:val="007971E9"/>
+    <w:rsid w:val="007B59DF"/>
+    <w:rsid w:val="007B72FB"/>
+    <w:rsid w:val="007D2FA2"/>
+    <w:rsid w:val="007E5DEF"/>
+    <w:rsid w:val="0080704B"/>
+    <w:rsid w:val="00830C5A"/>
+    <w:rsid w:val="00832790"/>
+    <w:rsid w:val="008741E4"/>
+    <w:rsid w:val="00874D09"/>
+    <w:rsid w:val="00877660"/>
+    <w:rsid w:val="008806CA"/>
+    <w:rsid w:val="00885D5A"/>
+    <w:rsid w:val="00896CE4"/>
+    <w:rsid w:val="008B0974"/>
+    <w:rsid w:val="008C03DE"/>
+    <w:rsid w:val="008D2894"/>
+    <w:rsid w:val="008E065A"/>
+    <w:rsid w:val="009252D9"/>
+    <w:rsid w:val="00944E8F"/>
+    <w:rsid w:val="009501B0"/>
+    <w:rsid w:val="00961BBE"/>
+    <w:rsid w:val="009637A4"/>
+    <w:rsid w:val="00966FDA"/>
+    <w:rsid w:val="0097600A"/>
+    <w:rsid w:val="00976536"/>
+    <w:rsid w:val="00997DB6"/>
+    <w:rsid w:val="009A230F"/>
+    <w:rsid w:val="009C0C1B"/>
+    <w:rsid w:val="009D0082"/>
+    <w:rsid w:val="009D06B7"/>
+    <w:rsid w:val="009D0AB5"/>
+    <w:rsid w:val="009D4DB3"/>
+    <w:rsid w:val="009E1B9E"/>
+    <w:rsid w:val="009E2F85"/>
+    <w:rsid w:val="00A30D06"/>
+    <w:rsid w:val="00A37AE8"/>
+    <w:rsid w:val="00A82FA8"/>
+    <w:rsid w:val="00A921DF"/>
+    <w:rsid w:val="00AA1BE2"/>
+    <w:rsid w:val="00AB10C7"/>
+    <w:rsid w:val="00AB38F0"/>
+    <w:rsid w:val="00AB7566"/>
+    <w:rsid w:val="00AC166C"/>
+    <w:rsid w:val="00AC4943"/>
+    <w:rsid w:val="00AD4319"/>
+    <w:rsid w:val="00AF05E7"/>
+    <w:rsid w:val="00AF544F"/>
+    <w:rsid w:val="00B1030A"/>
+    <w:rsid w:val="00B11310"/>
+    <w:rsid w:val="00B22907"/>
+    <w:rsid w:val="00B25F79"/>
+    <w:rsid w:val="00B35F14"/>
+    <w:rsid w:val="00B5217B"/>
+    <w:rsid w:val="00B745C5"/>
+    <w:rsid w:val="00B94913"/>
+    <w:rsid w:val="00BA119F"/>
+    <w:rsid w:val="00BB08E8"/>
+    <w:rsid w:val="00BC358A"/>
+    <w:rsid w:val="00BF7B66"/>
+    <w:rsid w:val="00C3335C"/>
+    <w:rsid w:val="00C351CD"/>
+    <w:rsid w:val="00C53426"/>
+    <w:rsid w:val="00C72E6B"/>
+    <w:rsid w:val="00C77F37"/>
+    <w:rsid w:val="00C90813"/>
+    <w:rsid w:val="00C953AD"/>
+    <w:rsid w:val="00CC14A2"/>
+    <w:rsid w:val="00D05257"/>
+    <w:rsid w:val="00D243CA"/>
+    <w:rsid w:val="00D413A8"/>
+    <w:rsid w:val="00D41920"/>
+    <w:rsid w:val="00D507EE"/>
+    <w:rsid w:val="00D548A3"/>
+    <w:rsid w:val="00D57773"/>
+    <w:rsid w:val="00D90BA9"/>
+    <w:rsid w:val="00DA4045"/>
+    <w:rsid w:val="00DB2201"/>
+    <w:rsid w:val="00DF6C01"/>
+    <w:rsid w:val="00E22C48"/>
+    <w:rsid w:val="00E36AED"/>
+    <w:rsid w:val="00E75560"/>
+    <w:rsid w:val="00E83090"/>
+    <w:rsid w:val="00E92277"/>
+    <w:rsid w:val="00EE4D14"/>
+    <w:rsid w:val="00F06B92"/>
+    <w:rsid w:val="00F27903"/>
+    <w:rsid w:val="00F60BA7"/>
+    <w:rsid w:val="00F618A7"/>
+    <w:rsid w:val="00F63978"/>
+    <w:rsid w:val="00F828B9"/>
+    <w:rsid w:val="00F96630"/>
+    <w:rsid w:val="00FB35AC"/>
+    <w:rsid w:val="00FC77F1"/>
+    <w:rsid w:val="01F34EDB"/>
+    <w:rsid w:val="0A1508EB"/>
+    <w:rsid w:val="0B1F127C"/>
+    <w:rsid w:val="0F8228E5"/>
+    <w:rsid w:val="0FE63C7E"/>
+    <w:rsid w:val="11820CDF"/>
+    <w:rsid w:val="163C55A5"/>
+    <w:rsid w:val="178D3ACA"/>
+    <w:rsid w:val="17D82606"/>
+    <w:rsid w:val="1DC7BA23"/>
+    <w:rsid w:val="1F748937"/>
+    <w:rsid w:val="1FFE38E6"/>
+    <w:rsid w:val="219A0947"/>
+    <w:rsid w:val="227547DA"/>
+    <w:rsid w:val="2CA6A2F1"/>
+    <w:rsid w:val="2FDE43B3"/>
+    <w:rsid w:val="33D91BF8"/>
+    <w:rsid w:val="34C16DE6"/>
+    <w:rsid w:val="371466A3"/>
+    <w:rsid w:val="38275C1B"/>
+    <w:rsid w:val="39BB803A"/>
+    <w:rsid w:val="3C55ECA2"/>
+    <w:rsid w:val="41AFAF49"/>
+    <w:rsid w:val="4242ECC0"/>
+    <w:rsid w:val="42D84C3B"/>
+    <w:rsid w:val="4333F5C5"/>
+    <w:rsid w:val="4761491F"/>
+    <w:rsid w:val="4A34D648"/>
+    <w:rsid w:val="511029E5"/>
+    <w:rsid w:val="53A37267"/>
+    <w:rsid w:val="5651CDE4"/>
+    <w:rsid w:val="59308B16"/>
+    <w:rsid w:val="5A353E50"/>
+    <w:rsid w:val="61D19BD6"/>
+    <w:rsid w:val="625D3CB0"/>
+    <w:rsid w:val="647851D6"/>
+    <w:rsid w:val="6B0E2378"/>
+    <w:rsid w:val="6D2345B5"/>
+    <w:rsid w:val="747B5654"/>
+    <w:rsid w:val="753436C6"/>
+    <w:rsid w:val="79BDF961"/>
+    <w:rsid w:val="7CB2BC11"/>
+    <w:rsid w:val="7CF59A23"/>
+    <w:rsid w:val="7ED8CD99"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="63C9F802"/>
+  <w14:docId w14:val="51C42BAB"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{993E30C7-EEE2-49E6-A09E-DC2BBD5B59C0}"/>
+  <w15:docId w15:val="{6A21D4A2-39F3-4008-A0E7-7C705B3CC56F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2287,136 +2550,181 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00FC77F1"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A37AE8"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00A37AE8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00A37AE8"/>
+  </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003D583D"/>
+    <w:rsid w:val="00A37AE8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B22907"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HiperlinkVisitado">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D583D"/>
+    <w:rsid w:val="00BC358A"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00275FC5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="MenoPendente">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D583D"/>
+    <w:rsid w:val="001D4032"/>
     <w:rPr>
-      <w:color w:val="808080"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faleconosco@anp.gov.br" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/anp/pt-br/centrais-de-conteudo/dados-abertos/gestao-contratos-exploracao-producao-dados-e-p" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/anp/pt-br/centrais-de-conteudo/dados-abertos/gestao-contratos-exploracao-producao-dados-e-p" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/anp/pt-br/centrais-deconteudo/dados-abertos/gestao-contratosexploracao-producao-dados-e-p" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2683,178 +2991,225 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BE92F721D678194E9B8CD28C0BBF2451" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c4e1f45d42b450d0306e2ba5f461f38d">
-[...2 lines deleted...]
-    <xsd:import namespace="f18a2396-ed3e-4434-be27-b8acd145ee25"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25d7fc72-73ea-4fa7-b6b3-587ac08087c3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_Flow_SignoffStatus xmlns="25d7fc72-73ea-4fa7-b6b3-587ac08087c3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="57969f28-40aa-4366-97ea-56bc9e30dd41" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B822653EDC06664E9ACDDBA754766710" ma:contentTypeVersion="17" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="593db57a8e81976b47cc715182234afd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25d7fc72-73ea-4fa7-b6b3-587ac08087c3" xmlns:ns3="57969f28-40aa-4366-97ea-56bc9e30dd41" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b0db3ad5958254be9c134c76f013b0c5" ns2:_="" ns3:_="">
+    <xsd:import namespace="25d7fc72-73ea-4fa7-b6b3-587ac08087c3"/>
+    <xsd:import namespace="57969f28-40aa-4366-97ea-56bc9e30dd41"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...10 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="adb24dfb-47b6-4439-9c66-ebdd93e8f057" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25d7fc72-73ea-4fa7-b6b3-587ac08087c3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="15" nillable="true" ma:displayName="Status de liberação" ma:internalName="Status_x0020_de_x0020_libera_x00e7__x00e3_o">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9675d646-2160-4835-ae63-a6df056db872" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f18a2396-ed3e-4434-be27-b8acd145ee25" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="57969f28-40aa-4366-97ea-56bc9e30dd41" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c09d806a-00f1-45ba-8a5e-523fdbc93039}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="57969f28-40aa-4366-97ea-56bc9e30dd41">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2899,141 +3254,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C577D00-962D-42A3-B988-5FB808FC23F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C577C987-B848-4744-B6ED-84BF9AD625B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25d7fc72-73ea-4fa7-b6b3-587ac08087c3"/>
+    <ds:schemaRef ds:uri="57969f28-40aa-4366-97ea-56bc9e30dd41"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C6FCE21-1942-40B2-86B9-83A967300274}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC2C8DA6-0255-476E-A9E2-4825F241B0CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="adb24dfb-47b6-4439-9c66-ebdd93e8f057"/>
-    <ds:schemaRef ds:uri="f18a2396-ed3e-4434-be27-b8acd145ee25"/>
+    <ds:schemaRef ds:uri="25d7fc72-73ea-4fa7-b6b3-587ac08087c3"/>
+    <ds:schemaRef ds:uri="57969f28-40aa-4366-97ea-56bc9e30dd41"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>439</Words>
-  <Characters>2373</Characters>
+  <Words>378</Words>
+  <Characters>2269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2570</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Título</vt:lpstr>
+        <vt:i4>3866746</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.powerbi.com/view?r=eyJrIjoiYTEzY2U5YzItNzY0MC00NTgxLWExYjktODUwZGI0ZjJhNjIzIiwidCI6IjQ0OTlmNGZmLTI0YTYtNGI0Mi1iN2VmLTEyNGFmY2FkYzkxMyJ9</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866746</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://app.powerbi.com/view?r=eyJrIjoiYTEzY2U5YzItNzY0MC00NTgxLWExYjktODUwZGI0ZjJhNjIzIiwidCI6IjQ0OTlmNGZmLTI0YTYtNGI0Mi1iN2VmLTEyNGFmY2FkYzkxMyJ9</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lorrane Machado</dc:creator>
+  <dc:creator>Ana Karolina dos Santos Pereira</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100BE92F721D678194E9B8CD28C0BBF2451</vt:lpwstr>
+    <vt:lpwstr>0x010100B822653EDC06664E9ACDDBA754766710</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>