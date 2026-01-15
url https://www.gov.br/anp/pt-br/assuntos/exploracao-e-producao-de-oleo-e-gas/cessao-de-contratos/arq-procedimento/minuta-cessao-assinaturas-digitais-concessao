--- v0 (2025-12-13)
+++ v1 (2026-01-15)
@@ -1,4815 +1,5667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="34BCAD68" w14:textId="3A6E6BBF" w:rsidR="001C3EFD" w:rsidRDefault="00241008">
-      <w:pPr>
+    <w:p w14:paraId="247F88C0" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="0051767E">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TERMO DE CESSÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BADEC04" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="0051767E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A442D1E" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="0051767E">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5483C5AB" w14:textId="7694087F" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00056679" w:rsidP="0051767E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contrato de </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Concessão n</w:t>
+      </w:r>
+      <w:r w:rsidR="0061390B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">º </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir número do </w:t>
+      </w:r>
+      <w:r w:rsidR="00884470">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00884470" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontrato </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00884470">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00884470" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>oncessão</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E430EEE" w14:textId="1131E0D3" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="008364FE" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r w:rsidR="00884470">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nome fantasia do contrato</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16F5C" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA0AA2F" w14:textId="77777777" w:rsidR="00416262" w:rsidRDefault="00416262" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27ADB23B" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pelo presente instrumento, as partes a seguir identificadas, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9B3D27" w14:textId="77777777" w:rsidR="00267113" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cedente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sociedade </w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">empresária </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">constituída e existente de acordo com as leis do Brasil, inscrita no CNPJ sob o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0061390B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir</w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nº do CNPJ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com sede na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir endereço completo}</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doravante </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nominada</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir}</w:t>
+      </w:r>
+      <w:r w:rsidR="0082582E" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou simplesmente </w:t>
+      </w:r>
+      <w:r w:rsidR="00544068" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0082582E" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>EDENTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00544068" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neste ato representada por seu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1235" w:rsidRPr="00CD1235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inserir </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1235" w:rsidRPr="00E90D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cargo e </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1235" w:rsidRPr="00CD1235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nome do representante lega</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1235" w:rsidRPr="00E90D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inscrito no CPF </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30303" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sob</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o nº </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30303" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> {</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inserir </w:t>
+      </w:r>
+      <w:r w:rsidR="0061390B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CPF}</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> residente e domiciliado na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> endereço completo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5785D217" w14:textId="77777777" w:rsidR="0051767E" w:rsidRPr="00416262" w:rsidRDefault="0051767E" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D99CCA" w14:textId="418AB234" w:rsidR="00267113" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cessionária</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>},</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sociedade </w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">empresária </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">constituída e existente de acordo com as leis do Brasil, inscrita no CNPJ sob o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0061390B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir</w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nº do CNPJ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com sede na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir o endereço completo}</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doravante </w:t>
+      </w:r>
+      <w:r w:rsidR="00245DFE" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00245DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>enominada</w:t>
+      </w:r>
+      <w:r w:rsidR="00245DFE" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir}</w:t>
+      </w:r>
+      <w:r w:rsidR="0082582E" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou simplesmente </w:t>
+      </w:r>
+      <w:r w:rsidR="00544068" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0411B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CESSION</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0411B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Á</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0411B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>RIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00544068" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="006D53B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neste ato representada por seu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11345" w:rsidRPr="00B11345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inserir </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11345" w:rsidRPr="00B11345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cargo e </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11345" w:rsidRPr="00B11345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nome do representante lega</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11345" w:rsidRPr="00B11345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inscrito no  CPF sob</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o nº </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir </w:t>
+      </w:r>
+      <w:r w:rsidR="0061390B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="00245DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CPF}</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> residente e domiciliado na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir</w:t>
+      </w:r>
+      <w:r w:rsidR="00D450D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> endereço completo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E60C275" w14:textId="77777777" w:rsidR="0051767E" w:rsidRPr="00416262" w:rsidRDefault="0051767E" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3110CA83" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="0082582E" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir as demais CONCESSIONÁRIAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participantes do Consórcio, se houver},</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00084580" w14:textId="77777777" w:rsidR="00EC0E5B" w:rsidRDefault="00EC0E5B" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="233BB923" w14:textId="4B2FB38F" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Todas individualmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00553EB0" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>te referidas adiante como "PARTE" ou coletivamente como "PARTES</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31933" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453A4097" w14:textId="77777777" w:rsidR="00416262" w:rsidRDefault="00416262" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CCC8A1" w14:textId="77777777" w:rsidR="00267113" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CONSIDERANDO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5939B848" w14:textId="77777777" w:rsidR="00D450D9" w:rsidRPr="000C6D19" w:rsidRDefault="00D450D9" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="510F805B" w14:textId="7A853E75" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00C01024">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">TERMO ADITIVO </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue a </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CEDENTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deseja ceder </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">todos </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">os direitos e obrigações referentes aos indivisíveis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>xx,xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % de sua participação no Contrato de Concessão </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16F5C" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para a </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir nome da C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ESSIONÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> através deste "Termo de Cessão" e a </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0E5B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir nome da CESSIONÁRIA}</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0E5B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00101688" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deseja receber a transferência da referida Participação Cedida; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232F859E" w14:textId="77777777" w:rsidR="00B458A4" w:rsidRDefault="00B458A4" w:rsidP="004C2A1A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>inserir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>este</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>parágrafo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-        <w:t>o</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>cessão</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>resultar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>consórcio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABC0FB4" w14:textId="08327140" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00C01024">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que as </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB49E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>sociedades</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir nome da</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB49E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>s consorciadas}</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="004C2A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>celebraram um Contrato de Consórcio e outros acordos mútuos (adiante referidos como os "Documentos de Participação"), usuais na Industria do Petróleo, dispondo s</w:t>
+      </w:r>
+      <w:r w:rsidR="007879B0" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>bre os direitos e obrigações específicos de cada Parte em relação as respectivas participações no Contrato de Concessão</w:t>
+      </w:r>
+      <w:r w:rsidR="00984EBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB354C3" w14:textId="6BFD5A99" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CEDENTE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CESSIONÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acordam, respectivamente,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em ceder e receber a presente C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">essão nos termos das cláusulas e condições que se seguem: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C7BE05" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED17EFC" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Clausula 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91DC8" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Objeto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76017A16" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B5979A" w14:textId="7485BC0E" w:rsidR="00267113" w:rsidRPr="00E141DD" w:rsidRDefault="00641BAD" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00101688" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CEDENTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00884470">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pelo presente Termo de Cessão, cede e transfere para a </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00101688" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CESSIONÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a totalidade dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00286C78" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>xx,</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % (ou</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4224">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, em caso de cessão parcial,</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4224">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o percentual de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>xx,xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4224">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) de seu interesse indiviso nos direitos e obrigações do Contrato de Concessão. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E85C14B" w14:textId="3269C5CD" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00A05C54" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. Em </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BAD" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>consequência</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA281A" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>essão e transferência objeto do presente Termo de Cessão, as P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">artes </w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terão e deterão seus respectivos Interesses de Participação, juntamente com os direitos, obrigações e privilégios a eles vinculados de qualquer forma, de modo que, após </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB49E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>o início de eficácia do respectivo Termo Aditivo ao Contrato de Concessão</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00101688" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CESSIONÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00245403" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="00101688" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CEDENTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00267113" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terão no Contrato de Concessão, cada uma, os seguintes percentuais de Interesse de Participação:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5525A1" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estacar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>o nome das Concessionárias e percentual de participação de cada uma delas no Contrato de Concessão}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39913AA0" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1382DB41" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clausula 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56F98" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aceitação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E21F8E6" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98" w:rsidP="00245DFE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18565072" w14:textId="06BB4C7B" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A presente cessão e transferência são feitas pela </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{inserir nome da C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>EDENTE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e aceita pela </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{ins</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>erir nome da CESSIONÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, em atendimento aos termos e condições estabelecidos na Lei do Petróleo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no Contrato de Concessão. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4258E46E" w14:textId="05D1E459" w:rsidR="00E1072B" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> De acordo com os termos da </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">láusula </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de Cessão de Direitos constante no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Contrato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Concessão, as PARTES comprometem-se a cumprir integral e estritamente as obrigações previstas nos termos e condições da Lei do Petróleo, dos instrumentos acima referidos, respondendo solidariamente pelas obrigações ali previstas perante a ANP e a União Federal</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1072B" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, inclusive aquelas incorridas antes da data da Cessão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67402095" w14:textId="68043E2B" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222EDF0E" w14:textId="3FA9133C" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clausula 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB49E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vigência</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB49E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e eficácia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2FD747" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7562ABA9" w14:textId="17CE99EF" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A presente cessão e transferência objeto deste Termo de Cessão </w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ão</w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vigência e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eficácia </w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iniciadas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a partir da data </w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de início da eficácia do respectivo Termo Aditivo ao Contrato de Concessão</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65606FBF" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538F36C2" w14:textId="386B5564" w:rsidR="00B458A4" w:rsidRDefault="00267113" w:rsidP="004C2A1A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Clausula 4 - Retirada e Cessão Total de Interesse de Participação</w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00C13E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00C13E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>inserir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00C13E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00C13E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00C13E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>cláusula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B458A4" w:rsidRPr="00C13E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>cessão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>resultar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>consórcio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B458A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DFA407" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA482C6" w14:textId="6BF429EF" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="009D40EA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Caso qualquer das Partes exerça seu direito de retirada do Contrato de Concessão e de qualquer dos Documentos de Participação, cedendo integralmente seus Interesses de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Participação para qualquer outra Parte ou para terceiros, de acordo com as disposições relativas ao direito de retirada e cessão constantes do Contrato de Concessão e dos Documentos de Participação, as Partes deverão firmar todos os documentos necessários a modificação do Contrato de Consórcio e de quaisquer dos Documentos de Participação, de modo a que seja refletida a nova composição dos Interesses de Participação e o eventual ingresso de terceiro(s), mediante </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4224" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4224">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4224" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e expressa aprovação da ANP, na forma requerida pelo Contrato de Concessão e pela Lei do Petróleo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3139C4CA" w14:textId="77777777" w:rsidR="00A56F98" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103F5194" w14:textId="779B57BA" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clausula 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56F98" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regência</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68294639" w14:textId="1D817156" w:rsidR="00A56F98" w:rsidRPr="00416262" w:rsidRDefault="00A56F98">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A584963" w14:textId="77777777" w:rsidR="00CE4F65" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BAD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presente Termo de Cessão, no que se refere às relações das Partes com a ANP, será regido de acordo com as normas relativas </w:t>
+      </w:r>
+      <w:r w:rsidR="00154400" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lei </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05C54" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aplicável, Foro, Conciliação e Arbitragem previstas </w:t>
+      </w:r>
+      <w:r w:rsidR="00D741B7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contrato de Concessão e, no que se refere às relações das Partes entre si, de acordo com as disposições aplicáveis contidas nos Documentos de Participação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2850AD1E" w14:textId="24DFD76D" w:rsidR="009D4E36" w:rsidRPr="00E141DD" w:rsidRDefault="00A05C54">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00213323" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>BS: A</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4E36" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00213323" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assinatura</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4E36" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00213323" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D4E36" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>não poderão</w:t>
+      </w:r>
+      <w:r w:rsidR="00213323" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ficar isolada</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4E36" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00213323" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na última página do Termo de Cessão.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4E36" w:rsidRPr="00E141DD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Apagar este trecho ao preencher o Termo de Cessão).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0E1CD5" w14:textId="77777777" w:rsidR="003761AD" w:rsidRPr="00416262" w:rsidRDefault="003761AD" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A74F56A" w14:textId="785A6F1D" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="00245DFE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>POR ASSIM ESTAREM JUSTAS E CONTRATADAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, as P</w:t>
+      </w:r>
+      <w:r w:rsidR="00544068" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ARTES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> firmam o presente instrumento </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>digitalmente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na presença das testemunhas abaixo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F7BBC7" w14:textId="23D7491D" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="006D53B9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rio de Janeiro, </w:t>
+      </w:r>
+      <w:r w:rsidR="00192D43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6F49" w:rsidRPr="00192D43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>data constante nas assinaturas digitais</w:t>
+      </w:r>
+      <w:r w:rsidR="00192D43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EB73B8" w14:textId="77777777" w:rsidR="0051767E" w:rsidRPr="00416262" w:rsidRDefault="0051767E" w:rsidP="00CE4F65">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk129181849"/>
+    </w:p>
+    <w:p w14:paraId="50C33D0C" w14:textId="68666C10" w:rsidR="00267113" w:rsidRDefault="00267113" w:rsidP="00CE4F65">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4CA05E" w14:textId="62B107F8" w:rsidR="00CE4F65" w:rsidRDefault="00CE4F65" w:rsidP="00CE4F65">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8B9C6C" w14:textId="77777777" w:rsidR="00CE4F65" w:rsidRDefault="00CE4F65" w:rsidP="00CE4F65">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6D09E214" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>cedente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F33089C" w14:textId="7DEC5643" w:rsidR="00267113" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nome do </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>epresentante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADE7BEE" w14:textId="7D3EFC70" w:rsidR="00884470" w:rsidRDefault="00884470">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cargo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>epresentante}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544FD2EF" w14:textId="77777777" w:rsidR="00884470" w:rsidRPr="00416262" w:rsidRDefault="00884470">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53DE1F83" w14:textId="52FCA137" w:rsidR="00267113" w:rsidRDefault="00267113" w:rsidP="004258DE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C1ADD9" w14:textId="77777777" w:rsidR="00CE4F65" w:rsidRPr="00416262" w:rsidRDefault="00CE4F65" w:rsidP="004258DE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B6BD270" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113" w:rsidP="004258DE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4274D11A" w14:textId="77777777" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome da </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>cessionária</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1686B80D" w14:textId="114A037B" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nome do </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>epresentante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494F89E3" w14:textId="3573CD27" w:rsidR="00267113" w:rsidRDefault="00884470" w:rsidP="004258DE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cargo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>epresentante}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B69A807" w14:textId="42E59042" w:rsidR="00881E35" w:rsidRDefault="00881E35" w:rsidP="00884470">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BDC0139" w14:textId="613722C4" w:rsidR="00884470" w:rsidRDefault="00884470" w:rsidP="00884470">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3D973E" w14:textId="77777777" w:rsidR="00CE4F65" w:rsidRDefault="00CE4F65" w:rsidP="00884470">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1188357E" w14:textId="77777777" w:rsidR="00884470" w:rsidRPr="00416262" w:rsidRDefault="00884470" w:rsidP="004258DE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5FD0DC" w14:textId="5F7434D0" w:rsidR="00267113" w:rsidRPr="00416262" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{inserir nome </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>das demais consorciadas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207" w:rsidRPr="00FE7207">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, se houver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DC6A3A" w14:textId="6265ACC4" w:rsidR="00267113" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00056679" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nome do </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7207" w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>epresentante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAB92DE" w14:textId="372E2198" w:rsidR="00884470" w:rsidRPr="00416262" w:rsidRDefault="00884470">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>{</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cargo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>epresentante}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E418E6" w14:textId="425E756D" w:rsidR="00267113" w:rsidRPr="00CE4F65" w:rsidRDefault="00267113" w:rsidP="004258DE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CCBB575" w14:textId="6DFD21B1" w:rsidR="00A65543" w:rsidRPr="00CE4F65" w:rsidRDefault="00A65543" w:rsidP="004258DE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23027B7D" w14:textId="31482B60" w:rsidR="00A65543" w:rsidRPr="00CE4F65" w:rsidRDefault="00A65543" w:rsidP="004258DE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E88FE55" w14:textId="77777777" w:rsidR="00267113" w:rsidRDefault="00267113" w:rsidP="00416262">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk129181878"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Testemunhas</w:t>
+      </w:r>
+      <w:r w:rsidR="00881E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5891DC1E" w14:textId="77777777" w:rsidR="00267113" w:rsidRDefault="00267113">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:before="120" w:line="264" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB6518C" w14:textId="77777777" w:rsidR="00881E35" w:rsidRDefault="00881E35" w:rsidP="00154400">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:highlight w:val="lightGray"/>
-[...2908 lines deleted...]
-        <w:sectPr w:rsidR="004D7CD2" w:rsidRPr="004D7CD2" w:rsidSect="0051767E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00881E35" w:rsidSect="0051767E">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="690C80DC" w14:textId="0C0CB79F" w:rsidR="004D7CD2" w:rsidRPr="004D7CD2" w:rsidRDefault="004D7CD2" w:rsidP="004D7CD2">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="221608DB" w14:textId="77777777" w:rsidR="00A65543" w:rsidRPr="0051767E" w:rsidRDefault="00A65543" w:rsidP="00154400">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65015E9E" w14:textId="77777777" w:rsidR="00CE4F65" w:rsidRDefault="00CE4F65" w:rsidP="00881E35">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...93 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BBC9A5" w14:textId="28E1442E" w:rsidR="00881E35" w:rsidRPr="005C523D" w:rsidRDefault="00B458A4" w:rsidP="00881E35">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C523D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D33ADD6" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="001E6F49" w:rsidRDefault="00881E35" w:rsidP="00154400">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>RG:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A0BDFC" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="001E6F49" w:rsidRDefault="00881E35" w:rsidP="00154400">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CPF:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46769B7B" w14:textId="77777777" w:rsidR="00A65543" w:rsidRDefault="00A65543" w:rsidP="00881E35">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2327807C" w14:textId="36DFE590" w:rsidR="00881E35" w:rsidRPr="001E6F49" w:rsidRDefault="00881E35" w:rsidP="00881E35">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779E15AF" w14:textId="28633413" w:rsidR="004D7CD2" w:rsidRPr="004D7CD2" w:rsidRDefault="0026021D" w:rsidP="004D7CD2">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="3D78E8AB" w14:textId="28F44CEC" w:rsidR="00881E35" w:rsidRPr="003D4D3D" w:rsidRDefault="00B458A4" w:rsidP="00881E35">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk75262534"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6282B6DE" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="003D4D3D" w:rsidRDefault="00881E35" w:rsidP="00881E35">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>RG:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAE5F2E" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="003D4D3D" w:rsidRDefault="00881E35" w:rsidP="00881E35">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CPF:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="7B863D33" w14:textId="77777777" w:rsidR="00881E35" w:rsidRDefault="00881E35" w:rsidP="00881E35">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-        <w:sectPr w:rsidR="004D7CD2" w:rsidSect="004D7CD2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00881E35" w:rsidSect="0051767E">
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="851" w:bottom="851" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:num="2" w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D7CD2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="PMingLiU" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="67E6D765" w14:textId="1899D220" w:rsidR="00154400" w:rsidRPr="00154400" w:rsidRDefault="00154400" w:rsidP="00CE4F65">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...55 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00154400" w:rsidRPr="00154400" w:rsidSect="00881E35">
+      <w:footnotePr>
+        <w:numRestart w:val="eachPage"/>
+      </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="1701" w:right="851" w:bottom="851" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E20E2C2" w14:textId="77777777" w:rsidR="00442A0C" w:rsidRDefault="00442A0C">
+    <w:p w14:paraId="5150BBB1" w14:textId="77777777" w:rsidR="001A30A5" w:rsidRDefault="001A30A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="244586DB" w14:textId="77777777" w:rsidR="00442A0C" w:rsidRDefault="00442A0C">
+    <w:p w14:paraId="47EC8B6E" w14:textId="77777777" w:rsidR="001A30A5" w:rsidRDefault="001A30A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0C09BE15" w14:textId="77777777" w:rsidR="004D7CD2" w:rsidRPr="00350BDD" w:rsidRDefault="004D7CD2">
+  <w:p w14:paraId="6C069C0E" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="00350BDD" w:rsidRDefault="00881E35">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00103D82">
+    <w:r w:rsidR="003E281A">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> / </w:t>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00103D82">
+    <w:r w:rsidR="003E281A">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00350BDD">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...87 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="538A2E61" w14:textId="77777777" w:rsidR="00442A0C" w:rsidRDefault="00442A0C">
+    <w:p w14:paraId="6A1E57E4" w14:textId="77777777" w:rsidR="001A30A5" w:rsidRDefault="001A30A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70ECB429" w14:textId="77777777" w:rsidR="00442A0C" w:rsidRDefault="00442A0C">
+    <w:p w14:paraId="184D445F" w14:textId="77777777" w:rsidR="001A30A5" w:rsidRDefault="001A30A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1E01529E" w14:textId="6141D774" w:rsidR="004D7CD2" w:rsidRDefault="004D7CD2" w:rsidP="00473A1F">
+  <w:p w14:paraId="4C02DA50" w14:textId="60B6743B" w:rsidR="00881E35" w:rsidRPr="007019EB" w:rsidRDefault="00881E35" w:rsidP="00473A1F">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007019EB">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>Contrato de Concessão n.º 48610.00000/0000</w:t>
+      <w:t xml:space="preserve">Contrato de Concessão n.º </w:t>
     </w:r>
-    <w:r w:rsidR="00B82DB7">
+    <w:r w:rsidRPr="00522E62">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>48610.00000/0000</w:t>
+    </w:r>
+    <w:r w:rsidR="00884470" w:rsidRPr="00522E62">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>-00</w:t>
     </w:r>
-    <w:r w:rsidRPr="007019EB">
+    <w:r w:rsidRPr="00522E62">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Nome </w:t>
     </w:r>
-    <w:r w:rsidR="00B82DB7">
+    <w:r w:rsidR="00884470" w:rsidRPr="00522E62">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>fantasia do c</w:t>
+      <w:t xml:space="preserve">fantasia </w:t>
     </w:r>
-    <w:r w:rsidRPr="007019EB">
+    <w:r w:rsidRPr="00522E62">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>ontrato)</w:t>
+      <w:t xml:space="preserve">do </w:t>
+    </w:r>
+    <w:r w:rsidR="00884470" w:rsidRPr="00522E62">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>contrato</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00522E62">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:highlight w:val="lightGray"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="33CB43C0" w14:textId="090A059C" w:rsidR="005C66D5" w:rsidRPr="007019EB" w:rsidRDefault="005C66D5" w:rsidP="00473A1F">
+  <w:p w14:paraId="247E0768" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="00473A1F" w:rsidRDefault="00881E35">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
-      <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FA7312">
-[...49 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="17F2FA1D" w14:textId="77777777" w:rsidR="004D7CD2" w:rsidRPr="00473A1F" w:rsidRDefault="004D7CD2">
+  <w:p w14:paraId="11EEDA2E" w14:textId="77777777" w:rsidR="00881E35" w:rsidRPr="00473A1F" w:rsidRDefault="00881E35">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
-    </w:pPr>
-[...14 lines deleted...]
-      <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
-    </w:pPr>
-[...48 lines deleted...]
-      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04E155E6"/>
-[...19 lines deleted...]
-    <w:nsid w:val="0E493C35"/>
+    <w:nsid w:val="3FB71D85"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1C041910"/>
-[...139 lines deleted...]
-    <w:tmpl w:val="78CCB2BE"/>
+    <w:tmpl w:val="044E9E48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="0416000F"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="716D30FA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="68F4BF44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...20 lines deleted...]
-    <w:nsid w:val="2C2D6BD7"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76085736"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04160017"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...15 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...369 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="32272935">
+  <w:num w:numId="1" w16cid:durableId="272326852">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1530605259">
-[...29 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="559706746">
+  <w:num w:numId="2" w16cid:durableId="1167479848">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1805197207">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="3" w16cid:durableId="743071697">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="140"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="181"/>
-[...2 lines deleted...]
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:doNotShadeFormData/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B36EC6"/>
-[...172 lines deleted...]
-    <w:rsid w:val="00FF41D1"/>
+    <w:rsidRoot w:val="0063360A"/>
+    <w:rsid w:val="0000461D"/>
+    <w:rsid w:val="00037471"/>
+    <w:rsid w:val="00056679"/>
+    <w:rsid w:val="000568A5"/>
+    <w:rsid w:val="000663D3"/>
+    <w:rsid w:val="00070F6A"/>
+    <w:rsid w:val="000959E0"/>
+    <w:rsid w:val="000A28E4"/>
+    <w:rsid w:val="000A47E6"/>
+    <w:rsid w:val="000A5BD6"/>
+    <w:rsid w:val="000C6D19"/>
+    <w:rsid w:val="000E0C85"/>
+    <w:rsid w:val="000E66FF"/>
+    <w:rsid w:val="000F37EB"/>
+    <w:rsid w:val="00101688"/>
+    <w:rsid w:val="00117B89"/>
+    <w:rsid w:val="00127D68"/>
+    <w:rsid w:val="0013349B"/>
+    <w:rsid w:val="00153899"/>
+    <w:rsid w:val="00154400"/>
+    <w:rsid w:val="0018109F"/>
+    <w:rsid w:val="00184ADA"/>
+    <w:rsid w:val="00192D43"/>
+    <w:rsid w:val="001936FD"/>
+    <w:rsid w:val="001A08AD"/>
+    <w:rsid w:val="001A30A5"/>
+    <w:rsid w:val="001B2F09"/>
+    <w:rsid w:val="001C2EE3"/>
+    <w:rsid w:val="001E6F49"/>
+    <w:rsid w:val="001F7717"/>
+    <w:rsid w:val="00211B05"/>
+    <w:rsid w:val="00213323"/>
+    <w:rsid w:val="002256AF"/>
+    <w:rsid w:val="00243B0C"/>
+    <w:rsid w:val="002452A7"/>
+    <w:rsid w:val="00245403"/>
+    <w:rsid w:val="00245DFE"/>
+    <w:rsid w:val="00253BA8"/>
+    <w:rsid w:val="00267113"/>
+    <w:rsid w:val="002677B8"/>
+    <w:rsid w:val="0027114B"/>
+    <w:rsid w:val="00286C78"/>
+    <w:rsid w:val="002B45F6"/>
+    <w:rsid w:val="002D21BF"/>
+    <w:rsid w:val="002D3CA7"/>
+    <w:rsid w:val="002E75B3"/>
+    <w:rsid w:val="002F1F8C"/>
+    <w:rsid w:val="00343459"/>
+    <w:rsid w:val="00350BDD"/>
+    <w:rsid w:val="003761AD"/>
+    <w:rsid w:val="00377579"/>
+    <w:rsid w:val="00382904"/>
+    <w:rsid w:val="003D1D4F"/>
+    <w:rsid w:val="003E281A"/>
+    <w:rsid w:val="003E7B2F"/>
+    <w:rsid w:val="00410912"/>
+    <w:rsid w:val="00416262"/>
+    <w:rsid w:val="004232B7"/>
+    <w:rsid w:val="004258DE"/>
+    <w:rsid w:val="00471488"/>
+    <w:rsid w:val="00471890"/>
+    <w:rsid w:val="00473A1F"/>
+    <w:rsid w:val="00484006"/>
+    <w:rsid w:val="00484CCD"/>
+    <w:rsid w:val="004A4126"/>
+    <w:rsid w:val="004C2A1A"/>
+    <w:rsid w:val="00500AE3"/>
+    <w:rsid w:val="0051767E"/>
+    <w:rsid w:val="00522E62"/>
+    <w:rsid w:val="00531F8E"/>
+    <w:rsid w:val="005349E9"/>
+    <w:rsid w:val="005424C9"/>
+    <w:rsid w:val="00542CB0"/>
+    <w:rsid w:val="00544068"/>
+    <w:rsid w:val="00553EB0"/>
+    <w:rsid w:val="00563CB2"/>
+    <w:rsid w:val="00571526"/>
+    <w:rsid w:val="00586351"/>
+    <w:rsid w:val="00592F10"/>
+    <w:rsid w:val="005C523D"/>
+    <w:rsid w:val="005C6500"/>
+    <w:rsid w:val="005D046B"/>
+    <w:rsid w:val="005D1509"/>
+    <w:rsid w:val="005D6895"/>
+    <w:rsid w:val="005E04D5"/>
+    <w:rsid w:val="005E5861"/>
+    <w:rsid w:val="0061390B"/>
+    <w:rsid w:val="00631342"/>
+    <w:rsid w:val="0063360A"/>
+    <w:rsid w:val="00641BAD"/>
+    <w:rsid w:val="00682233"/>
+    <w:rsid w:val="006A5C14"/>
+    <w:rsid w:val="006A75C6"/>
+    <w:rsid w:val="006C330B"/>
+    <w:rsid w:val="006C60E5"/>
+    <w:rsid w:val="006D53B9"/>
+    <w:rsid w:val="007019EB"/>
+    <w:rsid w:val="00756DB8"/>
+    <w:rsid w:val="007616A8"/>
+    <w:rsid w:val="007800A1"/>
+    <w:rsid w:val="007830AE"/>
+    <w:rsid w:val="007879B0"/>
+    <w:rsid w:val="007903FA"/>
+    <w:rsid w:val="007E1D64"/>
+    <w:rsid w:val="007F64F0"/>
+    <w:rsid w:val="0080777D"/>
+    <w:rsid w:val="008230C0"/>
+    <w:rsid w:val="0082582E"/>
+    <w:rsid w:val="008364FE"/>
+    <w:rsid w:val="00854C12"/>
+    <w:rsid w:val="0087427D"/>
+    <w:rsid w:val="00881E35"/>
+    <w:rsid w:val="00884470"/>
+    <w:rsid w:val="008B7BC9"/>
+    <w:rsid w:val="008D3A59"/>
+    <w:rsid w:val="008E00B7"/>
+    <w:rsid w:val="008F6C0C"/>
+    <w:rsid w:val="00910DFD"/>
+    <w:rsid w:val="009211AC"/>
+    <w:rsid w:val="00933F5A"/>
+    <w:rsid w:val="009373DD"/>
+    <w:rsid w:val="00950011"/>
+    <w:rsid w:val="009522C6"/>
+    <w:rsid w:val="00954323"/>
+    <w:rsid w:val="00963798"/>
+    <w:rsid w:val="00963E87"/>
+    <w:rsid w:val="00970316"/>
+    <w:rsid w:val="00984EBC"/>
+    <w:rsid w:val="009A4224"/>
+    <w:rsid w:val="009B70B4"/>
+    <w:rsid w:val="009D40EA"/>
+    <w:rsid w:val="009D4E36"/>
+    <w:rsid w:val="009D65D7"/>
+    <w:rsid w:val="009F319E"/>
+    <w:rsid w:val="009F49C4"/>
+    <w:rsid w:val="00A05C54"/>
+    <w:rsid w:val="00A2375B"/>
+    <w:rsid w:val="00A304F8"/>
+    <w:rsid w:val="00A37D3B"/>
+    <w:rsid w:val="00A42B00"/>
+    <w:rsid w:val="00A56F98"/>
+    <w:rsid w:val="00A65543"/>
+    <w:rsid w:val="00A774A3"/>
+    <w:rsid w:val="00A91DC8"/>
+    <w:rsid w:val="00AA218C"/>
+    <w:rsid w:val="00AA281A"/>
+    <w:rsid w:val="00AB6263"/>
+    <w:rsid w:val="00AD41F0"/>
+    <w:rsid w:val="00AD47AC"/>
+    <w:rsid w:val="00AE493A"/>
+    <w:rsid w:val="00AF7DAD"/>
+    <w:rsid w:val="00B04229"/>
+    <w:rsid w:val="00B11345"/>
+    <w:rsid w:val="00B15219"/>
+    <w:rsid w:val="00B24708"/>
+    <w:rsid w:val="00B315CF"/>
+    <w:rsid w:val="00B409E5"/>
+    <w:rsid w:val="00B458A4"/>
+    <w:rsid w:val="00B54356"/>
+    <w:rsid w:val="00BA52A1"/>
+    <w:rsid w:val="00BC2E82"/>
+    <w:rsid w:val="00BC31FD"/>
+    <w:rsid w:val="00BD586C"/>
+    <w:rsid w:val="00C01024"/>
+    <w:rsid w:val="00C0411B"/>
+    <w:rsid w:val="00C16F5C"/>
+    <w:rsid w:val="00C235D9"/>
+    <w:rsid w:val="00C434C3"/>
+    <w:rsid w:val="00C56C83"/>
+    <w:rsid w:val="00C745AA"/>
+    <w:rsid w:val="00C77A27"/>
+    <w:rsid w:val="00C934A0"/>
+    <w:rsid w:val="00C95A33"/>
+    <w:rsid w:val="00CA3762"/>
+    <w:rsid w:val="00CD1235"/>
+    <w:rsid w:val="00CD4B4F"/>
+    <w:rsid w:val="00CE4F65"/>
+    <w:rsid w:val="00CF16CD"/>
+    <w:rsid w:val="00CF18B7"/>
+    <w:rsid w:val="00D118D8"/>
+    <w:rsid w:val="00D430BE"/>
+    <w:rsid w:val="00D450D9"/>
+    <w:rsid w:val="00D54511"/>
+    <w:rsid w:val="00D741B7"/>
+    <w:rsid w:val="00D74D18"/>
+    <w:rsid w:val="00D76870"/>
+    <w:rsid w:val="00D82F7E"/>
+    <w:rsid w:val="00D945E7"/>
+    <w:rsid w:val="00DA46B7"/>
+    <w:rsid w:val="00DA4742"/>
+    <w:rsid w:val="00DC3662"/>
+    <w:rsid w:val="00DD7A88"/>
+    <w:rsid w:val="00DF6D75"/>
+    <w:rsid w:val="00E1072B"/>
+    <w:rsid w:val="00E141DD"/>
+    <w:rsid w:val="00E16B75"/>
+    <w:rsid w:val="00E3203B"/>
+    <w:rsid w:val="00E35F21"/>
+    <w:rsid w:val="00E46FF8"/>
+    <w:rsid w:val="00E51FA3"/>
+    <w:rsid w:val="00E711ED"/>
+    <w:rsid w:val="00E820D8"/>
+    <w:rsid w:val="00E90D76"/>
+    <w:rsid w:val="00E97116"/>
+    <w:rsid w:val="00EA3B0A"/>
+    <w:rsid w:val="00EB49E8"/>
+    <w:rsid w:val="00EB7EC5"/>
+    <w:rsid w:val="00EC0E5B"/>
+    <w:rsid w:val="00EE3BA2"/>
+    <w:rsid w:val="00EE5DF7"/>
+    <w:rsid w:val="00F30303"/>
+    <w:rsid w:val="00F31933"/>
+    <w:rsid w:val="00F337EB"/>
+    <w:rsid w:val="00F36B31"/>
+    <w:rsid w:val="00F661EB"/>
+    <w:rsid w:val="00F81F51"/>
+    <w:rsid w:val="00F83F6A"/>
+    <w:rsid w:val="00FA6BA8"/>
+    <w:rsid w:val="00FB77D9"/>
+    <w:rsid w:val="00FE7207"/>
+    <w:rsid w:val="00FF36AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="586D2086"/>
-  <w15:docId w15:val="{4923A051-4829-43A9-AE28-6DEBE1BA1F54}"/>
+  <w14:docId w14:val="409318C9"/>
+  <w15:docId w15:val="{7967A943-C82B-41BB-B87D-A026B6BE543C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4822,51 +5674,51 @@
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5161,338 +6013,287 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007B6650"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007B6650"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:widowControl/>
+      <w:spacing w:before="1195" w:line="259" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007B6650"/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl/>
+      <w:spacing w:before="177" w:line="264" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo3Char"/>
     <w:qFormat/>
-    <w:rsid w:val="007B6650"/>
     <w:pPr>
       <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:widowControl/>
+      <w:spacing w:before="528" w:line="278" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
-    <w:rsid w:val="007B6650"/>
     <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="523" w:line="259" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corpodetexto2">
-    <w:name w:val="Body Text 2"/>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
-    <w:rsid w:val="007B6650"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
-    <w:rsid w:val="007B6650"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:semiHidden/>
-    <w:rsid w:val="007B6650"/>
-[...13 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00617A98"/>
+    <w:rsid w:val="00473A1F"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00617A98"/>
+    <w:rsid w:val="00473A1F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00617A98"/>
+    <w:rsid w:val="00473A1F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00641BAD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentrio">
-[...1 lines deleted...]
-    <w:basedOn w:val="Fontepargpadro"/>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE5019"/>
+    <w:rsid w:val="00EC0E5B"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...47 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="268319165">
+    <w:div w:id="988705031">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1347515981">
+    <w:div w:id="1011955857">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5739,83 +6540,83 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B3C480C-56D6-423E-B635-ADDBC764317E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BC10627-D33E-4550-BEFC-B7B0D6DB7F4E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>744</Words>
-  <Characters>4266</Characters>
+  <Words>886</Words>
+  <Characters>4976</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>TERMO ADITIVO N</vt:lpstr>
+      <vt:lpstr>g</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANP</Company>
+  <Company>anp</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4950</CharactersWithSpaces>
+  <CharactersWithSpaces>5839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>TERMO ADITIVO N</dc:title>
-  <dc:creator>ANP</dc:creator>
+  <dc:title>g</dc:title>
+  <dc:creator>anp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>