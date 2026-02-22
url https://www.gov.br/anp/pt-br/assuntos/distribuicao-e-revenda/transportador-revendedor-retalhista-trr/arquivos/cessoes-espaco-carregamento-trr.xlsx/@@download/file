--- v0 (2026-01-17)
+++ v1 (2026-02-22)
@@ -1,95 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Autorizações\06 - Site\TRR\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26D696DF-1A2E-4D63-9F5D-70B70B0D2B6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{33AB50BA-6324-4759-8121-4047F43AAF24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{A2AAB807-66EA-4D75-AD52-64DC5A848CEB}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Planilha1!$A$5:$O$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M9" i="1" l="1"/>
+  <c r="M10" i="1" l="1"/>
+  <c r="M9" i="1"/>
   <c r="M8" i="1"/>
   <c r="M7" i="1"/>
   <c r="M6" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="62">
   <si>
     <t>TIPO DE CONTRATO</t>
   </si>
   <si>
     <t>RAZÃO SOCIAL DA CEDENTE</t>
   </si>
   <si>
     <t>CNPJ DA CEDENTE</t>
   </si>
   <si>
     <t>N° AO DA CEDENTE</t>
   </si>
   <si>
     <t>MUNICÍPIO DA CEDENTE</t>
   </si>
   <si>
     <t>UF DA CEDENTE</t>
   </si>
   <si>
     <t>RAZÃO SOCIAL DA CESSIONÁRIA</t>
   </si>
   <si>
     <t>CNPJ DA CESSIONÁRIA</t>
   </si>
   <si>
@@ -200,51 +201,81 @@
   <si>
     <t>JUCAR TRANSPORTES E COMERCIO LTDA</t>
   </si>
   <si>
     <t>01.405.443/0001-25</t>
   </si>
   <si>
     <t>Ofício SDL 5168 de 28/11/2025</t>
   </si>
   <si>
     <t>48610.231312/2025-78</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>BUTIA</t>
   </si>
   <si>
     <t>07.551.295/0007-29</t>
   </si>
   <si>
     <t>714/2021</t>
   </si>
   <si>
-    <t>Atualizado até: 01/12/2025</t>
+    <t>03.835.656/0001-12</t>
+  </si>
+  <si>
+    <t>CACIQUE DERIVADOS DE PETRÓLEO LTDA.</t>
+  </si>
+  <si>
+    <t>520/2008</t>
+  </si>
+  <si>
+    <t>PI</t>
+  </si>
+  <si>
+    <t>TERESINA</t>
+  </si>
+  <si>
+    <t>NEOAGRO DIESEL LTDA.</t>
+  </si>
+  <si>
+    <t>61.243.090/0001-36</t>
+  </si>
+  <si>
+    <t>Ofício SDL 221 de 22/01/2026</t>
+  </si>
+  <si>
+    <t>708/2025</t>
+  </si>
+  <si>
+    <t>48610.200830/2026-21</t>
+  </si>
+  <si>
+    <t>Atualizado até: 23/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -304,86 +335,83 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -725,90 +753,90 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05D92F3E-F5AD-4551-8CA4-587502750D6F}">
-  <dimension ref="A1:S9"/>
+  <dimension ref="A1:S10"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="64" style="4" customWidth="1"/>
     <col min="3" max="3" width="18.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="59.140625" style="4" customWidth="1"/>
     <col min="8" max="8" width="35.140625" style="4" customWidth="1"/>
     <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="46.85546875" style="4" customWidth="1"/>
     <col min="11" max="11" width="20.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.7109375" style="3" customWidth="1"/>
     <col min="13" max="13" width="17" style="1" customWidth="1"/>
     <col min="14" max="14" width="18.42578125" style="1" customWidth="1"/>
     <col min="15" max="15" width="21.42578125" style="1" customWidth="1"/>
     <col min="16" max="16" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2"/>
-      <c r="B2" s="14" t="s">
+      <c r="B2" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="15"/>
-      <c r="D2" s="15"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
       <c r="G2" s="5" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
     </row>
     <row r="3" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>6</v>
@@ -868,51 +896,51 @@
       </c>
       <c r="J6" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="7">
         <v>46580</v>
       </c>
       <c r="M6" s="6">
         <f>SUM(N6:O6)</f>
         <v>50</v>
       </c>
       <c r="N6" s="6">
         <v>0</v>
       </c>
       <c r="O6" s="6">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:15" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="13" t="s">
+      <c r="B7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>35</v>
@@ -964,92 +992,140 @@
       </c>
       <c r="J8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L8" s="7">
         <v>46325</v>
       </c>
       <c r="M8" s="6">
         <f>SUM(N8:O8)</f>
         <v>40</v>
       </c>
       <c r="N8" s="6">
         <v>0</v>
       </c>
       <c r="O8" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:15" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="11" t="s">
+      <c r="B9" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="C9" s="11" t="s">
+      <c r="C9" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="11" t="s">
+      <c r="D9" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="E9" s="11" t="s">
+      <c r="E9" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="F9" s="11" t="s">
+      <c r="F9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="12" t="s">
         <v>49</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K9" s="11" t="s">
+      <c r="K9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L9" s="7">
         <v>46353</v>
       </c>
       <c r="M9" s="6">
         <f>SUM(N9:O9)</f>
         <v>30</v>
       </c>
       <c r="N9" s="6">
         <v>0</v>
       </c>
       <c r="O9" s="6">
         <v>30</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="L10" s="7">
+        <v>46408</v>
+      </c>
+      <c r="M10" s="6">
+        <f>SUM(N10:O10)</f>
+        <v>15</v>
+      </c>
+      <c r="N10" s="6">
+        <v>0</v>
+      </c>
+      <c r="O10" s="6">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A5:O5" xr:uid="{2D00B934-456F-48DE-A9F0-A875DC0C18DE}"/>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>