--- v0 (2025-12-25)
+++ v1 (2026-03-13)
@@ -26,113 +26,113 @@
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Mapa\Sumários\Sumários\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A07C2EE-A429-4855-BDA3-509AE0407CB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92FABDD6-C5BB-4A83-B993-FE9BE352E31B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="653" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="base_demais" sheetId="27" state="hidden" r:id="rId1"/>
     <sheet name="base_fluido" sheetId="26" state="hidden" r:id="rId2"/>
     <sheet name="usda_consulta_leite" sheetId="25" state="hidden" r:id="rId3"/>
     <sheet name="Capa" sheetId="28" r:id="rId4"/>
     <sheet name="OD Leite fluido" sheetId="19" r:id="rId5"/>
     <sheet name="OD Demais" sheetId="21" r:id="rId6"/>
     <sheet name="CExterior - Anual" sheetId="4" r:id="rId7"/>
     <sheet name="CExterior - Mensal" sheetId="15" r:id="rId8"/>
     <sheet name="CExterior - Origem" sheetId="17" r:id="rId9"/>
     <sheet name="Gráficos de Preços" sheetId="7" r:id="rId10"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId11"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Capa!$A$1:$A$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'CExterior - Anual'!$A$1:$U$31</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="7">'CExterior - Mensal'!$A$1:$M$72</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'CExterior - Mensal'!$A$1:$M$60</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'CExterior - Origem'!$A$1:$U$35</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'OD Demais'!$A$4:$H$96</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'OD Leite fluido'!$A$5:$I$29</definedName>
-    <definedName name="DadosExternos_1" localSheetId="2" hidden="1">usda_consulta_leite!$A$1:$O$111</definedName>
+    <definedName name="DadosExternos_1" localSheetId="2" hidden="1">usda_consulta_leite!$A$1:$O$121</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'OD Demais'!$1:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'OD Leite fluido'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
-    <pivotCache cacheId="31" r:id="rId12"/>
+    <pivotCache cacheId="54" r:id="rId12"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{5BBA7AD6-D173-44A4-BCCC-6E66B6987815}" keepAlive="1" name="Consulta - usda_consulta_leite" description="Conexão com a consulta 'usda_consulta_leite' na pasta de trabalho." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=usda_consulta_leite;Extended Properties=&quot;&quot;" command="SELECT * FROM [usda_consulta_leite]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="809" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="817" uniqueCount="129">
   <si>
     <t>Safra</t>
   </si>
   <si>
     <t>Fonte: Conab</t>
   </si>
   <si>
     <t>Sul e Sudeste</t>
   </si>
   <si>
     <t>Centro-Oeste (exceto MT)</t>
   </si>
   <si>
     <t>Norte e MT</t>
   </si>
   <si>
     <t>Nordeste</t>
   </si>
   <si>
     <t>Leite UHT</t>
   </si>
   <si>
     <t>Iogurtes</t>
   </si>
   <si>
@@ -528,75 +528,78 @@
   <si>
     <t>2025/2026</t>
   </si>
   <si>
     <t>Importações de Leite e derivados - Origem - Principais países - Valor: US$ Milhões - Qtde: mil toneladas</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Qtde</t>
   </si>
   <si>
     <t>Importações de Leite e derivados - Mensal - Valor: US$ Milhões - Qtde: mil toneladas</t>
   </si>
   <si>
     <t>Exportações e Importações de Leite e derivados - Anual - Valor: US$ Milhões - Qtde: mil toneladas</t>
   </si>
   <si>
     <t>2025/26</t>
   </si>
   <si>
     <t>jul/2025 a jun/2026</t>
   </si>
   <si>
+    <t>2026/2027</t>
+  </si>
+  <si>
     <t>Iogurte</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Uruguai</t>
   </si>
   <si>
     <t>Nova Zelândia</t>
   </si>
   <si>
     <t>Paraguai</t>
   </si>
   <si>
     <t>Marshall, Ilhas</t>
   </si>
   <si>
     <t>Países Baixos (Holanda)</t>
   </si>
   <si>
     <t>Estados Unidos</t>
   </si>
   <si>
-    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 30/11/2025, inclusive.</t>
+    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 31/01/2026, inclusive.</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Fev</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Abr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Ago</t>
   </si>
@@ -1126,51 +1129,51 @@
         <color theme="9" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="135">
+  <cellXfs count="136">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1390,53 +1393,51 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="7" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="9" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="9" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="8" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="8" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="5" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="5" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="0" fillId="9" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="0" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="4" xfId="0" pivotButton="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="5" xfId="0" pivotButton="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
@@ -1454,61 +1455,92 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="18" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="18" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="18" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="18" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal_aliceweb20110819100727378" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal_Pasta1" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Vírgula 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
-  <dxfs count="11">
+  <dxfs count="19">
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <alignment wrapText="1"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+    <dxf>
+      <alignment vertical="center"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <alignment wrapText="1"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+    <dxf>
+      <alignment vertical="center"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment vertical="center"/>
     </dxf>
     <dxf>
       <alignment horizontal="center"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <alignment wrapText="1"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
@@ -2264,87 +2296,87 @@
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
             <a:defRPr sz="1800" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:fld id="{DDC389E5-BA68-4F29-B03F-EB6C9FF302F7}" type="TxLink">
             <a:rPr lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:pPr algn="ctr"/>
-            <a:t>dezembro-2025</a:t>
+            <a:t>fevereiro-2026</a:t>
           </a:fld>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>591786</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>31613</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Imagem 2">
+        <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D4A71A7-1DF6-B2D2-08B5-461F2E48A209}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDDE3ACC-AA36-0933-ACF7-A5247F26C16C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="5468586" cy="4279763"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -4367,309 +4399,338 @@
             <v>2.8064999579999999</v>
           </cell>
           <cell r="AG144">
             <v>1.8799999949999999</v>
           </cell>
         </row>
         <row r="145">
           <cell r="A145">
             <v>45627</v>
           </cell>
           <cell r="AE145">
             <v>2.6470000740000001</v>
           </cell>
           <cell r="AF145">
             <v>2.5804998870000002</v>
           </cell>
           <cell r="AG145">
             <v>1.8799999949999999</v>
           </cell>
         </row>
         <row r="146">
           <cell r="A146">
             <v>45658</v>
           </cell>
           <cell r="AE146">
-            <v>2.7218999859999999</v>
+            <v>2.7218999862670898</v>
           </cell>
           <cell r="AF146">
-            <v>2.6491000649999998</v>
+            <v>2.6491000652313232</v>
           </cell>
           <cell r="AG146">
-            <v>1.8799999949999999</v>
+            <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="147">
           <cell r="A147">
             <v>45689</v>
           </cell>
           <cell r="AE147">
-            <v>2.7218999859999999</v>
+            <v>2.869999885559082</v>
           </cell>
           <cell r="AF147">
-            <v>2.6491000649999998</v>
+            <v>2.7699999809265137</v>
           </cell>
           <cell r="AG147">
-            <v>1.8799999949999999</v>
+            <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="148">
           <cell r="A148">
             <v>45717</v>
           </cell>
           <cell r="AE148">
-            <v>2.867199898</v>
+            <v>2.940000057220459</v>
           </cell>
           <cell r="AF148">
-            <v>2.7734000679999999</v>
+            <v>2.8199999332427979</v>
           </cell>
           <cell r="AG148">
-            <v>1.8799999949999999</v>
+            <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="149">
           <cell r="A149">
             <v>45748</v>
           </cell>
           <cell r="AE149">
-            <v>2.9400000569999998</v>
+            <v>2.8557000160217285</v>
           </cell>
           <cell r="AF149">
-            <v>2.8199999330000001</v>
+            <v>2.7414999008178711</v>
           </cell>
           <cell r="AG149">
-            <v>1.8799999949999999</v>
+            <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="150">
           <cell r="A150">
             <v>45778</v>
           </cell>
           <cell r="AE150">
             <v>2.7349998950958252</v>
           </cell>
           <cell r="AF150">
             <v>2.612299919128418</v>
           </cell>
           <cell r="AG150">
             <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="151">
           <cell r="A151">
             <v>45809</v>
           </cell>
           <cell r="AE151">
             <v>2.7197000980377197</v>
           </cell>
           <cell r="AF151">
             <v>2.64739990234375</v>
           </cell>
           <cell r="AG151">
             <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="152">
           <cell r="A152">
             <v>45839</v>
           </cell>
           <cell r="AE152">
-            <v>2.7197000980377197</v>
+            <v>2.7004348817078965</v>
           </cell>
           <cell r="AF152">
-            <v>2.64739990234375</v>
+            <v>2.6198304425115171</v>
           </cell>
           <cell r="AG152">
             <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="153">
           <cell r="A153">
             <v>45870</v>
           </cell>
           <cell r="AE153">
             <v>2.6196001030149914</v>
           </cell>
           <cell r="AF153">
             <v>2.5323333740234375</v>
           </cell>
           <cell r="AG153">
             <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="154">
           <cell r="A154">
             <v>45901</v>
           </cell>
           <cell r="AE154">
             <v>2.5276000499725342</v>
           </cell>
           <cell r="AF154">
             <v>2.4409999847412109</v>
           </cell>
           <cell r="AG154">
             <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="155">
           <cell r="A155">
             <v>45931</v>
           </cell>
           <cell r="AE155">
-            <v>2.5276000499725342</v>
+            <v>2.3900001049041748</v>
           </cell>
           <cell r="AF155">
-            <v>2.4409999847412109</v>
+            <v>2.2999999523162842</v>
           </cell>
           <cell r="AG155">
             <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="156">
           <cell r="A156">
             <v>45962</v>
           </cell>
           <cell r="AE156">
-            <v>2.3900001049999999</v>
+            <v>2.190000057220459</v>
           </cell>
           <cell r="AF156">
-            <v>2.2999999519999998</v>
+            <v>2.1099998950958252</v>
           </cell>
           <cell r="AG156">
-            <v>1.8799999949999999</v>
+            <v>1.8799999952316284</v>
           </cell>
         </row>
         <row r="157">
           <cell r="A157">
             <v>45992</v>
           </cell>
           <cell r="AE157">
-            <v>2.3900001049999999</v>
+            <v>2.190000057220459</v>
           </cell>
           <cell r="AF157">
-            <v>2.2999999519999998</v>
+            <v>2.1099998950958252</v>
           </cell>
           <cell r="AG157">
-            <v>1.8799999949999999</v>
+            <v>1.8799999952316284</v>
+          </cell>
+        </row>
+        <row r="158">
+          <cell r="A158">
+            <v>46023</v>
+          </cell>
+          <cell r="AE158">
+            <v>2.0269999504089355</v>
+          </cell>
+          <cell r="AF158">
+            <v>1.9966000318527222</v>
+          </cell>
+          <cell r="AG158">
+            <v>1.8799999952316284</v>
+          </cell>
+        </row>
+        <row r="159">
+          <cell r="A159">
+            <v>46054</v>
+          </cell>
+          <cell r="AE159">
+            <v>2.0269999504089355</v>
+          </cell>
+          <cell r="AF159">
+            <v>1.9966000318527222</v>
+          </cell>
+          <cell r="AG159">
+            <v>1.8799999952316284</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="45820.46758611111" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="110" xr:uid="{FEA34BAB-A52D-44D0-BAAB-01D28DFEC2EF}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46065.409802662034" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="120" xr:uid="{FEA34BAB-A52D-44D0-BAAB-01D28DFEC2EF}">
   <cacheSource type="worksheet">
     <worksheetSource name="usda_consulta_leite"/>
   </cacheSource>
   <cacheFields count="15">
     <cacheField name="Produto_" numFmtId="0">
       <sharedItems count="5">
         <s v="Manteiga"/>
         <s v="Queijo"/>
         <s v="Leite em Pó"/>
         <s v="Leite Fluido"/>
         <s v="Leite desnatado"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Pais_" numFmtId="0">
       <sharedItems count="2">
         <s v="Brasil"/>
         <s v="Mundo"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Ano_" numFmtId="0">
-      <sharedItems count="12">
+      <sharedItems count="13">
         <s v="2015/2016"/>
         <s v="2016/2017"/>
         <s v="2017/2018"/>
         <s v="2018/2019"/>
         <s v="2019/2020"/>
         <s v="2020/2021"/>
         <s v="2021/2022"/>
         <s v="2022/2023"/>
         <s v="2023/2024"/>
         <s v="2024/2025"/>
         <s v="2025/2026"/>
+        <s v="2026/2027"/>
         <s v="2014/2015" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Estoque_Inicial" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="1093"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="1090"/>
     </cacheField>
     <cacheField name="Producao_" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="81" maxValue="680293"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="81" maxValue="690017"/>
     </cacheField>
     <cacheField name="Vacas_Leiteiras" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="141673"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="141517"/>
     </cacheField>
     <cacheField name="Produção_Leite" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="558475"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="565433"/>
     </cacheField>
     <cacheField name="Outros_Leites" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="121818"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="124584"/>
     </cacheField>
     <cacheField name="Importacao_" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="2803"/>
     </cacheField>
     <cacheField name="Suprimento_Total" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="85" maxValue="682622"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="85" maxValue="692335"/>
     </cacheField>
     <cacheField name="Exportacao_" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="3504"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="3535"/>
     </cacheField>
     <cacheField name="Consumo_Domestico" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="84" maxValue="679877"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="84" maxValue="689567"/>
     </cacheField>
     <cacheField name="Estoque_Final" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="1093"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="1090"/>
     </cacheField>
     <cacheField name="Relacao_Leite" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0" maxValue="0.26267152058247001"/>
     </cacheField>
     <cacheField name="Suprimento_Leite" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2" maxValue="682622"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2" maxValue="692335"/>
     </cacheField>
   </cacheFields>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
       <x14:pivotCacheDefinition/>
     </ext>
   </extLst>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="110">
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="120">
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="0"/>
     <n v="0"/>
     <n v="83"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="2"/>
     <n v="85"/>
     <n v="1"/>
     <n v="84"/>
     <n v="0"/>
     <n v="0"/>
     <n v="2"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="1"/>
     <n v="0"/>
     <n v="82"/>
     <n v="0"/>
     <n v="0"/>
@@ -4790,259 +4851,293 @@
     <x v="8"/>
     <n v="0"/>
     <n v="81"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="6"/>
     <n v="87"/>
     <n v="0"/>
     <n v="87"/>
     <n v="0"/>
     <n v="0"/>
     <n v="6"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="9"/>
     <n v="0"/>
     <n v="83"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="4"/>
     <n v="87"/>
-    <n v="0"/>
-    <n v="87"/>
+    <n v="1"/>
+    <n v="86"/>
     <n v="0"/>
     <n v="0"/>
     <n v="4"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="10"/>
     <n v="0"/>
-    <n v="83"/>
-[...3 lines deleted...]
-    <n v="5"/>
+    <n v="86"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="3"/>
+    <n v="89"/>
+    <n v="3"/>
+    <n v="86"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <x v="0"/>
+    <x v="0"/>
+    <x v="11"/>
+    <n v="0"/>
     <n v="88"/>
     <n v="0"/>
-    <n v="88"/>
-[...2 lines deleted...]
-    <n v="5"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2"/>
+    <n v="90"/>
+    <n v="3"/>
+    <n v="87"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="0"/>
     <n v="251"/>
     <n v="9999"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="363"/>
     <n v="10613"/>
     <n v="908"/>
     <n v="9373"/>
     <n v="332"/>
     <n v="3.5420889789821802E-2"/>
     <n v="614"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="1"/>
     <n v="332"/>
     <n v="9938"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="555"/>
     <n v="10825"/>
     <n v="1100"/>
     <n v="9411"/>
     <n v="314"/>
     <n v="3.3365210923387498E-2"/>
     <n v="887"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="2"/>
     <n v="314"/>
     <n v="10161"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="525"/>
-    <n v="11000"/>
+    <n v="528"/>
+    <n v="11003"/>
     <n v="966"/>
-    <n v="9701"/>
-[...2 lines deleted...]
-    <n v="839"/>
+    <n v="9703"/>
+    <n v="334"/>
+    <n v="3.4422343605070599E-2"/>
+    <n v="842"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="3"/>
-    <n v="333"/>
+    <n v="334"/>
     <n v="10452"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="566"/>
-    <n v="11351"/>
+    <n v="570"/>
+    <n v="11356"/>
     <n v="1048"/>
-    <n v="9944"/>
+    <n v="9949"/>
     <n v="359"/>
-    <n v="3.6102172164119102E-2"/>
-    <n v="899"/>
+    <n v="3.60840285455825E-2"/>
+    <n v="904"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="4"/>
     <n v="359"/>
     <n v="10775"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="608"/>
-    <n v="11742"/>
+    <n v="610"/>
+    <n v="11744"/>
     <n v="1094"/>
-    <n v="10315"/>
+    <n v="10317"/>
     <n v="333"/>
-    <n v="3.2283082888996603E-2"/>
-    <n v="967"/>
+    <n v="3.2276824658330899E-2"/>
+    <n v="969"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="5"/>
     <n v="333"/>
     <n v="11153"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="611"/>
     <n v="12097"/>
     <n v="1027"/>
     <n v="10680"/>
     <n v="390"/>
     <n v="3.6516853932584303E-2"/>
     <n v="944"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="6"/>
     <n v="390"/>
     <n v="11252"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="580"/>
-[...2 lines deleted...]
-    <n v="10897"/>
+    <n v="572"/>
+    <n v="12214"/>
+    <n v="990"/>
+    <n v="10876"/>
     <n v="348"/>
-    <n v="3.1935395062861298E-2"/>
-    <n v="970"/>
+    <n v="3.1997057741816798E-2"/>
+    <n v="962"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="7"/>
     <n v="348"/>
     <n v="11403"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="607"/>
-[...5 lines deleted...]
-    <n v="955"/>
+    <n v="584"/>
+    <n v="12335"/>
+    <n v="1053"/>
+    <n v="10962"/>
+    <n v="320"/>
+    <n v="2.9191753329684399E-2"/>
+    <n v="932"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="8"/>
-    <n v="323"/>
-[...10 lines deleted...]
-    <n v="936"/>
+    <n v="320"/>
+    <n v="11744"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="570"/>
+    <n v="12634"/>
+    <n v="1047"/>
+    <n v="11332"/>
+    <n v="255"/>
+    <n v="2.2502647370278898E-2"/>
+    <n v="890"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="9"/>
-    <n v="272"/>
-[...10 lines deleted...]
-    <n v="900"/>
+    <n v="255"/>
+    <n v="11991"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="623"/>
+    <n v="12869"/>
+    <n v="1042"/>
+    <n v="11559"/>
+    <n v="268"/>
+    <n v="2.3185396660610799E-2"/>
+    <n v="878"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="10"/>
-    <n v="258"/>
-[...10 lines deleted...]
-    <n v="890"/>
+    <n v="268"/>
+    <n v="12321"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="661"/>
+    <n v="13250"/>
+    <n v="1173"/>
+    <n v="11826"/>
+    <n v="251"/>
+    <n v="2.12244207677998E-2"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <x v="0"/>
+    <x v="1"/>
+    <x v="11"/>
+    <n v="251"/>
+    <n v="12622"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="673"/>
+    <n v="13546"/>
+    <n v="1117"/>
+    <n v="12188"/>
+    <n v="241"/>
+    <n v="1.97735477518871E-2"/>
+    <n v="924"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="0"/>
     <n v="0"/>
     <n v="754"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="22"/>
     <n v="776"/>
     <n v="3"/>
     <n v="773"/>
     <n v="0"/>
     <n v="0"/>
     <n v="22"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="1"/>
     <n v="0"/>
     <n v="745"/>
     <n v="0"/>
@@ -5158,78 +5253,95 @@
     <n v="0"/>
     <n v="33"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="8"/>
     <n v="0"/>
     <n v="770"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="43"/>
     <n v="813"/>
     <n v="3"/>
     <n v="810"/>
     <n v="0"/>
     <n v="0"/>
     <n v="43"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="9"/>
     <n v="0"/>
-    <n v="775"/>
-[...3 lines deleted...]
-    <n v="65"/>
+    <n v="780"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="63"/>
+    <n v="843"/>
+    <n v="3"/>
     <n v="840"/>
-    <n v="3"/>
-[...3 lines deleted...]
-    <n v="65"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="63"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="10"/>
     <n v="0"/>
-    <n v="790"/>
-[...4 lines deleted...]
-    <n v="855"/>
+    <n v="805"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="52"/>
+    <n v="857"/>
     <n v="3"/>
-    <n v="852"/>
-[...2 lines deleted...]
-    <n v="65"/>
+    <n v="854"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="0"/>
+    <x v="11"/>
+    <n v="0"/>
+    <n v="820"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="52"/>
+    <n v="872"/>
+    <n v="4"/>
+    <n v="868"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="52"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="0"/>
     <n v="792"/>
     <n v="19276"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1196"/>
     <n v="21264"/>
     <n v="1815"/>
     <n v="18599"/>
     <n v="850"/>
     <n v="4.5701381794720101E-2"/>
     <n v="1988"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="1"/>
     <n v="850"/>
     <n v="19835"/>
     <n v="0"/>
@@ -5260,163 +5372,180 @@
     <n v="4.4489588623666802E-2"/>
     <n v="2765"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="3"/>
     <n v="876"/>
     <n v="20656"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1998"/>
     <n v="23530"/>
     <n v="2643"/>
     <n v="19958"/>
     <n v="929"/>
     <n v="4.6547750275578698E-2"/>
     <n v="2874"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="4"/>
     <n v="929"/>
-    <n v="21128"/>
+    <n v="21129"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="2095"/>
-    <n v="24152"/>
-[...1 lines deleted...]
-    <n v="20462"/>
+    <n v="24153"/>
+    <n v="2766"/>
+    <n v="20464"/>
     <n v="923"/>
-    <n v="4.5108005082592099E-2"/>
+    <n v="4.5103596559812401E-2"/>
     <n v="3024"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="5"/>
     <n v="923"/>
     <n v="21525"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="2139"/>
     <n v="24587"/>
     <n v="2833"/>
     <n v="20768"/>
     <n v="986"/>
     <n v="4.7476887519260401E-2"/>
     <n v="3062"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="6"/>
     <n v="986"/>
-    <n v="21935"/>
+    <n v="21934"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="2159"/>
-    <n v="25080"/>
+    <n v="25079"/>
     <n v="2905"/>
-    <n v="21172"/>
-[...1 lines deleted...]
-    <n v="4.7373890043453597E-2"/>
+    <n v="21166"/>
+    <n v="1008"/>
+    <n v="4.7623547198337002E-2"/>
     <n v="3145"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="7"/>
-    <n v="1003"/>
-[...10 lines deleted...]
-    <n v="3139"/>
+    <n v="1008"/>
+    <n v="22016"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2111"/>
+    <n v="25135"/>
+    <n v="2896"/>
+    <n v="21183"/>
+    <n v="1056"/>
+    <n v="4.9851295850446099E-2"/>
+    <n v="3119"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="8"/>
-    <n v="1051"/>
-[...10 lines deleted...]
-    <n v="3290"/>
+    <n v="1056"/>
+    <n v="22335"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2184"/>
+    <n v="25575"/>
+    <n v="2961"/>
+    <n v="21524"/>
+    <n v="1090"/>
+    <n v="5.0641144768630401E-2"/>
+    <n v="3240"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="9"/>
-    <n v="1093"/>
-[...10 lines deleted...]
-    <n v="3378"/>
+    <n v="1090"/>
+    <n v="22620"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2227"/>
+    <n v="25937"/>
+    <n v="3125"/>
+    <n v="21750"/>
+    <n v="1062"/>
+    <n v="4.8827586206896603E-2"/>
+    <n v="3317"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="10"/>
-    <n v="1014"/>
-[...10 lines deleted...]
-    <n v="3353"/>
+    <n v="1062"/>
+    <n v="22890"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2313"/>
+    <n v="26265"/>
+    <n v="3271"/>
+    <n v="21922"/>
+    <n v="1072"/>
+    <n v="4.8900647751117597E-2"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <x v="11"/>
+    <n v="1072"/>
+    <n v="23189"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="2282"/>
+    <n v="26543"/>
+    <n v="3317"/>
+    <n v="22153"/>
+    <n v="1073"/>
+    <n v="4.8435877759220002E-2"/>
+    <n v="3354"/>
   </r>
   <r>
     <x v="2"/>
     <x v="0"/>
     <x v="0"/>
     <n v="0"/>
     <n v="610"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="59"/>
     <n v="669"/>
     <n v="41"/>
     <n v="628"/>
     <n v="0"/>
     <n v="0"/>
     <n v="59"/>
   </r>
   <r>
     <x v="2"/>
     <x v="0"/>
     <x v="1"/>
     <n v="0"/>
     <n v="550"/>
     <n v="0"/>
@@ -5532,78 +5661,95 @@
     <n v="0"/>
     <n v="82"/>
   </r>
   <r>
     <x v="2"/>
     <x v="0"/>
     <x v="8"/>
     <n v="0"/>
     <n v="566"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="165"/>
     <n v="731"/>
     <n v="0"/>
     <n v="731"/>
     <n v="0"/>
     <n v="0"/>
     <n v="165"/>
   </r>
   <r>
     <x v="2"/>
     <x v="0"/>
     <x v="9"/>
     <n v="0"/>
-    <n v="590"/>
+    <n v="585"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="147"/>
-    <n v="737"/>
-[...1 lines deleted...]
-    <n v="733"/>
+    <n v="732"/>
+    <n v="3"/>
+    <n v="729"/>
     <n v="0"/>
     <n v="0"/>
     <n v="147"/>
   </r>
   <r>
     <x v="2"/>
     <x v="0"/>
     <x v="10"/>
     <n v="0"/>
     <n v="595"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="150"/>
-[...5 lines deleted...]
-    <n v="150"/>
+    <n v="137"/>
+    <n v="732"/>
+    <n v="1"/>
+    <n v="731"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <x v="2"/>
+    <x v="0"/>
+    <x v="11"/>
+    <n v="0"/>
+    <n v="605"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="135"/>
+    <n v="740"/>
+    <n v="1"/>
+    <n v="739"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="135"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="0"/>
     <n v="660"/>
     <n v="5099"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="996"/>
     <n v="6755"/>
     <n v="2124"/>
     <n v="3941"/>
     <n v="690"/>
     <n v="0.175082466379092"/>
     <n v="1656"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="1"/>
     <n v="690"/>
     <n v="4629"/>
     <n v="0"/>
@@ -5674,205 +5820,222 @@
     <x v="5"/>
     <n v="358"/>
     <n v="4606"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1227"/>
     <n v="6191"/>
     <n v="2143"/>
     <n v="3613"/>
     <n v="435"/>
     <n v="0.120398560752837"/>
     <n v="1585"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="6"/>
     <n v="435"/>
     <n v="4619"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1341"/>
     <n v="6395"/>
-    <n v="2225"/>
-    <n v="3728"/>
+    <n v="2224"/>
+    <n v="3729"/>
     <n v="442"/>
-    <n v="0.11856223175965699"/>
+    <n v="0.118530437114508"/>
     <n v="1776"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="7"/>
     <n v="442"/>
     <n v="4337"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="1280"/>
-    <n v="6059"/>
+    <n v="1282"/>
+    <n v="6061"/>
     <n v="1877"/>
-    <n v="3706"/>
+    <n v="3708"/>
     <n v="476"/>
-    <n v="0.12844036697247699"/>
-    <n v="1722"/>
+    <n v="0.12837108953613799"/>
+    <n v="1724"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="8"/>
     <n v="476"/>
-    <n v="4442"/>
-[...9 lines deleted...]
-    <n v="1554"/>
+    <n v="4447"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1083"/>
+    <n v="6006"/>
+    <n v="1862"/>
+    <n v="3609"/>
+    <n v="535"/>
+    <n v="0.14824050983652001"/>
+    <n v="1559"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="9"/>
-    <n v="518"/>
-[...10 lines deleted...]
-    <n v="1506"/>
+    <n v="535"/>
+    <n v="4420"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1025"/>
+    <n v="5980"/>
+    <n v="1868"/>
+    <n v="3598"/>
+    <n v="514"/>
+    <n v="0.14285714285714299"/>
+    <n v="1560"/>
   </r>
   <r>
     <x v="2"/>
     <x v="1"/>
     <x v="10"/>
-    <n v="496"/>
-[...10 lines deleted...]
-    <n v="1495"/>
+    <n v="514"/>
+    <n v="4419"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1025"/>
+    <n v="5958"/>
+    <n v="1898"/>
+    <n v="3560"/>
+    <n v="500"/>
+    <n v="0.14044943820224701"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <x v="2"/>
+    <x v="1"/>
+    <x v="11"/>
+    <n v="500"/>
+    <n v="4403"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1034"/>
+    <n v="5937"/>
+    <n v="1884"/>
+    <n v="3565"/>
+    <n v="488"/>
+    <n v="0.136886395511921"/>
+    <n v="1534"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="0"/>
     <n v="0"/>
     <n v="25650"/>
     <n v="17426"/>
     <n v="24770"/>
     <n v="880"/>
     <n v="1"/>
     <n v="25651"/>
     <n v="6"/>
     <n v="25645"/>
     <n v="0"/>
     <n v="0"/>
     <n v="25651"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="1"/>
     <n v="0"/>
     <n v="25857"/>
     <n v="17430"/>
     <n v="22726"/>
     <n v="3131"/>
     <n v="2"/>
     <n v="25859"/>
     <n v="8"/>
     <n v="25851"/>
     <n v="0"/>
     <n v="0"/>
     <n v="25859"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="2"/>
     <n v="0"/>
     <n v="26766"/>
     <n v="16262"/>
     <n v="23624"/>
     <n v="3142"/>
-    <n v="0"/>
-    <n v="26766"/>
+    <n v="1"/>
+    <n v="26767"/>
     <n v="7"/>
-    <n v="26759"/>
-[...2 lines deleted...]
-    <n v="26766"/>
+    <n v="26760"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="26767"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="3"/>
     <n v="0"/>
     <n v="26745"/>
     <n v="16300"/>
     <n v="23745"/>
     <n v="3000"/>
     <n v="0"/>
     <n v="26745"/>
     <n v="6"/>
     <n v="26739"/>
     <n v="0"/>
     <n v="0"/>
     <n v="26745"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="4"/>
     <n v="0"/>
     <n v="27292"/>
     <n v="16500"/>
     <n v="24262"/>
     <n v="3030"/>
     <n v="0"/>
     <n v="27292"/>
-    <n v="8"/>
-    <n v="27284"/>
+    <n v="9"/>
+    <n v="27283"/>
     <n v="0"/>
     <n v="0"/>
     <n v="27292"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="5"/>
     <n v="0"/>
     <n v="28015"/>
     <n v="16400"/>
     <n v="24965"/>
     <n v="3050"/>
     <n v="0"/>
     <n v="28015"/>
     <n v="10"/>
     <n v="28005"/>
     <n v="0"/>
     <n v="0"/>
     <n v="28015"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="6"/>
@@ -5912,259 +6075,293 @@
     <x v="8"/>
     <n v="0"/>
     <n v="27685"/>
     <n v="17065"/>
     <n v="24700"/>
     <n v="2985"/>
     <n v="0"/>
     <n v="27685"/>
     <n v="11"/>
     <n v="27674"/>
     <n v="0"/>
     <n v="0"/>
     <n v="27685"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="9"/>
     <n v="0"/>
     <n v="27990"/>
     <n v="17300"/>
     <n v="25000"/>
     <n v="2990"/>
     <n v="0"/>
     <n v="27990"/>
-    <n v="12"/>
-    <n v="27978"/>
+    <n v="11"/>
+    <n v="27979"/>
     <n v="0"/>
     <n v="0"/>
     <n v="27990"/>
   </r>
   <r>
     <x v="3"/>
     <x v="0"/>
     <x v="10"/>
     <n v="0"/>
-    <n v="28500"/>
+    <n v="28700"/>
     <n v="17000"/>
-    <n v="25400"/>
+    <n v="25600"/>
     <n v="3100"/>
     <n v="0"/>
-    <n v="28500"/>
-[...4 lines deleted...]
-    <n v="28500"/>
+    <n v="28700"/>
+    <n v="10"/>
+    <n v="28690"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="28700"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="0"/>
+    <x v="11"/>
+    <n v="0"/>
+    <n v="29350"/>
+    <n v="16800"/>
+    <n v="26200"/>
+    <n v="3150"/>
+    <n v="0"/>
+    <n v="29350"/>
+    <n v="10"/>
+    <n v="29340"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="29350"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="0"/>
     <n v="0"/>
     <n v="585047"/>
     <n v="139714"/>
     <n v="495985"/>
     <n v="89062"/>
     <n v="1047"/>
     <n v="586094"/>
     <n v="1531"/>
     <n v="584563"/>
     <n v="0"/>
     <n v="0"/>
     <n v="586094"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="1"/>
     <n v="0"/>
     <n v="595997"/>
     <n v="139500"/>
     <n v="500007"/>
     <n v="95990"/>
     <n v="2026"/>
     <n v="598023"/>
     <n v="2728"/>
     <n v="595295"/>
     <n v="0"/>
     <n v="0"/>
     <n v="598023"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="2"/>
     <n v="0"/>
-    <n v="613081"/>
+    <n v="613012"/>
     <n v="137498"/>
-    <n v="511602"/>
+    <n v="511533"/>
     <n v="101479"/>
-    <n v="2272"/>
-    <n v="615353"/>
+    <n v="2273"/>
+    <n v="615285"/>
     <n v="2939"/>
-    <n v="612414"/>
-[...2 lines deleted...]
-    <n v="615353"/>
+    <n v="612346"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="615285"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="3"/>
     <n v="0"/>
-    <n v="629489"/>
+    <n v="629426"/>
     <n v="134773"/>
-    <n v="522591"/>
+    <n v="522528"/>
     <n v="106898"/>
     <n v="2358"/>
-    <n v="631847"/>
+    <n v="631784"/>
     <n v="2976"/>
-    <n v="628871"/>
-[...2 lines deleted...]
-    <n v="631847"/>
+    <n v="628808"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="631784"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="4"/>
     <n v="0"/>
-    <n v="635221"/>
+    <n v="635111"/>
     <n v="136082"/>
-    <n v="527740"/>
+    <n v="527630"/>
     <n v="107481"/>
     <n v="2481"/>
-    <n v="637702"/>
-[...4 lines deleted...]
-    <n v="637702"/>
+    <n v="637592"/>
+    <n v="3214"/>
+    <n v="634378"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="637592"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="5"/>
     <n v="0"/>
-    <n v="649528"/>
+    <n v="649436"/>
     <n v="137348"/>
-    <n v="539650"/>
+    <n v="539558"/>
     <n v="109878"/>
-    <n v="2626"/>
-[...5 lines deleted...]
-    <n v="652154"/>
+    <n v="2625"/>
+    <n v="652061"/>
+    <n v="3325"/>
+    <n v="648736"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="652061"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="6"/>
     <n v="0"/>
-    <n v="656873"/>
-[...1 lines deleted...]
-    <n v="545204"/>
+    <n v="657054"/>
+    <n v="138787"/>
+    <n v="545385"/>
     <n v="111669"/>
     <n v="2803"/>
-    <n v="659676"/>
-[...4 lines deleted...]
-    <n v="659676"/>
+    <n v="659857"/>
+    <n v="3535"/>
+    <n v="656322"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="659857"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="7"/>
     <n v="0"/>
-    <n v="659354"/>
-[...1 lines deleted...]
-    <n v="545067"/>
+    <n v="659989"/>
+    <n v="140129"/>
+    <n v="545702"/>
     <n v="114287"/>
     <n v="2570"/>
-    <n v="661924"/>
-[...4 lines deleted...]
-    <n v="661924"/>
+    <n v="662559"/>
+    <n v="3227"/>
+    <n v="659332"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="662559"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="8"/>
     <n v="0"/>
-    <n v="667543"/>
-[...9 lines deleted...]
-    <n v="669950"/>
+    <n v="669306"/>
+    <n v="141342"/>
+    <n v="552696"/>
+    <n v="116610"/>
+    <n v="2420"/>
+    <n v="671726"/>
+    <n v="2943"/>
+    <n v="668783"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="671726"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="9"/>
     <n v="0"/>
-    <n v="673293"/>
-[...9 lines deleted...]
-    <n v="675715"/>
+    <n v="673842"/>
+    <n v="141517"/>
+    <n v="554660"/>
+    <n v="119182"/>
+    <n v="2432"/>
+    <n v="676274"/>
+    <n v="2887"/>
+    <n v="673387"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="676274"/>
   </r>
   <r>
     <x v="3"/>
     <x v="1"/>
     <x v="10"/>
     <n v="0"/>
-    <n v="680293"/>
-[...9 lines deleted...]
-    <n v="682622"/>
+    <n v="683116"/>
+    <n v="140965"/>
+    <n v="561269"/>
+    <n v="121847"/>
+    <n v="2312"/>
+    <n v="685428"/>
+    <n v="2833"/>
+    <n v="682595"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="685428"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <x v="11"/>
+    <n v="0"/>
+    <n v="690017"/>
+    <n v="139172"/>
+    <n v="565433"/>
+    <n v="124584"/>
+    <n v="2318"/>
+    <n v="692335"/>
+    <n v="2768"/>
+    <n v="689567"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="692335"/>
   </r>
   <r>
     <x v="4"/>
     <x v="0"/>
     <x v="0"/>
     <n v="0"/>
     <n v="155"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="35"/>
     <n v="190"/>
     <n v="0"/>
     <n v="190"/>
     <n v="0"/>
     <n v="0"/>
     <n v="35"/>
   </r>
   <r>
     <x v="4"/>
     <x v="0"/>
     <x v="1"/>
     <n v="0"/>
     <n v="153"/>
     <n v="0"/>
@@ -6284,937 +6481,973 @@
     <x v="4"/>
     <x v="0"/>
     <x v="8"/>
     <n v="0"/>
     <n v="162"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="34"/>
     <n v="196"/>
     <n v="0"/>
     <n v="196"/>
     <n v="0"/>
     <n v="0"/>
     <n v="34"/>
   </r>
   <r>
     <x v="4"/>
     <x v="0"/>
     <x v="9"/>
     <n v="0"/>
     <n v="162"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="38"/>
-[...5 lines deleted...]
-    <n v="38"/>
+    <n v="40"/>
+    <n v="202"/>
+    <n v="0"/>
+    <n v="202"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="40"/>
   </r>
   <r>
     <x v="4"/>
     <x v="0"/>
     <x v="10"/>
     <n v="0"/>
     <n v="165"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="40"/>
-[...5 lines deleted...]
-    <n v="40"/>
+    <n v="48"/>
+    <n v="213"/>
+    <n v="0"/>
+    <n v="213"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="0"/>
+    <x v="11"/>
+    <n v="0"/>
+    <n v="167"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="48"/>
+    <n v="215"/>
+    <n v="0"/>
+    <n v="215"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="48"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="0"/>
     <n v="506"/>
     <n v="4765"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1156"/>
     <n v="6427"/>
     <n v="2082"/>
     <n v="3759"/>
     <n v="586"/>
     <n v="0.155892524607608"/>
     <n v="1662"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="1"/>
     <n v="586"/>
     <n v="4675"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1309"/>
     <n v="6570"/>
     <n v="2061"/>
     <n v="3571"/>
     <n v="938"/>
     <n v="0.26267152058247001"/>
     <n v="1895"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="2"/>
     <n v="938"/>
     <n v="4650"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1427"/>
     <n v="7015"/>
     <n v="2287"/>
-    <n v="3798"/>
-[...1 lines deleted...]
-    <n v="0.244865718799368"/>
+    <n v="3778"/>
+    <n v="950"/>
+    <n v="0.25145579671784002"/>
     <n v="2365"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="3"/>
-    <n v="930"/>
+    <n v="950"/>
     <n v="4661"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1462"/>
-    <n v="7053"/>
-[...4 lines deleted...]
-    <n v="2392"/>
+    <n v="7073"/>
+    <n v="2449"/>
+    <n v="3856"/>
+    <n v="768"/>
+    <n v="0.19917012448132801"/>
+    <n v="2412"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="4"/>
-    <n v="744"/>
+    <n v="768"/>
     <n v="4653"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1517"/>
-    <n v="6914"/>
-[...4 lines deleted...]
-    <n v="2261"/>
+    <n v="6938"/>
+    <n v="2520"/>
+    <n v="3822"/>
+    <n v="596"/>
+    <n v="0.155939298796442"/>
+    <n v="2285"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="5"/>
-    <n v="563"/>
+    <n v="596"/>
     <n v="4835"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="1434"/>
-[...5 lines deleted...]
-    <n v="1997"/>
+    <n v="1435"/>
+    <n v="6866"/>
+    <n v="2416"/>
+    <n v="3837"/>
+    <n v="613"/>
+    <n v="0.159760229345843"/>
+    <n v="2031"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="6"/>
-    <n v="595"/>
-    <n v="4780"/>
+    <n v="613"/>
+    <n v="4781"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="1502"/>
-    <n v="6877"/>
-[...4 lines deleted...]
-    <n v="2097"/>
+    <n v="6896"/>
+    <n v="2433"/>
+    <n v="3935"/>
+    <n v="528"/>
+    <n v="0.13418043202033"/>
+    <n v="2115"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="7"/>
-    <n v="520"/>
+    <n v="528"/>
     <n v="4813"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
-    <n v="1458"/>
-[...2 lines deleted...]
-    <n v="3928"/>
+    <n v="1485"/>
+    <n v="6826"/>
+    <n v="2354"/>
+    <n v="3955"/>
     <n v="517"/>
-    <n v="0.13161914460285101"/>
-    <n v="1978"/>
+    <n v="0.130720606826802"/>
+    <n v="2013"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="8"/>
     <n v="517"/>
-    <n v="4749"/>
-[...9 lines deleted...]
-    <n v="1895"/>
+    <n v="4810"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1406"/>
+    <n v="6733"/>
+    <n v="2460"/>
+    <n v="3894"/>
+    <n v="379"/>
+    <n v="9.7329224447868498E-2"/>
+    <n v="1923"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="9"/>
-    <n v="376"/>
-[...10 lines deleted...]
-    <n v="1669"/>
+    <n v="379"/>
+    <n v="4844"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1377"/>
+    <n v="6600"/>
+    <n v="2344"/>
+    <n v="3872"/>
+    <n v="384"/>
+    <n v="9.9173553719008295E-2"/>
+    <n v="1756"/>
   </r>
   <r>
     <x v="4"/>
     <x v="1"/>
     <x v="10"/>
-    <n v="375"/>
-[...10 lines deleted...]
-    <n v="1659"/>
+    <n v="384"/>
+    <n v="4780"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1354"/>
+    <n v="6518"/>
+    <n v="2312"/>
+    <n v="3777"/>
+    <n v="429"/>
+    <n v="0.113582208101668"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="1"/>
+    <x v="11"/>
+    <n v="429"/>
+    <n v="4849"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="1374"/>
+    <n v="6652"/>
+    <n v="2319"/>
+    <n v="3896"/>
+    <n v="437"/>
+    <n v="0.112166324435318"/>
+    <n v="1803"/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{F97041B2-D941-4C04-8A79-9D46FE363E19}" name="Tabela dinâmica3" cacheId="31" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" missingCaption="-" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{F97041B2-D941-4C04-8A79-9D46FE363E19}" name="Tabela dinâmica3" cacheId="54" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" missingCaption="-" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:H95" firstHeaderRow="0" firstDataRow="1" firstDataCol="1"/>
   <pivotFields count="15">
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="5">
         <item x="4"/>
         <item x="2"/>
         <item h="1" x="3"/>
         <item x="0"/>
         <item x="1"/>
       </items>
       <autoSortScope>
         <pivotArea dataOnly="0" outline="0" fieldPosition="0">
           <references count="1">
             <reference field="4294967294" count="1" selected="0">
               <x v="3"/>
             </reference>
           </references>
         </pivotArea>
       </autoSortScope>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
       <autoSortScope>
         <pivotArea dataOnly="0" outline="0" fieldPosition="0">
           <references count="1">
             <reference field="4294967294" count="1" selected="0">
               <x v="3"/>
             </reference>
           </references>
         </pivotArea>
       </autoSortScope>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
-      <items count="13">
-[...2 lines deleted...]
-        <item x="1"/>
+      <items count="14">
+        <item h="1" m="1" x="12"/>
+        <item h="1" x="0"/>
+        <item h="1" x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
-        <item h="1" x="10"/>
+        <item x="10"/>
+        <item x="11"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="3">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
   </rowFields>
   <rowItems count="92">
     <i>
       <x v="4"/>
     </i>
     <i r="1">
       <x v="1"/>
     </i>
     <i r="2">
-      <x v="1"/>
+      <x v="3"/>
     </i>
     <i r="2">
-      <x v="2"/>
+      <x v="4"/>
+    </i>
+    <i r="2">
+      <x v="5"/>
+    </i>
+    <i r="2">
+      <x v="6"/>
+    </i>
+    <i r="2">
+      <x v="7"/>
+    </i>
+    <i r="2">
+      <x v="8"/>
+    </i>
+    <i r="2">
+      <x v="9"/>
+    </i>
+    <i r="2">
+      <x v="10"/>
+    </i>
+    <i r="2">
+      <x v="11"/>
+    </i>
+    <i r="2">
+      <x v="12"/>
+    </i>
+    <i r="1">
+      <x/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i r="1">
-      <x/>
+    <i r="2">
+      <x v="11"/>
     </i>
     <i r="2">
+      <x v="12"/>
+    </i>
+    <i>
+      <x v="3"/>
+    </i>
+    <i r="1">
       <x v="1"/>
-    </i>
-[...1 lines deleted...]
-      <x v="2"/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i>
-      <x v="3"/>
+    <i r="2">
+      <x v="11"/>
+    </i>
+    <i r="2">
+      <x v="12"/>
     </i>
     <i r="1">
-      <x v="1"/>
-[...5 lines deleted...]
-      <x v="2"/>
+      <x/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i r="1">
+    <i r="2">
+      <x v="11"/>
+    </i>
+    <i r="2">
+      <x v="12"/>
+    </i>
+    <i>
       <x/>
     </i>
-    <i r="2">
+    <i r="1">
       <x v="1"/>
-    </i>
-[...1 lines deleted...]
-      <x v="2"/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i>
-      <x/>
+    <i r="2">
+      <x v="11"/>
+    </i>
+    <i r="2">
+      <x v="12"/>
     </i>
     <i r="1">
-      <x v="1"/>
-[...5 lines deleted...]
-      <x v="2"/>
+      <x/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i r="1">
-      <x/>
+    <i r="2">
+      <x v="11"/>
     </i>
     <i r="2">
+      <x v="12"/>
+    </i>
+    <i>
       <x v="1"/>
     </i>
-    <i r="2">
-      <x v="2"/>
+    <i r="1">
+      <x v="1"/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i>
-      <x v="1"/>
+    <i r="2">
+      <x v="11"/>
+    </i>
+    <i r="2">
+      <x v="12"/>
     </i>
     <i r="1">
-      <x v="1"/>
-[...5 lines deleted...]
-      <x v="2"/>
+      <x/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i r="1">
-      <x/>
+    <i r="2">
+      <x v="11"/>
     </i>
     <i r="2">
-      <x v="1"/>
-[...26 lines deleted...]
-      <x v="10"/>
+      <x v="12"/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="-2"/>
   </colFields>
   <colItems count="7">
     <i>
       <x/>
     </i>
     <i i="1">
       <x v="1"/>
     </i>
     <i i="2">
       <x v="2"/>
     </i>
     <i i="3">
       <x v="3"/>
     </i>
     <i i="4">
       <x v="4"/>
     </i>
     <i i="5">
       <x v="5"/>
     </i>
     <i i="6">
       <x v="6"/>
     </i>
   </colItems>
   <dataFields count="7">
     <dataField name="Soma de Estoque_Inicial" fld="3" baseField="0" baseItem="0"/>
     <dataField name="Soma de Producao_" fld="4" baseField="0" baseItem="0"/>
     <dataField name="Soma de Importacao_" fld="8" baseField="0" baseItem="0"/>
     <dataField name="Soma de Suprimento_Total" fld="9" baseField="0" baseItem="0"/>
     <dataField name="Soma de Exportacao_" fld="10" baseField="0" baseItem="0"/>
     <dataField name="Soma de Consumo_Domestico" fld="11" baseField="0" baseItem="0"/>
     <dataField name="Soma de Estoque_Final" fld="12" baseField="0" baseItem="0"/>
   </dataFields>
   <formats count="5">
-    <format dxfId="10">
+    <format dxfId="18">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="5">
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="9">
+    <format dxfId="17">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="5">
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="8">
+    <format dxfId="16">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="5">
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="7">
+    <format dxfId="15">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="1">
             <x v="0"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="6">
+    <format dxfId="14">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="1">
             <x v="6"/>
           </reference>
         </references>
       </pivotArea>
     </format>
   </formats>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/pivotTables/pivotTable2.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{749A8174-BBDC-46C4-B92C-B9C1367B2CB5}" name="Tabela dinâmica3" cacheId="31" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{749A8174-BBDC-46C4-B92C-B9C1367B2CB5}" name="Tabela dinâmica3" cacheId="54" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:I26" firstHeaderRow="0" firstDataRow="1" firstDataCol="1"/>
   <pivotFields count="15">
     <pivotField axis="axisRow" showAll="0">
       <items count="6">
         <item h="1" x="4"/>
         <item h="1" x="2"/>
         <item x="3"/>
         <item h="1" x="0"/>
         <item h="1" x="1"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
       <autoSortScope>
         <pivotArea dataOnly="0" outline="0" fieldPosition="0">
           <references count="1">
             <reference field="4294967294" count="1" selected="0">
               <x v="5"/>
             </reference>
           </references>
         </pivotArea>
       </autoSortScope>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
-      <items count="13">
-[...2 lines deleted...]
-        <item x="1"/>
+      <items count="14">
+        <item h="1" m="1" x="12"/>
+        <item h="1" x="0"/>
+        <item h="1" x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
-        <item h="1" x="10"/>
+        <item x="10"/>
+        <item x="11"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="3">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
   </rowFields>
   <rowItems count="23">
     <i>
       <x v="2"/>
     </i>
     <i r="1">
       <x v="1"/>
     </i>
     <i r="2">
-      <x v="1"/>
+      <x v="3"/>
     </i>
     <i r="2">
-      <x v="2"/>
+      <x v="4"/>
+    </i>
+    <i r="2">
+      <x v="5"/>
+    </i>
+    <i r="2">
+      <x v="6"/>
+    </i>
+    <i r="2">
+      <x v="7"/>
+    </i>
+    <i r="2">
+      <x v="8"/>
+    </i>
+    <i r="2">
+      <x v="9"/>
+    </i>
+    <i r="2">
+      <x v="10"/>
+    </i>
+    <i r="2">
+      <x v="11"/>
+    </i>
+    <i r="2">
+      <x v="12"/>
+    </i>
+    <i r="1">
+      <x/>
     </i>
     <i r="2">
       <x v="3"/>
     </i>
     <i r="2">
       <x v="4"/>
     </i>
     <i r="2">
       <x v="5"/>
     </i>
     <i r="2">
       <x v="6"/>
     </i>
     <i r="2">
       <x v="7"/>
     </i>
     <i r="2">
       <x v="8"/>
     </i>
     <i r="2">
       <x v="9"/>
     </i>
     <i r="2">
       <x v="10"/>
     </i>
-    <i r="1">
-      <x/>
+    <i r="2">
+      <x v="11"/>
     </i>
     <i r="2">
-      <x v="1"/>
-[...26 lines deleted...]
-      <x v="10"/>
+      <x v="12"/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="-2"/>
   </colFields>
   <colItems count="8">
     <i>
       <x/>
     </i>
     <i i="1">
       <x v="1"/>
     </i>
     <i i="2">
       <x v="2"/>
     </i>
     <i i="3">
       <x v="3"/>
     </i>
     <i i="4">
       <x v="4"/>
     </i>
     <i i="5">
       <x v="5"/>
     </i>
     <i i="6">
       <x v="6"/>
     </i>
     <i i="7">
       <x v="7"/>
     </i>
   </colItems>
   <dataFields count="8">
     <dataField name="Soma de Vacas_Leiteiras" fld="5" baseField="0" baseItem="0"/>
     <dataField name="Soma de Produção_Leite" fld="6" baseField="0" baseItem="0"/>
     <dataField name="Soma de Outros_Leites" fld="7" baseField="0" baseItem="0"/>
     <dataField name="Soma de Producao_" fld="4" baseField="0" baseItem="0"/>
     <dataField name="Soma de Importacao_" fld="8" baseField="0" baseItem="0"/>
     <dataField name="Soma de Suprimento_Total" fld="9" baseField="0" baseItem="0"/>
     <dataField name="Soma de Exportacao_" fld="10" baseField="0" baseItem="0"/>
     <dataField name="Soma de Consumo_Domestico" fld="11" baseField="0" baseItem="0"/>
   </dataFields>
   <formats count="3">
-    <format dxfId="5">
+    <format dxfId="13">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="8">
             <x v="0"/>
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
             <x v="6"/>
             <x v="7"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="4">
+    <format dxfId="12">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="8">
             <x v="0"/>
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
             <x v="6"/>
             <x v="7"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="3">
+    <format dxfId="11">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="8">
             <x v="0"/>
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
             <x v="6"/>
             <x v="7"/>
           </reference>
         </references>
       </pivotArea>
     </format>
   </formats>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
@@ -7228,55 +7461,55 @@
       <queryTableField id="1" name="Produto_" tableColumnId="1"/>
       <queryTableField id="2" name="Pais_" tableColumnId="2"/>
       <queryTableField id="3" name="Ano_" tableColumnId="3"/>
       <queryTableField id="4" name="Estoque_Inicial" tableColumnId="4"/>
       <queryTableField id="5" name="Producao_" tableColumnId="5"/>
       <queryTableField id="6" name="Vacas_Leiteiras" tableColumnId="6"/>
       <queryTableField id="7" name="Produção_Leite" tableColumnId="7"/>
       <queryTableField id="8" name="Outros_Leites" tableColumnId="8"/>
       <queryTableField id="9" name="Importacao_" tableColumnId="9"/>
       <queryTableField id="10" name="Suprimento_Total" tableColumnId="10"/>
       <queryTableField id="11" name="Exportacao_" tableColumnId="11"/>
       <queryTableField id="12" name="Consumo_Domestico" tableColumnId="12"/>
       <queryTableField id="13" name="Estoque_Final" tableColumnId="13"/>
       <queryTableField id="14" name="Relacao_Leite" tableColumnId="14"/>
       <queryTableField id="15" name="Suprimento_Leite" tableColumnId="15"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A1D98F37-E16E-4810-8D0E-1AD03478AD30}" name="usda_consulta_leite" displayName="usda_consulta_leite" ref="A1:O111" tableType="queryTable" totalsRowShown="0">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A1D98F37-E16E-4810-8D0E-1AD03478AD30}" name="usda_consulta_leite" displayName="usda_consulta_leite" ref="A1:O121" tableType="queryTable" totalsRowShown="0">
   <tableColumns count="15">
-    <tableColumn id="1" xr3:uid="{FDA32EC7-C7AF-4AE6-A93E-EA109A915FBE}" uniqueName="1" name="Produto_" queryTableFieldId="1" dataDxfId="2"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{BECFE604-23FE-4F74-B247-7B6CC92B0043}" uniqueName="3" name="Ano_" queryTableFieldId="3" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{FDA32EC7-C7AF-4AE6-A93E-EA109A915FBE}" uniqueName="1" name="Produto_" queryTableFieldId="1" dataDxfId="10"/>
+    <tableColumn id="2" xr3:uid="{02BA7B12-A3B7-40DB-B830-786ED5416DE0}" uniqueName="2" name="Pais_" queryTableFieldId="2" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{BECFE604-23FE-4F74-B247-7B6CC92B0043}" uniqueName="3" name="Ano_" queryTableFieldId="3" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{F43EAA0F-D0F0-469C-BBA9-8269AB6E9FB0}" uniqueName="4" name="Estoque_Inicial" queryTableFieldId="4"/>
     <tableColumn id="5" xr3:uid="{CE2896C4-CAB7-400C-93CD-BB69A995B050}" uniqueName="5" name="Producao_" queryTableFieldId="5"/>
     <tableColumn id="6" xr3:uid="{55EB5CA4-32F4-4856-AC9A-565EF7BB7DBA}" uniqueName="6" name="Vacas_Leiteiras" queryTableFieldId="6"/>
     <tableColumn id="7" xr3:uid="{7B1AE2DD-E156-4FE5-9A1C-5FC6E92675A7}" uniqueName="7" name="Produção_Leite" queryTableFieldId="7"/>
     <tableColumn id="8" xr3:uid="{23C6F0FC-14A8-489E-9C16-8DAE2FE6A8F3}" uniqueName="8" name="Outros_Leites" queryTableFieldId="8"/>
     <tableColumn id="9" xr3:uid="{E2A8B8A4-5AFA-49FB-AB34-5A9E6594746A}" uniqueName="9" name="Importacao_" queryTableFieldId="9"/>
     <tableColumn id="10" xr3:uid="{5AE7979D-7B30-4A4A-9D32-D56B2F52B225}" uniqueName="10" name="Suprimento_Total" queryTableFieldId="10"/>
     <tableColumn id="11" xr3:uid="{69E4E195-9926-4052-8662-25B14BE51C1E}" uniqueName="11" name="Exportacao_" queryTableFieldId="11"/>
     <tableColumn id="12" xr3:uid="{9CA08B2C-B4F8-438C-9C2D-7FB5B08E64C0}" uniqueName="12" name="Consumo_Domestico" queryTableFieldId="12"/>
     <tableColumn id="13" xr3:uid="{A26F036D-231C-42C1-9B5F-B779C3EDB4DA}" uniqueName="13" name="Estoque_Final" queryTableFieldId="13"/>
     <tableColumn id="14" xr3:uid="{096898E1-D9BD-4293-A34F-2FC27A715FF0}" uniqueName="14" name="Relacao_Leite" queryTableFieldId="14"/>
     <tableColumn id="15" xr3:uid="{3DFF25A4-608B-4A08-B69E-01C140513815}" uniqueName="15" name="Suprimento_Leite" queryTableFieldId="15"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -7589,3123 +7822,3225 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F8915F7-6220-49F3-ADBC-A07D9F6375B5}">
   <dimension ref="A3:H95"/>
   <sheetViews>
-    <sheetView topLeftCell="A74" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView topLeftCell="A65" workbookViewId="0">
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="9" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:8" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="78" t="s">
         <v>69</v>
       </c>
       <c r="B3" s="79" t="s">
         <v>85</v>
       </c>
       <c r="C3" s="79" t="s">
         <v>86</v>
       </c>
       <c r="D3" s="79" t="s">
         <v>74</v>
       </c>
       <c r="E3" s="79" t="s">
         <v>73</v>
       </c>
       <c r="F3" s="79" t="s">
         <v>75</v>
       </c>
       <c r="G3" s="79" t="s">
         <v>76</v>
       </c>
       <c r="H3" s="79" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="76" t="s">
         <v>66</v>
       </c>
+      <c r="B4" s="133"/>
+      <c r="C4" s="133"/>
+      <c r="D4" s="133"/>
+      <c r="E4" s="133"/>
+      <c r="F4" s="133"/>
+      <c r="G4" s="133"/>
+      <c r="H4" s="133"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="77" t="s">
         <v>65</v>
       </c>
+      <c r="B5" s="133"/>
+      <c r="C5" s="133"/>
+      <c r="D5" s="133"/>
+      <c r="E5" s="133"/>
+      <c r="F5" s="133"/>
+      <c r="G5" s="133"/>
+      <c r="H5" s="133"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
-        <v>55</v>
-[...20 lines deleted...]
-        <v>850</v>
+        <v>57</v>
+      </c>
+      <c r="B6" s="133">
+        <v>827</v>
+      </c>
+      <c r="C6" s="133">
+        <v>20390</v>
+      </c>
+      <c r="D6" s="133">
+        <v>1938</v>
+      </c>
+      <c r="E6" s="133">
+        <v>23155</v>
+      </c>
+      <c r="F6" s="133">
+        <v>2589</v>
+      </c>
+      <c r="G6" s="133">
+        <v>19690</v>
+      </c>
+      <c r="H6" s="133">
+        <v>876</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
-        <v>56</v>
-[...20 lines deleted...]
-        <v>827</v>
+        <v>58</v>
+      </c>
+      <c r="B7" s="133">
+        <v>876</v>
+      </c>
+      <c r="C7" s="133">
+        <v>20656</v>
+      </c>
+      <c r="D7" s="133">
+        <v>1998</v>
+      </c>
+      <c r="E7" s="133">
+        <v>23530</v>
+      </c>
+      <c r="F7" s="133">
+        <v>2643</v>
+      </c>
+      <c r="G7" s="133">
+        <v>19958</v>
+      </c>
+      <c r="H7" s="133">
+        <v>929</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="22" t="s">
-        <v>57</v>
-[...20 lines deleted...]
-        <v>876</v>
+        <v>59</v>
+      </c>
+      <c r="B8" s="133">
+        <v>929</v>
+      </c>
+      <c r="C8" s="133">
+        <v>21129</v>
+      </c>
+      <c r="D8" s="133">
+        <v>2095</v>
+      </c>
+      <c r="E8" s="133">
+        <v>24153</v>
+      </c>
+      <c r="F8" s="133">
+        <v>2766</v>
+      </c>
+      <c r="G8" s="133">
+        <v>20464</v>
+      </c>
+      <c r="H8" s="133">
+        <v>923</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>58</v>
-[...20 lines deleted...]
-        <v>929</v>
+        <v>60</v>
+      </c>
+      <c r="B9" s="133">
+        <v>923</v>
+      </c>
+      <c r="C9" s="133">
+        <v>21525</v>
+      </c>
+      <c r="D9" s="133">
+        <v>2139</v>
+      </c>
+      <c r="E9" s="133">
+        <v>24587</v>
+      </c>
+      <c r="F9" s="133">
+        <v>2833</v>
+      </c>
+      <c r="G9" s="133">
+        <v>20768</v>
+      </c>
+      <c r="H9" s="133">
+        <v>986</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>59</v>
-[...20 lines deleted...]
-        <v>923</v>
+        <v>61</v>
+      </c>
+      <c r="B10" s="133">
+        <v>986</v>
+      </c>
+      <c r="C10" s="133">
+        <v>21934</v>
+      </c>
+      <c r="D10" s="133">
+        <v>2159</v>
+      </c>
+      <c r="E10" s="133">
+        <v>25079</v>
+      </c>
+      <c r="F10" s="133">
+        <v>2905</v>
+      </c>
+      <c r="G10" s="133">
+        <v>21166</v>
+      </c>
+      <c r="H10" s="133">
+        <v>1008</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>60</v>
-[...20 lines deleted...]
-        <v>986</v>
+        <v>62</v>
+      </c>
+      <c r="B11" s="133">
+        <v>1008</v>
+      </c>
+      <c r="C11" s="133">
+        <v>22016</v>
+      </c>
+      <c r="D11" s="133">
+        <v>2111</v>
+      </c>
+      <c r="E11" s="133">
+        <v>25135</v>
+      </c>
+      <c r="F11" s="133">
+        <v>2896</v>
+      </c>
+      <c r="G11" s="133">
+        <v>21183</v>
+      </c>
+      <c r="H11" s="133">
+        <v>1056</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="22" t="s">
-        <v>61</v>
-[...20 lines deleted...]
-        <v>1003</v>
+        <v>63</v>
+      </c>
+      <c r="B12" s="133">
+        <v>1056</v>
+      </c>
+      <c r="C12" s="133">
+        <v>22335</v>
+      </c>
+      <c r="D12" s="133">
+        <v>2184</v>
+      </c>
+      <c r="E12" s="133">
+        <v>25575</v>
+      </c>
+      <c r="F12" s="133">
+        <v>2961</v>
+      </c>
+      <c r="G12" s="133">
+        <v>21524</v>
+      </c>
+      <c r="H12" s="133">
+        <v>1090</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="22" t="s">
-        <v>62</v>
-[...20 lines deleted...]
-        <v>1051</v>
+        <v>64</v>
+      </c>
+      <c r="B13" s="133">
+        <v>1090</v>
+      </c>
+      <c r="C13" s="133">
+        <v>22620</v>
+      </c>
+      <c r="D13" s="133">
+        <v>2227</v>
+      </c>
+      <c r="E13" s="133">
+        <v>25937</v>
+      </c>
+      <c r="F13" s="133">
+        <v>3125</v>
+      </c>
+      <c r="G13" s="133">
+        <v>21750</v>
+      </c>
+      <c r="H13" s="133">
+        <v>1062</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="22" t="s">
-        <v>63</v>
-[...20 lines deleted...]
-        <v>1093</v>
+        <v>98</v>
+      </c>
+      <c r="B14" s="133">
+        <v>1062</v>
+      </c>
+      <c r="C14" s="133">
+        <v>22890</v>
+      </c>
+      <c r="D14" s="133">
+        <v>2313</v>
+      </c>
+      <c r="E14" s="133">
+        <v>26265</v>
+      </c>
+      <c r="F14" s="133">
+        <v>3271</v>
+      </c>
+      <c r="G14" s="133">
+        <v>21922</v>
+      </c>
+      <c r="H14" s="133">
+        <v>1072</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="22" t="s">
-        <v>64</v>
-[...20 lines deleted...]
-        <v>1014</v>
+        <v>106</v>
+      </c>
+      <c r="B15" s="133">
+        <v>1072</v>
+      </c>
+      <c r="C15" s="133">
+        <v>23189</v>
+      </c>
+      <c r="D15" s="133">
+        <v>2282</v>
+      </c>
+      <c r="E15" s="133">
+        <v>26543</v>
+      </c>
+      <c r="F15" s="133">
+        <v>3317</v>
+      </c>
+      <c r="G15" s="133">
+        <v>22153</v>
+      </c>
+      <c r="H15" s="133">
+        <v>1073</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="77" t="s">
         <v>54</v>
       </c>
+      <c r="B16" s="133"/>
+      <c r="C16" s="133"/>
+      <c r="D16" s="133"/>
+      <c r="E16" s="133"/>
+      <c r="F16" s="133"/>
+      <c r="G16" s="133"/>
+      <c r="H16" s="133"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="22" t="s">
-        <v>55</v>
-[...19 lines deleted...]
-      <c r="H17">
+        <v>57</v>
+      </c>
+      <c r="B17" s="133">
+        <v>0</v>
+      </c>
+      <c r="C17" s="133">
+        <v>771</v>
+      </c>
+      <c r="D17" s="133">
+        <v>32</v>
+      </c>
+      <c r="E17" s="133">
+        <v>803</v>
+      </c>
+      <c r="F17" s="133">
+        <v>4</v>
+      </c>
+      <c r="G17" s="133">
+        <v>799</v>
+      </c>
+      <c r="H17" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
-        <v>56</v>
-[...16 lines deleted...]
-      <c r="G18">
+        <v>58</v>
+      </c>
+      <c r="B18" s="133">
+        <v>0</v>
+      </c>
+      <c r="C18" s="133">
+        <v>760</v>
+      </c>
+      <c r="D18" s="133">
+        <v>29</v>
+      </c>
+      <c r="E18" s="133">
+        <v>789</v>
+      </c>
+      <c r="F18" s="133">
+        <v>4</v>
+      </c>
+      <c r="G18" s="133">
         <v>785</v>
       </c>
-      <c r="H18">
+      <c r="H18" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>57</v>
-[...19 lines deleted...]
-      <c r="H19">
+        <v>59</v>
+      </c>
+      <c r="B19" s="133">
+        <v>0</v>
+      </c>
+      <c r="C19" s="133">
+        <v>770</v>
+      </c>
+      <c r="D19" s="133">
+        <v>28</v>
+      </c>
+      <c r="E19" s="133">
+        <v>798</v>
+      </c>
+      <c r="F19" s="133">
+        <v>3</v>
+      </c>
+      <c r="G19" s="133">
+        <v>795</v>
+      </c>
+      <c r="H19" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="22" t="s">
-        <v>58</v>
-[...13 lines deleted...]
-      <c r="F20">
+        <v>60</v>
+      </c>
+      <c r="B20" s="133">
+        <v>0</v>
+      </c>
+      <c r="C20" s="133">
+        <v>790</v>
+      </c>
+      <c r="D20" s="133">
+        <v>31</v>
+      </c>
+      <c r="E20" s="133">
+        <v>821</v>
+      </c>
+      <c r="F20" s="133">
         <v>4</v>
       </c>
-      <c r="G20">
-[...2 lines deleted...]
-      <c r="H20">
+      <c r="G20" s="133">
+        <v>817</v>
+      </c>
+      <c r="H20" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>59</v>
-[...19 lines deleted...]
-      <c r="H21">
+        <v>61</v>
+      </c>
+      <c r="B21" s="133">
+        <v>0</v>
+      </c>
+      <c r="C21" s="133">
+        <v>790</v>
+      </c>
+      <c r="D21" s="133">
+        <v>32</v>
+      </c>
+      <c r="E21" s="133">
+        <v>822</v>
+      </c>
+      <c r="F21" s="133">
+        <v>5</v>
+      </c>
+      <c r="G21" s="133">
+        <v>817</v>
+      </c>
+      <c r="H21" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>60</v>
-[...13 lines deleted...]
-      <c r="F22">
+        <v>62</v>
+      </c>
+      <c r="B22" s="133">
+        <v>0</v>
+      </c>
+      <c r="C22" s="133">
+        <v>745</v>
+      </c>
+      <c r="D22" s="133">
+        <v>33</v>
+      </c>
+      <c r="E22" s="133">
+        <v>778</v>
+      </c>
+      <c r="F22" s="133">
         <v>4</v>
       </c>
-      <c r="G22">
-[...2 lines deleted...]
-      <c r="H22">
+      <c r="G22" s="133">
+        <v>774</v>
+      </c>
+      <c r="H22" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="22" t="s">
-        <v>61</v>
-[...19 lines deleted...]
-      <c r="H23">
+        <v>63</v>
+      </c>
+      <c r="B23" s="133">
+        <v>0</v>
+      </c>
+      <c r="C23" s="133">
+        <v>770</v>
+      </c>
+      <c r="D23" s="133">
+        <v>43</v>
+      </c>
+      <c r="E23" s="133">
+        <v>813</v>
+      </c>
+      <c r="F23" s="133">
+        <v>3</v>
+      </c>
+      <c r="G23" s="133">
+        <v>810</v>
+      </c>
+      <c r="H23" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
-        <v>62</v>
-[...19 lines deleted...]
-      <c r="H24">
+        <v>64</v>
+      </c>
+      <c r="B24" s="133">
+        <v>0</v>
+      </c>
+      <c r="C24" s="133">
+        <v>780</v>
+      </c>
+      <c r="D24" s="133">
+        <v>63</v>
+      </c>
+      <c r="E24" s="133">
+        <v>843</v>
+      </c>
+      <c r="F24" s="133">
+        <v>3</v>
+      </c>
+      <c r="G24" s="133">
+        <v>840</v>
+      </c>
+      <c r="H24" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="22" t="s">
-        <v>63</v>
-[...13 lines deleted...]
-      <c r="F25">
+        <v>98</v>
+      </c>
+      <c r="B25" s="133">
+        <v>0</v>
+      </c>
+      <c r="C25" s="133">
+        <v>805</v>
+      </c>
+      <c r="D25" s="133">
+        <v>52</v>
+      </c>
+      <c r="E25" s="133">
+        <v>857</v>
+      </c>
+      <c r="F25" s="133">
         <v>3</v>
       </c>
-      <c r="G25">
-[...2 lines deleted...]
-      <c r="H25">
+      <c r="G25" s="133">
+        <v>854</v>
+      </c>
+      <c r="H25" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="22" t="s">
-        <v>64</v>
-[...19 lines deleted...]
-      <c r="H26">
+        <v>106</v>
+      </c>
+      <c r="B26" s="133">
+        <v>0</v>
+      </c>
+      <c r="C26" s="133">
+        <v>820</v>
+      </c>
+      <c r="D26" s="133">
+        <v>52</v>
+      </c>
+      <c r="E26" s="133">
+        <v>872</v>
+      </c>
+      <c r="F26" s="133">
+        <v>4</v>
+      </c>
+      <c r="G26" s="133">
+        <v>868</v>
+      </c>
+      <c r="H26" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="76" t="s">
         <v>53</v>
       </c>
+      <c r="B27" s="133"/>
+      <c r="C27" s="133"/>
+      <c r="D27" s="133"/>
+      <c r="E27" s="133"/>
+      <c r="F27" s="133"/>
+      <c r="G27" s="133"/>
+      <c r="H27" s="133"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="77" t="s">
         <v>65</v>
       </c>
+      <c r="B28" s="133"/>
+      <c r="C28" s="133"/>
+      <c r="D28" s="133"/>
+      <c r="E28" s="133"/>
+      <c r="F28" s="133"/>
+      <c r="G28" s="133"/>
+      <c r="H28" s="133"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="22" t="s">
-        <v>55</v>
-[...20 lines deleted...]
-        <v>332</v>
+        <v>57</v>
+      </c>
+      <c r="B29" s="133">
+        <v>314</v>
+      </c>
+      <c r="C29" s="133">
+        <v>10161</v>
+      </c>
+      <c r="D29" s="133">
+        <v>528</v>
+      </c>
+      <c r="E29" s="133">
+        <v>11003</v>
+      </c>
+      <c r="F29" s="133">
+        <v>966</v>
+      </c>
+      <c r="G29" s="133">
+        <v>9703</v>
+      </c>
+      <c r="H29" s="133">
+        <v>334</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="22" t="s">
-        <v>56</v>
-[...20 lines deleted...]
-        <v>314</v>
+        <v>58</v>
+      </c>
+      <c r="B30" s="133">
+        <v>334</v>
+      </c>
+      <c r="C30" s="133">
+        <v>10452</v>
+      </c>
+      <c r="D30" s="133">
+        <v>570</v>
+      </c>
+      <c r="E30" s="133">
+        <v>11356</v>
+      </c>
+      <c r="F30" s="133">
+        <v>1048</v>
+      </c>
+      <c r="G30" s="133">
+        <v>9949</v>
+      </c>
+      <c r="H30" s="133">
+        <v>359</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="22" t="s">
-        <v>57</v>
-[...19 lines deleted...]
-      <c r="H31">
+        <v>59</v>
+      </c>
+      <c r="B31" s="133">
+        <v>359</v>
+      </c>
+      <c r="C31" s="133">
+        <v>10775</v>
+      </c>
+      <c r="D31" s="133">
+        <v>610</v>
+      </c>
+      <c r="E31" s="133">
+        <v>11744</v>
+      </c>
+      <c r="F31" s="133">
+        <v>1094</v>
+      </c>
+      <c r="G31" s="133">
+        <v>10317</v>
+      </c>
+      <c r="H31" s="133">
         <v>333</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="22" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="B32">
+        <v>60</v>
+      </c>
+      <c r="B32" s="133">
         <v>333</v>
       </c>
-      <c r="C32">
-[...15 lines deleted...]
-        <v>359</v>
+      <c r="C32" s="133">
+        <v>11153</v>
+      </c>
+      <c r="D32" s="133">
+        <v>611</v>
+      </c>
+      <c r="E32" s="133">
+        <v>12097</v>
+      </c>
+      <c r="F32" s="133">
+        <v>1027</v>
+      </c>
+      <c r="G32" s="133">
+        <v>10680</v>
+      </c>
+      <c r="H32" s="133">
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="22" t="s">
-        <v>59</v>
-[...20 lines deleted...]
-        <v>333</v>
+        <v>61</v>
+      </c>
+      <c r="B33" s="133">
+        <v>390</v>
+      </c>
+      <c r="C33" s="133">
+        <v>11252</v>
+      </c>
+      <c r="D33" s="133">
+        <v>572</v>
+      </c>
+      <c r="E33" s="133">
+        <v>12214</v>
+      </c>
+      <c r="F33" s="133">
+        <v>990</v>
+      </c>
+      <c r="G33" s="133">
+        <v>10876</v>
+      </c>
+      <c r="H33" s="133">
+        <v>348</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="22" t="s">
-        <v>60</v>
-[...20 lines deleted...]
-        <v>390</v>
+        <v>62</v>
+      </c>
+      <c r="B34" s="133">
+        <v>348</v>
+      </c>
+      <c r="C34" s="133">
+        <v>11403</v>
+      </c>
+      <c r="D34" s="133">
+        <v>584</v>
+      </c>
+      <c r="E34" s="133">
+        <v>12335</v>
+      </c>
+      <c r="F34" s="133">
+        <v>1053</v>
+      </c>
+      <c r="G34" s="133">
+        <v>10962</v>
+      </c>
+      <c r="H34" s="133">
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="22" t="s">
-        <v>61</v>
-[...20 lines deleted...]
-        <v>348</v>
+        <v>63</v>
+      </c>
+      <c r="B35" s="133">
+        <v>320</v>
+      </c>
+      <c r="C35" s="133">
+        <v>11744</v>
+      </c>
+      <c r="D35" s="133">
+        <v>570</v>
+      </c>
+      <c r="E35" s="133">
+        <v>12634</v>
+      </c>
+      <c r="F35" s="133">
+        <v>1047</v>
+      </c>
+      <c r="G35" s="133">
+        <v>11332</v>
+      </c>
+      <c r="H35" s="133">
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="22" t="s">
-        <v>62</v>
-[...20 lines deleted...]
-        <v>323</v>
+        <v>64</v>
+      </c>
+      <c r="B36" s="133">
+        <v>255</v>
+      </c>
+      <c r="C36" s="133">
+        <v>11991</v>
+      </c>
+      <c r="D36" s="133">
+        <v>623</v>
+      </c>
+      <c r="E36" s="133">
+        <v>12869</v>
+      </c>
+      <c r="F36" s="133">
+        <v>1042</v>
+      </c>
+      <c r="G36" s="133">
+        <v>11559</v>
+      </c>
+      <c r="H36" s="133">
+        <v>268</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="22" t="s">
-        <v>63</v>
-[...20 lines deleted...]
-        <v>272</v>
+        <v>98</v>
+      </c>
+      <c r="B37" s="133">
+        <v>268</v>
+      </c>
+      <c r="C37" s="133">
+        <v>12321</v>
+      </c>
+      <c r="D37" s="133">
+        <v>661</v>
+      </c>
+      <c r="E37" s="133">
+        <v>13250</v>
+      </c>
+      <c r="F37" s="133">
+        <v>1173</v>
+      </c>
+      <c r="G37" s="133">
+        <v>11826</v>
+      </c>
+      <c r="H37" s="133">
+        <v>251</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="22" t="s">
-        <v>64</v>
-[...20 lines deleted...]
-        <v>258</v>
+        <v>106</v>
+      </c>
+      <c r="B38" s="133">
+        <v>251</v>
+      </c>
+      <c r="C38" s="133">
+        <v>12622</v>
+      </c>
+      <c r="D38" s="133">
+        <v>673</v>
+      </c>
+      <c r="E38" s="133">
+        <v>13546</v>
+      </c>
+      <c r="F38" s="133">
+        <v>1117</v>
+      </c>
+      <c r="G38" s="133">
+        <v>12188</v>
+      </c>
+      <c r="H38" s="133">
+        <v>241</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="77" t="s">
         <v>54</v>
       </c>
+      <c r="B39" s="133"/>
+      <c r="C39" s="133"/>
+      <c r="D39" s="133"/>
+      <c r="E39" s="133"/>
+      <c r="F39" s="133"/>
+      <c r="G39" s="133"/>
+      <c r="H39" s="133"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="22" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="C40">
+        <v>57</v>
+      </c>
+      <c r="B40" s="133">
+        <v>0</v>
+      </c>
+      <c r="C40" s="133">
         <v>83</v>
       </c>
-      <c r="D40">
-[...11 lines deleted...]
-      <c r="H40">
+      <c r="D40" s="133">
+        <v>5</v>
+      </c>
+      <c r="E40" s="133">
+        <v>88</v>
+      </c>
+      <c r="F40" s="133">
+        <v>0</v>
+      </c>
+      <c r="G40" s="133">
+        <v>88</v>
+      </c>
+      <c r="H40" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="22" t="s">
-        <v>56</v>
-[...19 lines deleted...]
-      <c r="H41">
+        <v>58</v>
+      </c>
+      <c r="B41" s="133">
+        <v>0</v>
+      </c>
+      <c r="C41" s="133">
+        <v>85</v>
+      </c>
+      <c r="D41" s="133">
+        <v>6</v>
+      </c>
+      <c r="E41" s="133">
+        <v>91</v>
+      </c>
+      <c r="F41" s="133">
+        <v>0</v>
+      </c>
+      <c r="G41" s="133">
+        <v>91</v>
+      </c>
+      <c r="H41" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="22" t="s">
-        <v>57</v>
-[...7 lines deleted...]
-      <c r="D42">
+        <v>59</v>
+      </c>
+      <c r="B42" s="133">
+        <v>0</v>
+      </c>
+      <c r="C42" s="133">
+        <v>85</v>
+      </c>
+      <c r="D42" s="133">
         <v>5</v>
       </c>
-      <c r="E42">
-[...8 lines deleted...]
-      <c r="H42">
+      <c r="E42" s="133">
+        <v>90</v>
+      </c>
+      <c r="F42" s="133">
+        <v>1</v>
+      </c>
+      <c r="G42" s="133">
+        <v>89</v>
+      </c>
+      <c r="H42" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="22" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="C43">
+        <v>60</v>
+      </c>
+      <c r="B43" s="133">
+        <v>0</v>
+      </c>
+      <c r="C43" s="133">
+        <v>82</v>
+      </c>
+      <c r="D43" s="133">
+        <v>3</v>
+      </c>
+      <c r="E43" s="133">
         <v>85</v>
       </c>
-      <c r="D43">
-[...11 lines deleted...]
-      <c r="H43">
+      <c r="F43" s="133">
+        <v>0</v>
+      </c>
+      <c r="G43" s="133">
+        <v>85</v>
+      </c>
+      <c r="H43" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="22" t="s">
-        <v>59</v>
-[...13 lines deleted...]
-      <c r="F44">
+        <v>61</v>
+      </c>
+      <c r="B44" s="133">
+        <v>0</v>
+      </c>
+      <c r="C44" s="133">
+        <v>82</v>
+      </c>
+      <c r="D44" s="133">
+        <v>7</v>
+      </c>
+      <c r="E44" s="133">
+        <v>89</v>
+      </c>
+      <c r="F44" s="133">
         <v>1</v>
       </c>
-      <c r="G44">
-[...2 lines deleted...]
-      <c r="H44">
+      <c r="G44" s="133">
+        <v>88</v>
+      </c>
+      <c r="H44" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="22" t="s">
-        <v>60</v>
-[...19 lines deleted...]
-      <c r="H45">
+        <v>62</v>
+      </c>
+      <c r="B45" s="133">
+        <v>0</v>
+      </c>
+      <c r="C45" s="133">
+        <v>81</v>
+      </c>
+      <c r="D45" s="133">
+        <v>6</v>
+      </c>
+      <c r="E45" s="133">
+        <v>87</v>
+      </c>
+      <c r="F45" s="133">
+        <v>1</v>
+      </c>
+      <c r="G45" s="133">
+        <v>86</v>
+      </c>
+      <c r="H45" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="22" t="s">
-        <v>61</v>
-[...19 lines deleted...]
-      <c r="H46">
+        <v>63</v>
+      </c>
+      <c r="B46" s="133">
+        <v>0</v>
+      </c>
+      <c r="C46" s="133">
+        <v>81</v>
+      </c>
+      <c r="D46" s="133">
+        <v>6</v>
+      </c>
+      <c r="E46" s="133">
+        <v>87</v>
+      </c>
+      <c r="F46" s="133">
+        <v>0</v>
+      </c>
+      <c r="G46" s="133">
+        <v>87</v>
+      </c>
+      <c r="H46" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="22" t="s">
-        <v>62</v>
-[...10 lines deleted...]
-      <c r="E47">
+        <v>64</v>
+      </c>
+      <c r="B47" s="133">
+        <v>0</v>
+      </c>
+      <c r="C47" s="133">
+        <v>83</v>
+      </c>
+      <c r="D47" s="133">
+        <v>4</v>
+      </c>
+      <c r="E47" s="133">
         <v>87</v>
       </c>
-      <c r="F47">
+      <c r="F47" s="133">
         <v>1</v>
       </c>
-      <c r="G47">
+      <c r="G47" s="133">
         <v>86</v>
       </c>
-      <c r="H47">
+      <c r="H47" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="22" t="s">
-        <v>63</v>
-[...19 lines deleted...]
-      <c r="H48">
+        <v>98</v>
+      </c>
+      <c r="B48" s="133">
+        <v>0</v>
+      </c>
+      <c r="C48" s="133">
+        <v>86</v>
+      </c>
+      <c r="D48" s="133">
+        <v>3</v>
+      </c>
+      <c r="E48" s="133">
+        <v>89</v>
+      </c>
+      <c r="F48" s="133">
+        <v>3</v>
+      </c>
+      <c r="G48" s="133">
+        <v>86</v>
+      </c>
+      <c r="H48" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="22" t="s">
-        <v>64</v>
-[...10 lines deleted...]
-      <c r="E49">
+        <v>106</v>
+      </c>
+      <c r="B49" s="133">
+        <v>0</v>
+      </c>
+      <c r="C49" s="133">
+        <v>88</v>
+      </c>
+      <c r="D49" s="133">
+        <v>2</v>
+      </c>
+      <c r="E49" s="133">
+        <v>90</v>
+      </c>
+      <c r="F49" s="133">
+        <v>3</v>
+      </c>
+      <c r="G49" s="133">
         <v>87</v>
       </c>
-      <c r="F49">
-[...5 lines deleted...]
-      <c r="H49">
+      <c r="H49" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="76" t="s">
         <v>95</v>
       </c>
+      <c r="B50" s="133"/>
+      <c r="C50" s="133"/>
+      <c r="D50" s="133"/>
+      <c r="E50" s="133"/>
+      <c r="F50" s="133"/>
+      <c r="G50" s="133"/>
+      <c r="H50" s="133"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="77" t="s">
         <v>65</v>
       </c>
+      <c r="B51" s="133"/>
+      <c r="C51" s="133"/>
+      <c r="D51" s="133"/>
+      <c r="E51" s="133"/>
+      <c r="F51" s="133"/>
+      <c r="G51" s="133"/>
+      <c r="H51" s="133"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="22" t="s">
-        <v>55</v>
-[...20 lines deleted...]
-        <v>586</v>
+        <v>57</v>
+      </c>
+      <c r="B52" s="133">
+        <v>938</v>
+      </c>
+      <c r="C52" s="133">
+        <v>4650</v>
+      </c>
+      <c r="D52" s="133">
+        <v>1427</v>
+      </c>
+      <c r="E52" s="133">
+        <v>7015</v>
+      </c>
+      <c r="F52" s="133">
+        <v>2287</v>
+      </c>
+      <c r="G52" s="133">
+        <v>3778</v>
+      </c>
+      <c r="H52" s="133">
+        <v>950</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="22" t="s">
-        <v>56</v>
-[...20 lines deleted...]
-        <v>938</v>
+        <v>58</v>
+      </c>
+      <c r="B53" s="133">
+        <v>950</v>
+      </c>
+      <c r="C53" s="133">
+        <v>4661</v>
+      </c>
+      <c r="D53" s="133">
+        <v>1462</v>
+      </c>
+      <c r="E53" s="133">
+        <v>7073</v>
+      </c>
+      <c r="F53" s="133">
+        <v>2449</v>
+      </c>
+      <c r="G53" s="133">
+        <v>3856</v>
+      </c>
+      <c r="H53" s="133">
+        <v>768</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="22" t="s">
-        <v>57</v>
-[...20 lines deleted...]
-        <v>930</v>
+        <v>59</v>
+      </c>
+      <c r="B54" s="133">
+        <v>768</v>
+      </c>
+      <c r="C54" s="133">
+        <v>4653</v>
+      </c>
+      <c r="D54" s="133">
+        <v>1517</v>
+      </c>
+      <c r="E54" s="133">
+        <v>6938</v>
+      </c>
+      <c r="F54" s="133">
+        <v>2520</v>
+      </c>
+      <c r="G54" s="133">
+        <v>3822</v>
+      </c>
+      <c r="H54" s="133">
+        <v>596</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="22" t="s">
-        <v>58</v>
-[...20 lines deleted...]
-        <v>744</v>
+        <v>60</v>
+      </c>
+      <c r="B55" s="133">
+        <v>596</v>
+      </c>
+      <c r="C55" s="133">
+        <v>4835</v>
+      </c>
+      <c r="D55" s="133">
+        <v>1435</v>
+      </c>
+      <c r="E55" s="133">
+        <v>6866</v>
+      </c>
+      <c r="F55" s="133">
+        <v>2416</v>
+      </c>
+      <c r="G55" s="133">
+        <v>3837</v>
+      </c>
+      <c r="H55" s="133">
+        <v>613</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="22" t="s">
-        <v>59</v>
-[...20 lines deleted...]
-        <v>563</v>
+        <v>61</v>
+      </c>
+      <c r="B56" s="133">
+        <v>613</v>
+      </c>
+      <c r="C56" s="133">
+        <v>4781</v>
+      </c>
+      <c r="D56" s="133">
+        <v>1502</v>
+      </c>
+      <c r="E56" s="133">
+        <v>6896</v>
+      </c>
+      <c r="F56" s="133">
+        <v>2433</v>
+      </c>
+      <c r="G56" s="133">
+        <v>3935</v>
+      </c>
+      <c r="H56" s="133">
+        <v>528</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="22" t="s">
-        <v>60</v>
-[...20 lines deleted...]
-        <v>595</v>
+        <v>62</v>
+      </c>
+      <c r="B57" s="133">
+        <v>528</v>
+      </c>
+      <c r="C57" s="133">
+        <v>4813</v>
+      </c>
+      <c r="D57" s="133">
+        <v>1485</v>
+      </c>
+      <c r="E57" s="133">
+        <v>6826</v>
+      </c>
+      <c r="F57" s="133">
+        <v>2354</v>
+      </c>
+      <c r="G57" s="133">
+        <v>3955</v>
+      </c>
+      <c r="H57" s="133">
+        <v>517</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="22" t="s">
-        <v>61</v>
-[...20 lines deleted...]
-        <v>520</v>
+        <v>63</v>
+      </c>
+      <c r="B58" s="133">
+        <v>517</v>
+      </c>
+      <c r="C58" s="133">
+        <v>4810</v>
+      </c>
+      <c r="D58" s="133">
+        <v>1406</v>
+      </c>
+      <c r="E58" s="133">
+        <v>6733</v>
+      </c>
+      <c r="F58" s="133">
+        <v>2460</v>
+      </c>
+      <c r="G58" s="133">
+        <v>3894</v>
+      </c>
+      <c r="H58" s="133">
+        <v>379</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="22" t="s">
-        <v>62</v>
-[...20 lines deleted...]
-        <v>517</v>
+        <v>64</v>
+      </c>
+      <c r="B59" s="133">
+        <v>379</v>
+      </c>
+      <c r="C59" s="133">
+        <v>4844</v>
+      </c>
+      <c r="D59" s="133">
+        <v>1377</v>
+      </c>
+      <c r="E59" s="133">
+        <v>6600</v>
+      </c>
+      <c r="F59" s="133">
+        <v>2344</v>
+      </c>
+      <c r="G59" s="133">
+        <v>3872</v>
+      </c>
+      <c r="H59" s="133">
+        <v>384</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="22" t="s">
-        <v>63</v>
-[...20 lines deleted...]
-        <v>376</v>
+        <v>98</v>
+      </c>
+      <c r="B60" s="133">
+        <v>384</v>
+      </c>
+      <c r="C60" s="133">
+        <v>4780</v>
+      </c>
+      <c r="D60" s="133">
+        <v>1354</v>
+      </c>
+      <c r="E60" s="133">
+        <v>6518</v>
+      </c>
+      <c r="F60" s="133">
+        <v>2312</v>
+      </c>
+      <c r="G60" s="133">
+        <v>3777</v>
+      </c>
+      <c r="H60" s="133">
+        <v>429</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="22" t="s">
-        <v>64</v>
-[...20 lines deleted...]
-        <v>375</v>
+        <v>106</v>
+      </c>
+      <c r="B61" s="133">
+        <v>429</v>
+      </c>
+      <c r="C61" s="133">
+        <v>4849</v>
+      </c>
+      <c r="D61" s="133">
+        <v>1374</v>
+      </c>
+      <c r="E61" s="133">
+        <v>6652</v>
+      </c>
+      <c r="F61" s="133">
+        <v>2319</v>
+      </c>
+      <c r="G61" s="133">
+        <v>3896</v>
+      </c>
+      <c r="H61" s="133">
+        <v>437</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="77" t="s">
         <v>54</v>
       </c>
+      <c r="B62" s="133"/>
+      <c r="C62" s="133"/>
+      <c r="D62" s="133"/>
+      <c r="E62" s="133"/>
+      <c r="F62" s="133"/>
+      <c r="G62" s="133"/>
+      <c r="H62" s="133"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" s="22" t="s">
-        <v>55</v>
-[...19 lines deleted...]
-      <c r="H63">
+        <v>57</v>
+      </c>
+      <c r="B63" s="133">
+        <v>0</v>
+      </c>
+      <c r="C63" s="133">
+        <v>158</v>
+      </c>
+      <c r="D63" s="133">
+        <v>31</v>
+      </c>
+      <c r="E63" s="133">
+        <v>189</v>
+      </c>
+      <c r="F63" s="133">
+        <v>0</v>
+      </c>
+      <c r="G63" s="133">
+        <v>189</v>
+      </c>
+      <c r="H63" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="22" t="s">
-        <v>56</v>
-[...19 lines deleted...]
-      <c r="H64">
+        <v>58</v>
+      </c>
+      <c r="B64" s="133">
+        <v>0</v>
+      </c>
+      <c r="C64" s="133">
+        <v>155</v>
+      </c>
+      <c r="D64" s="133">
+        <v>29</v>
+      </c>
+      <c r="E64" s="133">
+        <v>184</v>
+      </c>
+      <c r="F64" s="133">
+        <v>0</v>
+      </c>
+      <c r="G64" s="133">
+        <v>184</v>
+      </c>
+      <c r="H64" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" s="22" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="C65">
+        <v>59</v>
+      </c>
+      <c r="B65" s="133">
+        <v>0</v>
+      </c>
+      <c r="C65" s="133">
         <v>158</v>
       </c>
-      <c r="D65">
-[...11 lines deleted...]
-      <c r="H65">
+      <c r="D65" s="133">
+        <v>25</v>
+      </c>
+      <c r="E65" s="133">
+        <v>183</v>
+      </c>
+      <c r="F65" s="133">
+        <v>0</v>
+      </c>
+      <c r="G65" s="133">
+        <v>183</v>
+      </c>
+      <c r="H65" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" s="22" t="s">
-        <v>58</v>
-[...19 lines deleted...]
-      <c r="H66">
+        <v>60</v>
+      </c>
+      <c r="B66" s="133">
+        <v>0</v>
+      </c>
+      <c r="C66" s="133">
+        <v>161</v>
+      </c>
+      <c r="D66" s="133">
+        <v>26</v>
+      </c>
+      <c r="E66" s="133">
+        <v>187</v>
+      </c>
+      <c r="F66" s="133">
+        <v>0</v>
+      </c>
+      <c r="G66" s="133">
+        <v>187</v>
+      </c>
+      <c r="H66" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="22" t="s">
-        <v>59</v>
-[...19 lines deleted...]
-      <c r="H67">
+        <v>61</v>
+      </c>
+      <c r="B67" s="133">
+        <v>0</v>
+      </c>
+      <c r="C67" s="133">
+        <v>164</v>
+      </c>
+      <c r="D67" s="133">
+        <v>24</v>
+      </c>
+      <c r="E67" s="133">
+        <v>188</v>
+      </c>
+      <c r="F67" s="133">
+        <v>0</v>
+      </c>
+      <c r="G67" s="133">
+        <v>188</v>
+      </c>
+      <c r="H67" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="22" t="s">
-        <v>60</v>
-[...19 lines deleted...]
-      <c r="H68">
+        <v>62</v>
+      </c>
+      <c r="B68" s="133">
+        <v>0</v>
+      </c>
+      <c r="C68" s="133">
+        <v>157</v>
+      </c>
+      <c r="D68" s="133">
+        <v>25</v>
+      </c>
+      <c r="E68" s="133">
+        <v>182</v>
+      </c>
+      <c r="F68" s="133">
+        <v>0</v>
+      </c>
+      <c r="G68" s="133">
+        <v>182</v>
+      </c>
+      <c r="H68" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" s="22" t="s">
-        <v>61</v>
-[...19 lines deleted...]
-      <c r="H69">
+        <v>63</v>
+      </c>
+      <c r="B69" s="133">
+        <v>0</v>
+      </c>
+      <c r="C69" s="133">
+        <v>162</v>
+      </c>
+      <c r="D69" s="133">
+        <v>34</v>
+      </c>
+      <c r="E69" s="133">
+        <v>196</v>
+      </c>
+      <c r="F69" s="133">
+        <v>0</v>
+      </c>
+      <c r="G69" s="133">
+        <v>196</v>
+      </c>
+      <c r="H69" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="22" t="s">
-        <v>62</v>
-[...19 lines deleted...]
-      <c r="H70">
+        <v>64</v>
+      </c>
+      <c r="B70" s="133">
+        <v>0</v>
+      </c>
+      <c r="C70" s="133">
+        <v>162</v>
+      </c>
+      <c r="D70" s="133">
+        <v>40</v>
+      </c>
+      <c r="E70" s="133">
+        <v>202</v>
+      </c>
+      <c r="F70" s="133">
+        <v>0</v>
+      </c>
+      <c r="G70" s="133">
+        <v>202</v>
+      </c>
+      <c r="H70" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" s="22" t="s">
-        <v>63</v>
-[...19 lines deleted...]
-      <c r="H71">
+        <v>98</v>
+      </c>
+      <c r="B71" s="133">
+        <v>0</v>
+      </c>
+      <c r="C71" s="133">
+        <v>165</v>
+      </c>
+      <c r="D71" s="133">
+        <v>48</v>
+      </c>
+      <c r="E71" s="133">
+        <v>213</v>
+      </c>
+      <c r="F71" s="133">
+        <v>0</v>
+      </c>
+      <c r="G71" s="133">
+        <v>213</v>
+      </c>
+      <c r="H71" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" s="22" t="s">
-        <v>64</v>
-[...19 lines deleted...]
-      <c r="H72">
+        <v>106</v>
+      </c>
+      <c r="B72" s="133">
+        <v>0</v>
+      </c>
+      <c r="C72" s="133">
+        <v>167</v>
+      </c>
+      <c r="D72" s="133">
+        <v>48</v>
+      </c>
+      <c r="E72" s="133">
+        <v>215</v>
+      </c>
+      <c r="F72" s="133">
+        <v>0</v>
+      </c>
+      <c r="G72" s="133">
+        <v>215</v>
+      </c>
+      <c r="H72" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" s="76" t="s">
         <v>67</v>
       </c>
+      <c r="B73" s="133"/>
+      <c r="C73" s="133"/>
+      <c r="D73" s="133"/>
+      <c r="E73" s="133"/>
+      <c r="F73" s="133"/>
+      <c r="G73" s="133"/>
+      <c r="H73" s="133"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" s="77" t="s">
         <v>65</v>
       </c>
+      <c r="B74" s="133"/>
+      <c r="C74" s="133"/>
+      <c r="D74" s="133"/>
+      <c r="E74" s="133"/>
+      <c r="F74" s="133"/>
+      <c r="G74" s="133"/>
+      <c r="H74" s="133"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" s="22" t="s">
-        <v>55</v>
-[...20 lines deleted...]
-        <v>690</v>
+        <v>57</v>
+      </c>
+      <c r="B75" s="133">
+        <v>412</v>
+      </c>
+      <c r="C75" s="133">
+        <v>4512</v>
+      </c>
+      <c r="D75" s="133">
+        <v>1039</v>
+      </c>
+      <c r="E75" s="133">
+        <v>5963</v>
+      </c>
+      <c r="F75" s="133">
+        <v>1977</v>
+      </c>
+      <c r="G75" s="133">
+        <v>3551</v>
+      </c>
+      <c r="H75" s="133">
+        <v>435</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" s="22" t="s">
-        <v>56</v>
-[...20 lines deleted...]
-        <v>412</v>
+        <v>58</v>
+      </c>
+      <c r="B76" s="133">
+        <v>435</v>
+      </c>
+      <c r="C76" s="133">
+        <v>4407</v>
+      </c>
+      <c r="D76" s="133">
+        <v>1109</v>
+      </c>
+      <c r="E76" s="133">
+        <v>5951</v>
+      </c>
+      <c r="F76" s="133">
+        <v>2020</v>
+      </c>
+      <c r="G76" s="133">
+        <v>3501</v>
+      </c>
+      <c r="H76" s="133">
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" s="22" t="s">
-        <v>57</v>
-[...20 lines deleted...]
-        <v>435</v>
+        <v>59</v>
+      </c>
+      <c r="B77" s="133">
+        <v>430</v>
+      </c>
+      <c r="C77" s="133">
+        <v>4546</v>
+      </c>
+      <c r="D77" s="133">
+        <v>1239</v>
+      </c>
+      <c r="E77" s="133">
+        <v>6215</v>
+      </c>
+      <c r="F77" s="133">
+        <v>2084</v>
+      </c>
+      <c r="G77" s="133">
+        <v>3773</v>
+      </c>
+      <c r="H77" s="133">
+        <v>358</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" s="22" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="B78">
+        <v>60</v>
+      </c>
+      <c r="B78" s="133">
+        <v>358</v>
+      </c>
+      <c r="C78" s="133">
+        <v>4606</v>
+      </c>
+      <c r="D78" s="133">
+        <v>1227</v>
+      </c>
+      <c r="E78" s="133">
+        <v>6191</v>
+      </c>
+      <c r="F78" s="133">
+        <v>2143</v>
+      </c>
+      <c r="G78" s="133">
+        <v>3613</v>
+      </c>
+      <c r="H78" s="133">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" s="22" t="s">
-        <v>59</v>
-[...20 lines deleted...]
-        <v>358</v>
+        <v>61</v>
+      </c>
+      <c r="B79" s="133">
+        <v>435</v>
+      </c>
+      <c r="C79" s="133">
+        <v>4619</v>
+      </c>
+      <c r="D79" s="133">
+        <v>1341</v>
+      </c>
+      <c r="E79" s="133">
+        <v>6395</v>
+      </c>
+      <c r="F79" s="133">
+        <v>2224</v>
+      </c>
+      <c r="G79" s="133">
+        <v>3729</v>
+      </c>
+      <c r="H79" s="133">
+        <v>442</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" s="22" t="s">
-        <v>60</v>
-[...20 lines deleted...]
-        <v>435</v>
+        <v>62</v>
+      </c>
+      <c r="B80" s="133">
+        <v>442</v>
+      </c>
+      <c r="C80" s="133">
+        <v>4337</v>
+      </c>
+      <c r="D80" s="133">
+        <v>1282</v>
+      </c>
+      <c r="E80" s="133">
+        <v>6061</v>
+      </c>
+      <c r="F80" s="133">
+        <v>1877</v>
+      </c>
+      <c r="G80" s="133">
+        <v>3708</v>
+      </c>
+      <c r="H80" s="133">
+        <v>476</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" s="22" t="s">
-        <v>61</v>
-[...20 lines deleted...]
-        <v>442</v>
+        <v>63</v>
+      </c>
+      <c r="B81" s="133">
+        <v>476</v>
+      </c>
+      <c r="C81" s="133">
+        <v>4447</v>
+      </c>
+      <c r="D81" s="133">
+        <v>1083</v>
+      </c>
+      <c r="E81" s="133">
+        <v>6006</v>
+      </c>
+      <c r="F81" s="133">
+        <v>1862</v>
+      </c>
+      <c r="G81" s="133">
+        <v>3609</v>
+      </c>
+      <c r="H81" s="133">
+        <v>535</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" s="22" t="s">
-        <v>62</v>
-[...20 lines deleted...]
-        <v>476</v>
+        <v>64</v>
+      </c>
+      <c r="B82" s="133">
+        <v>535</v>
+      </c>
+      <c r="C82" s="133">
+        <v>4420</v>
+      </c>
+      <c r="D82" s="133">
+        <v>1025</v>
+      </c>
+      <c r="E82" s="133">
+        <v>5980</v>
+      </c>
+      <c r="F82" s="133">
+        <v>1868</v>
+      </c>
+      <c r="G82" s="133">
+        <v>3598</v>
+      </c>
+      <c r="H82" s="133">
+        <v>514</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" s="22" t="s">
-        <v>63</v>
-[...20 lines deleted...]
-        <v>518</v>
+        <v>98</v>
+      </c>
+      <c r="B83" s="133">
+        <v>514</v>
+      </c>
+      <c r="C83" s="133">
+        <v>4419</v>
+      </c>
+      <c r="D83" s="133">
+        <v>1025</v>
+      </c>
+      <c r="E83" s="133">
+        <v>5958</v>
+      </c>
+      <c r="F83" s="133">
+        <v>1898</v>
+      </c>
+      <c r="G83" s="133">
+        <v>3560</v>
+      </c>
+      <c r="H83" s="133">
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" s="22" t="s">
-        <v>64</v>
-[...20 lines deleted...]
-        <v>496</v>
+        <v>106</v>
+      </c>
+      <c r="B84" s="133">
+        <v>500</v>
+      </c>
+      <c r="C84" s="133">
+        <v>4403</v>
+      </c>
+      <c r="D84" s="133">
+        <v>1034</v>
+      </c>
+      <c r="E84" s="133">
+        <v>5937</v>
+      </c>
+      <c r="F84" s="133">
+        <v>1884</v>
+      </c>
+      <c r="G84" s="133">
+        <v>3565</v>
+      </c>
+      <c r="H84" s="133">
+        <v>488</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" s="77" t="s">
         <v>54</v>
       </c>
+      <c r="B85" s="133"/>
+      <c r="C85" s="133"/>
+      <c r="D85" s="133"/>
+      <c r="E85" s="133"/>
+      <c r="F85" s="133"/>
+      <c r="G85" s="133"/>
+      <c r="H85" s="133"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="22" t="s">
-        <v>55</v>
-[...10 lines deleted...]
-      <c r="E86">
+        <v>57</v>
+      </c>
+      <c r="B86" s="133">
+        <v>0</v>
+      </c>
+      <c r="C86" s="133">
+        <v>596</v>
+      </c>
+      <c r="D86" s="133">
+        <v>73</v>
+      </c>
+      <c r="E86" s="133">
         <v>669</v>
       </c>
-      <c r="F86">
-[...5 lines deleted...]
-      <c r="H86">
+      <c r="F86" s="133">
+        <v>5</v>
+      </c>
+      <c r="G86" s="133">
+        <v>664</v>
+      </c>
+      <c r="H86" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" s="22" t="s">
-        <v>56</v>
-[...19 lines deleted...]
-      <c r="H87">
+        <v>58</v>
+      </c>
+      <c r="B87" s="133">
+        <v>0</v>
+      </c>
+      <c r="C87" s="133">
+        <v>585</v>
+      </c>
+      <c r="D87" s="133">
+        <v>68</v>
+      </c>
+      <c r="E87" s="133">
+        <v>653</v>
+      </c>
+      <c r="F87" s="133">
+        <v>1</v>
+      </c>
+      <c r="G87" s="133">
+        <v>652</v>
+      </c>
+      <c r="H87" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="22" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="C88">
+        <v>59</v>
+      </c>
+      <c r="B88" s="133">
+        <v>0</v>
+      </c>
+      <c r="C88" s="133">
         <v>596</v>
       </c>
-      <c r="D88">
-[...11 lines deleted...]
-      <c r="H88">
+      <c r="D88" s="133">
+        <v>61</v>
+      </c>
+      <c r="E88" s="133">
+        <v>657</v>
+      </c>
+      <c r="F88" s="133">
+        <v>0</v>
+      </c>
+      <c r="G88" s="133">
+        <v>657</v>
+      </c>
+      <c r="H88" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" s="22" t="s">
-        <v>58</v>
-[...13 lines deleted...]
-      <c r="F89">
+        <v>60</v>
+      </c>
+      <c r="B89" s="133">
+        <v>0</v>
+      </c>
+      <c r="C89" s="133">
+        <v>590</v>
+      </c>
+      <c r="D89" s="133">
+        <v>89</v>
+      </c>
+      <c r="E89" s="133">
+        <v>679</v>
+      </c>
+      <c r="F89" s="133">
         <v>1</v>
       </c>
-      <c r="G89">
-[...2 lines deleted...]
-      <c r="H89">
+      <c r="G89" s="133">
+        <v>678</v>
+      </c>
+      <c r="H89" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="22" t="s">
-        <v>59</v>
-[...7 lines deleted...]
-      <c r="D90">
         <v>61</v>
       </c>
-      <c r="E90">
-[...8 lines deleted...]
-      <c r="H90">
+      <c r="B90" s="133">
+        <v>0</v>
+      </c>
+      <c r="C90" s="133">
+        <v>594</v>
+      </c>
+      <c r="D90" s="133">
+        <v>52</v>
+      </c>
+      <c r="E90" s="133">
+        <v>646</v>
+      </c>
+      <c r="F90" s="133">
+        <v>6</v>
+      </c>
+      <c r="G90" s="133">
+        <v>640</v>
+      </c>
+      <c r="H90" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" s="22" t="s">
-        <v>60</v>
-[...19 lines deleted...]
-      <c r="H91">
+        <v>62</v>
+      </c>
+      <c r="B91" s="133">
+        <v>0</v>
+      </c>
+      <c r="C91" s="133">
+        <v>568</v>
+      </c>
+      <c r="D91" s="133">
+        <v>82</v>
+      </c>
+      <c r="E91" s="133">
+        <v>650</v>
+      </c>
+      <c r="F91" s="133">
+        <v>6</v>
+      </c>
+      <c r="G91" s="133">
+        <v>644</v>
+      </c>
+      <c r="H91" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" s="22" t="s">
-        <v>61</v>
-[...19 lines deleted...]
-      <c r="H92">
+        <v>63</v>
+      </c>
+      <c r="B92" s="133">
+        <v>0</v>
+      </c>
+      <c r="C92" s="133">
+        <v>566</v>
+      </c>
+      <c r="D92" s="133">
+        <v>165</v>
+      </c>
+      <c r="E92" s="133">
+        <v>731</v>
+      </c>
+      <c r="F92" s="133">
+        <v>0</v>
+      </c>
+      <c r="G92" s="133">
+        <v>731</v>
+      </c>
+      <c r="H92" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" s="22" t="s">
-        <v>62</v>
-[...19 lines deleted...]
-      <c r="H93">
+        <v>64</v>
+      </c>
+      <c r="B93" s="133">
+        <v>0</v>
+      </c>
+      <c r="C93" s="133">
+        <v>585</v>
+      </c>
+      <c r="D93" s="133">
+        <v>147</v>
+      </c>
+      <c r="E93" s="133">
+        <v>732</v>
+      </c>
+      <c r="F93" s="133">
+        <v>3</v>
+      </c>
+      <c r="G93" s="133">
+        <v>729</v>
+      </c>
+      <c r="H93" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" s="22" t="s">
-        <v>63</v>
-[...10 lines deleted...]
-      <c r="E94">
+        <v>98</v>
+      </c>
+      <c r="B94" s="133">
+        <v>0</v>
+      </c>
+      <c r="C94" s="133">
+        <v>595</v>
+      </c>
+      <c r="D94" s="133">
+        <v>137</v>
+      </c>
+      <c r="E94" s="133">
+        <v>732</v>
+      </c>
+      <c r="F94" s="133">
+        <v>1</v>
+      </c>
+      <c r="G94" s="133">
         <v>731</v>
       </c>
-      <c r="F94">
-[...5 lines deleted...]
-      <c r="H94">
+      <c r="H94" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" s="22" t="s">
-        <v>64</v>
-[...19 lines deleted...]
-      <c r="H95">
+        <v>106</v>
+      </c>
+      <c r="B95" s="133">
+        <v>0</v>
+      </c>
+      <c r="C95" s="133">
+        <v>605</v>
+      </c>
+      <c r="D95" s="133">
+        <v>135</v>
+      </c>
+      <c r="E95" s="133">
+        <v>740</v>
+      </c>
+      <c r="F95" s="133">
+        <v>1</v>
+      </c>
+      <c r="G95" s="133">
+        <v>739</v>
+      </c>
+      <c r="H95" s="133">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Planilha6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I36"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="112" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="112" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
     </row>
     <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A28" s="132" t="s">
+      <c r="A28" s="130" t="s">
         <v>32</v>
       </c>
-      <c r="B28" s="132"/>
-[...4 lines deleted...]
-      <c r="G28" s="132"/>
+      <c r="B28" s="130"/>
+      <c r="C28" s="130"/>
+      <c r="D28" s="130"/>
+      <c r="E28" s="130"/>
+      <c r="F28" s="130"/>
+      <c r="G28" s="130"/>
     </row>
     <row r="29" spans="1:7" ht="51" x14ac:dyDescent="0.25">
       <c r="A29" s="65" t="s">
         <v>0</v>
       </c>
       <c r="B29" s="66" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="66" t="s">
         <v>3</v>
       </c>
       <c r="D29" s="66" t="s">
         <v>4</v>
       </c>
       <c r="E29" s="67" t="s">
         <v>5</v>
       </c>
-      <c r="F29" s="133" t="s">
+      <c r="F29" s="131" t="s">
         <v>21</v>
       </c>
-      <c r="G29" s="134"/>
+      <c r="G29" s="132"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="68" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="69">
         <v>1.08</v>
       </c>
       <c r="C30" s="70">
         <v>1.06</v>
       </c>
       <c r="D30" s="70">
         <v>0.96</v>
       </c>
       <c r="E30" s="69">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F30" s="130" t="s">
+      <c r="F30" s="128" t="s">
         <v>22</v>
       </c>
-      <c r="G30" s="131"/>
+      <c r="G30" s="129"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="68" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="69">
         <v>1.48</v>
       </c>
       <c r="C31" s="70">
         <v>1.34</v>
       </c>
       <c r="D31" s="70">
         <v>1.21</v>
       </c>
       <c r="E31" s="69">
         <v>1.39</v>
       </c>
-      <c r="F31" s="130" t="s">
+      <c r="F31" s="128" t="s">
         <v>23</v>
       </c>
-      <c r="G31" s="131"/>
+      <c r="G31" s="129"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="68" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="69">
         <v>1.79</v>
       </c>
       <c r="C32" s="70">
         <v>1.87</v>
       </c>
       <c r="D32" s="70">
         <v>1.38</v>
       </c>
       <c r="E32" s="69">
         <v>1.69</v>
       </c>
-      <c r="F32" s="130" t="s">
+      <c r="F32" s="128" t="s">
         <v>35</v>
       </c>
-      <c r="G32" s="131"/>
+      <c r="G32" s="129"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="68" t="s">
         <v>36</v>
       </c>
       <c r="B33" s="69">
         <v>1.88</v>
       </c>
       <c r="C33" s="70">
         <v>1.87</v>
       </c>
       <c r="D33" s="70">
         <v>1.38</v>
       </c>
       <c r="E33" s="69">
         <v>2.17</v>
       </c>
-      <c r="F33" s="130" t="s">
+      <c r="F33" s="128" t="s">
         <v>37</v>
       </c>
-      <c r="G33" s="131"/>
+      <c r="G33" s="129"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="68" t="s">
         <v>96</v>
       </c>
       <c r="B34" s="69">
         <v>1.88</v>
       </c>
       <c r="C34" s="70">
         <v>1.87</v>
       </c>
       <c r="D34" s="70">
         <v>1.38</v>
       </c>
       <c r="E34" s="69">
         <v>2.17</v>
       </c>
-      <c r="F34" s="130" t="s">
+      <c r="F34" s="128" t="s">
         <v>97</v>
       </c>
-      <c r="G34" s="131"/>
+      <c r="G34" s="129"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="71" t="s">
         <v>104</v>
       </c>
       <c r="B35" s="73">
         <v>1.88</v>
       </c>
       <c r="C35" s="72">
         <v>1.87</v>
       </c>
       <c r="D35" s="72">
         <v>1.38</v>
       </c>
       <c r="E35" s="73">
         <v>2.17</v>
       </c>
-      <c r="F35" s="128" t="s">
+      <c r="F35" s="126" t="s">
         <v>105</v>
       </c>
-      <c r="G35" s="129"/>
+      <c r="G35" s="127"/>
       <c r="H35" s="81"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="F35:G35"/>
     <mergeCell ref="F33:G33"/>
     <mergeCell ref="A28:G28"/>
     <mergeCell ref="F30:G30"/>
     <mergeCell ref="F31:G31"/>
     <mergeCell ref="F29:G29"/>
     <mergeCell ref="F32:G32"/>
     <mergeCell ref="F34:G34"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="1.3779527559055118" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Leite e derivados</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57154752-A9BF-4AE1-9219-1F618F67FB0F}">
   <dimension ref="A3:I26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="9" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="78" t="s">
         <v>69</v>
       </c>
       <c r="B3" s="79" t="s">
         <v>70</v>
       </c>
       <c r="C3" s="79" t="s">
         <v>71</v>
       </c>
       <c r="D3" s="79" t="s">
         <v>72</v>
       </c>
       <c r="E3" s="79" t="s">
         <v>86</v>
       </c>
       <c r="F3" s="79" t="s">
         <v>74</v>
       </c>
       <c r="G3" s="79" t="s">
         <v>73</v>
       </c>
       <c r="H3" s="79" t="s">
         <v>75</v>
       </c>
       <c r="I3" s="79" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="76" t="s">
         <v>68</v>
       </c>
-      <c r="B4">
-[...21 lines deleted...]
-        <v>6629684</v>
+      <c r="B4" s="133">
+        <v>1554782</v>
+      </c>
+      <c r="C4" s="133">
+        <v>5672995</v>
+      </c>
+      <c r="D4" s="133">
+        <v>1164312</v>
+      </c>
+      <c r="E4" s="133">
+        <v>6837307</v>
+      </c>
+      <c r="F4" s="133">
+        <v>24593</v>
+      </c>
+      <c r="G4" s="133">
+        <v>6861900</v>
+      </c>
+      <c r="H4" s="133">
+        <v>30744</v>
+      </c>
+      <c r="I4" s="133">
+        <v>6831156</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="77" t="s">
         <v>65</v>
       </c>
+      <c r="B5" s="133"/>
+      <c r="C5" s="133"/>
+      <c r="D5" s="133"/>
+      <c r="E5" s="133"/>
+      <c r="F5" s="133"/>
+      <c r="G5" s="133"/>
+      <c r="H5" s="133"/>
+      <c r="I5" s="133"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
-        <v>55</v>
-[...23 lines deleted...]
-        <v>584563</v>
+        <v>57</v>
+      </c>
+      <c r="B6" s="133">
+        <v>137498</v>
+      </c>
+      <c r="C6" s="133">
+        <v>511533</v>
+      </c>
+      <c r="D6" s="133">
+        <v>101479</v>
+      </c>
+      <c r="E6" s="133">
+        <v>613012</v>
+      </c>
+      <c r="F6" s="133">
+        <v>2273</v>
+      </c>
+      <c r="G6" s="133">
+        <v>615285</v>
+      </c>
+      <c r="H6" s="133">
+        <v>2939</v>
+      </c>
+      <c r="I6" s="133">
+        <v>612346</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
-        <v>56</v>
-[...23 lines deleted...]
-        <v>595295</v>
+        <v>58</v>
+      </c>
+      <c r="B7" s="133">
+        <v>134773</v>
+      </c>
+      <c r="C7" s="133">
+        <v>522528</v>
+      </c>
+      <c r="D7" s="133">
+        <v>106898</v>
+      </c>
+      <c r="E7" s="133">
+        <v>629426</v>
+      </c>
+      <c r="F7" s="133">
+        <v>2358</v>
+      </c>
+      <c r="G7" s="133">
+        <v>631784</v>
+      </c>
+      <c r="H7" s="133">
+        <v>2976</v>
+      </c>
+      <c r="I7" s="133">
+        <v>628808</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="22" t="s">
-        <v>57</v>
-[...23 lines deleted...]
-        <v>612414</v>
+        <v>59</v>
+      </c>
+      <c r="B8" s="133">
+        <v>136082</v>
+      </c>
+      <c r="C8" s="133">
+        <v>527630</v>
+      </c>
+      <c r="D8" s="133">
+        <v>107481</v>
+      </c>
+      <c r="E8" s="133">
+        <v>635111</v>
+      </c>
+      <c r="F8" s="133">
+        <v>2481</v>
+      </c>
+      <c r="G8" s="133">
+        <v>637592</v>
+      </c>
+      <c r="H8" s="133">
+        <v>3214</v>
+      </c>
+      <c r="I8" s="133">
+        <v>634378</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>58</v>
-[...23 lines deleted...]
-        <v>628871</v>
+        <v>60</v>
+      </c>
+      <c r="B9" s="133">
+        <v>137348</v>
+      </c>
+      <c r="C9" s="133">
+        <v>539558</v>
+      </c>
+      <c r="D9" s="133">
+        <v>109878</v>
+      </c>
+      <c r="E9" s="133">
+        <v>649436</v>
+      </c>
+      <c r="F9" s="133">
+        <v>2625</v>
+      </c>
+      <c r="G9" s="133">
+        <v>652061</v>
+      </c>
+      <c r="H9" s="133">
+        <v>3325</v>
+      </c>
+      <c r="I9" s="133">
+        <v>648736</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>59</v>
-[...23 lines deleted...]
-        <v>634490</v>
+        <v>61</v>
+      </c>
+      <c r="B10" s="133">
+        <v>138787</v>
+      </c>
+      <c r="C10" s="133">
+        <v>545385</v>
+      </c>
+      <c r="D10" s="133">
+        <v>111669</v>
+      </c>
+      <c r="E10" s="133">
+        <v>657054</v>
+      </c>
+      <c r="F10" s="133">
+        <v>2803</v>
+      </c>
+      <c r="G10" s="133">
+        <v>659857</v>
+      </c>
+      <c r="H10" s="133">
+        <v>3535</v>
+      </c>
+      <c r="I10" s="133">
+        <v>656322</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>60</v>
-[...23 lines deleted...]
-        <v>648857</v>
+        <v>62</v>
+      </c>
+      <c r="B11" s="133">
+        <v>140129</v>
+      </c>
+      <c r="C11" s="133">
+        <v>545702</v>
+      </c>
+      <c r="D11" s="133">
+        <v>114287</v>
+      </c>
+      <c r="E11" s="133">
+        <v>659989</v>
+      </c>
+      <c r="F11" s="133">
+        <v>2570</v>
+      </c>
+      <c r="G11" s="133">
+        <v>662559</v>
+      </c>
+      <c r="H11" s="133">
+        <v>3227</v>
+      </c>
+      <c r="I11" s="133">
+        <v>659332</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="22" t="s">
-        <v>61</v>
-[...23 lines deleted...]
-        <v>656172</v>
+        <v>63</v>
+      </c>
+      <c r="B12" s="133">
+        <v>141342</v>
+      </c>
+      <c r="C12" s="133">
+        <v>552696</v>
+      </c>
+      <c r="D12" s="133">
+        <v>116610</v>
+      </c>
+      <c r="E12" s="133">
+        <v>669306</v>
+      </c>
+      <c r="F12" s="133">
+        <v>2420</v>
+      </c>
+      <c r="G12" s="133">
+        <v>671726</v>
+      </c>
+      <c r="H12" s="133">
+        <v>2943</v>
+      </c>
+      <c r="I12" s="133">
+        <v>668783</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="22" t="s">
-        <v>62</v>
-[...23 lines deleted...]
-        <v>658705</v>
+        <v>64</v>
+      </c>
+      <c r="B13" s="133">
+        <v>141517</v>
+      </c>
+      <c r="C13" s="133">
+        <v>554660</v>
+      </c>
+      <c r="D13" s="133">
+        <v>119182</v>
+      </c>
+      <c r="E13" s="133">
+        <v>673842</v>
+      </c>
+      <c r="F13" s="133">
+        <v>2432</v>
+      </c>
+      <c r="G13" s="133">
+        <v>676274</v>
+      </c>
+      <c r="H13" s="133">
+        <v>2887</v>
+      </c>
+      <c r="I13" s="133">
+        <v>673387</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="22" t="s">
-        <v>63</v>
-[...23 lines deleted...]
-        <v>667019</v>
+        <v>98</v>
+      </c>
+      <c r="B14" s="133">
+        <v>140965</v>
+      </c>
+      <c r="C14" s="133">
+        <v>561269</v>
+      </c>
+      <c r="D14" s="133">
+        <v>121847</v>
+      </c>
+      <c r="E14" s="133">
+        <v>683116</v>
+      </c>
+      <c r="F14" s="133">
+        <v>2312</v>
+      </c>
+      <c r="G14" s="133">
+        <v>685428</v>
+      </c>
+      <c r="H14" s="133">
+        <v>2833</v>
+      </c>
+      <c r="I14" s="133">
+        <v>682595</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="22" t="s">
-        <v>64</v>
-[...23 lines deleted...]
-        <v>672931</v>
+        <v>106</v>
+      </c>
+      <c r="B15" s="133">
+        <v>139172</v>
+      </c>
+      <c r="C15" s="133">
+        <v>565433</v>
+      </c>
+      <c r="D15" s="133">
+        <v>124584</v>
+      </c>
+      <c r="E15" s="133">
+        <v>690017</v>
+      </c>
+      <c r="F15" s="133">
+        <v>2318</v>
+      </c>
+      <c r="G15" s="133">
+        <v>692335</v>
+      </c>
+      <c r="H15" s="133">
+        <v>2768</v>
+      </c>
+      <c r="I15" s="133">
+        <v>689567</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="77" t="s">
         <v>54</v>
       </c>
+      <c r="B16" s="133"/>
+      <c r="C16" s="133"/>
+      <c r="D16" s="133"/>
+      <c r="E16" s="133"/>
+      <c r="F16" s="133"/>
+      <c r="G16" s="133"/>
+      <c r="H16" s="133"/>
+      <c r="I16" s="133"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="22" t="s">
-        <v>55</v>
-[...13 lines deleted...]
-      <c r="F17">
+        <v>57</v>
+      </c>
+      <c r="B17" s="133">
+        <v>16262</v>
+      </c>
+      <c r="C17" s="133">
+        <v>23624</v>
+      </c>
+      <c r="D17" s="133">
+        <v>3142</v>
+      </c>
+      <c r="E17" s="133">
+        <v>26766</v>
+      </c>
+      <c r="F17" s="133">
         <v>1</v>
       </c>
-      <c r="G17">
-[...6 lines deleted...]
-        <v>25645</v>
+      <c r="G17" s="133">
+        <v>26767</v>
+      </c>
+      <c r="H17" s="133">
+        <v>7</v>
+      </c>
+      <c r="I17" s="133">
+        <v>26760</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
-        <v>56</v>
-[...23 lines deleted...]
-        <v>25851</v>
+        <v>58</v>
+      </c>
+      <c r="B18" s="133">
+        <v>16300</v>
+      </c>
+      <c r="C18" s="133">
+        <v>23745</v>
+      </c>
+      <c r="D18" s="133">
+        <v>3000</v>
+      </c>
+      <c r="E18" s="133">
+        <v>26745</v>
+      </c>
+      <c r="F18" s="133">
+        <v>0</v>
+      </c>
+      <c r="G18" s="133">
+        <v>26745</v>
+      </c>
+      <c r="H18" s="133">
+        <v>6</v>
+      </c>
+      <c r="I18" s="133">
+        <v>26739</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>57</v>
-[...23 lines deleted...]
-        <v>26759</v>
+        <v>59</v>
+      </c>
+      <c r="B19" s="133">
+        <v>16500</v>
+      </c>
+      <c r="C19" s="133">
+        <v>24262</v>
+      </c>
+      <c r="D19" s="133">
+        <v>3030</v>
+      </c>
+      <c r="E19" s="133">
+        <v>27292</v>
+      </c>
+      <c r="F19" s="133">
+        <v>0</v>
+      </c>
+      <c r="G19" s="133">
+        <v>27292</v>
+      </c>
+      <c r="H19" s="133">
+        <v>9</v>
+      </c>
+      <c r="I19" s="133">
+        <v>27283</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="22" t="s">
-        <v>58</v>
-[...23 lines deleted...]
-        <v>26739</v>
+        <v>60</v>
+      </c>
+      <c r="B20" s="133">
+        <v>16400</v>
+      </c>
+      <c r="C20" s="133">
+        <v>24965</v>
+      </c>
+      <c r="D20" s="133">
+        <v>3050</v>
+      </c>
+      <c r="E20" s="133">
+        <v>28015</v>
+      </c>
+      <c r="F20" s="133">
+        <v>0</v>
+      </c>
+      <c r="G20" s="133">
+        <v>28015</v>
+      </c>
+      <c r="H20" s="133">
+        <v>10</v>
+      </c>
+      <c r="I20" s="133">
+        <v>28005</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>59</v>
-[...23 lines deleted...]
-        <v>27284</v>
+        <v>61</v>
+      </c>
+      <c r="B21" s="133">
+        <v>16646</v>
+      </c>
+      <c r="C21" s="133">
+        <v>24845</v>
+      </c>
+      <c r="D21" s="133">
+        <v>2980</v>
+      </c>
+      <c r="E21" s="133">
+        <v>27825</v>
+      </c>
+      <c r="F21" s="133">
+        <v>0</v>
+      </c>
+      <c r="G21" s="133">
+        <v>27825</v>
+      </c>
+      <c r="H21" s="133">
+        <v>12</v>
+      </c>
+      <c r="I21" s="133">
+        <v>27813</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>60</v>
-[...23 lines deleted...]
-        <v>28005</v>
+        <v>62</v>
+      </c>
+      <c r="B22" s="133">
+        <v>16896</v>
+      </c>
+      <c r="C22" s="133">
+        <v>23660</v>
+      </c>
+      <c r="D22" s="133">
+        <v>2970</v>
+      </c>
+      <c r="E22" s="133">
+        <v>26630</v>
+      </c>
+      <c r="F22" s="133">
+        <v>0</v>
+      </c>
+      <c r="G22" s="133">
+        <v>26630</v>
+      </c>
+      <c r="H22" s="133">
+        <v>11</v>
+      </c>
+      <c r="I22" s="133">
+        <v>26619</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="22" t="s">
-        <v>61</v>
-[...23 lines deleted...]
-        <v>27813</v>
+        <v>63</v>
+      </c>
+      <c r="B23" s="133">
+        <v>17065</v>
+      </c>
+      <c r="C23" s="133">
+        <v>24700</v>
+      </c>
+      <c r="D23" s="133">
+        <v>2985</v>
+      </c>
+      <c r="E23" s="133">
+        <v>27685</v>
+      </c>
+      <c r="F23" s="133">
+        <v>0</v>
+      </c>
+      <c r="G23" s="133">
+        <v>27685</v>
+      </c>
+      <c r="H23" s="133">
+        <v>11</v>
+      </c>
+      <c r="I23" s="133">
+        <v>27674</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
-        <v>62</v>
-[...19 lines deleted...]
-      <c r="H24">
+        <v>64</v>
+      </c>
+      <c r="B24" s="133">
+        <v>17300</v>
+      </c>
+      <c r="C24" s="133">
+        <v>25000</v>
+      </c>
+      <c r="D24" s="133">
+        <v>2990</v>
+      </c>
+      <c r="E24" s="133">
+        <v>27990</v>
+      </c>
+      <c r="F24" s="133">
+        <v>0</v>
+      </c>
+      <c r="G24" s="133">
+        <v>27990</v>
+      </c>
+      <c r="H24" s="133">
         <v>11</v>
       </c>
-      <c r="I24">
-        <v>26619</v>
+      <c r="I24" s="133">
+        <v>27979</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="22" t="s">
-        <v>63</v>
-[...23 lines deleted...]
-        <v>27674</v>
+        <v>98</v>
+      </c>
+      <c r="B25" s="133">
+        <v>17000</v>
+      </c>
+      <c r="C25" s="133">
+        <v>25600</v>
+      </c>
+      <c r="D25" s="133">
+        <v>3100</v>
+      </c>
+      <c r="E25" s="133">
+        <v>28700</v>
+      </c>
+      <c r="F25" s="133">
+        <v>0</v>
+      </c>
+      <c r="G25" s="133">
+        <v>28700</v>
+      </c>
+      <c r="H25" s="133">
+        <v>10</v>
+      </c>
+      <c r="I25" s="133">
+        <v>28690</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="22" t="s">
-        <v>64</v>
-[...23 lines deleted...]
-        <v>27978</v>
+        <v>106</v>
+      </c>
+      <c r="B26" s="133">
+        <v>16800</v>
+      </c>
+      <c r="C26" s="133">
+        <v>26200</v>
+      </c>
+      <c r="D26" s="133">
+        <v>3150</v>
+      </c>
+      <c r="E26" s="133">
+        <v>29350</v>
+      </c>
+      <c r="F26" s="133">
+        <v>0</v>
+      </c>
+      <c r="G26" s="133">
+        <v>29350</v>
+      </c>
+      <c r="H26" s="133">
+        <v>10</v>
+      </c>
+      <c r="I26" s="133">
+        <v>29340</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEA930C1-7AD5-4E7B-9F26-C021A3FAF853}">
-  <dimension ref="A1:O111"/>
+  <dimension ref="A1:O121"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="17" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>38</v>
       </c>
@@ -11185,4798 +11520,5268 @@
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11">
         <v>83</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="J11">
         <v>87</v>
       </c>
       <c r="K11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L11">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M11">
         <v>0</v>
       </c>
       <c r="N11">
         <v>0</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>98</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J12">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K12">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="L12">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="M12">
         <v>0</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
       <c r="O12">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>106</v>
       </c>
       <c r="D13">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="E13">
-        <v>9999</v>
+        <v>88</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13">
-        <v>363</v>
+        <v>2</v>
       </c>
       <c r="J13">
-        <v>10613</v>
+        <v>90</v>
       </c>
       <c r="K13">
-        <v>908</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>9373</v>
+        <v>87</v>
       </c>
       <c r="M13">
-        <v>332</v>
+        <v>0</v>
       </c>
       <c r="N13">
-        <v>3.5420889789821802E-2</v>
+        <v>0</v>
       </c>
       <c r="O13">
-        <v>614</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>53</v>
       </c>
       <c r="B14" t="s">
         <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D14">
+        <v>251</v>
+      </c>
+      <c r="E14">
+        <v>9999</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14">
+        <v>0</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14">
+        <v>363</v>
+      </c>
+      <c r="J14">
+        <v>10613</v>
+      </c>
+      <c r="K14">
+        <v>908</v>
+      </c>
+      <c r="L14">
+        <v>9373</v>
+      </c>
+      <c r="M14">
         <v>332</v>
       </c>
-      <c r="E14">
-[...25 lines deleted...]
-      </c>
       <c r="N14">
-        <v>3.3365210923387498E-2</v>
+        <v>3.5420889789821802E-2</v>
       </c>
       <c r="O14">
-        <v>887</v>
+        <v>614</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D15">
+        <v>332</v>
+      </c>
+      <c r="E15">
+        <v>9938</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15">
+        <v>0</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15">
+        <v>555</v>
+      </c>
+      <c r="J15">
+        <v>10825</v>
+      </c>
+      <c r="K15">
+        <v>1100</v>
+      </c>
+      <c r="L15">
+        <v>9411</v>
+      </c>
+      <c r="M15">
         <v>314</v>
       </c>
-      <c r="E15">
-[...25 lines deleted...]
-      </c>
       <c r="N15">
-        <v>3.4326358107411602E-2</v>
+        <v>3.3365210923387498E-2</v>
       </c>
       <c r="O15">
-        <v>839</v>
+        <v>887</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>53</v>
       </c>
       <c r="B16" t="s">
         <v>65</v>
       </c>
       <c r="C16" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D16">
-        <v>333</v>
+        <v>314</v>
       </c>
       <c r="E16">
-        <v>10452</v>
+        <v>10161</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16">
-        <v>566</v>
+        <v>528</v>
       </c>
       <c r="J16">
-        <v>11351</v>
+        <v>11003</v>
       </c>
       <c r="K16">
-        <v>1048</v>
+        <v>966</v>
       </c>
       <c r="L16">
-        <v>9944</v>
+        <v>9703</v>
       </c>
       <c r="M16">
-        <v>359</v>
+        <v>334</v>
       </c>
       <c r="N16">
-        <v>3.6102172164119102E-2</v>
+        <v>3.4422343605070599E-2</v>
       </c>
       <c r="O16">
-        <v>899</v>
+        <v>842</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D17">
+        <v>334</v>
+      </c>
+      <c r="E17">
+        <v>10452</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+      <c r="I17">
+        <v>570</v>
+      </c>
+      <c r="J17">
+        <v>11356</v>
+      </c>
+      <c r="K17">
+        <v>1048</v>
+      </c>
+      <c r="L17">
+        <v>9949</v>
+      </c>
+      <c r="M17">
         <v>359</v>
       </c>
-      <c r="E17">
-[...25 lines deleted...]
-      </c>
       <c r="N17">
-        <v>3.2283082888996603E-2</v>
+        <v>3.60840285455825E-2</v>
       </c>
       <c r="O17">
-        <v>967</v>
+        <v>904</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D18">
+        <v>359</v>
+      </c>
+      <c r="E18">
+        <v>10775</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18">
+        <v>0</v>
+      </c>
+      <c r="I18">
+        <v>610</v>
+      </c>
+      <c r="J18">
+        <v>11744</v>
+      </c>
+      <c r="K18">
+        <v>1094</v>
+      </c>
+      <c r="L18">
+        <v>10317</v>
+      </c>
+      <c r="M18">
         <v>333</v>
       </c>
-      <c r="E18">
-[...25 lines deleted...]
-      </c>
       <c r="N18">
-        <v>3.6516853932584303E-2</v>
+        <v>3.2276824658330899E-2</v>
       </c>
       <c r="O18">
-        <v>944</v>
+        <v>969</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
       <c r="C19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D19">
+        <v>333</v>
+      </c>
+      <c r="E19">
+        <v>11153</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19">
+        <v>0</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19">
+        <v>611</v>
+      </c>
+      <c r="J19">
+        <v>12097</v>
+      </c>
+      <c r="K19">
+        <v>1027</v>
+      </c>
+      <c r="L19">
+        <v>10680</v>
+      </c>
+      <c r="M19">
         <v>390</v>
       </c>
-      <c r="E19">
-[...25 lines deleted...]
-      </c>
       <c r="N19">
-        <v>3.1935395062861298E-2</v>
+        <v>3.6516853932584303E-2</v>
       </c>
       <c r="O19">
-        <v>970</v>
+        <v>944</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D20">
+        <v>390</v>
+      </c>
+      <c r="E20">
+        <v>11252</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20">
+        <v>572</v>
+      </c>
+      <c r="J20">
+        <v>12214</v>
+      </c>
+      <c r="K20">
+        <v>990</v>
+      </c>
+      <c r="L20">
+        <v>10876</v>
+      </c>
+      <c r="M20">
         <v>348</v>
       </c>
-      <c r="E20">
-[...25 lines deleted...]
-      </c>
       <c r="N20">
-        <v>2.9409086770463399E-2</v>
+        <v>3.1997057741816798E-2</v>
       </c>
       <c r="O20">
-        <v>955</v>
+        <v>962</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D21">
-        <v>323</v>
+        <v>348</v>
       </c>
       <c r="E21">
-        <v>11733</v>
+        <v>11403</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
-        <v>613</v>
+        <v>584</v>
       </c>
       <c r="J21">
-        <v>12669</v>
+        <v>12335</v>
       </c>
       <c r="K21">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="L21">
-        <v>11349</v>
+        <v>10962</v>
       </c>
       <c r="M21">
-        <v>272</v>
+        <v>320</v>
       </c>
       <c r="N21">
-        <v>2.3966869327694099E-2</v>
+        <v>2.9191753329684399E-2</v>
       </c>
       <c r="O21">
-        <v>936</v>
+        <v>932</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D22">
-        <v>272</v>
+        <v>320</v>
       </c>
       <c r="E22">
-        <v>11967</v>
+        <v>11744</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22">
-        <v>628</v>
+        <v>570</v>
       </c>
       <c r="J22">
-        <v>12867</v>
+        <v>12634</v>
       </c>
       <c r="K22">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="L22">
-        <v>11582</v>
+        <v>11332</v>
       </c>
       <c r="M22">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="N22">
-        <v>2.2275945432567799E-2</v>
+        <v>2.2502647370278898E-2</v>
       </c>
       <c r="O22">
-        <v>900</v>
+        <v>890</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>64</v>
       </c>
       <c r="D23">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E23">
-        <v>12277</v>
+        <v>11991</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="J23">
-        <v>13167</v>
+        <v>12869</v>
       </c>
       <c r="K23">
-        <v>1023</v>
+        <v>1042</v>
       </c>
       <c r="L23">
-        <v>11889</v>
+        <v>11559</v>
       </c>
       <c r="M23">
-        <v>255</v>
+        <v>268</v>
       </c>
       <c r="N23">
-        <v>2.1448397678526399E-2</v>
+        <v>2.3185396660610799E-2</v>
       </c>
       <c r="O23">
-        <v>890</v>
+        <v>878</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="D24">
-        <v>0</v>
+        <v>268</v>
       </c>
       <c r="E24">
-        <v>754</v>
+        <v>12321</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24">
-        <v>22</v>
+        <v>661</v>
       </c>
       <c r="J24">
-        <v>776</v>
+        <v>13250</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>1173</v>
       </c>
       <c r="L24">
-        <v>773</v>
+        <v>11826</v>
       </c>
       <c r="M24">
-        <v>0</v>
+        <v>251</v>
       </c>
       <c r="N24">
-        <v>0</v>
+        <v>2.12244207677998E-2</v>
       </c>
       <c r="O24">
-        <v>22</v>
+        <v>929</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
+        <v>106</v>
       </c>
       <c r="D25">
-        <v>0</v>
+        <v>251</v>
       </c>
       <c r="E25">
-        <v>745</v>
+        <v>12622</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25">
-        <v>43</v>
+        <v>673</v>
       </c>
       <c r="J25">
-        <v>788</v>
+        <v>13546</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>1117</v>
       </c>
       <c r="L25">
-        <v>785</v>
+        <v>12188</v>
       </c>
       <c r="M25">
-        <v>0</v>
+        <v>241</v>
       </c>
       <c r="N25">
-        <v>0</v>
+        <v>1.97735477518871E-2</v>
       </c>
       <c r="O25">
-        <v>43</v>
+        <v>924</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
       <c r="E26">
-        <v>771</v>
+        <v>754</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="J26">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>799</v>
+        <v>773</v>
       </c>
       <c r="M26">
         <v>0</v>
       </c>
       <c r="N26">
         <v>0</v>
       </c>
       <c r="O26">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D27">
         <v>0</v>
       </c>
       <c r="E27">
-        <v>760</v>
+        <v>745</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="J27">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
         <v>785</v>
       </c>
       <c r="M27">
         <v>0</v>
       </c>
       <c r="N27">
         <v>0</v>
       </c>
       <c r="O27">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>54</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
       <c r="E28">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J28">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L28">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="M28">
         <v>0</v>
       </c>
       <c r="N28">
         <v>0</v>
       </c>
       <c r="O28">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>54</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D29">
         <v>0</v>
       </c>
       <c r="E29">
-        <v>790</v>
+        <v>760</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="J29">
-        <v>821</v>
+        <v>789</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
-        <v>817</v>
+        <v>785</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="N29">
         <v>0</v>
       </c>
       <c r="O29">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>54</v>
       </c>
       <c r="C30" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
-        <v>790</v>
+        <v>770</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="J30">
-        <v>822</v>
+        <v>798</v>
       </c>
       <c r="K30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L30">
-        <v>817</v>
+        <v>795</v>
       </c>
       <c r="M30">
         <v>0</v>
       </c>
       <c r="N30">
         <v>0</v>
       </c>
       <c r="O30">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>54</v>
       </c>
       <c r="C31" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
       <c r="E31">
-        <v>745</v>
+        <v>790</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="J31">
-        <v>778</v>
+        <v>821</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
-        <v>774</v>
+        <v>817</v>
       </c>
       <c r="M31">
         <v>0</v>
       </c>
       <c r="N31">
         <v>0</v>
       </c>
       <c r="O31">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>54</v>
       </c>
       <c r="C32" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32">
-        <v>770</v>
+        <v>790</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>0</v>
       </c>
       <c r="I32">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="J32">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="K32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L32">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="M32">
         <v>0</v>
       </c>
       <c r="N32">
         <v>0</v>
       </c>
       <c r="O32">
-        <v>43</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>54</v>
       </c>
       <c r="C33" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D33">
         <v>0</v>
       </c>
       <c r="E33">
-        <v>775</v>
+        <v>745</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="J33">
-        <v>840</v>
+        <v>778</v>
       </c>
       <c r="K33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L33">
-        <v>837</v>
+        <v>774</v>
       </c>
       <c r="M33">
         <v>0</v>
       </c>
       <c r="N33">
         <v>0</v>
       </c>
       <c r="O33">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
       <c r="E34">
-        <v>790</v>
+        <v>770</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="J34">
-        <v>855</v>
+        <v>813</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
-        <v>852</v>
+        <v>810</v>
       </c>
       <c r="M34">
         <v>0</v>
       </c>
       <c r="N34">
         <v>0</v>
       </c>
       <c r="O34">
-        <v>65</v>
+        <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C35" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D35">
-        <v>792</v>
+        <v>0</v>
       </c>
       <c r="E35">
-        <v>19276</v>
+        <v>780</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>0</v>
       </c>
       <c r="I35">
-        <v>1196</v>
+        <v>63</v>
       </c>
       <c r="J35">
-        <v>21264</v>
+        <v>843</v>
       </c>
       <c r="K35">
-        <v>1815</v>
+        <v>3</v>
       </c>
       <c r="L35">
-        <v>18599</v>
+        <v>840</v>
       </c>
       <c r="M35">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="N35">
-        <v>4.5701381794720101E-2</v>
+        <v>0</v>
       </c>
       <c r="O35">
-        <v>1988</v>
+        <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C36" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="D36">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="E36">
-        <v>19835</v>
+        <v>805</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36">
-        <v>1909</v>
+        <v>52</v>
       </c>
       <c r="J36">
-        <v>22594</v>
+        <v>857</v>
       </c>
       <c r="K36">
-        <v>2515</v>
+        <v>3</v>
       </c>
       <c r="L36">
-        <v>19252</v>
+        <v>854</v>
       </c>
       <c r="M36">
-        <v>827</v>
+        <v>0</v>
       </c>
       <c r="N36">
-        <v>4.2956575940162098E-2</v>
+        <v>0</v>
       </c>
       <c r="O36">
-        <v>2759</v>
+        <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C37" t="s">
-        <v>57</v>
+        <v>106</v>
       </c>
       <c r="D37">
-        <v>827</v>
+        <v>0</v>
       </c>
       <c r="E37">
-        <v>20390</v>
+        <v>820</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37">
-        <v>1938</v>
+        <v>52</v>
       </c>
       <c r="J37">
-        <v>23155</v>
+        <v>872</v>
       </c>
       <c r="K37">
-        <v>2589</v>
+        <v>4</v>
       </c>
       <c r="L37">
-        <v>19690</v>
+        <v>868</v>
       </c>
       <c r="M37">
-        <v>876</v>
+        <v>0</v>
       </c>
       <c r="N37">
-        <v>4.4489588623666802E-2</v>
+        <v>0</v>
       </c>
       <c r="O37">
-        <v>2765</v>
+        <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>65</v>
       </c>
       <c r="C38" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D38">
-        <v>876</v>
+        <v>792</v>
       </c>
       <c r="E38">
-        <v>20656</v>
+        <v>19276</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38">
-        <v>1998</v>
+        <v>1196</v>
       </c>
       <c r="J38">
-        <v>23530</v>
+        <v>21264</v>
       </c>
       <c r="K38">
-        <v>2643</v>
+        <v>1815</v>
       </c>
       <c r="L38">
-        <v>19958</v>
+        <v>18599</v>
       </c>
       <c r="M38">
-        <v>929</v>
+        <v>850</v>
       </c>
       <c r="N38">
-        <v>4.6547750275578698E-2</v>
+        <v>4.5701381794720101E-2</v>
       </c>
       <c r="O38">
-        <v>2874</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>65</v>
       </c>
       <c r="C39" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D39">
-        <v>929</v>
+        <v>850</v>
       </c>
       <c r="E39">
-        <v>21128</v>
+        <v>19835</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>0</v>
       </c>
       <c r="I39">
-        <v>2095</v>
+        <v>1909</v>
       </c>
       <c r="J39">
-        <v>24152</v>
+        <v>22594</v>
       </c>
       <c r="K39">
-        <v>2767</v>
+        <v>2515</v>
       </c>
       <c r="L39">
-        <v>20462</v>
+        <v>19252</v>
       </c>
       <c r="M39">
-        <v>923</v>
+        <v>827</v>
       </c>
       <c r="N39">
-        <v>4.5108005082592099E-2</v>
+        <v>4.2956575940162098E-2</v>
       </c>
       <c r="O39">
-        <v>3024</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>65</v>
       </c>
       <c r="C40" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D40">
-        <v>923</v>
+        <v>827</v>
       </c>
       <c r="E40">
-        <v>21525</v>
+        <v>20390</v>
       </c>
       <c r="F40">
         <v>0</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40">
-        <v>2139</v>
+        <v>1938</v>
       </c>
       <c r="J40">
-        <v>24587</v>
+        <v>23155</v>
       </c>
       <c r="K40">
-        <v>2833</v>
+        <v>2589</v>
       </c>
       <c r="L40">
-        <v>20768</v>
+        <v>19690</v>
       </c>
       <c r="M40">
-        <v>986</v>
+        <v>876</v>
       </c>
       <c r="N40">
-        <v>4.7476887519260401E-2</v>
+        <v>4.4489588623666802E-2</v>
       </c>
       <c r="O40">
-        <v>3062</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>65</v>
       </c>
       <c r="C41" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D41">
-        <v>986</v>
+        <v>876</v>
       </c>
       <c r="E41">
-        <v>21935</v>
+        <v>20656</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41">
-        <v>2159</v>
+        <v>1998</v>
       </c>
       <c r="J41">
-        <v>25080</v>
+        <v>23530</v>
       </c>
       <c r="K41">
-        <v>2905</v>
+        <v>2643</v>
       </c>
       <c r="L41">
-        <v>21172</v>
+        <v>19958</v>
       </c>
       <c r="M41">
-        <v>1003</v>
+        <v>929</v>
       </c>
       <c r="N41">
-        <v>4.7373890043453597E-2</v>
+        <v>4.6547750275578698E-2</v>
       </c>
       <c r="O41">
-        <v>3145</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>65</v>
       </c>
       <c r="C42" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D42">
-        <v>1003</v>
+        <v>929</v>
       </c>
       <c r="E42">
-        <v>21993</v>
+        <v>21129</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42">
-        <v>2136</v>
+        <v>2095</v>
       </c>
       <c r="J42">
-        <v>25132</v>
+        <v>24153</v>
       </c>
       <c r="K42">
-        <v>2915</v>
+        <v>2766</v>
       </c>
       <c r="L42">
-        <v>21166</v>
+        <v>20464</v>
       </c>
       <c r="M42">
-        <v>1051</v>
+        <v>923</v>
       </c>
       <c r="N42">
-        <v>4.9655107247472401E-2</v>
+        <v>4.5103596559812401E-2</v>
       </c>
       <c r="O42">
-        <v>3139</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
         <v>65</v>
       </c>
       <c r="C43" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D43">
-        <v>1051</v>
+        <v>923</v>
       </c>
       <c r="E43">
-        <v>22302</v>
+        <v>21525</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43">
-        <v>2239</v>
+        <v>2139</v>
       </c>
       <c r="J43">
-        <v>25592</v>
+        <v>24587</v>
       </c>
       <c r="K43">
-        <v>2979</v>
+        <v>2833</v>
       </c>
       <c r="L43">
-        <v>21520</v>
+        <v>20768</v>
       </c>
       <c r="M43">
-        <v>1093</v>
+        <v>986</v>
       </c>
       <c r="N43">
-        <v>5.0789962825278798E-2</v>
+        <v>4.7476887519260401E-2</v>
       </c>
       <c r="O43">
-        <v>3290</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>65</v>
       </c>
       <c r="C44" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D44">
-        <v>1093</v>
+        <v>986</v>
       </c>
       <c r="E44">
-        <v>22524</v>
+        <v>21934</v>
       </c>
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44">
-        <v>2285</v>
+        <v>2159</v>
       </c>
       <c r="J44">
-        <v>25902</v>
+        <v>25079</v>
       </c>
       <c r="K44">
-        <v>3129</v>
+        <v>2905</v>
       </c>
       <c r="L44">
-        <v>21759</v>
+        <v>21166</v>
       </c>
       <c r="M44">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="N44">
-        <v>4.6601406314628398E-2</v>
+        <v>4.7623547198337002E-2</v>
       </c>
       <c r="O44">
-        <v>3378</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
         <v>65</v>
       </c>
       <c r="C45" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="D45">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="E45">
-        <v>22794</v>
+        <v>22016</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45">
-        <v>2339</v>
+        <v>2111</v>
       </c>
       <c r="J45">
-        <v>26147</v>
+        <v>25135</v>
       </c>
       <c r="K45">
-        <v>3180</v>
+        <v>2896</v>
       </c>
       <c r="L45">
-        <v>22000</v>
+        <v>21183</v>
       </c>
       <c r="M45">
-        <v>967</v>
+        <v>1056</v>
       </c>
       <c r="N45">
-        <v>4.3954545454545503E-2</v>
+        <v>4.9851295850446099E-2</v>
       </c>
       <c r="O45">
-        <v>3353</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C46" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D46">
-        <v>0</v>
+        <v>1056</v>
       </c>
       <c r="E46">
-        <v>610</v>
+        <v>22335</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46">
-        <v>59</v>
+        <v>2184</v>
       </c>
       <c r="J46">
-        <v>669</v>
+        <v>25575</v>
       </c>
       <c r="K46">
-        <v>41</v>
+        <v>2961</v>
       </c>
       <c r="L46">
-        <v>628</v>
+        <v>21524</v>
       </c>
       <c r="M46">
-        <v>0</v>
+        <v>1090</v>
       </c>
       <c r="N46">
-        <v>0</v>
+        <v>5.0641144768630401E-2</v>
       </c>
       <c r="O46">
-        <v>59</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C47" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D47">
-        <v>0</v>
+        <v>1090</v>
       </c>
       <c r="E47">
-        <v>550</v>
+        <v>22620</v>
       </c>
       <c r="F47">
         <v>0</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47">
-        <v>126</v>
+        <v>2227</v>
       </c>
       <c r="J47">
-        <v>676</v>
+        <v>25937</v>
       </c>
       <c r="K47">
-        <v>14</v>
+        <v>3125</v>
       </c>
       <c r="L47">
-        <v>662</v>
+        <v>21750</v>
       </c>
       <c r="M47">
-        <v>0</v>
+        <v>1062</v>
       </c>
       <c r="N47">
-        <v>0</v>
+        <v>4.8827586206896603E-2</v>
       </c>
       <c r="O47">
-        <v>126</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C48" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="D48">
-        <v>0</v>
+        <v>1062</v>
       </c>
       <c r="E48">
-        <v>596</v>
+        <v>22890</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48">
-        <v>73</v>
+        <v>2313</v>
       </c>
       <c r="J48">
-        <v>669</v>
+        <v>26265</v>
       </c>
       <c r="K48">
-        <v>5</v>
+        <v>3271</v>
       </c>
       <c r="L48">
-        <v>664</v>
+        <v>21922</v>
       </c>
       <c r="M48">
-        <v>0</v>
+        <v>1072</v>
       </c>
       <c r="N48">
-        <v>0</v>
+        <v>4.8900647751117597E-2</v>
       </c>
       <c r="O48">
-        <v>73</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C49" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="D49">
-        <v>0</v>
+        <v>1072</v>
       </c>
       <c r="E49">
-        <v>585</v>
+        <v>23189</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49">
-        <v>68</v>
+        <v>2282</v>
       </c>
       <c r="J49">
-        <v>653</v>
+        <v>26543</v>
       </c>
       <c r="K49">
-        <v>1</v>
+        <v>3317</v>
       </c>
       <c r="L49">
-        <v>652</v>
+        <v>22153</v>
       </c>
       <c r="M49">
-        <v>0</v>
+        <v>1073</v>
       </c>
       <c r="N49">
-        <v>0</v>
+        <v>4.8435877759220002E-2</v>
       </c>
       <c r="O49">
-        <v>68</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>67</v>
       </c>
       <c r="B50" t="s">
         <v>54</v>
       </c>
       <c r="C50" t="s">
+        <v>55</v>
+      </c>
+      <c r="D50">
+        <v>0</v>
+      </c>
+      <c r="E50">
+        <v>610</v>
+      </c>
+      <c r="F50">
+        <v>0</v>
+      </c>
+      <c r="G50">
+        <v>0</v>
+      </c>
+      <c r="H50">
+        <v>0</v>
+      </c>
+      <c r="I50">
         <v>59</v>
       </c>
-      <c r="D50">
-[...16 lines deleted...]
-      </c>
       <c r="J50">
-        <v>657</v>
+        <v>669</v>
       </c>
       <c r="K50">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="L50">
-        <v>657</v>
+        <v>628</v>
       </c>
       <c r="M50">
         <v>0</v>
       </c>
       <c r="N50">
         <v>0</v>
       </c>
       <c r="O50">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>67</v>
       </c>
       <c r="B51" t="s">
         <v>54</v>
       </c>
       <c r="C51" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51">
-        <v>590</v>
+        <v>550</v>
       </c>
       <c r="F51">
         <v>0</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="J51">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="K51">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="L51">
-        <v>678</v>
+        <v>662</v>
       </c>
       <c r="M51">
         <v>0</v>
       </c>
       <c r="N51">
         <v>0</v>
       </c>
       <c r="O51">
-        <v>89</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>54</v>
       </c>
       <c r="C52" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
       <c r="E52">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="J52">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="K52">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L52">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="M52">
         <v>0</v>
       </c>
       <c r="N52">
         <v>0</v>
       </c>
       <c r="O52">
-        <v>52</v>
+        <v>73</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>67</v>
       </c>
       <c r="B53" t="s">
         <v>54</v>
       </c>
       <c r="C53" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
       <c r="E53">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="J53">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="K53">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L53">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="M53">
         <v>0</v>
       </c>
       <c r="N53">
         <v>0</v>
       </c>
       <c r="O53">
-        <v>82</v>
+        <v>68</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>67</v>
       </c>
       <c r="B54" t="s">
         <v>54</v>
       </c>
       <c r="C54" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
       <c r="E54">
-        <v>566</v>
+        <v>596</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54">
-        <v>165</v>
+        <v>61</v>
       </c>
       <c r="J54">
-        <v>731</v>
+        <v>657</v>
       </c>
       <c r="K54">
         <v>0</v>
       </c>
       <c r="L54">
-        <v>731</v>
+        <v>657</v>
       </c>
       <c r="M54">
         <v>0</v>
       </c>
       <c r="N54">
         <v>0</v>
       </c>
       <c r="O54">
-        <v>165</v>
+        <v>61</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>67</v>
       </c>
       <c r="B55" t="s">
         <v>54</v>
       </c>
       <c r="C55" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
       <c r="E55">
         <v>590</v>
       </c>
       <c r="F55">
         <v>0</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55">
-        <v>147</v>
+        <v>89</v>
       </c>
       <c r="J55">
-        <v>737</v>
+        <v>679</v>
       </c>
       <c r="K55">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L55">
-        <v>733</v>
+        <v>678</v>
       </c>
       <c r="M55">
         <v>0</v>
       </c>
       <c r="N55">
         <v>0</v>
       </c>
       <c r="O55">
-        <v>147</v>
+        <v>89</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>67</v>
       </c>
       <c r="B56" t="s">
         <v>54</v>
       </c>
       <c r="C56" t="s">
-        <v>98</v>
+        <v>61</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
       <c r="E56">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="J56">
-        <v>745</v>
+        <v>646</v>
       </c>
       <c r="K56">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L56">
-        <v>742</v>
+        <v>640</v>
       </c>
       <c r="M56">
         <v>0</v>
       </c>
       <c r="N56">
         <v>0</v>
       </c>
       <c r="O56">
-        <v>150</v>
+        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>67</v>
       </c>
       <c r="B57" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C57" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D57">
-        <v>660</v>
+        <v>0</v>
       </c>
       <c r="E57">
-        <v>5099</v>
+        <v>568</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57">
-        <v>996</v>
+        <v>82</v>
       </c>
       <c r="J57">
-        <v>6755</v>
+        <v>650</v>
       </c>
       <c r="K57">
-        <v>2124</v>
+        <v>6</v>
       </c>
       <c r="L57">
-        <v>3941</v>
+        <v>644</v>
       </c>
       <c r="M57">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="N57">
-        <v>0.175082466379092</v>
+        <v>0</v>
       </c>
       <c r="O57">
-        <v>1656</v>
+        <v>82</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C58" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D58">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="E58">
-        <v>4629</v>
+        <v>566</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58">
-        <v>1096</v>
+        <v>165</v>
       </c>
       <c r="J58">
-        <v>6415</v>
+        <v>731</v>
       </c>
       <c r="K58">
-        <v>2014</v>
+        <v>0</v>
       </c>
       <c r="L58">
-        <v>3989</v>
+        <v>731</v>
       </c>
       <c r="M58">
-        <v>412</v>
+        <v>0</v>
       </c>
       <c r="N58">
-        <v>0.10328403108548501</v>
+        <v>0</v>
       </c>
       <c r="O58">
-        <v>1786</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>67</v>
       </c>
       <c r="B59" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C59" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D59">
-        <v>412</v>
+        <v>0</v>
       </c>
       <c r="E59">
-        <v>4512</v>
+        <v>585</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59">
-        <v>1039</v>
+        <v>147</v>
       </c>
       <c r="J59">
-        <v>5963</v>
+        <v>732</v>
       </c>
       <c r="K59">
-        <v>1977</v>
+        <v>3</v>
       </c>
       <c r="L59">
-        <v>3551</v>
+        <v>729</v>
       </c>
       <c r="M59">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="N59">
-        <v>0.122500704027035</v>
+        <v>0</v>
       </c>
       <c r="O59">
-        <v>1451</v>
+        <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>67</v>
       </c>
       <c r="B60" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C60" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="D60">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="E60">
-        <v>4407</v>
+        <v>595</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60">
-        <v>1109</v>
+        <v>137</v>
       </c>
       <c r="J60">
-        <v>5951</v>
+        <v>732</v>
       </c>
       <c r="K60">
-        <v>2020</v>
+        <v>1</v>
       </c>
       <c r="L60">
-        <v>3501</v>
+        <v>731</v>
       </c>
       <c r="M60">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="N60">
-        <v>0.12282205084261601</v>
+        <v>0</v>
       </c>
       <c r="O60">
-        <v>1544</v>
+        <v>137</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>67</v>
       </c>
       <c r="B61" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C61" t="s">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="D61">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="E61">
-        <v>4546</v>
+        <v>605</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61">
-        <v>1239</v>
+        <v>135</v>
       </c>
       <c r="J61">
-        <v>6215</v>
+        <v>740</v>
       </c>
       <c r="K61">
-        <v>2084</v>
+        <v>1</v>
       </c>
       <c r="L61">
-        <v>3773</v>
+        <v>739</v>
       </c>
       <c r="M61">
-        <v>358</v>
+        <v>0</v>
       </c>
       <c r="N61">
-        <v>9.4884707129605103E-2</v>
+        <v>0</v>
       </c>
       <c r="O61">
-        <v>1669</v>
+        <v>135</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>67</v>
       </c>
       <c r="B62" t="s">
         <v>65</v>
       </c>
       <c r="C62" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D62">
-        <v>358</v>
+        <v>660</v>
       </c>
       <c r="E62">
-        <v>4606</v>
+        <v>5099</v>
       </c>
       <c r="F62">
         <v>0</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62">
-        <v>1227</v>
+        <v>996</v>
       </c>
       <c r="J62">
-        <v>6191</v>
+        <v>6755</v>
       </c>
       <c r="K62">
-        <v>2143</v>
+        <v>2124</v>
       </c>
       <c r="L62">
-        <v>3613</v>
+        <v>3941</v>
       </c>
       <c r="M62">
-        <v>435</v>
+        <v>690</v>
       </c>
       <c r="N62">
-        <v>0.120398560752837</v>
+        <v>0.175082466379092</v>
       </c>
       <c r="O62">
-        <v>1585</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>67</v>
       </c>
       <c r="B63" t="s">
         <v>65</v>
       </c>
       <c r="C63" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D63">
-        <v>435</v>
+        <v>690</v>
       </c>
       <c r="E63">
-        <v>4619</v>
+        <v>4629</v>
       </c>
       <c r="F63">
         <v>0</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63">
-        <v>1341</v>
+        <v>1096</v>
       </c>
       <c r="J63">
-        <v>6395</v>
+        <v>6415</v>
       </c>
       <c r="K63">
-        <v>2225</v>
+        <v>2014</v>
       </c>
       <c r="L63">
-        <v>3728</v>
+        <v>3989</v>
       </c>
       <c r="M63">
-        <v>442</v>
+        <v>412</v>
       </c>
       <c r="N63">
-        <v>0.11856223175965699</v>
+        <v>0.10328403108548501</v>
       </c>
       <c r="O63">
-        <v>1776</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64" t="s">
         <v>65</v>
       </c>
       <c r="C64" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D64">
-        <v>442</v>
+        <v>412</v>
       </c>
       <c r="E64">
-        <v>4337</v>
+        <v>4512</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64">
-        <v>1280</v>
+        <v>1039</v>
       </c>
       <c r="J64">
-        <v>6059</v>
+        <v>5963</v>
       </c>
       <c r="K64">
-        <v>1877</v>
+        <v>1977</v>
       </c>
       <c r="L64">
-        <v>3706</v>
+        <v>3551</v>
       </c>
       <c r="M64">
-        <v>476</v>
+        <v>435</v>
       </c>
       <c r="N64">
-        <v>0.12844036697247699</v>
+        <v>0.122500704027035</v>
       </c>
       <c r="O64">
-        <v>1722</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
         <v>65</v>
       </c>
       <c r="C65" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D65">
-        <v>476</v>
+        <v>435</v>
       </c>
       <c r="E65">
-        <v>4442</v>
+        <v>4407</v>
       </c>
       <c r="F65">
         <v>0</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65">
-        <v>1078</v>
+        <v>1109</v>
       </c>
       <c r="J65">
-        <v>5996</v>
+        <v>5951</v>
       </c>
       <c r="K65">
-        <v>1863</v>
+        <v>2020</v>
       </c>
       <c r="L65">
-        <v>3615</v>
+        <v>3501</v>
       </c>
       <c r="M65">
-        <v>518</v>
+        <v>430</v>
       </c>
       <c r="N65">
-        <v>0.14329183955739999</v>
+        <v>0.12282205084261601</v>
       </c>
       <c r="O65">
-        <v>1554</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>67</v>
       </c>
       <c r="B66" t="s">
         <v>65</v>
       </c>
       <c r="C66" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D66">
-        <v>518</v>
+        <v>430</v>
       </c>
       <c r="E66">
-        <v>4505</v>
+        <v>4546</v>
       </c>
       <c r="F66">
         <v>0</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66">
-        <v>988</v>
+        <v>1239</v>
       </c>
       <c r="J66">
-        <v>6011</v>
+        <v>6215</v>
       </c>
       <c r="K66">
-        <v>1898</v>
+        <v>2084</v>
       </c>
       <c r="L66">
-        <v>3617</v>
+        <v>3773</v>
       </c>
       <c r="M66">
-        <v>496</v>
+        <v>358</v>
       </c>
       <c r="N66">
-        <v>0.13713021841304901</v>
+        <v>9.4884707129605103E-2</v>
       </c>
       <c r="O66">
-        <v>1506</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67" t="s">
         <v>65</v>
       </c>
       <c r="C67" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="D67">
-        <v>496</v>
+        <v>358</v>
       </c>
       <c r="E67">
-        <v>4535</v>
+        <v>4606</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67">
-        <v>999</v>
+        <v>1227</v>
       </c>
       <c r="J67">
-        <v>6030</v>
+        <v>6191</v>
       </c>
       <c r="K67">
-        <v>1940</v>
+        <v>2143</v>
       </c>
       <c r="L67">
-        <v>3651</v>
+        <v>3613</v>
       </c>
       <c r="M67">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="N67">
-        <v>0.12024102985483399</v>
+        <v>0.120398560752837</v>
       </c>
       <c r="O67">
-        <v>1495</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C68" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D68">
-        <v>0</v>
+        <v>435</v>
       </c>
       <c r="E68">
-        <v>25650</v>
+        <v>4619</v>
       </c>
       <c r="F68">
-        <v>17426</v>
+        <v>0</v>
       </c>
       <c r="G68">
-        <v>24770</v>
+        <v>0</v>
       </c>
       <c r="H68">
-        <v>880</v>
+        <v>0</v>
       </c>
       <c r="I68">
-        <v>1</v>
+        <v>1341</v>
       </c>
       <c r="J68">
-        <v>25651</v>
+        <v>6395</v>
       </c>
       <c r="K68">
-        <v>6</v>
+        <v>2224</v>
       </c>
       <c r="L68">
-        <v>25645</v>
+        <v>3729</v>
       </c>
       <c r="M68">
-        <v>0</v>
+        <v>442</v>
       </c>
       <c r="N68">
-        <v>0</v>
+        <v>0.118530437114508</v>
       </c>
       <c r="O68">
-        <v>25651</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C69" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="D69">
-        <v>0</v>
+        <v>442</v>
       </c>
       <c r="E69">
-        <v>25857</v>
+        <v>4337</v>
       </c>
       <c r="F69">
-        <v>17430</v>
+        <v>0</v>
       </c>
       <c r="G69">
-        <v>22726</v>
+        <v>0</v>
       </c>
       <c r="H69">
-        <v>3131</v>
+        <v>0</v>
       </c>
       <c r="I69">
-        <v>2</v>
+        <v>1282</v>
       </c>
       <c r="J69">
-        <v>25859</v>
+        <v>6061</v>
       </c>
       <c r="K69">
-        <v>8</v>
+        <v>1877</v>
       </c>
       <c r="L69">
-        <v>25851</v>
+        <v>3708</v>
       </c>
       <c r="M69">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="N69">
-        <v>0</v>
+        <v>0.12837108953613799</v>
       </c>
       <c r="O69">
-        <v>25859</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B70" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C70" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D70">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="E70">
-        <v>26766</v>
+        <v>4447</v>
       </c>
       <c r="F70">
-        <v>16262</v>
+        <v>0</v>
       </c>
       <c r="G70">
-        <v>23624</v>
+        <v>0</v>
       </c>
       <c r="H70">
-        <v>3142</v>
+        <v>0</v>
       </c>
       <c r="I70">
-        <v>0</v>
+        <v>1083</v>
       </c>
       <c r="J70">
-        <v>26766</v>
+        <v>6006</v>
       </c>
       <c r="K70">
-        <v>7</v>
+        <v>1862</v>
       </c>
       <c r="L70">
-        <v>26759</v>
+        <v>3609</v>
       </c>
       <c r="M70">
-        <v>0</v>
+        <v>535</v>
       </c>
       <c r="N70">
-        <v>0</v>
+        <v>0.14824050983652001</v>
       </c>
       <c r="O70">
-        <v>26766</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B71" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C71" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D71">
-        <v>0</v>
+        <v>535</v>
       </c>
       <c r="E71">
-        <v>26745</v>
+        <v>4420</v>
       </c>
       <c r="F71">
-        <v>16300</v>
+        <v>0</v>
       </c>
       <c r="G71">
-        <v>23745</v>
+        <v>0</v>
       </c>
       <c r="H71">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="I71">
-        <v>0</v>
+        <v>1025</v>
       </c>
       <c r="J71">
-        <v>26745</v>
+        <v>5980</v>
       </c>
       <c r="K71">
-        <v>6</v>
+        <v>1868</v>
       </c>
       <c r="L71">
-        <v>26739</v>
+        <v>3598</v>
       </c>
       <c r="M71">
-        <v>0</v>
+        <v>514</v>
       </c>
       <c r="N71">
-        <v>0</v>
+        <v>0.14285714285714299</v>
       </c>
       <c r="O71">
-        <v>26745</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B72" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C72" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="D72">
-        <v>0</v>
+        <v>514</v>
       </c>
       <c r="E72">
-        <v>27292</v>
+        <v>4419</v>
       </c>
       <c r="F72">
-        <v>16500</v>
+        <v>0</v>
       </c>
       <c r="G72">
-        <v>24262</v>
+        <v>0</v>
       </c>
       <c r="H72">
-        <v>3030</v>
+        <v>0</v>
       </c>
       <c r="I72">
-        <v>0</v>
+        <v>1025</v>
       </c>
       <c r="J72">
-        <v>27292</v>
+        <v>5958</v>
       </c>
       <c r="K72">
-        <v>8</v>
+        <v>1898</v>
       </c>
       <c r="L72">
-        <v>27284</v>
+        <v>3560</v>
       </c>
       <c r="M72">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="N72">
-        <v>0</v>
+        <v>0.14044943820224701</v>
       </c>
       <c r="O72">
-        <v>27292</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B73" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C73" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="D73">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="E73">
-        <v>28015</v>
+        <v>4403</v>
       </c>
       <c r="F73">
-        <v>16400</v>
+        <v>0</v>
       </c>
       <c r="G73">
-        <v>24965</v>
+        <v>0</v>
       </c>
       <c r="H73">
-        <v>3050</v>
+        <v>0</v>
       </c>
       <c r="I73">
-        <v>0</v>
+        <v>1034</v>
       </c>
       <c r="J73">
-        <v>28015</v>
+        <v>5937</v>
       </c>
       <c r="K73">
-        <v>10</v>
+        <v>1884</v>
       </c>
       <c r="L73">
-        <v>28005</v>
+        <v>3565</v>
       </c>
       <c r="M73">
-        <v>0</v>
+        <v>488</v>
       </c>
       <c r="N73">
-        <v>0</v>
+        <v>0.136886395511921</v>
       </c>
       <c r="O73">
-        <v>28015</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>68</v>
       </c>
       <c r="B74" t="s">
         <v>54</v>
       </c>
       <c r="C74" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="D74">
         <v>0</v>
       </c>
       <c r="E74">
-        <v>27825</v>
+        <v>25650</v>
       </c>
       <c r="F74">
-        <v>16646</v>
+        <v>17426</v>
       </c>
       <c r="G74">
-        <v>24845</v>
+        <v>24770</v>
       </c>
       <c r="H74">
-        <v>2980</v>
+        <v>880</v>
       </c>
       <c r="I74">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J74">
-        <v>27825</v>
+        <v>25651</v>
       </c>
       <c r="K74">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L74">
-        <v>27813</v>
+        <v>25645</v>
       </c>
       <c r="M74">
         <v>0</v>
       </c>
       <c r="N74">
         <v>0</v>
       </c>
       <c r="O74">
-        <v>27825</v>
+        <v>25651</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>68</v>
       </c>
       <c r="B75" t="s">
         <v>54</v>
       </c>
       <c r="C75" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="D75">
         <v>0</v>
       </c>
       <c r="E75">
-        <v>26630</v>
+        <v>25857</v>
       </c>
       <c r="F75">
-        <v>16896</v>
+        <v>17430</v>
       </c>
       <c r="G75">
-        <v>23660</v>
+        <v>22726</v>
       </c>
       <c r="H75">
-        <v>2970</v>
+        <v>3131</v>
       </c>
       <c r="I75">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J75">
-        <v>26630</v>
+        <v>25859</v>
       </c>
       <c r="K75">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L75">
-        <v>26619</v>
+        <v>25851</v>
       </c>
       <c r="M75">
         <v>0</v>
       </c>
       <c r="N75">
         <v>0</v>
       </c>
       <c r="O75">
-        <v>26630</v>
+        <v>25859</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>68</v>
       </c>
       <c r="B76" t="s">
         <v>54</v>
       </c>
       <c r="C76" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D76">
         <v>0</v>
       </c>
       <c r="E76">
-        <v>27685</v>
+        <v>26766</v>
       </c>
       <c r="F76">
-        <v>17065</v>
+        <v>16262</v>
       </c>
       <c r="G76">
-        <v>24700</v>
+        <v>23624</v>
       </c>
       <c r="H76">
-        <v>2985</v>
+        <v>3142</v>
       </c>
       <c r="I76">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J76">
-        <v>27685</v>
+        <v>26767</v>
       </c>
       <c r="K76">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L76">
-        <v>27674</v>
+        <v>26760</v>
       </c>
       <c r="M76">
         <v>0</v>
       </c>
       <c r="N76">
         <v>0</v>
       </c>
       <c r="O76">
-        <v>27685</v>
+        <v>26767</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>68</v>
       </c>
       <c r="B77" t="s">
         <v>54</v>
       </c>
       <c r="C77" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D77">
         <v>0</v>
       </c>
       <c r="E77">
-        <v>27990</v>
+        <v>26745</v>
       </c>
       <c r="F77">
-        <v>17300</v>
+        <v>16300</v>
       </c>
       <c r="G77">
-        <v>25000</v>
+        <v>23745</v>
       </c>
       <c r="H77">
-        <v>2990</v>
+        <v>3000</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="J77">
-        <v>27990</v>
+        <v>26745</v>
       </c>
       <c r="K77">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L77">
-        <v>27978</v>
+        <v>26739</v>
       </c>
       <c r="M77">
         <v>0</v>
       </c>
       <c r="N77">
         <v>0</v>
       </c>
       <c r="O77">
-        <v>27990</v>
+        <v>26745</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>68</v>
       </c>
       <c r="B78" t="s">
         <v>54</v>
       </c>
       <c r="C78" t="s">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78">
-        <v>28500</v>
+        <v>27292</v>
       </c>
       <c r="F78">
-        <v>17000</v>
+        <v>16500</v>
       </c>
       <c r="G78">
-        <v>25400</v>
+        <v>24262</v>
       </c>
       <c r="H78">
-        <v>3100</v>
+        <v>3030</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78">
-        <v>28500</v>
+        <v>27292</v>
       </c>
       <c r="K78">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L78">
-        <v>28488</v>
+        <v>27283</v>
       </c>
       <c r="M78">
         <v>0</v>
       </c>
       <c r="N78">
         <v>0</v>
       </c>
       <c r="O78">
-        <v>28500</v>
+        <v>27292</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>68</v>
       </c>
       <c r="B79" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C79" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D79">
         <v>0</v>
       </c>
       <c r="E79">
-        <v>585047</v>
+        <v>28015</v>
       </c>
       <c r="F79">
-        <v>139714</v>
+        <v>16400</v>
       </c>
       <c r="G79">
-        <v>495985</v>
+        <v>24965</v>
       </c>
       <c r="H79">
-        <v>89062</v>
+        <v>3050</v>
       </c>
       <c r="I79">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="J79">
-        <v>586094</v>
+        <v>28015</v>
       </c>
       <c r="K79">
-        <v>1531</v>
+        <v>10</v>
       </c>
       <c r="L79">
-        <v>584563</v>
+        <v>28005</v>
       </c>
       <c r="M79">
         <v>0</v>
       </c>
       <c r="N79">
         <v>0</v>
       </c>
       <c r="O79">
-        <v>586094</v>
+        <v>28015</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>68</v>
       </c>
       <c r="B80" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C80" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80">
-        <v>595997</v>
+        <v>27825</v>
       </c>
       <c r="F80">
-        <v>139500</v>
+        <v>16646</v>
       </c>
       <c r="G80">
-        <v>500007</v>
+        <v>24845</v>
       </c>
       <c r="H80">
-        <v>95990</v>
+        <v>2980</v>
       </c>
       <c r="I80">
-        <v>2026</v>
+        <v>0</v>
       </c>
       <c r="J80">
-        <v>598023</v>
+        <v>27825</v>
       </c>
       <c r="K80">
-        <v>2728</v>
+        <v>12</v>
       </c>
       <c r="L80">
-        <v>595295</v>
+        <v>27813</v>
       </c>
       <c r="M80">
         <v>0</v>
       </c>
       <c r="N80">
         <v>0</v>
       </c>
       <c r="O80">
-        <v>598023</v>
+        <v>27825</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>68</v>
       </c>
       <c r="B81" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C81" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D81">
         <v>0</v>
       </c>
       <c r="E81">
-        <v>613081</v>
+        <v>26630</v>
       </c>
       <c r="F81">
-        <v>137498</v>
+        <v>16896</v>
       </c>
       <c r="G81">
-        <v>511602</v>
+        <v>23660</v>
       </c>
       <c r="H81">
-        <v>101479</v>
+        <v>2970</v>
       </c>
       <c r="I81">
-        <v>2272</v>
+        <v>0</v>
       </c>
       <c r="J81">
-        <v>615353</v>
+        <v>26630</v>
       </c>
       <c r="K81">
-        <v>2939</v>
+        <v>11</v>
       </c>
       <c r="L81">
-        <v>612414</v>
+        <v>26619</v>
       </c>
       <c r="M81">
         <v>0</v>
       </c>
       <c r="N81">
         <v>0</v>
       </c>
       <c r="O81">
-        <v>615353</v>
+        <v>26630</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>68</v>
       </c>
       <c r="B82" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C82" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D82">
         <v>0</v>
       </c>
       <c r="E82">
-        <v>629489</v>
+        <v>27685</v>
       </c>
       <c r="F82">
-        <v>134773</v>
+        <v>17065</v>
       </c>
       <c r="G82">
-        <v>522591</v>
+        <v>24700</v>
       </c>
       <c r="H82">
-        <v>106898</v>
+        <v>2985</v>
       </c>
       <c r="I82">
-        <v>2358</v>
+        <v>0</v>
       </c>
       <c r="J82">
-        <v>631847</v>
+        <v>27685</v>
       </c>
       <c r="K82">
-        <v>2976</v>
+        <v>11</v>
       </c>
       <c r="L82">
-        <v>628871</v>
+        <v>27674</v>
       </c>
       <c r="M82">
         <v>0</v>
       </c>
       <c r="N82">
         <v>0</v>
       </c>
       <c r="O82">
-        <v>631847</v>
+        <v>27685</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>68</v>
       </c>
       <c r="B83" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C83" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83">
-        <v>635221</v>
+        <v>27990</v>
       </c>
       <c r="F83">
-        <v>136082</v>
+        <v>17300</v>
       </c>
       <c r="G83">
-        <v>527740</v>
+        <v>25000</v>
       </c>
       <c r="H83">
-        <v>107481</v>
+        <v>2990</v>
       </c>
       <c r="I83">
-        <v>2481</v>
+        <v>0</v>
       </c>
       <c r="J83">
-        <v>637702</v>
+        <v>27990</v>
       </c>
       <c r="K83">
-        <v>3212</v>
+        <v>11</v>
       </c>
       <c r="L83">
-        <v>634490</v>
+        <v>27979</v>
       </c>
       <c r="M83">
         <v>0</v>
       </c>
       <c r="N83">
         <v>0</v>
       </c>
       <c r="O83">
-        <v>637702</v>
+        <v>27990</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>68</v>
       </c>
       <c r="B84" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C84" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="D84">
         <v>0</v>
       </c>
       <c r="E84">
-        <v>649528</v>
+        <v>28700</v>
       </c>
       <c r="F84">
-        <v>137348</v>
+        <v>17000</v>
       </c>
       <c r="G84">
-        <v>539650</v>
+        <v>25600</v>
       </c>
       <c r="H84">
-        <v>109878</v>
+        <v>3100</v>
       </c>
       <c r="I84">
-        <v>2626</v>
+        <v>0</v>
       </c>
       <c r="J84">
-        <v>652154</v>
+        <v>28700</v>
       </c>
       <c r="K84">
-        <v>3297</v>
+        <v>10</v>
       </c>
       <c r="L84">
-        <v>648857</v>
+        <v>28690</v>
       </c>
       <c r="M84">
         <v>0</v>
       </c>
       <c r="N84">
         <v>0</v>
       </c>
       <c r="O84">
-        <v>652154</v>
+        <v>28700</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>68</v>
       </c>
       <c r="B85" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C85" t="s">
-        <v>61</v>
+        <v>106</v>
       </c>
       <c r="D85">
         <v>0</v>
       </c>
       <c r="E85">
-        <v>656873</v>
+        <v>29350</v>
       </c>
       <c r="F85">
-        <v>138779</v>
+        <v>16800</v>
       </c>
       <c r="G85">
-        <v>545204</v>
+        <v>26200</v>
       </c>
       <c r="H85">
-        <v>111669</v>
+        <v>3150</v>
       </c>
       <c r="I85">
-        <v>2803</v>
+        <v>0</v>
       </c>
       <c r="J85">
-        <v>659676</v>
+        <v>29350</v>
       </c>
       <c r="K85">
-        <v>3504</v>
+        <v>10</v>
       </c>
       <c r="L85">
-        <v>656172</v>
+        <v>29340</v>
       </c>
       <c r="M85">
         <v>0</v>
       </c>
       <c r="N85">
         <v>0</v>
       </c>
       <c r="O85">
-        <v>659676</v>
+        <v>29350</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>68</v>
       </c>
       <c r="B86" t="s">
         <v>65</v>
       </c>
       <c r="C86" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D86">
         <v>0</v>
       </c>
       <c r="E86">
-        <v>659354</v>
+        <v>585047</v>
       </c>
       <c r="F86">
-        <v>140138</v>
+        <v>139714</v>
       </c>
       <c r="G86">
-        <v>545067</v>
+        <v>495985</v>
       </c>
       <c r="H86">
-        <v>114287</v>
+        <v>89062</v>
       </c>
       <c r="I86">
-        <v>2570</v>
+        <v>1047</v>
       </c>
       <c r="J86">
-        <v>661924</v>
+        <v>586094</v>
       </c>
       <c r="K86">
-        <v>3219</v>
+        <v>1531</v>
       </c>
       <c r="L86">
-        <v>658705</v>
+        <v>584563</v>
       </c>
       <c r="M86">
         <v>0</v>
       </c>
       <c r="N86">
         <v>0</v>
       </c>
       <c r="O86">
-        <v>661924</v>
+        <v>586094</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>68</v>
       </c>
       <c r="B87" t="s">
         <v>65</v>
       </c>
       <c r="C87" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="D87">
         <v>0</v>
       </c>
       <c r="E87">
-        <v>667543</v>
+        <v>595997</v>
       </c>
       <c r="F87">
-        <v>141338</v>
+        <v>139500</v>
       </c>
       <c r="G87">
-        <v>551046</v>
+        <v>500007</v>
       </c>
       <c r="H87">
-        <v>116497</v>
+        <v>95990</v>
       </c>
       <c r="I87">
-        <v>2407</v>
+        <v>2026</v>
       </c>
       <c r="J87">
-        <v>669950</v>
+        <v>598023</v>
       </c>
       <c r="K87">
-        <v>2931</v>
+        <v>2728</v>
       </c>
       <c r="L87">
-        <v>667019</v>
+        <v>595295</v>
       </c>
       <c r="M87">
         <v>0</v>
       </c>
       <c r="N87">
         <v>0</v>
       </c>
       <c r="O87">
-        <v>669950</v>
+        <v>598023</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>68</v>
       </c>
       <c r="B88" t="s">
         <v>65</v>
       </c>
       <c r="C88" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="D88">
         <v>0</v>
       </c>
       <c r="E88">
-        <v>673293</v>
+        <v>613012</v>
       </c>
       <c r="F88">
-        <v>141673</v>
+        <v>137498</v>
       </c>
       <c r="G88">
-        <v>554239</v>
+        <v>511533</v>
       </c>
       <c r="H88">
-        <v>119054</v>
+        <v>101479</v>
       </c>
       <c r="I88">
-        <v>2422</v>
+        <v>2273</v>
       </c>
       <c r="J88">
-        <v>675715</v>
+        <v>615285</v>
       </c>
       <c r="K88">
-        <v>2784</v>
+        <v>2939</v>
       </c>
       <c r="L88">
-        <v>672931</v>
+        <v>612346</v>
       </c>
       <c r="M88">
         <v>0</v>
       </c>
       <c r="N88">
         <v>0</v>
       </c>
       <c r="O88">
-        <v>675715</v>
+        <v>615285</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>68</v>
       </c>
       <c r="B89" t="s">
         <v>65</v>
       </c>
       <c r="C89" t="s">
-        <v>98</v>
+        <v>58</v>
       </c>
       <c r="D89">
         <v>0</v>
       </c>
       <c r="E89">
-        <v>680293</v>
+        <v>629426</v>
       </c>
       <c r="F89">
-        <v>141417</v>
+        <v>134773</v>
       </c>
       <c r="G89">
-        <v>558475</v>
+        <v>522528</v>
       </c>
       <c r="H89">
-        <v>121818</v>
+        <v>106898</v>
       </c>
       <c r="I89">
-        <v>2329</v>
+        <v>2358</v>
       </c>
       <c r="J89">
-        <v>682622</v>
+        <v>631784</v>
       </c>
       <c r="K89">
-        <v>2745</v>
+        <v>2976</v>
       </c>
       <c r="L89">
-        <v>679877</v>
+        <v>628808</v>
       </c>
       <c r="M89">
         <v>0</v>
       </c>
       <c r="N89">
         <v>0</v>
       </c>
       <c r="O89">
-        <v>682622</v>
+        <v>631784</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B90" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C90" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D90">
         <v>0</v>
       </c>
       <c r="E90">
-        <v>155</v>
+        <v>635111</v>
       </c>
       <c r="F90">
-        <v>0</v>
+        <v>136082</v>
       </c>
       <c r="G90">
-        <v>0</v>
+        <v>527630</v>
       </c>
       <c r="H90">
-        <v>0</v>
+        <v>107481</v>
       </c>
       <c r="I90">
-        <v>35</v>
+        <v>2481</v>
       </c>
       <c r="J90">
-        <v>190</v>
+        <v>637592</v>
       </c>
       <c r="K90">
-        <v>0</v>
+        <v>3214</v>
       </c>
       <c r="L90">
-        <v>190</v>
+        <v>634378</v>
       </c>
       <c r="M90">
         <v>0</v>
       </c>
       <c r="N90">
         <v>0</v>
       </c>
       <c r="O90">
-        <v>35</v>
+        <v>637592</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B91" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C91" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D91">
         <v>0</v>
       </c>
       <c r="E91">
-        <v>153</v>
+        <v>649436</v>
       </c>
       <c r="F91">
-        <v>0</v>
+        <v>137348</v>
       </c>
       <c r="G91">
-        <v>0</v>
+        <v>539558</v>
       </c>
       <c r="H91">
-        <v>0</v>
+        <v>109878</v>
       </c>
       <c r="I91">
-        <v>35</v>
+        <v>2625</v>
       </c>
       <c r="J91">
-        <v>188</v>
+        <v>652061</v>
       </c>
       <c r="K91">
-        <v>0</v>
+        <v>3325</v>
       </c>
       <c r="L91">
-        <v>188</v>
+        <v>648736</v>
       </c>
       <c r="M91">
         <v>0</v>
       </c>
       <c r="N91">
         <v>0</v>
       </c>
       <c r="O91">
-        <v>35</v>
+        <v>652061</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B92" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C92" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D92">
         <v>0</v>
       </c>
       <c r="E92">
-        <v>158</v>
+        <v>657054</v>
       </c>
       <c r="F92">
-        <v>0</v>
+        <v>138787</v>
       </c>
       <c r="G92">
-        <v>0</v>
+        <v>545385</v>
       </c>
       <c r="H92">
-        <v>0</v>
+        <v>111669</v>
       </c>
       <c r="I92">
-        <v>31</v>
+        <v>2803</v>
       </c>
       <c r="J92">
-        <v>189</v>
+        <v>659857</v>
       </c>
       <c r="K92">
-        <v>0</v>
+        <v>3535</v>
       </c>
       <c r="L92">
-        <v>189</v>
+        <v>656322</v>
       </c>
       <c r="M92">
         <v>0</v>
       </c>
       <c r="N92">
         <v>0</v>
       </c>
       <c r="O92">
-        <v>31</v>
+        <v>659857</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B93" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C93" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D93">
         <v>0</v>
       </c>
       <c r="E93">
-        <v>155</v>
+        <v>659989</v>
       </c>
       <c r="F93">
-        <v>0</v>
+        <v>140129</v>
       </c>
       <c r="G93">
-        <v>0</v>
+        <v>545702</v>
       </c>
       <c r="H93">
-        <v>0</v>
+        <v>114287</v>
       </c>
       <c r="I93">
-        <v>29</v>
+        <v>2570</v>
       </c>
       <c r="J93">
-        <v>184</v>
+        <v>662559</v>
       </c>
       <c r="K93">
-        <v>0</v>
+        <v>3227</v>
       </c>
       <c r="L93">
-        <v>184</v>
+        <v>659332</v>
       </c>
       <c r="M93">
         <v>0</v>
       </c>
       <c r="N93">
         <v>0</v>
       </c>
       <c r="O93">
-        <v>29</v>
+        <v>662559</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B94" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C94" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D94">
         <v>0</v>
       </c>
       <c r="E94">
-        <v>158</v>
+        <v>669306</v>
       </c>
       <c r="F94">
-        <v>0</v>
+        <v>141342</v>
       </c>
       <c r="G94">
-        <v>0</v>
+        <v>552696</v>
       </c>
       <c r="H94">
-        <v>0</v>
+        <v>116610</v>
       </c>
       <c r="I94">
-        <v>25</v>
+        <v>2420</v>
       </c>
       <c r="J94">
-        <v>183</v>
+        <v>671726</v>
       </c>
       <c r="K94">
-        <v>0</v>
+        <v>2943</v>
       </c>
       <c r="L94">
-        <v>183</v>
+        <v>668783</v>
       </c>
       <c r="M94">
         <v>0</v>
       </c>
       <c r="N94">
         <v>0</v>
       </c>
       <c r="O94">
-        <v>25</v>
+        <v>671726</v>
       </c>
     </row>
     <row r="95" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B95" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C95" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D95">
         <v>0</v>
       </c>
       <c r="E95">
-        <v>161</v>
+        <v>673842</v>
       </c>
       <c r="F95">
-        <v>0</v>
+        <v>141517</v>
       </c>
       <c r="G95">
-        <v>0</v>
+        <v>554660</v>
       </c>
       <c r="H95">
-        <v>0</v>
+        <v>119182</v>
       </c>
       <c r="I95">
-        <v>26</v>
+        <v>2432</v>
       </c>
       <c r="J95">
-        <v>187</v>
+        <v>676274</v>
       </c>
       <c r="K95">
-        <v>0</v>
+        <v>2887</v>
       </c>
       <c r="L95">
-        <v>187</v>
+        <v>673387</v>
       </c>
       <c r="M95">
         <v>0</v>
       </c>
       <c r="N95">
         <v>0</v>
       </c>
       <c r="O95">
-        <v>26</v>
+        <v>676274</v>
       </c>
     </row>
     <row r="96" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B96" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C96" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="D96">
         <v>0</v>
       </c>
       <c r="E96">
-        <v>164</v>
+        <v>683116</v>
       </c>
       <c r="F96">
-        <v>0</v>
+        <v>140965</v>
       </c>
       <c r="G96">
-        <v>0</v>
+        <v>561269</v>
       </c>
       <c r="H96">
-        <v>0</v>
+        <v>121847</v>
       </c>
       <c r="I96">
-        <v>24</v>
+        <v>2312</v>
       </c>
       <c r="J96">
-        <v>188</v>
+        <v>685428</v>
       </c>
       <c r="K96">
-        <v>0</v>
+        <v>2833</v>
       </c>
       <c r="L96">
-        <v>188</v>
+        <v>682595</v>
       </c>
       <c r="M96">
         <v>0</v>
       </c>
       <c r="N96">
         <v>0</v>
       </c>
       <c r="O96">
-        <v>24</v>
+        <v>685428</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="B97" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C97" t="s">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="D97">
         <v>0</v>
       </c>
       <c r="E97">
-        <v>157</v>
+        <v>690017</v>
       </c>
       <c r="F97">
-        <v>0</v>
+        <v>139172</v>
       </c>
       <c r="G97">
-        <v>0</v>
+        <v>565433</v>
       </c>
       <c r="H97">
-        <v>0</v>
+        <v>124584</v>
       </c>
       <c r="I97">
-        <v>25</v>
+        <v>2318</v>
       </c>
       <c r="J97">
-        <v>182</v>
+        <v>692335</v>
       </c>
       <c r="K97">
-        <v>0</v>
+        <v>2768</v>
       </c>
       <c r="L97">
-        <v>182</v>
+        <v>689567</v>
       </c>
       <c r="M97">
         <v>0</v>
       </c>
       <c r="N97">
         <v>0</v>
       </c>
       <c r="O97">
-        <v>25</v>
+        <v>692335</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>95</v>
       </c>
       <c r="B98" t="s">
         <v>54</v>
       </c>
       <c r="C98" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="F98">
         <v>0</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J98">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="K98">
         <v>0</v>
       </c>
       <c r="L98">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="M98">
         <v>0</v>
       </c>
       <c r="N98">
         <v>0</v>
       </c>
       <c r="O98">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>95</v>
       </c>
       <c r="B99" t="s">
         <v>54</v>
       </c>
       <c r="C99" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D99">
         <v>0</v>
       </c>
       <c r="E99">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="F99">
         <v>0</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="J99">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="K99">
         <v>0</v>
       </c>
       <c r="L99">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="M99">
         <v>0</v>
       </c>
       <c r="N99">
         <v>0</v>
       </c>
       <c r="O99">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>95</v>
       </c>
       <c r="B100" t="s">
         <v>54</v>
       </c>
       <c r="C100" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
       <c r="D100">
         <v>0</v>
       </c>
       <c r="E100">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="J100">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="K100">
         <v>0</v>
       </c>
       <c r="L100">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="M100">
         <v>0</v>
       </c>
       <c r="N100">
         <v>0</v>
       </c>
       <c r="O100">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>95</v>
       </c>
       <c r="B101" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C101" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D101">
-        <v>506</v>
+        <v>0</v>
       </c>
       <c r="E101">
-        <v>4765</v>
+        <v>155</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101">
-        <v>1156</v>
+        <v>29</v>
       </c>
       <c r="J101">
-        <v>6427</v>
+        <v>184</v>
       </c>
       <c r="K101">
-        <v>2082</v>
+        <v>0</v>
       </c>
       <c r="L101">
-        <v>3759</v>
+        <v>184</v>
       </c>
       <c r="M101">
-        <v>586</v>
+        <v>0</v>
       </c>
       <c r="N101">
-        <v>0.155892524607608</v>
+        <v>0</v>
       </c>
       <c r="O101">
-        <v>1662</v>
+        <v>29</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>95</v>
       </c>
       <c r="B102" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C102" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D102">
-        <v>586</v>
+        <v>0</v>
       </c>
       <c r="E102">
-        <v>4675</v>
+        <v>158</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102">
-        <v>1309</v>
+        <v>25</v>
       </c>
       <c r="J102">
-        <v>6570</v>
+        <v>183</v>
       </c>
       <c r="K102">
-        <v>2061</v>
+        <v>0</v>
       </c>
       <c r="L102">
-        <v>3571</v>
+        <v>183</v>
       </c>
       <c r="M102">
-        <v>938</v>
+        <v>0</v>
       </c>
       <c r="N102">
-        <v>0.26267152058247001</v>
+        <v>0</v>
       </c>
       <c r="O102">
-        <v>1895</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>95</v>
       </c>
       <c r="B103" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C103" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D103">
-        <v>938</v>
+        <v>0</v>
       </c>
       <c r="E103">
-        <v>4650</v>
+        <v>161</v>
       </c>
       <c r="F103">
         <v>0</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103">
-        <v>1427</v>
+        <v>26</v>
       </c>
       <c r="J103">
-        <v>7015</v>
+        <v>187</v>
       </c>
       <c r="K103">
-        <v>2287</v>
+        <v>0</v>
       </c>
       <c r="L103">
-        <v>3798</v>
+        <v>187</v>
       </c>
       <c r="M103">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="N103">
-        <v>0.244865718799368</v>
+        <v>0</v>
       </c>
       <c r="O103">
-        <v>2365</v>
+        <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>95</v>
       </c>
       <c r="B104" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C104" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D104">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="E104">
-        <v>4661</v>
+        <v>164</v>
       </c>
       <c r="F104">
         <v>0</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104">
-        <v>1462</v>
+        <v>24</v>
       </c>
       <c r="J104">
-        <v>7053</v>
+        <v>188</v>
       </c>
       <c r="K104">
-        <v>2447</v>
+        <v>0</v>
       </c>
       <c r="L104">
-        <v>3862</v>
+        <v>188</v>
       </c>
       <c r="M104">
-        <v>744</v>
+        <v>0</v>
       </c>
       <c r="N104">
-        <v>0.19264629725530799</v>
+        <v>0</v>
       </c>
       <c r="O104">
-        <v>2392</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>95</v>
       </c>
       <c r="B105" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C105" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D105">
-        <v>744</v>
+        <v>0</v>
       </c>
       <c r="E105">
-        <v>4653</v>
+        <v>157</v>
       </c>
       <c r="F105">
         <v>0</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105">
-        <v>1517</v>
+        <v>25</v>
       </c>
       <c r="J105">
-        <v>6914</v>
+        <v>182</v>
       </c>
       <c r="K105">
-        <v>2518</v>
+        <v>0</v>
       </c>
       <c r="L105">
-        <v>3833</v>
+        <v>182</v>
       </c>
       <c r="M105">
-        <v>563</v>
+        <v>0</v>
       </c>
       <c r="N105">
-        <v>0.146882337594573</v>
+        <v>0</v>
       </c>
       <c r="O105">
-        <v>2261</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>95</v>
       </c>
       <c r="B106" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C106" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D106">
-        <v>563</v>
+        <v>0</v>
       </c>
       <c r="E106">
-        <v>4835</v>
+        <v>162</v>
       </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106">
-        <v>1434</v>
+        <v>34</v>
       </c>
       <c r="J106">
-        <v>6832</v>
+        <v>196</v>
       </c>
       <c r="K106">
-        <v>2412</v>
+        <v>0</v>
       </c>
       <c r="L106">
-        <v>3825</v>
+        <v>196</v>
       </c>
       <c r="M106">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="N106">
-        <v>0.155555555555556</v>
+        <v>0</v>
       </c>
       <c r="O106">
-        <v>1997</v>
+        <v>34</v>
       </c>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>95</v>
       </c>
       <c r="B107" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C107" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D107">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="E107">
-        <v>4780</v>
+        <v>162</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
         <v>0</v>
       </c>
       <c r="I107">
-        <v>1502</v>
+        <v>40</v>
       </c>
       <c r="J107">
-        <v>6877</v>
+        <v>202</v>
       </c>
       <c r="K107">
-        <v>2443</v>
+        <v>0</v>
       </c>
       <c r="L107">
-        <v>3914</v>
+        <v>202</v>
       </c>
       <c r="M107">
-        <v>520</v>
+        <v>0</v>
       </c>
       <c r="N107">
-        <v>0.13285641287685199</v>
+        <v>0</v>
       </c>
       <c r="O107">
-        <v>2097</v>
+        <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>95</v>
       </c>
       <c r="B108" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C108" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="D108">
-        <v>520</v>
+        <v>0</v>
       </c>
       <c r="E108">
-        <v>4813</v>
+        <v>165</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108">
-        <v>1458</v>
+        <v>48</v>
       </c>
       <c r="J108">
-        <v>6791</v>
+        <v>213</v>
       </c>
       <c r="K108">
-        <v>2346</v>
+        <v>0</v>
       </c>
       <c r="L108">
-        <v>3928</v>
+        <v>213</v>
       </c>
       <c r="M108">
-        <v>517</v>
+        <v>0</v>
       </c>
       <c r="N108">
-        <v>0.13161914460285101</v>
+        <v>0</v>
       </c>
       <c r="O108">
-        <v>1978</v>
+        <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>95</v>
       </c>
       <c r="B109" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="C109" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="D109">
-        <v>517</v>
+        <v>0</v>
       </c>
       <c r="E109">
-        <v>4749</v>
+        <v>167</v>
       </c>
       <c r="F109">
         <v>0</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109">
-        <v>1378</v>
+        <v>48</v>
       </c>
       <c r="J109">
-        <v>6644</v>
+        <v>215</v>
       </c>
       <c r="K109">
-        <v>2443</v>
+        <v>0</v>
       </c>
       <c r="L109">
-        <v>3825</v>
+        <v>215</v>
       </c>
       <c r="M109">
-        <v>376</v>
+        <v>0</v>
       </c>
       <c r="N109">
-        <v>9.8300653594771206E-2</v>
+        <v>0</v>
       </c>
       <c r="O109">
-        <v>1895</v>
+        <v>48</v>
       </c>
     </row>
     <row r="110" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>95</v>
       </c>
       <c r="B110" t="s">
         <v>65</v>
       </c>
       <c r="C110" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D110">
-        <v>376</v>
+        <v>506</v>
       </c>
       <c r="E110">
-        <v>4712</v>
+        <v>4765</v>
       </c>
       <c r="F110">
         <v>0</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
         <v>0</v>
       </c>
       <c r="I110">
-        <v>1293</v>
+        <v>1156</v>
       </c>
       <c r="J110">
-        <v>6381</v>
+        <v>6427</v>
       </c>
       <c r="K110">
-        <v>2343</v>
+        <v>2082</v>
       </c>
       <c r="L110">
-        <v>3663</v>
+        <v>3759</v>
       </c>
       <c r="M110">
-        <v>375</v>
+        <v>586</v>
       </c>
       <c r="N110">
-        <v>0.102375102375102</v>
+        <v>0.155892524607608</v>
       </c>
       <c r="O110">
-        <v>1669</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="111" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>95</v>
       </c>
       <c r="B111" t="s">
         <v>65</v>
       </c>
       <c r="C111" t="s">
+        <v>56</v>
+      </c>
+      <c r="D111">
+        <v>586</v>
+      </c>
+      <c r="E111">
+        <v>4675</v>
+      </c>
+      <c r="F111">
+        <v>0</v>
+      </c>
+      <c r="G111">
+        <v>0</v>
+      </c>
+      <c r="H111">
+        <v>0</v>
+      </c>
+      <c r="I111">
+        <v>1309</v>
+      </c>
+      <c r="J111">
+        <v>6570</v>
+      </c>
+      <c r="K111">
+        <v>2061</v>
+      </c>
+      <c r="L111">
+        <v>3571</v>
+      </c>
+      <c r="M111">
+        <v>938</v>
+      </c>
+      <c r="N111">
+        <v>0.26267152058247001</v>
+      </c>
+      <c r="O111">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>95</v>
+      </c>
+      <c r="B112" t="s">
+        <v>65</v>
+      </c>
+      <c r="C112" t="s">
+        <v>57</v>
+      </c>
+      <c r="D112">
+        <v>938</v>
+      </c>
+      <c r="E112">
+        <v>4650</v>
+      </c>
+      <c r="F112">
+        <v>0</v>
+      </c>
+      <c r="G112">
+        <v>0</v>
+      </c>
+      <c r="H112">
+        <v>0</v>
+      </c>
+      <c r="I112">
+        <v>1427</v>
+      </c>
+      <c r="J112">
+        <v>7015</v>
+      </c>
+      <c r="K112">
+        <v>2287</v>
+      </c>
+      <c r="L112">
+        <v>3778</v>
+      </c>
+      <c r="M112">
+        <v>950</v>
+      </c>
+      <c r="N112">
+        <v>0.25145579671784002</v>
+      </c>
+      <c r="O112">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>95</v>
+      </c>
+      <c r="B113" t="s">
+        <v>65</v>
+      </c>
+      <c r="C113" t="s">
+        <v>58</v>
+      </c>
+      <c r="D113">
+        <v>950</v>
+      </c>
+      <c r="E113">
+        <v>4661</v>
+      </c>
+      <c r="F113">
+        <v>0</v>
+      </c>
+      <c r="G113">
+        <v>0</v>
+      </c>
+      <c r="H113">
+        <v>0</v>
+      </c>
+      <c r="I113">
+        <v>1462</v>
+      </c>
+      <c r="J113">
+        <v>7073</v>
+      </c>
+      <c r="K113">
+        <v>2449</v>
+      </c>
+      <c r="L113">
+        <v>3856</v>
+      </c>
+      <c r="M113">
+        <v>768</v>
+      </c>
+      <c r="N113">
+        <v>0.19917012448132801</v>
+      </c>
+      <c r="O113">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>95</v>
+      </c>
+      <c r="B114" t="s">
+        <v>65</v>
+      </c>
+      <c r="C114" t="s">
+        <v>59</v>
+      </c>
+      <c r="D114">
+        <v>768</v>
+      </c>
+      <c r="E114">
+        <v>4653</v>
+      </c>
+      <c r="F114">
+        <v>0</v>
+      </c>
+      <c r="G114">
+        <v>0</v>
+      </c>
+      <c r="H114">
+        <v>0</v>
+      </c>
+      <c r="I114">
+        <v>1517</v>
+      </c>
+      <c r="J114">
+        <v>6938</v>
+      </c>
+      <c r="K114">
+        <v>2520</v>
+      </c>
+      <c r="L114">
+        <v>3822</v>
+      </c>
+      <c r="M114">
+        <v>596</v>
+      </c>
+      <c r="N114">
+        <v>0.155939298796442</v>
+      </c>
+      <c r="O114">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>95</v>
+      </c>
+      <c r="B115" t="s">
+        <v>65</v>
+      </c>
+      <c r="C115" t="s">
+        <v>60</v>
+      </c>
+      <c r="D115">
+        <v>596</v>
+      </c>
+      <c r="E115">
+        <v>4835</v>
+      </c>
+      <c r="F115">
+        <v>0</v>
+      </c>
+      <c r="G115">
+        <v>0</v>
+      </c>
+      <c r="H115">
+        <v>0</v>
+      </c>
+      <c r="I115">
+        <v>1435</v>
+      </c>
+      <c r="J115">
+        <v>6866</v>
+      </c>
+      <c r="K115">
+        <v>2416</v>
+      </c>
+      <c r="L115">
+        <v>3837</v>
+      </c>
+      <c r="M115">
+        <v>613</v>
+      </c>
+      <c r="N115">
+        <v>0.159760229345843</v>
+      </c>
+      <c r="O115">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>95</v>
+      </c>
+      <c r="B116" t="s">
+        <v>65</v>
+      </c>
+      <c r="C116" t="s">
+        <v>61</v>
+      </c>
+      <c r="D116">
+        <v>613</v>
+      </c>
+      <c r="E116">
+        <v>4781</v>
+      </c>
+      <c r="F116">
+        <v>0</v>
+      </c>
+      <c r="G116">
+        <v>0</v>
+      </c>
+      <c r="H116">
+        <v>0</v>
+      </c>
+      <c r="I116">
+        <v>1502</v>
+      </c>
+      <c r="J116">
+        <v>6896</v>
+      </c>
+      <c r="K116">
+        <v>2433</v>
+      </c>
+      <c r="L116">
+        <v>3935</v>
+      </c>
+      <c r="M116">
+        <v>528</v>
+      </c>
+      <c r="N116">
+        <v>0.13418043202033</v>
+      </c>
+      <c r="O116">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>95</v>
+      </c>
+      <c r="B117" t="s">
+        <v>65</v>
+      </c>
+      <c r="C117" t="s">
+        <v>62</v>
+      </c>
+      <c r="D117">
+        <v>528</v>
+      </c>
+      <c r="E117">
+        <v>4813</v>
+      </c>
+      <c r="F117">
+        <v>0</v>
+      </c>
+      <c r="G117">
+        <v>0</v>
+      </c>
+      <c r="H117">
+        <v>0</v>
+      </c>
+      <c r="I117">
+        <v>1485</v>
+      </c>
+      <c r="J117">
+        <v>6826</v>
+      </c>
+      <c r="K117">
+        <v>2354</v>
+      </c>
+      <c r="L117">
+        <v>3955</v>
+      </c>
+      <c r="M117">
+        <v>517</v>
+      </c>
+      <c r="N117">
+        <v>0.130720606826802</v>
+      </c>
+      <c r="O117">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>95</v>
+      </c>
+      <c r="B118" t="s">
+        <v>65</v>
+      </c>
+      <c r="C118" t="s">
+        <v>63</v>
+      </c>
+      <c r="D118">
+        <v>517</v>
+      </c>
+      <c r="E118">
+        <v>4810</v>
+      </c>
+      <c r="F118">
+        <v>0</v>
+      </c>
+      <c r="G118">
+        <v>0</v>
+      </c>
+      <c r="H118">
+        <v>0</v>
+      </c>
+      <c r="I118">
+        <v>1406</v>
+      </c>
+      <c r="J118">
+        <v>6733</v>
+      </c>
+      <c r="K118">
+        <v>2460</v>
+      </c>
+      <c r="L118">
+        <v>3894</v>
+      </c>
+      <c r="M118">
+        <v>379</v>
+      </c>
+      <c r="N118">
+        <v>9.7329224447868498E-2</v>
+      </c>
+      <c r="O118">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>95</v>
+      </c>
+      <c r="B119" t="s">
+        <v>65</v>
+      </c>
+      <c r="C119" t="s">
+        <v>64</v>
+      </c>
+      <c r="D119">
+        <v>379</v>
+      </c>
+      <c r="E119">
+        <v>4844</v>
+      </c>
+      <c r="F119">
+        <v>0</v>
+      </c>
+      <c r="G119">
+        <v>0</v>
+      </c>
+      <c r="H119">
+        <v>0</v>
+      </c>
+      <c r="I119">
+        <v>1377</v>
+      </c>
+      <c r="J119">
+        <v>6600</v>
+      </c>
+      <c r="K119">
+        <v>2344</v>
+      </c>
+      <c r="L119">
+        <v>3872</v>
+      </c>
+      <c r="M119">
+        <v>384</v>
+      </c>
+      <c r="N119">
+        <v>9.9173553719008295E-2</v>
+      </c>
+      <c r="O119">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>95</v>
+      </c>
+      <c r="B120" t="s">
+        <v>65</v>
+      </c>
+      <c r="C120" t="s">
         <v>98</v>
       </c>
-      <c r="D111">
-[...33 lines deleted...]
-        <v>1659</v>
+      <c r="D120">
+        <v>384</v>
+      </c>
+      <c r="E120">
+        <v>4780</v>
+      </c>
+      <c r="F120">
+        <v>0</v>
+      </c>
+      <c r="G120">
+        <v>0</v>
+      </c>
+      <c r="H120">
+        <v>0</v>
+      </c>
+      <c r="I120">
+        <v>1354</v>
+      </c>
+      <c r="J120">
+        <v>6518</v>
+      </c>
+      <c r="K120">
+        <v>2312</v>
+      </c>
+      <c r="L120">
+        <v>3777</v>
+      </c>
+      <c r="M120">
+        <v>429</v>
+      </c>
+      <c r="N120">
+        <v>0.113582208101668</v>
+      </c>
+      <c r="O120">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>95</v>
+      </c>
+      <c r="B121" t="s">
+        <v>65</v>
+      </c>
+      <c r="C121" t="s">
+        <v>106</v>
+      </c>
+      <c r="D121">
+        <v>429</v>
+      </c>
+      <c r="E121">
+        <v>4849</v>
+      </c>
+      <c r="F121">
+        <v>0</v>
+      </c>
+      <c r="G121">
+        <v>0</v>
+      </c>
+      <c r="H121">
+        <v>0</v>
+      </c>
+      <c r="I121">
+        <v>1374</v>
+      </c>
+      <c r="J121">
+        <v>6652</v>
+      </c>
+      <c r="K121">
+        <v>2319</v>
+      </c>
+      <c r="L121">
+        <v>3896</v>
+      </c>
+      <c r="M121">
+        <v>437</v>
+      </c>
+      <c r="N121">
+        <v>0.112166324435318</v>
+      </c>
+      <c r="O121">
+        <v>1803</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A0654C7-A5D8-42EC-9682-300F7C8D1C36}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
-      <selection activeCell="H34" sqref="H34"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="118.7109375" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9D41F14-E647-41EB-A5C4-4C40D33E7821}">
   <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="106" workbookViewId="0">
-      <selection activeCell="A7" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.85546875" customWidth="1"/>
     <col min="3" max="3" width="8.140625" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" customWidth="1"/>
     <col min="6" max="6" width="7.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.42578125" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" customWidth="1"/>
     <col min="9" max="9" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="21" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="77.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="28" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>77</v>
       </c>
@@ -16019,666 +16824,666 @@
       </c>
       <c r="B5" s="35"/>
       <c r="C5" s="35"/>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="35"/>
       <c r="G5" s="35"/>
       <c r="H5" s="35"/>
       <c r="I5" s="35"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="30"/>
       <c r="C6" s="30"/>
       <c r="D6" s="30"/>
       <c r="E6" s="30"/>
       <c r="F6" s="30"/>
       <c r="G6" s="30"/>
       <c r="H6" s="30"/>
       <c r="I6" s="30"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" s="23">
-        <v>139714</v>
+        <v>137498</v>
       </c>
       <c r="C7" s="23">
-        <v>495985</v>
+        <v>511533</v>
       </c>
       <c r="D7" s="23">
-        <v>89062</v>
+        <v>101479</v>
       </c>
       <c r="E7" s="23">
-        <v>585047</v>
+        <v>613012</v>
       </c>
       <c r="F7" s="23">
-        <v>1047</v>
+        <v>2273</v>
       </c>
       <c r="G7" s="23">
-        <v>586094</v>
+        <v>615285</v>
       </c>
       <c r="H7" s="23">
-        <v>1531</v>
+        <v>2939</v>
       </c>
       <c r="I7" s="24">
-        <v>584563</v>
+        <v>612346</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B8" s="23">
-        <v>139500</v>
+        <v>134773</v>
       </c>
       <c r="C8" s="23">
-        <v>500007</v>
+        <v>522528</v>
       </c>
       <c r="D8" s="23">
-        <v>95990</v>
+        <v>106898</v>
       </c>
       <c r="E8" s="23">
-        <v>595997</v>
+        <v>629426</v>
       </c>
       <c r="F8" s="23">
-        <v>2026</v>
+        <v>2358</v>
       </c>
       <c r="G8" s="23">
-        <v>598023</v>
+        <v>631784</v>
       </c>
       <c r="H8" s="23">
-        <v>2728</v>
+        <v>2976</v>
       </c>
       <c r="I8" s="24">
-        <v>595295</v>
+        <v>628808</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B9" s="23">
-        <v>137498</v>
+        <v>136082</v>
       </c>
       <c r="C9" s="23">
-        <v>511602</v>
+        <v>527630</v>
       </c>
       <c r="D9" s="23">
-        <v>101479</v>
+        <v>107481</v>
       </c>
       <c r="E9" s="23">
-        <v>613081</v>
+        <v>635111</v>
       </c>
       <c r="F9" s="23">
-        <v>2272</v>
+        <v>2481</v>
       </c>
       <c r="G9" s="23">
-        <v>615353</v>
+        <v>637592</v>
       </c>
       <c r="H9" s="23">
-        <v>2939</v>
+        <v>3214</v>
       </c>
       <c r="I9" s="24">
-        <v>612414</v>
+        <v>634378</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B10" s="23">
-        <v>134773</v>
+        <v>137348</v>
       </c>
       <c r="C10" s="23">
-        <v>522591</v>
+        <v>539558</v>
       </c>
       <c r="D10" s="23">
-        <v>106898</v>
+        <v>109878</v>
       </c>
       <c r="E10" s="23">
-        <v>629489</v>
+        <v>649436</v>
       </c>
       <c r="F10" s="23">
-        <v>2358</v>
+        <v>2625</v>
       </c>
       <c r="G10" s="23">
-        <v>631847</v>
+        <v>652061</v>
       </c>
       <c r="H10" s="23">
-        <v>2976</v>
+        <v>3325</v>
       </c>
       <c r="I10" s="24">
-        <v>628871</v>
+        <v>648736</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B11" s="23">
-        <v>136082</v>
+        <v>138787</v>
       </c>
       <c r="C11" s="23">
-        <v>527740</v>
+        <v>545385</v>
       </c>
       <c r="D11" s="23">
-        <v>107481</v>
+        <v>111669</v>
       </c>
       <c r="E11" s="23">
-        <v>635221</v>
+        <v>657054</v>
       </c>
       <c r="F11" s="23">
-        <v>2481</v>
+        <v>2803</v>
       </c>
       <c r="G11" s="23">
-        <v>637702</v>
+        <v>659857</v>
       </c>
       <c r="H11" s="23">
-        <v>3212</v>
+        <v>3535</v>
       </c>
       <c r="I11" s="24">
-        <v>634490</v>
+        <v>656322</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B12" s="23">
-        <v>137348</v>
+        <v>140129</v>
       </c>
       <c r="C12" s="23">
-        <v>539650</v>
+        <v>545702</v>
       </c>
       <c r="D12" s="23">
-        <v>109878</v>
+        <v>114287</v>
       </c>
       <c r="E12" s="23">
-        <v>649528</v>
+        <v>659989</v>
       </c>
       <c r="F12" s="23">
-        <v>2626</v>
+        <v>2570</v>
       </c>
       <c r="G12" s="23">
-        <v>652154</v>
+        <v>662559</v>
       </c>
       <c r="H12" s="23">
-        <v>3297</v>
+        <v>3227</v>
       </c>
       <c r="I12" s="24">
-        <v>648857</v>
+        <v>659332</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B13" s="23">
-        <v>138779</v>
+        <v>141342</v>
       </c>
       <c r="C13" s="23">
-        <v>545204</v>
+        <v>552696</v>
       </c>
       <c r="D13" s="23">
-        <v>111669</v>
+        <v>116610</v>
       </c>
       <c r="E13" s="23">
-        <v>656873</v>
+        <v>669306</v>
       </c>
       <c r="F13" s="23">
-        <v>2803</v>
+        <v>2420</v>
       </c>
       <c r="G13" s="23">
-        <v>659676</v>
+        <v>671726</v>
       </c>
       <c r="H13" s="23">
-        <v>3504</v>
+        <v>2943</v>
       </c>
       <c r="I13" s="24">
-        <v>656172</v>
+        <v>668783</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B14" s="23">
-        <v>140138</v>
+        <v>141517</v>
       </c>
       <c r="C14" s="23">
-        <v>545067</v>
+        <v>554660</v>
       </c>
       <c r="D14" s="23">
-        <v>114287</v>
+        <v>119182</v>
       </c>
       <c r="E14" s="23">
-        <v>659354</v>
+        <v>673842</v>
       </c>
       <c r="F14" s="23">
-        <v>2570</v>
+        <v>2432</v>
       </c>
       <c r="G14" s="23">
-        <v>661924</v>
+        <v>676274</v>
       </c>
       <c r="H14" s="23">
-        <v>3219</v>
+        <v>2887</v>
       </c>
       <c r="I14" s="24">
-        <v>658705</v>
+        <v>673387</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B15" s="23">
-        <v>141338</v>
+        <v>140965</v>
       </c>
       <c r="C15" s="23">
-        <v>551046</v>
+        <v>561269</v>
       </c>
       <c r="D15" s="23">
-        <v>116497</v>
+        <v>121847</v>
       </c>
       <c r="E15" s="23">
-        <v>667543</v>
+        <v>683116</v>
       </c>
       <c r="F15" s="23">
-        <v>2407</v>
+        <v>2312</v>
       </c>
       <c r="G15" s="23">
-        <v>669950</v>
+        <v>685428</v>
       </c>
       <c r="H15" s="23">
-        <v>2931</v>
+        <v>2833</v>
       </c>
       <c r="I15" s="24">
-        <v>667019</v>
+        <v>682595</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B16" s="26">
-        <v>141673</v>
+        <v>139172</v>
       </c>
       <c r="C16" s="26">
-        <v>554239</v>
+        <v>565433</v>
       </c>
       <c r="D16" s="26">
-        <v>119054</v>
+        <v>124584</v>
       </c>
       <c r="E16" s="26">
-        <v>673293</v>
+        <v>690017</v>
       </c>
       <c r="F16" s="26">
-        <v>2422</v>
+        <v>2318</v>
       </c>
       <c r="G16" s="26">
-        <v>675715</v>
+        <v>692335</v>
       </c>
       <c r="H16" s="26">
-        <v>2784</v>
+        <v>2768</v>
       </c>
       <c r="I16" s="27">
-        <v>672931</v>
+        <v>689567</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B17" s="32"/>
       <c r="C17" s="32"/>
       <c r="D17" s="32"/>
       <c r="E17" s="32"/>
       <c r="F17" s="32"/>
       <c r="G17" s="32"/>
       <c r="H17" s="32"/>
       <c r="I17" s="32"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B18" s="23">
-        <v>17426</v>
+        <v>16262</v>
       </c>
       <c r="C18" s="23">
-        <v>24770</v>
+        <v>23624</v>
       </c>
       <c r="D18" s="23">
-        <v>880</v>
+        <v>3142</v>
       </c>
       <c r="E18" s="23">
-        <v>25650</v>
+        <v>26766</v>
       </c>
       <c r="F18" s="23">
         <v>1</v>
       </c>
       <c r="G18" s="23">
-        <v>25651</v>
+        <v>26767</v>
       </c>
       <c r="H18" s="23">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I18" s="24">
-        <v>25645</v>
+        <v>26760</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B19" s="23">
-        <v>17430</v>
+        <v>16300</v>
       </c>
       <c r="C19" s="23">
-        <v>22726</v>
+        <v>23745</v>
       </c>
       <c r="D19" s="23">
-        <v>3131</v>
+        <v>3000</v>
       </c>
       <c r="E19" s="23">
-        <v>25857</v>
+        <v>26745</v>
       </c>
       <c r="F19" s="23">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G19" s="23">
-        <v>25859</v>
+        <v>26745</v>
       </c>
       <c r="H19" s="23">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I19" s="24">
-        <v>25851</v>
+        <v>26739</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B20" s="23">
-        <v>16262</v>
+        <v>16500</v>
       </c>
       <c r="C20" s="23">
-        <v>23624</v>
+        <v>24262</v>
       </c>
       <c r="D20" s="23">
-        <v>3142</v>
+        <v>3030</v>
       </c>
       <c r="E20" s="23">
-        <v>26766</v>
+        <v>27292</v>
       </c>
       <c r="F20" s="23">
         <v>0</v>
       </c>
       <c r="G20" s="23">
-        <v>26766</v>
+        <v>27292</v>
       </c>
       <c r="H20" s="23">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I20" s="24">
-        <v>26759</v>
+        <v>27283</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B21" s="23">
-        <v>16300</v>
+        <v>16400</v>
       </c>
       <c r="C21" s="23">
-        <v>23745</v>
+        <v>24965</v>
       </c>
       <c r="D21" s="23">
-        <v>3000</v>
+        <v>3050</v>
       </c>
       <c r="E21" s="23">
-        <v>26745</v>
+        <v>28015</v>
       </c>
       <c r="F21" s="23">
         <v>0</v>
       </c>
       <c r="G21" s="23">
-        <v>26745</v>
+        <v>28015</v>
       </c>
       <c r="H21" s="23">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I21" s="24">
-        <v>26739</v>
+        <v>28005</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B22" s="23">
-        <v>16500</v>
+        <v>16646</v>
       </c>
       <c r="C22" s="23">
-        <v>24262</v>
+        <v>24845</v>
       </c>
       <c r="D22" s="23">
-        <v>3030</v>
+        <v>2980</v>
       </c>
       <c r="E22" s="23">
-        <v>27292</v>
+        <v>27825</v>
       </c>
       <c r="F22" s="23">
         <v>0</v>
       </c>
       <c r="G22" s="23">
-        <v>27292</v>
+        <v>27825</v>
       </c>
       <c r="H22" s="23">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I22" s="24">
-        <v>27284</v>
+        <v>27813</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B23" s="23">
-        <v>16400</v>
+        <v>16896</v>
       </c>
       <c r="C23" s="23">
-        <v>24965</v>
+        <v>23660</v>
       </c>
       <c r="D23" s="23">
-        <v>3050</v>
+        <v>2970</v>
       </c>
       <c r="E23" s="23">
-        <v>28015</v>
+        <v>26630</v>
       </c>
       <c r="F23" s="23">
         <v>0</v>
       </c>
       <c r="G23" s="23">
-        <v>28015</v>
+        <v>26630</v>
       </c>
       <c r="H23" s="23">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I23" s="24">
-        <v>28005</v>
+        <v>26619</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B24" s="23">
-        <v>16646</v>
+        <v>17065</v>
       </c>
       <c r="C24" s="23">
-        <v>24845</v>
+        <v>24700</v>
       </c>
       <c r="D24" s="23">
-        <v>2980</v>
+        <v>2985</v>
       </c>
       <c r="E24" s="23">
-        <v>27825</v>
+        <v>27685</v>
       </c>
       <c r="F24" s="23">
         <v>0</v>
       </c>
       <c r="G24" s="23">
-        <v>27825</v>
+        <v>27685</v>
       </c>
       <c r="H24" s="23">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I24" s="24">
-        <v>27813</v>
+        <v>27674</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B25" s="23">
-        <v>16896</v>
+        <v>17300</v>
       </c>
       <c r="C25" s="23">
-        <v>23660</v>
+        <v>25000</v>
       </c>
       <c r="D25" s="23">
-        <v>2970</v>
+        <v>2990</v>
       </c>
       <c r="E25" s="23">
-        <v>26630</v>
+        <v>27990</v>
       </c>
       <c r="F25" s="23">
         <v>0</v>
       </c>
       <c r="G25" s="23">
-        <v>26630</v>
+        <v>27990</v>
       </c>
       <c r="H25" s="23">
         <v>11</v>
       </c>
       <c r="I25" s="24">
-        <v>26619</v>
+        <v>27979</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B26" s="23">
-        <v>17065</v>
+        <v>17000</v>
       </c>
       <c r="C26" s="23">
-        <v>24700</v>
+        <v>25600</v>
       </c>
       <c r="D26" s="23">
-        <v>2985</v>
+        <v>3100</v>
       </c>
       <c r="E26" s="23">
-        <v>27685</v>
+        <v>28700</v>
       </c>
       <c r="F26" s="23">
         <v>0</v>
       </c>
       <c r="G26" s="23">
-        <v>27685</v>
+        <v>28700</v>
       </c>
       <c r="H26" s="23">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I26" s="24">
-        <v>27674</v>
+        <v>28690</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B27" s="26">
-        <v>17300</v>
+        <v>16800</v>
       </c>
       <c r="C27" s="26">
-        <v>25000</v>
+        <v>26200</v>
       </c>
       <c r="D27" s="26">
-        <v>2990</v>
+        <v>3150</v>
       </c>
       <c r="E27" s="26">
-        <v>27990</v>
+        <v>29350</v>
       </c>
       <c r="F27" s="26">
         <v>0</v>
       </c>
       <c r="G27" s="26">
-        <v>27990</v>
+        <v>29350</v>
       </c>
       <c r="H27" s="26">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I27" s="27">
-        <v>27978</v>
+        <v>29340</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="75" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="1.1811023622047245" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="115" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Leite e derivados</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B46DC3CE-AAEC-4554-9EEA-79F5B707EEBF}">
   <dimension ref="A1:H96"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A45" zoomScaleNormal="100" zoomScaleSheetLayoutView="106" workbookViewId="0">
-      <selection activeCell="A7" sqref="A1:XFD1048576"/>
+    <sheetView showGridLines="0" topLeftCell="A72" zoomScaleNormal="100" zoomScaleSheetLayoutView="106" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.85546875" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.42578125" customWidth="1"/>
     <col min="8" max="8" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="21" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="28" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>88</v>
       </c>
@@ -16705,2079 +17510,2079 @@
       <c r="A4" s="34" t="s">
         <v>66</v>
       </c>
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
       <c r="F4" s="35"/>
       <c r="G4" s="35"/>
       <c r="H4" s="35"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="30"/>
       <c r="C5" s="30"/>
       <c r="D5" s="30"/>
       <c r="E5" s="30"/>
       <c r="F5" s="30"/>
       <c r="G5" s="30"/>
       <c r="H5" s="30"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B6" s="23"/>
       <c r="C6" s="23">
-        <v>19276</v>
+        <v>20390</v>
       </c>
       <c r="D6" s="23">
-        <v>1196</v>
+        <v>1938</v>
       </c>
       <c r="E6" s="23">
-        <v>21264</v>
+        <v>23155</v>
       </c>
       <c r="F6" s="23">
-        <v>1815</v>
+        <v>2589</v>
       </c>
       <c r="G6" s="23">
-        <v>18599</v>
+        <v>19690</v>
       </c>
       <c r="H6" s="24"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B7" s="23"/>
       <c r="C7" s="23">
-        <v>19835</v>
+        <v>20656</v>
       </c>
       <c r="D7" s="23">
-        <v>1909</v>
+        <v>1998</v>
       </c>
       <c r="E7" s="23">
-        <v>22594</v>
+        <v>23530</v>
       </c>
       <c r="F7" s="23">
-        <v>2515</v>
+        <v>2643</v>
       </c>
       <c r="G7" s="23">
-        <v>19252</v>
+        <v>19958</v>
       </c>
       <c r="H7" s="24"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B8" s="23"/>
       <c r="C8" s="23">
-        <v>20390</v>
+        <v>21129</v>
       </c>
       <c r="D8" s="23">
-        <v>1938</v>
+        <v>2095</v>
       </c>
       <c r="E8" s="23">
-        <v>23155</v>
+        <v>24153</v>
       </c>
       <c r="F8" s="23">
-        <v>2589</v>
+        <v>2766</v>
       </c>
       <c r="G8" s="23">
-        <v>19690</v>
+        <v>20464</v>
       </c>
       <c r="H8" s="24"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23">
-        <v>20656</v>
+        <v>21525</v>
       </c>
       <c r="D9" s="23">
-        <v>1998</v>
+        <v>2139</v>
       </c>
       <c r="E9" s="23">
-        <v>23530</v>
+        <v>24587</v>
       </c>
       <c r="F9" s="23">
-        <v>2643</v>
+        <v>2833</v>
       </c>
       <c r="G9" s="23">
-        <v>19958</v>
+        <v>20768</v>
       </c>
       <c r="H9" s="24"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B10" s="23"/>
       <c r="C10" s="23">
-        <v>21128</v>
+        <v>21934</v>
       </c>
       <c r="D10" s="23">
-        <v>2095</v>
+        <v>2159</v>
       </c>
       <c r="E10" s="23">
-        <v>24152</v>
+        <v>25079</v>
       </c>
       <c r="F10" s="23">
-        <v>2767</v>
+        <v>2905</v>
       </c>
       <c r="G10" s="23">
-        <v>20462</v>
+        <v>21166</v>
       </c>
       <c r="H10" s="24"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23">
-        <v>21525</v>
+        <v>22016</v>
       </c>
       <c r="D11" s="23">
-        <v>2139</v>
+        <v>2111</v>
       </c>
       <c r="E11" s="23">
-        <v>24587</v>
+        <v>25135</v>
       </c>
       <c r="F11" s="23">
-        <v>2833</v>
+        <v>2896</v>
       </c>
       <c r="G11" s="23">
-        <v>20768</v>
+        <v>21183</v>
       </c>
       <c r="H11" s="24"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B12" s="23"/>
       <c r="C12" s="23">
-        <v>21935</v>
+        <v>22335</v>
       </c>
       <c r="D12" s="23">
-        <v>2159</v>
+        <v>2184</v>
       </c>
       <c r="E12" s="23">
-        <v>25080</v>
+        <v>25575</v>
       </c>
       <c r="F12" s="23">
-        <v>2905</v>
+        <v>2961</v>
       </c>
       <c r="G12" s="23">
-        <v>21172</v>
+        <v>21524</v>
       </c>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23">
-        <v>21993</v>
+        <v>22620</v>
       </c>
       <c r="D13" s="23">
-        <v>2136</v>
+        <v>2227</v>
       </c>
       <c r="E13" s="23">
-        <v>25132</v>
+        <v>25937</v>
       </c>
       <c r="F13" s="23">
-        <v>2915</v>
+        <v>3125</v>
       </c>
       <c r="G13" s="23">
-        <v>21166</v>
+        <v>21750</v>
       </c>
       <c r="H13" s="24"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B14" s="23"/>
       <c r="C14" s="23">
-        <v>22302</v>
+        <v>22890</v>
       </c>
       <c r="D14" s="23">
-        <v>2239</v>
+        <v>2313</v>
       </c>
       <c r="E14" s="23">
-        <v>25592</v>
+        <v>26265</v>
       </c>
       <c r="F14" s="23">
-        <v>2979</v>
+        <v>3271</v>
       </c>
       <c r="G14" s="23">
-        <v>21520</v>
+        <v>21922</v>
       </c>
       <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B15" s="26"/>
       <c r="C15" s="26">
-        <v>22524</v>
+        <v>23189</v>
       </c>
       <c r="D15" s="26">
-        <v>2285</v>
+        <v>2282</v>
       </c>
       <c r="E15" s="26">
-        <v>25902</v>
+        <v>26543</v>
       </c>
       <c r="F15" s="26">
-        <v>3129</v>
+        <v>3317</v>
       </c>
       <c r="G15" s="26">
-        <v>21759</v>
+        <v>22153</v>
       </c>
       <c r="H15" s="27"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="32"/>
       <c r="C16" s="32"/>
       <c r="D16" s="32"/>
       <c r="E16" s="32"/>
       <c r="F16" s="32"/>
       <c r="G16" s="32"/>
       <c r="H16" s="32"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23">
-        <v>754</v>
+        <v>771</v>
       </c>
       <c r="D17" s="23">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E17" s="23">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="F17" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G17" s="23">
-        <v>773</v>
+        <v>799</v>
       </c>
       <c r="H17" s="24"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B18" s="23"/>
       <c r="C18" s="23">
-        <v>745</v>
+        <v>760</v>
       </c>
       <c r="D18" s="23">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E18" s="23">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F18" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G18" s="23">
         <v>785</v>
       </c>
       <c r="H18" s="24"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D19" s="23">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E19" s="23">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="F19" s="23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G19" s="23">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="H19" s="24"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B20" s="23"/>
       <c r="C20" s="23">
-        <v>760</v>
+        <v>790</v>
       </c>
       <c r="D20" s="23">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E20" s="23">
-        <v>789</v>
+        <v>821</v>
       </c>
       <c r="F20" s="23">
         <v>4</v>
       </c>
       <c r="G20" s="23">
-        <v>785</v>
+        <v>817</v>
       </c>
       <c r="H20" s="24"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B21" s="23"/>
       <c r="C21" s="23">
-        <v>770</v>
+        <v>790</v>
       </c>
       <c r="D21" s="23">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E21" s="23">
-        <v>798</v>
+        <v>822</v>
       </c>
       <c r="F21" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G21" s="23">
-        <v>795</v>
+        <v>817</v>
       </c>
       <c r="H21" s="24"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B22" s="23"/>
       <c r="C22" s="23">
-        <v>790</v>
+        <v>745</v>
       </c>
       <c r="D22" s="23">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E22" s="23">
-        <v>821</v>
+        <v>778</v>
       </c>
       <c r="F22" s="23">
         <v>4</v>
       </c>
       <c r="G22" s="23">
-        <v>817</v>
+        <v>774</v>
       </c>
       <c r="H22" s="24"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23">
-        <v>790</v>
+        <v>770</v>
       </c>
       <c r="D23" s="23">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E23" s="23">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="F23" s="23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G23" s="23">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="H23" s="24"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B24" s="23"/>
       <c r="C24" s="23">
-        <v>745</v>
+        <v>780</v>
       </c>
       <c r="D24" s="23">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="E24" s="23">
-        <v>778</v>
+        <v>843</v>
       </c>
       <c r="F24" s="23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G24" s="23">
-        <v>774</v>
+        <v>840</v>
       </c>
       <c r="H24" s="24"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23">
-        <v>770</v>
+        <v>805</v>
       </c>
       <c r="D25" s="23">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E25" s="23">
-        <v>813</v>
+        <v>857</v>
       </c>
       <c r="F25" s="23">
         <v>3</v>
       </c>
       <c r="G25" s="23">
-        <v>810</v>
+        <v>854</v>
       </c>
       <c r="H25" s="24"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B26" s="26"/>
       <c r="C26" s="26">
-        <v>775</v>
+        <v>820</v>
       </c>
       <c r="D26" s="26">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E26" s="26">
-        <v>840</v>
+        <v>872</v>
       </c>
       <c r="F26" s="26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G26" s="26">
-        <v>837</v>
+        <v>868</v>
       </c>
       <c r="H26" s="27"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="34" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="35"/>
       <c r="C27" s="35"/>
       <c r="D27" s="35"/>
       <c r="E27" s="35"/>
       <c r="F27" s="35"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="30"/>
       <c r="C28" s="30"/>
       <c r="D28" s="30"/>
       <c r="E28" s="30"/>
       <c r="F28" s="30"/>
       <c r="G28" s="30"/>
       <c r="H28" s="30"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B29" s="23">
-        <v>251</v>
+        <v>314</v>
       </c>
       <c r="C29" s="23">
-        <v>9999</v>
+        <v>10161</v>
       </c>
       <c r="D29" s="23">
-        <v>363</v>
+        <v>528</v>
       </c>
       <c r="E29" s="23">
-        <v>10613</v>
+        <v>11003</v>
       </c>
       <c r="F29" s="23">
-        <v>908</v>
+        <v>966</v>
       </c>
       <c r="G29" s="23">
-        <v>9373</v>
+        <v>9703</v>
       </c>
       <c r="H29" s="24">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B30" s="23">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C30" s="23">
-        <v>9938</v>
+        <v>10452</v>
       </c>
       <c r="D30" s="23">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="E30" s="23">
-        <v>10825</v>
+        <v>11356</v>
       </c>
       <c r="F30" s="23">
-        <v>1100</v>
+        <v>1048</v>
       </c>
       <c r="G30" s="23">
-        <v>9411</v>
+        <v>9949</v>
       </c>
       <c r="H30" s="24">
-        <v>314</v>
+        <v>359</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B31" s="23">
-        <v>314</v>
+        <v>359</v>
       </c>
       <c r="C31" s="23">
-        <v>10161</v>
+        <v>10775</v>
       </c>
       <c r="D31" s="23">
-        <v>525</v>
+        <v>610</v>
       </c>
       <c r="E31" s="23">
-        <v>11000</v>
+        <v>11744</v>
       </c>
       <c r="F31" s="23">
-        <v>966</v>
+        <v>1094</v>
       </c>
       <c r="G31" s="23">
-        <v>9701</v>
+        <v>10317</v>
       </c>
       <c r="H31" s="24">
         <v>333</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B32" s="23">
         <v>333</v>
       </c>
       <c r="C32" s="23">
-        <v>10452</v>
+        <v>11153</v>
       </c>
       <c r="D32" s="23">
-        <v>566</v>
+        <v>611</v>
       </c>
       <c r="E32" s="23">
-        <v>11351</v>
+        <v>12097</v>
       </c>
       <c r="F32" s="23">
-        <v>1048</v>
+        <v>1027</v>
       </c>
       <c r="G32" s="23">
-        <v>9944</v>
+        <v>10680</v>
       </c>
       <c r="H32" s="24">
-        <v>359</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B33" s="23">
-        <v>359</v>
+        <v>390</v>
       </c>
       <c r="C33" s="23">
-        <v>10775</v>
+        <v>11252</v>
       </c>
       <c r="D33" s="23">
-        <v>608</v>
+        <v>572</v>
       </c>
       <c r="E33" s="23">
-        <v>11742</v>
+        <v>12214</v>
       </c>
       <c r="F33" s="23">
-        <v>1094</v>
+        <v>990</v>
       </c>
       <c r="G33" s="23">
-        <v>10315</v>
+        <v>10876</v>
       </c>
       <c r="H33" s="24">
-        <v>333</v>
+        <v>348</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B34" s="23">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="C34" s="23">
-        <v>11153</v>
+        <v>11403</v>
       </c>
       <c r="D34" s="23">
-        <v>611</v>
+        <v>584</v>
       </c>
       <c r="E34" s="23">
-        <v>12097</v>
+        <v>12335</v>
       </c>
       <c r="F34" s="23">
-        <v>1027</v>
+        <v>1053</v>
       </c>
       <c r="G34" s="23">
-        <v>10680</v>
+        <v>10962</v>
       </c>
       <c r="H34" s="24">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B35" s="23">
-        <v>390</v>
+        <v>320</v>
       </c>
       <c r="C35" s="23">
-        <v>11252</v>
+        <v>11744</v>
       </c>
       <c r="D35" s="23">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="E35" s="23">
-        <v>12222</v>
+        <v>12634</v>
       </c>
       <c r="F35" s="23">
-        <v>977</v>
+        <v>1047</v>
       </c>
       <c r="G35" s="23">
-        <v>10897</v>
+        <v>11332</v>
       </c>
       <c r="H35" s="24">
-        <v>348</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B36" s="23">
-        <v>348</v>
+        <v>255</v>
       </c>
       <c r="C36" s="23">
-        <v>11403</v>
+        <v>11991</v>
       </c>
       <c r="D36" s="23">
-        <v>607</v>
+        <v>623</v>
       </c>
       <c r="E36" s="23">
-        <v>12358</v>
+        <v>12869</v>
       </c>
       <c r="F36" s="23">
-        <v>1052</v>
+        <v>1042</v>
       </c>
       <c r="G36" s="23">
-        <v>10983</v>
+        <v>11559</v>
       </c>
       <c r="H36" s="24">
-        <v>323</v>
+        <v>268</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B37" s="23">
-        <v>323</v>
+        <v>268</v>
       </c>
       <c r="C37" s="23">
-        <v>11733</v>
+        <v>12321</v>
       </c>
       <c r="D37" s="23">
-        <v>613</v>
+        <v>661</v>
       </c>
       <c r="E37" s="23">
-        <v>12669</v>
+        <v>13250</v>
       </c>
       <c r="F37" s="23">
-        <v>1048</v>
+        <v>1173</v>
       </c>
       <c r="G37" s="23">
-        <v>11349</v>
+        <v>11826</v>
       </c>
       <c r="H37" s="24">
-        <v>272</v>
+        <v>251</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="22" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B38" s="23">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="C38" s="23">
-        <v>11967</v>
+        <v>12622</v>
       </c>
       <c r="D38" s="23">
-        <v>628</v>
+        <v>673</v>
       </c>
       <c r="E38" s="23">
-        <v>12867</v>
+        <v>13546</v>
       </c>
       <c r="F38" s="23">
-        <v>1027</v>
+        <v>1117</v>
       </c>
       <c r="G38" s="23">
-        <v>11582</v>
+        <v>12188</v>
       </c>
       <c r="H38" s="24">
-        <v>258</v>
+        <v>241</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="32"/>
       <c r="C39" s="32"/>
       <c r="D39" s="32"/>
       <c r="E39" s="32"/>
       <c r="F39" s="32"/>
       <c r="G39" s="32"/>
       <c r="H39" s="32"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B40" s="23"/>
       <c r="C40" s="23">
         <v>83</v>
       </c>
       <c r="D40" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E40" s="23">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F40" s="23">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G40" s="23">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H40" s="24"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B41" s="23"/>
       <c r="C41" s="23">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D41" s="23">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E41" s="23">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F41" s="23">
         <v>0</v>
       </c>
       <c r="G41" s="23">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H41" s="24"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B42" s="23"/>
       <c r="C42" s="23">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D42" s="23">
         <v>5</v>
       </c>
       <c r="E42" s="23">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F42" s="23">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G42" s="23">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H42" s="24"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B43" s="23"/>
       <c r="C43" s="23">
+        <v>82</v>
+      </c>
+      <c r="D43" s="23">
+        <v>3</v>
+      </c>
+      <c r="E43" s="23">
         <v>85</v>
       </c>
-      <c r="D43" s="23">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="23">
         <v>0</v>
       </c>
       <c r="G43" s="23">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="H43" s="24"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B44" s="23"/>
       <c r="C44" s="23">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D44" s="23">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E44" s="23">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F44" s="23">
         <v>1</v>
       </c>
       <c r="G44" s="23">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H44" s="24"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B45" s="23"/>
       <c r="C45" s="23">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D45" s="23">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E45" s="23">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F45" s="23">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G45" s="23">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H45" s="24"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B46" s="23"/>
       <c r="C46" s="23">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D46" s="23">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E46" s="23">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F46" s="23">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G46" s="23">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H46" s="24"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B47" s="23"/>
       <c r="C47" s="23">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D47" s="23">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E47" s="23">
         <v>87</v>
       </c>
       <c r="F47" s="23">
         <v>1</v>
       </c>
       <c r="G47" s="23">
         <v>86</v>
       </c>
       <c r="H47" s="24"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B48" s="23"/>
       <c r="C48" s="23">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D48" s="23">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E48" s="23">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F48" s="23">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G48" s="23">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H48" s="24"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B49" s="26"/>
       <c r="C49" s="26">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="D49" s="26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E49" s="26">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F49" s="26">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G49" s="26">
         <v>87</v>
       </c>
       <c r="H49" s="27"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="34" t="s">
         <v>95</v>
       </c>
       <c r="B50" s="35"/>
       <c r="C50" s="35"/>
       <c r="D50" s="35"/>
       <c r="E50" s="35"/>
       <c r="F50" s="35"/>
       <c r="G50" s="35"/>
       <c r="H50" s="35"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="30"/>
       <c r="C51" s="30"/>
       <c r="D51" s="30"/>
       <c r="E51" s="30"/>
       <c r="F51" s="30"/>
       <c r="G51" s="30"/>
       <c r="H51" s="30"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B52" s="23">
-        <v>506</v>
+        <v>938</v>
       </c>
       <c r="C52" s="23">
-        <v>4765</v>
+        <v>4650</v>
       </c>
       <c r="D52" s="23">
-        <v>1156</v>
+        <v>1427</v>
       </c>
       <c r="E52" s="23">
-        <v>6427</v>
+        <v>7015</v>
       </c>
       <c r="F52" s="23">
-        <v>2082</v>
+        <v>2287</v>
       </c>
       <c r="G52" s="23">
-        <v>3759</v>
+        <v>3778</v>
       </c>
       <c r="H52" s="24">
-        <v>586</v>
+        <v>950</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B53" s="23">
-        <v>586</v>
+        <v>950</v>
       </c>
       <c r="C53" s="23">
-        <v>4675</v>
+        <v>4661</v>
       </c>
       <c r="D53" s="23">
-        <v>1309</v>
+        <v>1462</v>
       </c>
       <c r="E53" s="23">
-        <v>6570</v>
+        <v>7073</v>
       </c>
       <c r="F53" s="23">
-        <v>2061</v>
+        <v>2449</v>
       </c>
       <c r="G53" s="23">
-        <v>3571</v>
+        <v>3856</v>
       </c>
       <c r="H53" s="24">
-        <v>938</v>
+        <v>768</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B54" s="23">
-        <v>938</v>
+        <v>768</v>
       </c>
       <c r="C54" s="23">
-        <v>4650</v>
+        <v>4653</v>
       </c>
       <c r="D54" s="23">
-        <v>1427</v>
+        <v>1517</v>
       </c>
       <c r="E54" s="23">
-        <v>7015</v>
+        <v>6938</v>
       </c>
       <c r="F54" s="23">
-        <v>2287</v>
+        <v>2520</v>
       </c>
       <c r="G54" s="23">
-        <v>3798</v>
+        <v>3822</v>
       </c>
       <c r="H54" s="24">
-        <v>930</v>
+        <v>596</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B55" s="23">
-        <v>930</v>
+        <v>596</v>
       </c>
       <c r="C55" s="23">
-        <v>4661</v>
+        <v>4835</v>
       </c>
       <c r="D55" s="23">
-        <v>1462</v>
+        <v>1435</v>
       </c>
       <c r="E55" s="23">
-        <v>7053</v>
+        <v>6866</v>
       </c>
       <c r="F55" s="23">
-        <v>2447</v>
+        <v>2416</v>
       </c>
       <c r="G55" s="23">
-        <v>3862</v>
+        <v>3837</v>
       </c>
       <c r="H55" s="24">
-        <v>744</v>
+        <v>613</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B56" s="23">
-        <v>744</v>
+        <v>613</v>
       </c>
       <c r="C56" s="23">
-        <v>4653</v>
+        <v>4781</v>
       </c>
       <c r="D56" s="23">
-        <v>1517</v>
+        <v>1502</v>
       </c>
       <c r="E56" s="23">
-        <v>6914</v>
+        <v>6896</v>
       </c>
       <c r="F56" s="23">
-        <v>2518</v>
+        <v>2433</v>
       </c>
       <c r="G56" s="23">
-        <v>3833</v>
+        <v>3935</v>
       </c>
       <c r="H56" s="24">
-        <v>563</v>
+        <v>528</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B57" s="23">
-        <v>563</v>
+        <v>528</v>
       </c>
       <c r="C57" s="23">
-        <v>4835</v>
+        <v>4813</v>
       </c>
       <c r="D57" s="23">
-        <v>1434</v>
+        <v>1485</v>
       </c>
       <c r="E57" s="23">
-        <v>6832</v>
+        <v>6826</v>
       </c>
       <c r="F57" s="23">
-        <v>2412</v>
+        <v>2354</v>
       </c>
       <c r="G57" s="23">
-        <v>3825</v>
+        <v>3955</v>
       </c>
       <c r="H57" s="24">
-        <v>595</v>
+        <v>517</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B58" s="23">
-        <v>595</v>
+        <v>517</v>
       </c>
       <c r="C58" s="23">
-        <v>4780</v>
+        <v>4810</v>
       </c>
       <c r="D58" s="23">
-        <v>1502</v>
+        <v>1406</v>
       </c>
       <c r="E58" s="23">
-        <v>6877</v>
+        <v>6733</v>
       </c>
       <c r="F58" s="23">
-        <v>2443</v>
+        <v>2460</v>
       </c>
       <c r="G58" s="23">
-        <v>3914</v>
+        <v>3894</v>
       </c>
       <c r="H58" s="24">
-        <v>520</v>
+        <v>379</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B59" s="23">
-        <v>520</v>
+        <v>379</v>
       </c>
       <c r="C59" s="23">
-        <v>4813</v>
+        <v>4844</v>
       </c>
       <c r="D59" s="23">
-        <v>1458</v>
+        <v>1377</v>
       </c>
       <c r="E59" s="23">
-        <v>6791</v>
+        <v>6600</v>
       </c>
       <c r="F59" s="23">
-        <v>2346</v>
+        <v>2344</v>
       </c>
       <c r="G59" s="23">
-        <v>3928</v>
+        <v>3872</v>
       </c>
       <c r="H59" s="24">
-        <v>517</v>
+        <v>384</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B60" s="23">
-        <v>517</v>
+        <v>384</v>
       </c>
       <c r="C60" s="23">
-        <v>4749</v>
+        <v>4780</v>
       </c>
       <c r="D60" s="23">
-        <v>1378</v>
+        <v>1354</v>
       </c>
       <c r="E60" s="23">
-        <v>6644</v>
+        <v>6518</v>
       </c>
       <c r="F60" s="23">
-        <v>2443</v>
+        <v>2312</v>
       </c>
       <c r="G60" s="23">
-        <v>3825</v>
+        <v>3777</v>
       </c>
       <c r="H60" s="24">
-        <v>376</v>
+        <v>429</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B61" s="26">
-        <v>376</v>
+        <v>429</v>
       </c>
       <c r="C61" s="26">
-        <v>4712</v>
+        <v>4849</v>
       </c>
       <c r="D61" s="26">
-        <v>1293</v>
+        <v>1374</v>
       </c>
       <c r="E61" s="26">
-        <v>6381</v>
+        <v>6652</v>
       </c>
       <c r="F61" s="26">
-        <v>2343</v>
+        <v>2319</v>
       </c>
       <c r="G61" s="26">
-        <v>3663</v>
+        <v>3896</v>
       </c>
       <c r="H61" s="27">
-        <v>375</v>
+        <v>437</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B62" s="32"/>
       <c r="C62" s="32"/>
       <c r="D62" s="32"/>
       <c r="E62" s="32"/>
       <c r="F62" s="32"/>
       <c r="G62" s="32"/>
       <c r="H62" s="32"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B63" s="23"/>
       <c r="C63" s="23">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D63" s="23">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E63" s="23">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F63" s="23">
         <v>0</v>
       </c>
       <c r="G63" s="23">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="H63" s="24"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B64" s="23"/>
       <c r="C64" s="23">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D64" s="23">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E64" s="23">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F64" s="23">
         <v>0</v>
       </c>
       <c r="G64" s="23">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="H64" s="24"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B65" s="23"/>
       <c r="C65" s="23">
         <v>158</v>
       </c>
       <c r="D65" s="23">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="E65" s="23">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="F65" s="23">
         <v>0</v>
       </c>
       <c r="G65" s="23">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="H65" s="24"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B66" s="23"/>
       <c r="C66" s="23">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="D66" s="23">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E66" s="23">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F66" s="23">
         <v>0</v>
       </c>
       <c r="G66" s="23">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="H66" s="24"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B67" s="23"/>
       <c r="C67" s="23">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D67" s="23">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E67" s="23">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F67" s="23">
         <v>0</v>
       </c>
       <c r="G67" s="23">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H67" s="24"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B68" s="23"/>
       <c r="C68" s="23">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D68" s="23">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E68" s="23">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="F68" s="23">
         <v>0</v>
       </c>
       <c r="G68" s="23">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H68" s="24"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B69" s="23"/>
       <c r="C69" s="23">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D69" s="23">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="E69" s="23">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="F69" s="23">
         <v>0</v>
       </c>
       <c r="G69" s="23">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="H69" s="24"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B70" s="23"/>
       <c r="C70" s="23">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D70" s="23">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E70" s="23">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="F70" s="23">
         <v>0</v>
       </c>
       <c r="G70" s="23">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="H70" s="24"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B71" s="23"/>
       <c r="C71" s="23">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D71" s="23">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="E71" s="23">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="F71" s="23">
         <v>0</v>
       </c>
       <c r="G71" s="23">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="H71" s="24"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" s="22" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B72" s="23"/>
       <c r="C72" s="23">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D72" s="23">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="E72" s="23">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="F72" s="23">
         <v>0</v>
       </c>
       <c r="G72" s="23">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="H72" s="24"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" s="36" t="s">
         <v>67</v>
       </c>
       <c r="B73" s="37"/>
       <c r="C73" s="37"/>
       <c r="D73" s="37"/>
       <c r="E73" s="37"/>
       <c r="F73" s="37"/>
       <c r="G73" s="37"/>
       <c r="H73" s="37"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B74" s="30"/>
       <c r="C74" s="30"/>
       <c r="D74" s="30"/>
       <c r="E74" s="30"/>
       <c r="F74" s="30"/>
       <c r="G74" s="30"/>
       <c r="H74" s="30"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B75" s="23">
-        <v>660</v>
+        <v>412</v>
       </c>
       <c r="C75" s="23">
-        <v>5099</v>
+        <v>4512</v>
       </c>
       <c r="D75" s="23">
-        <v>996</v>
+        <v>1039</v>
       </c>
       <c r="E75" s="23">
-        <v>6755</v>
+        <v>5963</v>
       </c>
       <c r="F75" s="23">
-        <v>2124</v>
+        <v>1977</v>
       </c>
       <c r="G75" s="23">
-        <v>3941</v>
+        <v>3551</v>
       </c>
       <c r="H75" s="24">
-        <v>690</v>
+        <v>435</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B76" s="23">
-        <v>690</v>
+        <v>435</v>
       </c>
       <c r="C76" s="23">
-        <v>4629</v>
+        <v>4407</v>
       </c>
       <c r="D76" s="23">
-        <v>1096</v>
+        <v>1109</v>
       </c>
       <c r="E76" s="23">
-        <v>6415</v>
+        <v>5951</v>
       </c>
       <c r="F76" s="23">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="G76" s="23">
-        <v>3989</v>
+        <v>3501</v>
       </c>
       <c r="H76" s="24">
-        <v>412</v>
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B77" s="23">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="C77" s="23">
-        <v>4512</v>
+        <v>4546</v>
       </c>
       <c r="D77" s="23">
-        <v>1039</v>
+        <v>1239</v>
       </c>
       <c r="E77" s="23">
-        <v>5963</v>
+        <v>6215</v>
       </c>
       <c r="F77" s="23">
-        <v>1977</v>
+        <v>2084</v>
       </c>
       <c r="G77" s="23">
-        <v>3551</v>
+        <v>3773</v>
       </c>
       <c r="H77" s="24">
-        <v>435</v>
+        <v>358</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B78" s="23">
+        <v>358</v>
+      </c>
+      <c r="C78" s="23">
+        <v>4606</v>
+      </c>
+      <c r="D78" s="23">
+        <v>1227</v>
+      </c>
+      <c r="E78" s="23">
+        <v>6191</v>
+      </c>
+      <c r="F78" s="23">
+        <v>2143</v>
+      </c>
+      <c r="G78" s="23">
+        <v>3613</v>
+      </c>
+      <c r="H78" s="24">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B79" s="23">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C79" s="23">
-        <v>4546</v>
+        <v>4619</v>
       </c>
       <c r="D79" s="23">
-        <v>1239</v>
+        <v>1341</v>
       </c>
       <c r="E79" s="23">
-        <v>6215</v>
+        <v>6395</v>
       </c>
       <c r="F79" s="23">
-        <v>2084</v>
+        <v>2224</v>
       </c>
       <c r="G79" s="23">
-        <v>3773</v>
+        <v>3729</v>
       </c>
       <c r="H79" s="24">
-        <v>358</v>
+        <v>442</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B80" s="23">
-        <v>358</v>
+        <v>442</v>
       </c>
       <c r="C80" s="23">
-        <v>4606</v>
+        <v>4337</v>
       </c>
       <c r="D80" s="23">
-        <v>1227</v>
+        <v>1282</v>
       </c>
       <c r="E80" s="23">
-        <v>6191</v>
+        <v>6061</v>
       </c>
       <c r="F80" s="23">
-        <v>2143</v>
+        <v>1877</v>
       </c>
       <c r="G80" s="23">
-        <v>3613</v>
+        <v>3708</v>
       </c>
       <c r="H80" s="24">
-        <v>435</v>
+        <v>476</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B81" s="23">
-        <v>435</v>
+        <v>476</v>
       </c>
       <c r="C81" s="23">
-        <v>4619</v>
+        <v>4447</v>
       </c>
       <c r="D81" s="23">
-        <v>1341</v>
+        <v>1083</v>
       </c>
       <c r="E81" s="23">
-        <v>6395</v>
+        <v>6006</v>
       </c>
       <c r="F81" s="23">
-        <v>2225</v>
+        <v>1862</v>
       </c>
       <c r="G81" s="23">
-        <v>3728</v>
+        <v>3609</v>
       </c>
       <c r="H81" s="24">
-        <v>442</v>
+        <v>535</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B82" s="23">
-        <v>442</v>
+        <v>535</v>
       </c>
       <c r="C82" s="23">
-        <v>4337</v>
+        <v>4420</v>
       </c>
       <c r="D82" s="23">
-        <v>1280</v>
+        <v>1025</v>
       </c>
       <c r="E82" s="23">
-        <v>6059</v>
+        <v>5980</v>
       </c>
       <c r="F82" s="23">
-        <v>1877</v>
+        <v>1868</v>
       </c>
       <c r="G82" s="23">
-        <v>3706</v>
+        <v>3598</v>
       </c>
       <c r="H82" s="24">
-        <v>476</v>
+        <v>514</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B83" s="23">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="C83" s="23">
-        <v>4442</v>
+        <v>4419</v>
       </c>
       <c r="D83" s="23">
-        <v>1078</v>
+        <v>1025</v>
       </c>
       <c r="E83" s="23">
-        <v>5996</v>
+        <v>5958</v>
       </c>
       <c r="F83" s="23">
-        <v>1863</v>
+        <v>1898</v>
       </c>
       <c r="G83" s="23">
-        <v>3615</v>
+        <v>3560</v>
       </c>
       <c r="H83" s="24">
-        <v>518</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B84" s="23">
-        <v>518</v>
+        <v>500</v>
       </c>
       <c r="C84" s="23">
-        <v>4505</v>
+        <v>4403</v>
       </c>
       <c r="D84" s="23">
-        <v>988</v>
+        <v>1034</v>
       </c>
       <c r="E84" s="23">
-        <v>6011</v>
+        <v>5937</v>
       </c>
       <c r="F84" s="23">
-        <v>1898</v>
+        <v>1884</v>
       </c>
       <c r="G84" s="23">
-        <v>3617</v>
+        <v>3565</v>
       </c>
       <c r="H84" s="24">
-        <v>496</v>
+        <v>488</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B85" s="33"/>
       <c r="C85" s="33"/>
       <c r="D85" s="33"/>
       <c r="E85" s="33"/>
       <c r="F85" s="33"/>
       <c r="G85" s="33"/>
       <c r="H85" s="33"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B86" s="23"/>
       <c r="C86" s="23">
-        <v>610</v>
+        <v>596</v>
       </c>
       <c r="D86" s="23">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="E86" s="23">
         <v>669</v>
       </c>
       <c r="F86" s="23">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="G86" s="23">
-        <v>628</v>
+        <v>664</v>
       </c>
       <c r="H86" s="24"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" s="22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B87" s="23"/>
       <c r="C87" s="23">
-        <v>550</v>
+        <v>585</v>
       </c>
       <c r="D87" s="23">
-        <v>126</v>
+        <v>68</v>
       </c>
       <c r="E87" s="23">
-        <v>676</v>
+        <v>653</v>
       </c>
       <c r="F87" s="23">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G87" s="23">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="H87" s="24"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B88" s="23"/>
       <c r="C88" s="23">
         <v>596</v>
       </c>
       <c r="D88" s="23">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="E88" s="23">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="F88" s="23">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G88" s="23">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="H88" s="24"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B89" s="23"/>
       <c r="C89" s="23">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="D89" s="23">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="E89" s="23">
-        <v>653</v>
+        <v>679</v>
       </c>
       <c r="F89" s="23">
         <v>1</v>
       </c>
       <c r="G89" s="23">
-        <v>652</v>
+        <v>678</v>
       </c>
       <c r="H89" s="24"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B90" s="23"/>
       <c r="C90" s="23">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="D90" s="23">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="E90" s="23">
-        <v>657</v>
+        <v>646</v>
       </c>
       <c r="F90" s="23">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G90" s="23">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="H90" s="24"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" s="22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B91" s="23"/>
       <c r="C91" s="23">
-        <v>590</v>
+        <v>568</v>
       </c>
       <c r="D91" s="23">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="E91" s="23">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="F91" s="23">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G91" s="23">
-        <v>678</v>
+        <v>644</v>
       </c>
       <c r="H91" s="24"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" s="22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B92" s="23"/>
       <c r="C92" s="23">
-        <v>594</v>
+        <v>566</v>
       </c>
       <c r="D92" s="23">
-        <v>52</v>
+        <v>165</v>
       </c>
       <c r="E92" s="23">
-        <v>646</v>
+        <v>731</v>
       </c>
       <c r="F92" s="23">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G92" s="23">
-        <v>640</v>
+        <v>731</v>
       </c>
       <c r="H92" s="24"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" s="22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B93" s="23"/>
       <c r="C93" s="23">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="D93" s="23">
-        <v>82</v>
+        <v>147</v>
       </c>
       <c r="E93" s="23">
-        <v>650</v>
+        <v>732</v>
       </c>
       <c r="F93" s="23">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G93" s="23">
-        <v>644</v>
+        <v>729</v>
       </c>
       <c r="H93" s="24"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" s="22" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B94" s="23"/>
       <c r="C94" s="23">
-        <v>566</v>
+        <v>595</v>
       </c>
       <c r="D94" s="23">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="E94" s="23">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F94" s="23">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G94" s="23">
         <v>731</v>
       </c>
       <c r="H94" s="24"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" s="25" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="B95" s="26"/>
       <c r="C95" s="26">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="D95" s="26">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="E95" s="26">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="F95" s="26">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G95" s="26">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="H95" s="27"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" s="75" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.11811023622047245" top="1.1811023622047245" bottom="0.76" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="94" fitToWidth="2" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Leite e derivados</oddHeader>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="49" max="7" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Planilha3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U31"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="7.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="7.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.5703125" style="1" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7.140625" style="1" customWidth="1"/>
     <col min="16" max="16" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="7.5703125" style="1" customWidth="1"/>
     <col min="18" max="18" width="8.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7" style="1" customWidth="1"/>
     <col min="20" max="20" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="7.140625" style="1" customWidth="1"/>
@@ -18790,108 +19595,108 @@
       </c>
       <c r="B1" s="48"/>
       <c r="C1" s="48"/>
       <c r="D1" s="48"/>
       <c r="E1" s="48"/>
       <c r="F1" s="48"/>
       <c r="G1" s="48"/>
       <c r="H1" s="48"/>
       <c r="I1" s="48"/>
       <c r="J1" s="48"/>
       <c r="K1" s="48"/>
       <c r="L1" s="48"/>
       <c r="M1" s="48"/>
       <c r="N1" s="49"/>
       <c r="O1" s="49"/>
       <c r="P1" s="49"/>
       <c r="Q1" s="49"/>
       <c r="R1" s="49"/>
       <c r="S1" s="49"/>
       <c r="T1" s="49"/>
       <c r="U1" s="49"/>
     </row>
     <row r="2" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="11"/>
-      <c r="B3" s="117">
-[...5 lines deleted...]
-      <c r="D3" s="117">
+      <c r="B3" s="115">
         <v>2017</v>
       </c>
-      <c r="E3" s="118">
-[...2 lines deleted...]
-      <c r="F3" s="117">
+      <c r="C3" s="116">
+        <v>0</v>
+      </c>
+      <c r="D3" s="115">
         <v>2018</v>
       </c>
-      <c r="G3" s="118">
-[...2 lines deleted...]
-      <c r="H3" s="117">
+      <c r="E3" s="116">
+        <v>0</v>
+      </c>
+      <c r="F3" s="115">
         <v>2019</v>
       </c>
-      <c r="I3" s="118">
-[...2 lines deleted...]
-      <c r="J3" s="117">
+      <c r="G3" s="116">
+        <v>0</v>
+      </c>
+      <c r="H3" s="115">
         <v>2020</v>
       </c>
-      <c r="K3" s="118">
-[...2 lines deleted...]
-      <c r="L3" s="117">
+      <c r="I3" s="116">
+        <v>0</v>
+      </c>
+      <c r="J3" s="115">
         <v>2021</v>
       </c>
-      <c r="M3" s="118">
-[...2 lines deleted...]
-      <c r="N3" s="117">
+      <c r="K3" s="116">
+        <v>0</v>
+      </c>
+      <c r="L3" s="115">
         <v>2022</v>
       </c>
-      <c r="O3" s="118">
-[...2 lines deleted...]
-      <c r="P3" s="117">
+      <c r="M3" s="116">
+        <v>0</v>
+      </c>
+      <c r="N3" s="115">
         <v>2023</v>
       </c>
-      <c r="Q3" s="118">
-[...2 lines deleted...]
-      <c r="R3" s="117">
+      <c r="O3" s="116">
+        <v>0</v>
+      </c>
+      <c r="P3" s="115">
         <v>2024</v>
       </c>
-      <c r="S3" s="118">
-[...2 lines deleted...]
-      <c r="T3" s="117">
+      <c r="Q3" s="116">
+        <v>0</v>
+      </c>
+      <c r="R3" s="115">
         <v>2025</v>
       </c>
-      <c r="U3" s="118">
+      <c r="S3" s="116">
+        <v>0</v>
+      </c>
+      <c r="T3" s="115">
+        <v>2026</v>
+      </c>
+      <c r="U3" s="116">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>100</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>101</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>100</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>101</v>
       </c>
       <c r="F4" s="12" t="s">
         <v>100</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>101</v>
       </c>
@@ -18921,1055 +19726,1055 @@
       </c>
       <c r="P4" s="45" t="s">
         <v>100</v>
       </c>
       <c r="Q4" s="46" t="s">
         <v>101</v>
       </c>
       <c r="R4" s="45" t="s">
         <v>100</v>
       </c>
       <c r="S4" s="13" t="s">
         <v>101</v>
       </c>
       <c r="T4" s="12" t="s">
         <v>100</v>
       </c>
       <c r="U4" s="13" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="50" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="95">
-        <v>147.88668799999999</v>
+        <v>85.515457999999995</v>
       </c>
       <c r="C5" s="96">
-        <v>45.987757999999999</v>
+        <v>28.911652</v>
       </c>
       <c r="D5" s="95">
-        <v>85.515457999999995</v>
+        <v>41.999938</v>
       </c>
       <c r="E5" s="96">
-        <v>28.911652000000004</v>
+        <v>16.275933999999999</v>
       </c>
       <c r="F5" s="95">
-        <v>41.999937999999993</v>
+        <v>40.142816000000003</v>
       </c>
       <c r="G5" s="96">
-        <v>16.275933999999999</v>
+        <v>17.440656999999998</v>
       </c>
       <c r="H5" s="95">
-        <v>40.142815999999996</v>
+        <v>46.57093600000001</v>
       </c>
       <c r="I5" s="96">
-        <v>17.440656999999998</v>
+        <v>21.372879000000001</v>
       </c>
       <c r="J5" s="95">
-        <v>46.57093600000001</v>
+        <v>69.649270000000016</v>
       </c>
       <c r="K5" s="96">
-        <v>21.372879000000001</v>
+        <v>28.247464999999998</v>
       </c>
       <c r="L5" s="95">
-        <v>69.649270000000016</v>
+        <v>81.981614000000008</v>
       </c>
       <c r="M5" s="96">
-        <v>28.247464999999995</v>
+        <v>29.022588000000006</v>
       </c>
       <c r="N5" s="95">
-        <v>81.981613999999993</v>
+        <v>56.17128300000001</v>
       </c>
       <c r="O5" s="96">
-        <v>29.022587999999999</v>
+        <v>22.071852999999997</v>
       </c>
       <c r="P5" s="95">
-        <v>56.17128300000001</v>
+        <v>73.029613000000012</v>
       </c>
       <c r="Q5" s="96">
-        <v>22.071852999999997</v>
+        <v>28.212226999999995</v>
       </c>
       <c r="R5" s="95">
-        <v>73.029613000000012</v>
+        <v>71.476039999999998</v>
       </c>
       <c r="S5" s="96">
-        <v>28.212226999999995</v>
+        <v>30.616679000000001</v>
       </c>
       <c r="T5" s="95">
-        <v>65.188697000000005</v>
+        <v>5.3126519999999999</v>
       </c>
       <c r="U5" s="96">
-        <v>27.261111999999997</v>
+        <v>2.3736079999999999</v>
       </c>
     </row>
     <row r="6" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B6" s="97">
-        <v>132.81185199999999</v>
+        <v>64.982752999999988</v>
       </c>
       <c r="C6" s="98">
-        <v>41.692043000000005</v>
+        <v>24.697617999999999</v>
       </c>
       <c r="D6" s="97">
-        <v>64.982752999999988</v>
+        <v>20.937390999999998</v>
       </c>
       <c r="E6" s="98">
-        <v>24.697618000000002</v>
+        <v>11.062811</v>
       </c>
       <c r="F6" s="97">
-        <v>20.937390999999995</v>
+        <v>18.625337000000002</v>
       </c>
       <c r="G6" s="98">
-        <v>11.062811</v>
+        <v>10.676558999999996</v>
       </c>
       <c r="H6" s="97">
-        <v>18.625337000000002</v>
+        <v>23.165862000000004</v>
       </c>
       <c r="I6" s="98">
-        <v>10.676558999999997</v>
+        <v>13.331744</v>
       </c>
       <c r="J6" s="97">
-        <v>23.165862000000004</v>
+        <v>33.02430300000001</v>
       </c>
       <c r="K6" s="98">
-        <v>13.331743999999997</v>
+        <v>13.505807000000001</v>
       </c>
       <c r="L6" s="97">
-        <v>33.02430300000001</v>
+        <v>1.1438060000000001</v>
       </c>
       <c r="M6" s="98">
-        <v>13.505806999999999</v>
+        <v>0.75913699999999995</v>
       </c>
       <c r="N6" s="97">
-        <v>1.1438059999999999</v>
+        <v>1.6313279999999999</v>
       </c>
       <c r="O6" s="98">
-        <v>0.75913700000000006</v>
+        <v>0.90705500000000017</v>
       </c>
       <c r="P6" s="97">
-        <v>1.6313279999999999</v>
+        <v>1.7622899999999999</v>
       </c>
       <c r="Q6" s="98">
-        <v>0.90705500000000017</v>
+        <v>0.93212899999999987</v>
       </c>
       <c r="R6" s="97">
-        <v>1.7622899999999997</v>
+        <v>1.9742830000000002</v>
       </c>
       <c r="S6" s="98">
-        <v>0.93212899999999999</v>
+        <v>0.91902099999999998</v>
       </c>
       <c r="T6" s="97">
-        <v>1.7795200000000002</v>
+        <v>0.17568900000000001</v>
       </c>
       <c r="U6" s="98">
-        <v>0.82587299999999997</v>
+        <v>8.4321999999999994E-2</v>
       </c>
     </row>
     <row r="7" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="51" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="97">
         <v>0</v>
       </c>
       <c r="C7" s="98">
         <v>0</v>
       </c>
       <c r="D7" s="97">
         <v>0</v>
       </c>
       <c r="E7" s="98">
         <v>0</v>
       </c>
       <c r="F7" s="97">
         <v>0</v>
       </c>
       <c r="G7" s="98">
         <v>0</v>
       </c>
       <c r="H7" s="97">
         <v>0</v>
       </c>
       <c r="I7" s="98">
         <v>0</v>
       </c>
       <c r="J7" s="97">
-        <v>0</v>
+        <v>4.6448359999999997</v>
       </c>
       <c r="K7" s="98">
-        <v>0</v>
+        <v>2.5954550000000003</v>
       </c>
       <c r="L7" s="97">
-        <v>4.6448360000000006</v>
+        <v>41.637603000000006</v>
       </c>
       <c r="M7" s="98">
-        <v>2.5954550000000003</v>
+        <v>15.322254000000004</v>
       </c>
       <c r="N7" s="97">
-        <v>41.637602999999999</v>
+        <v>24.452795000000005</v>
       </c>
       <c r="O7" s="98">
-        <v>15.322254000000001</v>
+        <v>10.693056999999998</v>
       </c>
       <c r="P7" s="97">
-        <v>24.452795000000002</v>
+        <v>38.081887000000009</v>
       </c>
       <c r="Q7" s="98">
-        <v>10.693057</v>
+        <v>11.727237999999998</v>
       </c>
       <c r="R7" s="97">
-        <v>38.081887000000002</v>
+        <v>20.925073000000001</v>
       </c>
       <c r="S7" s="98">
-        <v>11.727237999999998</v>
+        <v>8.1168880000000012</v>
       </c>
       <c r="T7" s="97">
-        <v>19.398700000000002</v>
+        <v>1.1669849999999999</v>
       </c>
       <c r="U7" s="98">
-        <v>7.4830590000000008</v>
+        <v>0.53823799999999999</v>
       </c>
     </row>
     <row r="8" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="51" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="97">
-        <v>1.5163090000000001</v>
+        <v>9.1525000000000009E-2</v>
       </c>
       <c r="C8" s="98">
-        <v>1.1894230000000001</v>
+        <v>7.8571000000000002E-2</v>
       </c>
       <c r="D8" s="97">
-        <v>9.1525000000000009E-2</v>
+        <v>0.39571900000000004</v>
       </c>
       <c r="E8" s="98">
-        <v>7.8571000000000002E-2</v>
+        <v>0.48662399999999995</v>
       </c>
       <c r="F8" s="97">
-        <v>0.39571900000000004</v>
+        <v>1.434596</v>
       </c>
       <c r="G8" s="98">
-        <v>0.48662399999999995</v>
+        <v>1.9844720000000002</v>
       </c>
       <c r="H8" s="97">
-        <v>1.434596</v>
+        <v>1.5247060000000001</v>
       </c>
       <c r="I8" s="98">
-        <v>1.984472</v>
+        <v>2.6346530000000001</v>
       </c>
       <c r="J8" s="97">
-        <v>1.5247060000000001</v>
+        <v>2.6663189999999997</v>
       </c>
       <c r="K8" s="98">
-        <v>2.6346529999999997</v>
+        <v>5.1156909999999991</v>
       </c>
       <c r="L8" s="97">
-        <v>2.6663190000000001</v>
+        <v>3.6725530000000002</v>
       </c>
       <c r="M8" s="98">
-        <v>5.115691</v>
+        <v>5.4268430000000007</v>
       </c>
       <c r="N8" s="97">
-        <v>3.6725530000000002</v>
+        <v>3.629378</v>
       </c>
       <c r="O8" s="98">
-        <v>5.4268429999999999</v>
+        <v>4.2329569999999999</v>
       </c>
       <c r="P8" s="97">
-        <v>3.6293779999999995</v>
+        <v>3.0904749999999996</v>
       </c>
       <c r="Q8" s="98">
-        <v>4.2329570000000007</v>
+        <v>3.59124</v>
       </c>
       <c r="R8" s="97">
-        <v>3.0904750000000005</v>
+        <v>3.008811000000001</v>
       </c>
       <c r="S8" s="98">
-        <v>3.5912400000000004</v>
+        <v>3.421856</v>
       </c>
       <c r="T8" s="97">
-        <v>2.5568570000000004</v>
+        <v>0.156107</v>
       </c>
       <c r="U8" s="98">
-        <v>2.8389820000000006</v>
+        <v>0.16611899999999999</v>
       </c>
     </row>
     <row r="9" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="51" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="97">
-        <v>0.305338</v>
+        <v>1.5469810000000002</v>
       </c>
       <c r="C9" s="98">
-        <v>7.9992999999999981E-2</v>
+        <v>0.31848000000000004</v>
       </c>
       <c r="D9" s="97">
-        <v>1.5469810000000002</v>
+        <v>0.71234800000000009</v>
       </c>
       <c r="E9" s="98">
-        <v>0.31848000000000004</v>
+        <v>0.125745</v>
       </c>
       <c r="F9" s="97">
-        <v>0.71234800000000009</v>
+        <v>1.867229</v>
       </c>
       <c r="G9" s="98">
-        <v>0.12574499999999997</v>
+        <v>0.399868</v>
       </c>
       <c r="H9" s="97">
-        <v>1.8672289999999998</v>
+        <v>1.4357090000000001</v>
       </c>
       <c r="I9" s="98">
-        <v>0.39986800000000006</v>
+        <v>0.32531300000000002</v>
       </c>
       <c r="J9" s="97">
-        <v>1.4357090000000001</v>
+        <v>2.4600520000000001</v>
       </c>
       <c r="K9" s="98">
-        <v>0.32531299999999996</v>
+        <v>0.58094599999999996</v>
       </c>
       <c r="L9" s="97">
-        <v>2.4600520000000001</v>
+        <v>5.1932609999999997</v>
       </c>
       <c r="M9" s="98">
-        <v>0.58094600000000007</v>
+        <v>1.0371579999999998</v>
       </c>
       <c r="N9" s="97">
-        <v>5.1932610000000015</v>
+        <v>2.301053</v>
       </c>
       <c r="O9" s="98">
-        <v>1.0371579999999998</v>
+        <v>0.36081099999999999</v>
       </c>
       <c r="P9" s="97">
-        <v>2.301053</v>
+        <v>4.572902</v>
       </c>
       <c r="Q9" s="98">
-        <v>0.36081099999999999</v>
+        <v>0.77956899999999996</v>
       </c>
       <c r="R9" s="97">
-        <v>4.5729020000000009</v>
+        <v>15.673780000000001</v>
       </c>
       <c r="S9" s="98">
-        <v>0.77956899999999985</v>
+        <v>2.5444170000000002</v>
       </c>
       <c r="T9" s="97">
-        <v>14.278536000000001</v>
+        <v>1.296459</v>
       </c>
       <c r="U9" s="98">
-        <v>2.2705489999999999</v>
+        <v>0.25479499999999999</v>
       </c>
     </row>
     <row r="10" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="51" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="97">
-        <v>13.167821</v>
+        <v>18.107420000000001</v>
       </c>
       <c r="C10" s="98">
-        <v>2.9791499999999997</v>
+        <v>3.5037820000000002</v>
       </c>
       <c r="D10" s="97">
-        <v>18.107420000000001</v>
+        <v>17.859532000000002</v>
       </c>
       <c r="E10" s="98">
-        <v>3.5037820000000002</v>
+        <v>3.5741209999999999</v>
       </c>
       <c r="F10" s="97">
-        <v>17.859531999999998</v>
+        <v>17.028705000000002</v>
       </c>
       <c r="G10" s="98">
-        <v>3.5741209999999994</v>
+        <v>3.434771</v>
       </c>
       <c r="H10" s="97">
-        <v>17.028704999999999</v>
+        <v>18.883097000000003</v>
       </c>
       <c r="I10" s="98">
-        <v>3.434771</v>
+        <v>4.1435779999999998</v>
       </c>
       <c r="J10" s="97">
-        <v>18.883096999999999</v>
+        <v>23.182476999999999</v>
       </c>
       <c r="K10" s="98">
-        <v>4.1435780000000006</v>
+        <v>4.6076859999999984</v>
       </c>
       <c r="L10" s="97">
-        <v>23.182476999999999</v>
+        <v>25.225329000000002</v>
       </c>
       <c r="M10" s="98">
-        <v>4.6076859999999993</v>
+        <v>4.257584999999998</v>
       </c>
       <c r="N10" s="97">
-        <v>25.225329000000002</v>
+        <v>20.598764000000006</v>
       </c>
       <c r="O10" s="98">
-        <v>4.2575849999999988</v>
+        <v>3.1283750000000001</v>
       </c>
       <c r="P10" s="97">
-        <v>20.598764000000003</v>
+        <v>19.559671000000002</v>
       </c>
       <c r="Q10" s="98">
-        <v>3.1283749999999997</v>
+        <v>2.9896750000000001</v>
       </c>
       <c r="R10" s="97">
-        <v>19.559671000000002</v>
+        <v>19.879797999999997</v>
       </c>
       <c r="S10" s="98">
-        <v>2.9896750000000001</v>
+        <v>3.0196239999999994</v>
       </c>
       <c r="T10" s="97">
-        <v>18.422083000000001</v>
+        <v>1.2264090000000001</v>
       </c>
       <c r="U10" s="98">
-        <v>2.8227499999999996</v>
+        <v>0.20442299999999999</v>
       </c>
     </row>
     <row r="11" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="52" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="99">
-        <v>8.5367999999999999E-2</v>
+        <v>0.78677900000000001</v>
       </c>
       <c r="C11" s="100">
-        <v>4.7148999999999996E-2</v>
+        <v>0.31320099999999995</v>
       </c>
       <c r="D11" s="99">
-        <v>0.78677900000000001</v>
+        <v>2.094948</v>
       </c>
       <c r="E11" s="100">
-        <v>0.31320099999999995</v>
+        <v>1.0266329999999999</v>
       </c>
       <c r="F11" s="99">
-        <v>2.0949479999999996</v>
+        <v>1.1869490000000003</v>
       </c>
       <c r="G11" s="100">
-        <v>1.0266330000000001</v>
+        <v>0.94498700000000013</v>
       </c>
       <c r="H11" s="99">
-        <v>1.1869490000000003</v>
+        <v>1.5615620000000001</v>
       </c>
       <c r="I11" s="100">
-        <v>0.94498700000000002</v>
+        <v>0.93759100000000006</v>
       </c>
       <c r="J11" s="99">
-        <v>1.5615620000000001</v>
+        <v>3.6712830000000003</v>
       </c>
       <c r="K11" s="100">
-        <v>0.93759100000000006</v>
+        <v>1.84188</v>
       </c>
       <c r="L11" s="99">
-        <v>3.6712829999999999</v>
+        <v>5.1090619999999998</v>
       </c>
       <c r="M11" s="100">
-        <v>1.8418800000000002</v>
+        <v>2.219611</v>
       </c>
       <c r="N11" s="99">
-        <v>5.1090619999999998</v>
+        <v>3.5579649999999998</v>
       </c>
       <c r="O11" s="100">
-        <v>2.2196110000000004</v>
+        <v>2.7495979999999998</v>
       </c>
       <c r="P11" s="99">
-        <v>3.5579649999999998</v>
+        <v>5.9623879999999998</v>
       </c>
       <c r="Q11" s="100">
-        <v>2.7495979999999998</v>
+        <v>8.1923759999999994</v>
       </c>
       <c r="R11" s="99">
-        <v>5.9623879999999998</v>
+        <v>10.014294999999999</v>
       </c>
       <c r="S11" s="100">
-        <v>8.1923759999999994</v>
+        <v>12.594873</v>
       </c>
       <c r="T11" s="99">
-        <v>8.7530010000000011</v>
+        <v>1.2910029999999999</v>
       </c>
       <c r="U11" s="100">
-        <v>11.019899000000001</v>
+        <v>1.1257109999999999</v>
       </c>
     </row>
     <row r="12" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="53" t="s">
         <v>90</v>
       </c>
       <c r="B12" s="101">
-        <v>641.02836799999989</v>
+        <v>545.14377899999988</v>
       </c>
       <c r="C12" s="102">
-        <v>242.54367400000001</v>
+        <v>166.20553500000003</v>
       </c>
       <c r="D12" s="101">
-        <v>545.14377899999999</v>
+        <v>468.05659400000008</v>
       </c>
       <c r="E12" s="102">
-        <v>166.205535</v>
+        <v>149.705579</v>
       </c>
       <c r="F12" s="101">
-        <v>468.05659399999996</v>
+        <v>434.10202899999996</v>
       </c>
       <c r="G12" s="102">
-        <v>149.705579</v>
+        <v>139.31546299999999</v>
       </c>
       <c r="H12" s="101">
-        <v>434.10202899999996</v>
+        <v>531.57266300000003</v>
       </c>
       <c r="I12" s="102">
-        <v>139.31546299999999</v>
+        <v>171.62733499999999</v>
       </c>
       <c r="J12" s="101">
-        <v>531.57266300000003</v>
+        <v>471.43601000000007</v>
       </c>
       <c r="K12" s="102">
-        <v>171.62733499999999</v>
+        <v>136.52102600000001</v>
       </c>
       <c r="L12" s="101">
-        <v>471.43601000000001</v>
+        <v>700.34979899999996</v>
       </c>
       <c r="M12" s="102">
-        <v>136.52102600000001</v>
+        <v>169.12719100000001</v>
       </c>
       <c r="N12" s="101">
-        <v>700.34979899999996</v>
+        <v>1088.3072689999999</v>
       </c>
       <c r="O12" s="102">
-        <v>169.12719099999998</v>
+        <v>278.03330399999999</v>
       </c>
       <c r="P12" s="101">
-        <v>1088.3072689999999</v>
+        <v>1045.3241459999999</v>
       </c>
       <c r="Q12" s="102">
-        <v>278.03330399999999</v>
+        <v>274.22770700000001</v>
       </c>
       <c r="R12" s="101">
-        <v>1045.3241459999999</v>
+        <v>1016.2424419999999</v>
       </c>
       <c r="S12" s="102">
-        <v>274.22770699999995</v>
+        <v>254.66453200000001</v>
       </c>
       <c r="T12" s="101">
-        <v>945.93161299999997</v>
+        <v>77.515716999999995</v>
       </c>
       <c r="U12" s="102">
-        <v>235.89378699999997</v>
+        <v>20.660106000000003</v>
       </c>
     </row>
     <row r="13" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B13" s="97">
-        <v>0.87260199999999999</v>
+        <v>5.0593090000000007</v>
       </c>
       <c r="C13" s="98">
-        <v>0.33095199999999997</v>
+        <v>1.28735</v>
       </c>
       <c r="D13" s="97">
-        <v>5.0593090000000007</v>
+        <v>3.9995060000000002</v>
       </c>
       <c r="E13" s="98">
-        <v>1.28735</v>
+        <v>0.98401200000000011</v>
       </c>
       <c r="F13" s="97">
-        <v>3.9995059999999998</v>
+        <v>1.3352649999999999</v>
       </c>
       <c r="G13" s="98">
-        <v>0.984012</v>
+        <v>0.28592400000000001</v>
       </c>
       <c r="H13" s="97">
-        <v>1.3352649999999999</v>
+        <v>1.3924780000000001</v>
       </c>
       <c r="I13" s="98">
-        <v>0.28592400000000001</v>
+        <v>0.45897300000000002</v>
       </c>
       <c r="J13" s="97">
-        <v>1.3924779999999999</v>
+        <v>9.0323749999999983</v>
       </c>
       <c r="K13" s="98">
-        <v>0.45897299999999996</v>
+        <v>2.5461310000000004</v>
       </c>
       <c r="L13" s="97">
-        <v>9.032375</v>
+        <v>12.784598000000003</v>
       </c>
       <c r="M13" s="98">
-        <v>2.5461310000000004</v>
+        <v>2.8605149999999999</v>
       </c>
       <c r="N13" s="97">
-        <v>12.784598000000001</v>
+        <v>17.175028999999999</v>
       </c>
       <c r="O13" s="98">
-        <v>2.8605150000000004</v>
+        <v>2.961579</v>
       </c>
       <c r="P13" s="97">
-        <v>17.175028999999999</v>
+        <v>1.779053</v>
       </c>
       <c r="Q13" s="98">
-        <v>2.9615790000000004</v>
+        <v>0.57850000000000001</v>
       </c>
       <c r="R13" s="97">
-        <v>1.7790530000000002</v>
+        <v>1.9173199999999999</v>
       </c>
       <c r="S13" s="98">
-        <v>0.57850000000000001</v>
+        <v>0.46550000000000002</v>
       </c>
       <c r="T13" s="97">
-        <v>1.8525199999999995</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="U13" s="98">
-        <v>0.44150000000000006</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="51" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="97">
-        <v>417.31485499999997</v>
+        <v>332.08961599999998</v>
       </c>
       <c r="C14" s="98">
-        <v>161.485829</v>
+        <v>103.38939300000001</v>
       </c>
       <c r="D14" s="97">
-        <v>332.08961600000004</v>
+        <v>271.39518200000003</v>
       </c>
       <c r="E14" s="98">
-        <v>103.389393</v>
+        <v>96.65746</v>
       </c>
       <c r="F14" s="97">
-        <v>271.39518199999998</v>
+        <v>245.04213900000002</v>
       </c>
       <c r="G14" s="98">
-        <v>96.65746</v>
+        <v>86.587559999999996</v>
       </c>
       <c r="H14" s="97">
-        <v>245.04213900000002</v>
+        <v>340.91520400000002</v>
       </c>
       <c r="I14" s="98">
-        <v>86.587559999999996</v>
+        <v>115.05082999999999</v>
       </c>
       <c r="J14" s="97">
-        <v>340.91520400000002</v>
+        <v>246.40078300000002</v>
       </c>
       <c r="K14" s="98">
-        <v>115.05082999999999</v>
+        <v>75.762841999999992</v>
       </c>
       <c r="L14" s="97">
-        <v>246.40078299999999</v>
+        <v>440.32539699999995</v>
       </c>
       <c r="M14" s="98">
-        <v>75.762842000000006</v>
+        <v>106.463748</v>
       </c>
       <c r="N14" s="97">
-        <v>440.32539699999995</v>
+        <v>738.65968099999998</v>
       </c>
       <c r="O14" s="98">
-        <v>106.46374799999998</v>
+        <v>199.24259799999999</v>
       </c>
       <c r="P14" s="97">
-        <v>738.65968099999998</v>
+        <v>651.11608799999999</v>
       </c>
       <c r="Q14" s="98">
-        <v>199.24259799999999</v>
+        <v>186.074532</v>
       </c>
       <c r="R14" s="97">
-        <v>651.1160880000001</v>
+        <v>678.899944</v>
       </c>
       <c r="S14" s="98">
-        <v>186.07453199999998</v>
+        <v>180.77704</v>
       </c>
       <c r="T14" s="97">
-        <v>632.53625099999999</v>
+        <v>51.251879000000002</v>
       </c>
       <c r="U14" s="98">
-        <v>167.44457</v>
+        <v>14.636259000000001</v>
       </c>
     </row>
     <row r="15" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="51" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="97">
-        <v>1.3921030000000001</v>
+        <v>0.63011899999999998</v>
       </c>
       <c r="C15" s="98">
-        <v>2.4526840000000001</v>
+        <v>1.0830929999999999</v>
       </c>
       <c r="D15" s="97">
-        <v>0.63011899999999998</v>
+        <v>8.7575E-2</v>
       </c>
       <c r="E15" s="98">
-        <v>1.0830929999999999</v>
+        <v>0.144562</v>
       </c>
       <c r="F15" s="97">
-        <v>8.7575E-2</v>
+        <v>7.3655999999999999E-2</v>
       </c>
       <c r="G15" s="98">
-        <v>0.144562</v>
+        <v>0.126246</v>
       </c>
       <c r="H15" s="97">
-        <v>7.3655999999999999E-2</v>
+        <v>2.4156E-2</v>
       </c>
       <c r="I15" s="98">
-        <v>0.126246</v>
+        <v>4.2056000000000003E-2</v>
       </c>
       <c r="J15" s="97">
-        <v>2.4156E-2</v>
+        <v>2.4947999999999998E-2</v>
       </c>
       <c r="K15" s="98">
         <v>4.2056000000000003E-2</v>
       </c>
       <c r="L15" s="97">
-        <v>2.4947999999999998E-2</v>
+        <v>5.840999999999999E-2</v>
       </c>
       <c r="M15" s="98">
-        <v>4.2056000000000003E-2</v>
+        <v>8.4112000000000006E-2</v>
       </c>
       <c r="N15" s="97">
-        <v>5.840999999999999E-2</v>
+        <v>0.51442100000000002</v>
       </c>
       <c r="O15" s="98">
-        <v>8.4112000000000006E-2</v>
+        <v>0.66856499999999996</v>
       </c>
       <c r="P15" s="97">
-        <v>0.51442100000000002</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="98">
-        <v>0.66856499999999996</v>
+        <v>0</v>
       </c>
       <c r="R15" s="97">
-        <v>0</v>
+        <v>1.5422E-2</v>
       </c>
       <c r="S15" s="98">
-        <v>0</v>
+        <v>2.2062999999999999E-2</v>
       </c>
       <c r="T15" s="97">
-        <v>1.5422E-2</v>
+        <v>0</v>
       </c>
       <c r="U15" s="98">
-        <v>2.2062999999999999E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="51" t="s">
         <v>53</v>
       </c>
       <c r="B16" s="97">
-        <v>24.412514000000002</v>
+        <v>26.559782000000002</v>
       </c>
       <c r="C16" s="98">
-        <v>6.8287329999999997</v>
+        <v>5.1069820000000004</v>
       </c>
       <c r="D16" s="97">
-        <v>26.559782000000002</v>
+        <v>35.137532999999998</v>
       </c>
       <c r="E16" s="98">
-        <v>5.1069819999999995</v>
+        <v>5.9918429999999994</v>
       </c>
       <c r="F16" s="97">
-        <v>35.137533000000005</v>
+        <v>26.382810000000003</v>
       </c>
       <c r="G16" s="98">
-        <v>5.9918429999999985</v>
+        <v>4.87331</v>
       </c>
       <c r="H16" s="97">
-        <v>26.382810000000003</v>
+        <v>12.214262999999999</v>
       </c>
       <c r="I16" s="98">
-        <v>4.87331</v>
+        <v>2.3396090000000003</v>
       </c>
       <c r="J16" s="97">
-        <v>12.214263000000001</v>
+        <v>29.120274000000002</v>
       </c>
       <c r="K16" s="98">
-        <v>2.3396089999999998</v>
+        <v>5.9999199999999995</v>
       </c>
       <c r="L16" s="97">
-        <v>29.120274000000006</v>
+        <v>30.043472999999999</v>
       </c>
       <c r="M16" s="98">
-        <v>5.9999200000000004</v>
+        <v>5.0528500000000003</v>
       </c>
       <c r="N16" s="97">
-        <v>30.043473000000002</v>
+        <v>29.719334999999997</v>
       </c>
       <c r="O16" s="98">
-        <v>5.0528500000000012</v>
+        <v>5.3190299999999997</v>
       </c>
       <c r="P16" s="97">
-        <v>29.719335000000001</v>
+        <v>23.692783000000002</v>
       </c>
       <c r="Q16" s="98">
-        <v>5.3190299999999997</v>
+        <v>3.9125180000000004</v>
       </c>
       <c r="R16" s="97">
-        <v>23.692782999999999</v>
+        <v>19.367090999999999</v>
       </c>
       <c r="S16" s="98">
-        <v>3.9125180000000004</v>
+        <v>2.212183</v>
       </c>
       <c r="T16" s="97">
-        <v>18.617484000000001</v>
+        <v>2.1065040000000002</v>
       </c>
       <c r="U16" s="98">
-        <v>2.1356009999999999</v>
+        <v>0.289157</v>
       </c>
     </row>
     <row r="17" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="51" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="97">
-        <v>153.36377000000005</v>
+        <v>142.420185</v>
       </c>
       <c r="C17" s="98">
-        <v>43.050049999999992</v>
+        <v>31.758184</v>
       </c>
       <c r="D17" s="97">
-        <v>142.420185</v>
+        <v>129.225266</v>
       </c>
       <c r="E17" s="98">
-        <v>31.758184</v>
+        <v>29.345582</v>
       </c>
       <c r="F17" s="97">
-        <v>129.225266</v>
+        <v>118.023493</v>
       </c>
       <c r="G17" s="98">
-        <v>29.345582</v>
+        <v>28.147785000000002</v>
       </c>
       <c r="H17" s="97">
-        <v>118.023493</v>
+        <v>125.39569299999998</v>
       </c>
       <c r="I17" s="98">
-        <v>28.147785000000002</v>
+        <v>31.022338000000001</v>
       </c>
       <c r="J17" s="97">
-        <v>125.39569299999999</v>
+        <v>136.63006300000001</v>
       </c>
       <c r="K17" s="98">
-        <v>31.022338000000001</v>
+        <v>31.963868999999995</v>
       </c>
       <c r="L17" s="97">
-        <v>136.63006299999998</v>
+        <v>163.28907100000001</v>
       </c>
       <c r="M17" s="98">
-        <v>31.963868999999999</v>
+        <v>33.199038000000002</v>
       </c>
       <c r="N17" s="97">
-        <v>163.28907100000001</v>
+        <v>213.40284900000003</v>
       </c>
       <c r="O17" s="98">
-        <v>33.199038000000002</v>
+        <v>42.890837000000005</v>
       </c>
       <c r="P17" s="97">
-        <v>213.40284900000003</v>
+        <v>302.86420499999997</v>
       </c>
       <c r="Q17" s="98">
-        <v>42.890836999999998</v>
+        <v>62.887802000000001</v>
       </c>
       <c r="R17" s="97">
-        <v>302.86420499999997</v>
+        <v>252.19642999999999</v>
       </c>
       <c r="S17" s="98">
-        <v>62.887802000000001</v>
+        <v>50.351967999999999</v>
       </c>
       <c r="T17" s="97">
-        <v>235.340542</v>
+        <v>18.774277000000001</v>
       </c>
       <c r="U17" s="98">
-        <v>46.819043999999998</v>
+        <v>4.1815800000000003</v>
       </c>
     </row>
     <row r="18" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="52" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="99">
-        <v>43.672524000000003</v>
+        <v>38.384767999999994</v>
       </c>
       <c r="C18" s="100">
-        <v>28.395426000000004</v>
+        <v>23.580533000000003</v>
       </c>
       <c r="D18" s="99">
-        <v>38.384767999999994</v>
+        <v>28.211531999999998</v>
       </c>
       <c r="E18" s="100">
-        <v>23.580533000000003</v>
+        <v>16.58212</v>
       </c>
       <c r="F18" s="99">
-        <v>28.211531999999998</v>
+        <v>43.244666000000009</v>
       </c>
       <c r="G18" s="100">
-        <v>16.582119999999996</v>
+        <v>19.294637999999999</v>
       </c>
       <c r="H18" s="99">
-        <v>43.244666000000009</v>
+        <v>51.630868999999997</v>
       </c>
       <c r="I18" s="100">
-        <v>19.294637999999999</v>
+        <v>22.713529000000001</v>
       </c>
       <c r="J18" s="99">
-        <v>51.63086899999999</v>
+        <v>50.227567000000008</v>
       </c>
       <c r="K18" s="100">
-        <v>22.713529000000001</v>
+        <v>20.206208</v>
       </c>
       <c r="L18" s="99">
-        <v>50.227566999999993</v>
+        <v>53.848849999999999</v>
       </c>
       <c r="M18" s="100">
-        <v>20.206208</v>
+        <v>21.466927999999999</v>
       </c>
       <c r="N18" s="99">
-        <v>53.848849999999999</v>
+        <v>88.835954000000015</v>
       </c>
       <c r="O18" s="100">
-        <v>21.466928000000003</v>
+        <v>26.950694999999993</v>
       </c>
       <c r="P18" s="99">
-        <v>88.835954000000015</v>
+        <v>65.872017</v>
       </c>
       <c r="Q18" s="100">
-        <v>26.950694999999993</v>
+        <v>20.774355</v>
       </c>
       <c r="R18" s="99">
-        <v>65.872017</v>
+        <v>63.846235</v>
       </c>
       <c r="S18" s="100">
-        <v>20.774354999999996</v>
+        <v>20.835777999999998</v>
       </c>
       <c r="T18" s="99">
-        <v>57.569394000000003</v>
+        <v>5.3180569999999996</v>
       </c>
       <c r="U18" s="100">
-        <v>19.031008999999997</v>
+        <v>1.5281100000000001</v>
       </c>
     </row>
     <row r="19" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="38" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
       <c r="I19" s="38"/>
       <c r="J19" s="38"/>
       <c r="K19" s="38"/>
       <c r="L19" s="38"/>
       <c r="M19" s="38"/>
     </row>
     <row r="20" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
     </row>
     <row r="21" spans="1:21" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="115" t="s">
+      <c r="A21" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="B21" s="115"/>
-[...18 lines deleted...]
-      <c r="U21" s="115"/>
+      <c r="B21" s="113"/>
+      <c r="C21" s="113"/>
+      <c r="D21" s="113"/>
+      <c r="E21" s="113"/>
+      <c r="F21" s="113"/>
+      <c r="G21" s="113"/>
+      <c r="H21" s="113"/>
+      <c r="I21" s="113"/>
+      <c r="J21" s="113"/>
+      <c r="K21" s="113"/>
+      <c r="L21" s="113"/>
+      <c r="M21" s="113"/>
+      <c r="N21" s="113"/>
+      <c r="O21" s="113"/>
+      <c r="P21" s="113"/>
+      <c r="Q21" s="113"/>
+      <c r="R21" s="113"/>
+      <c r="S21" s="113"/>
+      <c r="T21" s="113"/>
+      <c r="U21" s="113"/>
     </row>
     <row r="22" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="9"/>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
       <c r="L22" s="9"/>
       <c r="M22" s="9"/>
     </row>
     <row r="23" spans="1:21" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="115" t="s">
+      <c r="A23" s="113" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="115"/>
-[...18 lines deleted...]
-      <c r="U23" s="115"/>
+      <c r="B23" s="113"/>
+      <c r="C23" s="113"/>
+      <c r="D23" s="113"/>
+      <c r="E23" s="113"/>
+      <c r="F23" s="113"/>
+      <c r="G23" s="113"/>
+      <c r="H23" s="113"/>
+      <c r="I23" s="113"/>
+      <c r="J23" s="113"/>
+      <c r="K23" s="113"/>
+      <c r="L23" s="113"/>
+      <c r="M23" s="113"/>
+      <c r="N23" s="113"/>
+      <c r="O23" s="113"/>
+      <c r="P23" s="113"/>
+      <c r="Q23" s="113"/>
+      <c r="R23" s="113"/>
+      <c r="S23" s="113"/>
+      <c r="T23" s="113"/>
+      <c r="U23" s="113"/>
     </row>
     <row r="24" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
     </row>
     <row r="25" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
@@ -20055,112 +20860,112 @@
       <c r="A30" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="5"/>
       <c r="O30" s="5"/>
       <c r="P30" s="6"/>
       <c r="Q30" s="6"/>
       <c r="R30" s="6"/>
       <c r="S30" s="6"/>
       <c r="T30" s="7"/>
       <c r="U30" s="7"/>
     </row>
     <row r="31" spans="1:21" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="116" t="s">
+      <c r="A31" s="114" t="s">
         <v>15</v>
       </c>
-      <c r="B31" s="116"/>
-[...18 lines deleted...]
-      <c r="U31" s="116"/>
+      <c r="B31" s="114"/>
+      <c r="C31" s="114"/>
+      <c r="D31" s="114"/>
+      <c r="E31" s="114"/>
+      <c r="F31" s="114"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="114"/>
+      <c r="L31" s="114"/>
+      <c r="M31" s="114"/>
+      <c r="N31" s="114"/>
+      <c r="O31" s="114"/>
+      <c r="P31" s="114"/>
+      <c r="Q31" s="114"/>
+      <c r="R31" s="114"/>
+      <c r="S31" s="114"/>
+      <c r="T31" s="114"/>
+      <c r="U31" s="114"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A21:U21"/>
     <mergeCell ref="A23:U23"/>
     <mergeCell ref="A31:U31"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="P3:Q3"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.19685039370078741" top="1.3779527559055118" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="81" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Leite e derivados</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1B60387D-F3F1-45FF-ACC1-21E4F183D66A}">
   <sheetPr codeName="Planilha4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M73"/>
+  <dimension ref="A1:M61"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A44" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A1:XFD1048576"/>
+    <sheetView showGridLines="0" topLeftCell="A13" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="7.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="8.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="7.28515625" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="7.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="8.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="7.28515625" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="48" t="s">
         <v>102</v>
       </c>
       <c r="B1" s="49"/>
@@ -20171,84 +20976,84 @@
       <c r="G1" s="49"/>
       <c r="H1" s="49"/>
       <c r="I1" s="49"/>
       <c r="J1" s="49"/>
       <c r="K1" s="49"/>
       <c r="L1" s="49"/>
       <c r="M1" s="49"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="49"/>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="49"/>
       <c r="H2" s="49"/>
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
       <c r="L2" s="49"/>
       <c r="M2" s="49"/>
     </row>
     <row r="3" spans="1:13" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="39"/>
-      <c r="B3" s="123" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="123" t="s">
+      <c r="B3" s="121" t="s">
+        <v>107</v>
+      </c>
+      <c r="C3" s="122">
+        <v>0</v>
+      </c>
+      <c r="D3" s="121" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="124">
-[...2 lines deleted...]
-      <c r="F3" s="123" t="s">
+      <c r="E3" s="122">
+        <v>0</v>
+      </c>
+      <c r="F3" s="121" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="124">
-[...2 lines deleted...]
-      <c r="H3" s="123" t="s">
+      <c r="G3" s="122">
+        <v>0</v>
+      </c>
+      <c r="H3" s="121" t="s">
         <v>53</v>
       </c>
-      <c r="I3" s="124">
-[...2 lines deleted...]
-      <c r="J3" s="123" t="s">
+      <c r="I3" s="122">
+        <v>0</v>
+      </c>
+      <c r="J3" s="121" t="s">
         <v>8</v>
       </c>
-      <c r="K3" s="124">
-[...2 lines deleted...]
-      <c r="L3" s="120" t="s">
+      <c r="K3" s="122">
+        <v>0</v>
+      </c>
+      <c r="L3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="M3" s="121">
+      <c r="M3" s="119">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:13" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="60" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="40" t="s">
         <v>100</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>101</v>
       </c>
       <c r="D4" s="42" t="s">
         <v>100</v>
       </c>
       <c r="E4" s="41" t="s">
         <v>101</v>
       </c>
       <c r="F4" s="42" t="s">
         <v>100</v>
       </c>
       <c r="G4" s="41" t="s">
         <v>101</v>
       </c>
@@ -20266,2664 +21071,2172 @@
       </c>
       <c r="L4" s="40" t="s">
         <v>100</v>
       </c>
       <c r="M4" s="43" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="61">
         <v>2013</v>
       </c>
       <c r="B5" s="85">
         <v>6.6291709999999995</v>
       </c>
       <c r="C5" s="82">
         <v>1.8626250000000002</v>
       </c>
       <c r="D5" s="85">
         <v>327.457808</v>
       </c>
       <c r="E5" s="82">
         <v>78.569705999999996</v>
       </c>
       <c r="F5" s="85">
-        <v>12.696713000000001</v>
+        <v>12.696712999999999</v>
       </c>
       <c r="G5" s="82">
         <v>20.361276</v>
       </c>
       <c r="H5" s="85">
         <v>19.137720999999999</v>
       </c>
       <c r="I5" s="82">
-        <v>4.1792169999999995</v>
+        <v>4.1792170000000004</v>
       </c>
       <c r="J5" s="85">
         <v>165.82020400000002</v>
       </c>
       <c r="K5" s="82">
         <v>31.200500000000002</v>
       </c>
       <c r="L5" s="85">
-        <v>53.304873000000008</v>
+        <v>53.304873000000001</v>
       </c>
       <c r="M5" s="90">
-        <v>21.013034999999995</v>
+        <v>21.013034999999999</v>
       </c>
     </row>
     <row r="6" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="54">
         <v>2014</v>
       </c>
       <c r="B6" s="86">
-        <v>0.6725000000000001</v>
+        <v>0.67249999999999999</v>
       </c>
       <c r="C6" s="83">
         <v>0.17499999999999999</v>
       </c>
       <c r="D6" s="86">
-        <v>237.64814300000006</v>
+        <v>237.64814300000003</v>
       </c>
       <c r="E6" s="83">
         <v>53.708275</v>
       </c>
       <c r="F6" s="86">
-        <v>2.4418550000000003</v>
+        <v>2.4418549999999999</v>
       </c>
       <c r="G6" s="83">
         <v>3.4679679999999999</v>
       </c>
       <c r="H6" s="86">
         <v>4.5319719999999997</v>
       </c>
       <c r="I6" s="83">
-        <v>0.77654300000000009</v>
+        <v>0.77654299999999998</v>
       </c>
       <c r="J6" s="86">
-        <v>115.87685399999998</v>
+        <v>115.87685400000001</v>
       </c>
       <c r="K6" s="83">
-        <v>20.658065000000004</v>
+        <v>20.658064999999997</v>
       </c>
       <c r="L6" s="86">
         <v>77.448993000000002</v>
       </c>
       <c r="M6" s="91">
         <v>28.002945000000004</v>
       </c>
     </row>
     <row r="7" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="54">
         <v>2015</v>
       </c>
       <c r="B7" s="86">
         <v>0.71381399999999995</v>
       </c>
       <c r="C7" s="83">
         <v>0.31025600000000003</v>
       </c>
       <c r="D7" s="86">
         <v>258.19363599999997</v>
       </c>
       <c r="E7" s="83">
-        <v>92.950857000000013</v>
+        <v>92.950856999999999</v>
       </c>
       <c r="F7" s="86">
-        <v>0.36096299999999998</v>
+        <v>0.36096300000000003</v>
       </c>
       <c r="G7" s="83">
         <v>0.49224800000000002</v>
       </c>
       <c r="H7" s="86">
         <v>7.5490139999999997</v>
       </c>
       <c r="I7" s="83">
         <v>1.7082710000000001</v>
       </c>
       <c r="J7" s="86">
-        <v>95.679603000000014</v>
+        <v>95.679603</v>
       </c>
       <c r="K7" s="83">
         <v>21.549471999999998</v>
       </c>
       <c r="L7" s="86">
         <v>38.937519000000002</v>
       </c>
       <c r="M7" s="91">
         <v>16.949542000000001</v>
       </c>
     </row>
     <row r="8" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="54">
         <v>2016</v>
       </c>
       <c r="B8" s="86">
         <v>0.87260199999999999</v>
       </c>
       <c r="C8" s="83">
-        <v>0.33095199999999997</v>
+        <v>0.33095200000000002</v>
       </c>
       <c r="D8" s="86">
-        <v>417.31485499999997</v>
+        <v>417.31485500000002</v>
       </c>
       <c r="E8" s="83">
-        <v>161.485829</v>
+        <v>161.48582900000002</v>
       </c>
       <c r="F8" s="86">
         <v>1.3921030000000001</v>
       </c>
       <c r="G8" s="83">
         <v>2.4526840000000001</v>
       </c>
       <c r="H8" s="86">
         <v>24.412514000000002</v>
       </c>
       <c r="I8" s="83">
         <v>6.8287329999999997</v>
       </c>
       <c r="J8" s="86">
         <v>153.36377000000005</v>
       </c>
       <c r="K8" s="83">
-        <v>43.050049999999992</v>
+        <v>43.050049999999999</v>
       </c>
       <c r="L8" s="86">
         <v>43.672524000000003</v>
       </c>
       <c r="M8" s="91">
-        <v>28.395426000000004</v>
+        <v>28.395426</v>
       </c>
     </row>
     <row r="9" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="54">
         <v>2017</v>
       </c>
       <c r="B9" s="86">
         <v>5.0593090000000007</v>
       </c>
       <c r="C9" s="83">
         <v>1.28735</v>
       </c>
       <c r="D9" s="86">
-        <v>332.08961600000004</v>
+        <v>332.08961599999998</v>
       </c>
       <c r="E9" s="83">
-        <v>103.389393</v>
+        <v>103.38939300000001</v>
       </c>
       <c r="F9" s="86">
         <v>0.63011899999999998</v>
       </c>
       <c r="G9" s="83">
         <v>1.0830929999999999</v>
       </c>
       <c r="H9" s="86">
         <v>26.559782000000002</v>
       </c>
       <c r="I9" s="83">
-        <v>5.1069819999999995</v>
+        <v>5.1069820000000004</v>
       </c>
       <c r="J9" s="86">
         <v>142.420185</v>
       </c>
       <c r="K9" s="83">
         <v>31.758184</v>
       </c>
       <c r="L9" s="86">
         <v>38.384767999999994</v>
       </c>
       <c r="M9" s="91">
         <v>23.580533000000003</v>
       </c>
     </row>
     <row r="10" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="54">
         <v>2018</v>
       </c>
       <c r="B10" s="86">
-        <v>3.9995059999999998</v>
+        <v>3.9995060000000002</v>
       </c>
       <c r="C10" s="83">
-        <v>0.984012</v>
+        <v>0.98401200000000011</v>
       </c>
       <c r="D10" s="86">
-        <v>271.39518199999998</v>
+        <v>271.39518200000003</v>
       </c>
       <c r="E10" s="83">
         <v>96.65746</v>
       </c>
       <c r="F10" s="86">
         <v>8.7575E-2</v>
       </c>
       <c r="G10" s="83">
         <v>0.144562</v>
       </c>
       <c r="H10" s="86">
-        <v>35.137533000000005</v>
+        <v>35.137532999999998</v>
       </c>
       <c r="I10" s="83">
-        <v>5.9918429999999985</v>
+        <v>5.9918429999999994</v>
       </c>
       <c r="J10" s="86">
         <v>129.225266</v>
       </c>
       <c r="K10" s="83">
         <v>29.345582</v>
       </c>
       <c r="L10" s="86">
         <v>28.211531999999998</v>
       </c>
       <c r="M10" s="91">
-        <v>16.582119999999996</v>
+        <v>16.58212</v>
       </c>
     </row>
     <row r="11" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="54">
         <v>2019</v>
       </c>
       <c r="B11" s="86">
         <v>1.3352649999999999</v>
       </c>
       <c r="C11" s="83">
         <v>0.28592400000000001</v>
       </c>
       <c r="D11" s="86">
         <v>245.04213900000002</v>
       </c>
       <c r="E11" s="83">
         <v>86.587559999999996</v>
       </c>
       <c r="F11" s="86">
         <v>7.3655999999999999E-2</v>
       </c>
       <c r="G11" s="83">
         <v>0.126246</v>
       </c>
       <c r="H11" s="86">
         <v>26.382810000000003</v>
       </c>
       <c r="I11" s="83">
         <v>4.87331</v>
       </c>
       <c r="J11" s="86">
         <v>118.023493</v>
       </c>
       <c r="K11" s="83">
         <v>28.147785000000002</v>
       </c>
       <c r="L11" s="86">
         <v>43.244666000000009</v>
       </c>
       <c r="M11" s="91">
         <v>19.294637999999999</v>
       </c>
     </row>
     <row r="12" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="54">
         <v>2020</v>
       </c>
       <c r="B12" s="86">
-        <v>1.3924779999999999</v>
+        <v>1.3924780000000001</v>
       </c>
       <c r="C12" s="83">
-        <v>0.45897299999999996</v>
+        <v>0.45897300000000002</v>
       </c>
       <c r="D12" s="86">
         <v>340.91520400000002</v>
       </c>
       <c r="E12" s="83">
         <v>115.05082999999999</v>
       </c>
       <c r="F12" s="86">
         <v>2.4156E-2</v>
       </c>
       <c r="G12" s="83">
         <v>4.2056000000000003E-2</v>
       </c>
       <c r="H12" s="86">
-        <v>12.214263000000001</v>
+        <v>12.214262999999999</v>
       </c>
       <c r="I12" s="83">
-        <v>2.3396089999999998</v>
+        <v>2.3396090000000003</v>
       </c>
       <c r="J12" s="86">
-        <v>125.39569299999999</v>
+        <v>125.39569299999998</v>
       </c>
       <c r="K12" s="83">
         <v>31.022338000000001</v>
       </c>
       <c r="L12" s="86">
-        <v>51.63086899999999</v>
+        <v>51.630868999999997</v>
       </c>
       <c r="M12" s="91">
         <v>22.713529000000001</v>
       </c>
     </row>
     <row r="13" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="54">
         <v>2021</v>
       </c>
       <c r="B13" s="86">
-        <v>9.032375</v>
+        <v>9.0323749999999983</v>
       </c>
       <c r="C13" s="83">
         <v>2.5461310000000004</v>
       </c>
       <c r="D13" s="86">
-        <v>246.40078299999999</v>
+        <v>246.40078300000002</v>
       </c>
       <c r="E13" s="83">
-        <v>75.762842000000006</v>
+        <v>75.762841999999992</v>
       </c>
       <c r="F13" s="86">
         <v>2.4947999999999998E-2</v>
       </c>
       <c r="G13" s="83">
         <v>4.2056000000000003E-2</v>
       </c>
       <c r="H13" s="86">
-        <v>29.120274000000006</v>
+        <v>29.120274000000002</v>
       </c>
       <c r="I13" s="83">
-        <v>5.9999200000000004</v>
+        <v>5.9999199999999995</v>
       </c>
       <c r="J13" s="86">
-        <v>136.63006299999998</v>
+        <v>136.63006300000001</v>
       </c>
       <c r="K13" s="83">
-        <v>31.963868999999999</v>
+        <v>31.963868999999995</v>
       </c>
       <c r="L13" s="86">
-        <v>50.227566999999993</v>
+        <v>50.227567000000008</v>
       </c>
       <c r="M13" s="91">
         <v>20.206208</v>
       </c>
     </row>
     <row r="14" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="54">
         <v>2022</v>
       </c>
       <c r="B14" s="86">
-        <v>12.784597999999999</v>
+        <v>12.784598000000003</v>
       </c>
       <c r="C14" s="83">
-        <v>2.8605150000000004</v>
+        <v>2.8605149999999999</v>
       </c>
       <c r="D14" s="86">
-        <v>440.32539700000007</v>
+        <v>440.32539699999995</v>
       </c>
       <c r="E14" s="83">
         <v>106.463748</v>
       </c>
       <c r="F14" s="86">
         <v>5.840999999999999E-2</v>
       </c>
       <c r="G14" s="83">
         <v>8.4112000000000006E-2</v>
       </c>
       <c r="H14" s="86">
         <v>30.043472999999999</v>
       </c>
       <c r="I14" s="83">
-        <v>5.0528499999999994</v>
+        <v>5.0528500000000003</v>
       </c>
       <c r="J14" s="86">
         <v>163.28907100000001</v>
       </c>
       <c r="K14" s="83">
         <v>33.199038000000002</v>
       </c>
       <c r="L14" s="86">
         <v>53.848849999999999</v>
       </c>
       <c r="M14" s="91">
-        <v>21.466928000000003</v>
-[...4 lines deleted...]
-        <v>115</v>
+        <v>21.466927999999999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="54">
+        <v>2023</v>
       </c>
       <c r="B15" s="86">
-        <v>0.47149999999999997</v>
+        <v>17.175028999999999</v>
       </c>
       <c r="C15" s="83">
-        <v>0.115</v>
+        <v>2.961579</v>
       </c>
       <c r="D15" s="86">
-        <v>16.91338</v>
+        <v>738.65968099999998</v>
       </c>
       <c r="E15" s="83">
-        <v>5.05098</v>
+        <v>199.24259799999999</v>
       </c>
       <c r="F15" s="86">
-        <v>0</v>
+        <v>0.51442100000000002</v>
       </c>
       <c r="G15" s="83">
-        <v>0</v>
+        <v>0.66856499999999996</v>
       </c>
       <c r="H15" s="86">
-        <v>0.71384000000000003</v>
+        <v>29.719335000000001</v>
       </c>
       <c r="I15" s="83">
-        <v>0.110579</v>
+        <v>5.3190299999999997</v>
       </c>
       <c r="J15" s="86">
-        <v>8.3470610000000001</v>
+        <v>213.40284900000003</v>
       </c>
       <c r="K15" s="83">
-        <v>1.824872</v>
+        <v>42.890837000000005</v>
       </c>
       <c r="L15" s="86">
-        <v>4.1677280000000003</v>
+        <v>88.835954000000001</v>
       </c>
       <c r="M15" s="91">
-        <v>1.528994</v>
-[...3 lines deleted...]
-      <c r="A16" s="54" t="s">
+        <v>26.950694999999993</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="55">
+        <v>2024</v>
+      </c>
+      <c r="B16" s="87">
+        <v>1.779053</v>
+      </c>
+      <c r="C16" s="84">
+        <v>0.57850000000000001</v>
+      </c>
+      <c r="D16" s="87">
+        <v>651.11608799999999</v>
+      </c>
+      <c r="E16" s="84">
+        <v>186.07453200000003</v>
+      </c>
+      <c r="F16" s="87">
+        <v>0</v>
+      </c>
+      <c r="G16" s="84">
+        <v>0</v>
+      </c>
+      <c r="H16" s="87">
+        <v>23.692782999999999</v>
+      </c>
+      <c r="I16" s="84">
+        <v>3.9125179999999999</v>
+      </c>
+      <c r="J16" s="87">
+        <v>302.86420500000003</v>
+      </c>
+      <c r="K16" s="84">
+        <v>62.887802000000001</v>
+      </c>
+      <c r="L16" s="87">
+        <v>65.872017</v>
+      </c>
+      <c r="M16" s="92">
+        <v>20.774354999999996</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="54" t="s">
         <v>116</v>
       </c>
-      <c r="B16" s="86">
-[...2 lines deleted...]
-      <c r="C16" s="83">
+      <c r="B17" s="86">
+        <v>0.38838</v>
+      </c>
+      <c r="C17" s="83">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="D17" s="86">
+        <v>61.931128000000001</v>
+      </c>
+      <c r="E17" s="83">
+        <v>19.001353000000002</v>
+      </c>
+      <c r="F17" s="86">
+        <v>0</v>
+      </c>
+      <c r="G17" s="83">
+        <v>0</v>
+      </c>
+      <c r="H17" s="86">
+        <v>2.703055</v>
+      </c>
+      <c r="I17" s="83">
+        <v>0.492091</v>
+      </c>
+      <c r="J17" s="86">
+        <v>16.279005000000002</v>
+      </c>
+      <c r="K17" s="83">
+        <v>3.6219899999999998</v>
+      </c>
+      <c r="L17" s="86">
+        <v>9.4185569999999998</v>
+      </c>
+      <c r="M17" s="91">
+        <v>2.4898199999999999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="54" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" s="86">
+        <v>0</v>
+      </c>
+      <c r="C18" s="83">
+        <v>0</v>
+      </c>
+      <c r="D18" s="86">
+        <v>52.574033999999997</v>
+      </c>
+      <c r="E18" s="83">
+        <v>15.579316</v>
+      </c>
+      <c r="F18" s="86">
+        <v>0</v>
+      </c>
+      <c r="G18" s="83">
+        <v>0</v>
+      </c>
+      <c r="H18" s="86">
+        <v>1.6719029999999999</v>
+      </c>
+      <c r="I18" s="83">
+        <v>0.28735100000000002</v>
+      </c>
+      <c r="J18" s="86">
+        <v>19.133994999999999</v>
+      </c>
+      <c r="K18" s="83">
+        <v>4.337618</v>
+      </c>
+      <c r="L18" s="86">
+        <v>2.7277819999999999</v>
+      </c>
+      <c r="M18" s="91">
+        <v>1.137275</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="54" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" s="86">
+        <v>0.280331</v>
+      </c>
+      <c r="C19" s="83">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="D19" s="86">
+        <v>47.711402999999997</v>
+      </c>
+      <c r="E19" s="83">
+        <v>13.873135</v>
+      </c>
+      <c r="F19" s="86">
+        <v>0</v>
+      </c>
+      <c r="G19" s="83">
+        <v>0</v>
+      </c>
+      <c r="H19" s="86">
+        <v>1.081682</v>
+      </c>
+      <c r="I19" s="83">
+        <v>0.17829100000000001</v>
+      </c>
+      <c r="J19" s="86">
+        <v>21.920618000000001</v>
+      </c>
+      <c r="K19" s="83">
+        <v>4.9152440000000004</v>
+      </c>
+      <c r="L19" s="86">
+        <v>5.9234080000000002</v>
+      </c>
+      <c r="M19" s="91">
+        <v>1.8591150000000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="54" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" s="86">
+        <v>0.191525</v>
+      </c>
+      <c r="C20" s="83">
+        <v>7.2499999999999995E-2</v>
+      </c>
+      <c r="D20" s="86">
+        <v>54.229688000000003</v>
+      </c>
+      <c r="E20" s="83">
+        <v>15.778712000000001</v>
+      </c>
+      <c r="F20" s="86">
+        <v>0</v>
+      </c>
+      <c r="G20" s="83">
+        <v>0</v>
+      </c>
+      <c r="H20" s="86">
+        <v>2.5994429999999999</v>
+      </c>
+      <c r="I20" s="83">
+        <v>0.45895999999999998</v>
+      </c>
+      <c r="J20" s="86">
+        <v>23.581776999999999</v>
+      </c>
+      <c r="K20" s="83">
+        <v>5.0381580000000001</v>
+      </c>
+      <c r="L20" s="86">
+        <v>10.055820000000001</v>
+      </c>
+      <c r="M20" s="91">
+        <v>2.1955100000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="54" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" s="86">
+        <v>6.7716999999999999E-2</v>
+      </c>
+      <c r="C21" s="83">
+        <v>2.4E-2</v>
+      </c>
+      <c r="D21" s="86">
+        <v>38.012248</v>
+      </c>
+      <c r="E21" s="83">
+        <v>10.652163</v>
+      </c>
+      <c r="F21" s="86">
+        <v>0</v>
+      </c>
+      <c r="G21" s="83">
+        <v>0</v>
+      </c>
+      <c r="H21" s="86">
+        <v>2.847874</v>
+      </c>
+      <c r="I21" s="83">
+        <v>0.45613199999999998</v>
+      </c>
+      <c r="J21" s="86">
+        <v>24.946021000000002</v>
+      </c>
+      <c r="K21" s="83">
+        <v>5.107926</v>
+      </c>
+      <c r="L21" s="86">
+        <v>5.1610230000000001</v>
+      </c>
+      <c r="M21" s="91">
+        <v>1.6462349999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="54" t="s">
+        <v>121</v>
+      </c>
+      <c r="B22" s="86">
+        <v>0</v>
+      </c>
+      <c r="C22" s="83">
+        <v>0</v>
+      </c>
+      <c r="D22" s="86">
+        <v>51.549263000000003</v>
+      </c>
+      <c r="E22" s="83">
+        <v>14.475771</v>
+      </c>
+      <c r="F22" s="86">
+        <v>0</v>
+      </c>
+      <c r="G22" s="83">
+        <v>0</v>
+      </c>
+      <c r="H22" s="86">
+        <v>1.9079489999999999</v>
+      </c>
+      <c r="I22" s="83">
+        <v>0.31764999999999999</v>
+      </c>
+      <c r="J22" s="86">
+        <v>24.449438000000001</v>
+      </c>
+      <c r="K22" s="83">
+        <v>4.8894510000000002</v>
+      </c>
+      <c r="L22" s="86">
+        <v>5.1209480000000003</v>
+      </c>
+      <c r="M22" s="91">
+        <v>1.4408449999999999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="54" t="s">
+        <v>122</v>
+      </c>
+      <c r="B23" s="86">
+        <v>0.21004999999999999</v>
+      </c>
+      <c r="C23" s="83">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="D23" s="86">
+        <v>71.354494000000003</v>
+      </c>
+      <c r="E23" s="83">
+        <v>20.506572999999999</v>
+      </c>
+      <c r="F23" s="86">
+        <v>0</v>
+      </c>
+      <c r="G23" s="83">
+        <v>0</v>
+      </c>
+      <c r="H23" s="86">
+        <v>3.0293830000000002</v>
+      </c>
+      <c r="I23" s="83">
+        <v>0.52544199999999996</v>
+      </c>
+      <c r="J23" s="86">
+        <v>29.157036000000002</v>
+      </c>
+      <c r="K23" s="83">
+        <v>5.9044530000000002</v>
+      </c>
+      <c r="L23" s="86">
+        <v>5.4950109999999999</v>
+      </c>
+      <c r="M23" s="91">
+        <v>1.6484300000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="54" t="s">
+        <v>123</v>
+      </c>
+      <c r="B24" s="86">
+        <v>6.9324999999999998E-2</v>
+      </c>
+      <c r="C24" s="83">
         <v>2.35E-2</v>
       </c>
-      <c r="D16" s="86">
-[...318 lines deleted...]
-      <c r="A24" s="54" t="s">
+      <c r="D24" s="86">
+        <v>50.724966999999999</v>
+      </c>
+      <c r="E24" s="83">
+        <v>14.22845</v>
+      </c>
+      <c r="F24" s="86">
+        <v>0</v>
+      </c>
+      <c r="G24" s="83">
+        <v>0</v>
+      </c>
+      <c r="H24" s="86">
+        <v>1.572667</v>
+      </c>
+      <c r="I24" s="83">
+        <v>0.26019900000000001</v>
+      </c>
+      <c r="J24" s="86">
+        <v>27.518778999999999</v>
+      </c>
+      <c r="K24" s="83">
+        <v>5.545865</v>
+      </c>
+      <c r="L24" s="86">
+        <v>6.4381919999999999</v>
+      </c>
+      <c r="M24" s="91">
+        <v>1.7641789999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="54" t="s">
         <v>124</v>
       </c>
-      <c r="B24" s="86">
-[...37 lines deleted...]
-      <c r="A25" s="54" t="s">
+      <c r="B25" s="86">
+        <v>0.15125</v>
+      </c>
+      <c r="C25" s="83">
+        <v>0.05</v>
+      </c>
+      <c r="D25" s="86">
+        <v>48.632931999999997</v>
+      </c>
+      <c r="E25" s="83">
+        <v>13.751897</v>
+      </c>
+      <c r="F25" s="86">
+        <v>0</v>
+      </c>
+      <c r="G25" s="83">
+        <v>0</v>
+      </c>
+      <c r="H25" s="86">
+        <v>1.661313</v>
+      </c>
+      <c r="I25" s="83">
+        <v>0.24390500000000001</v>
+      </c>
+      <c r="J25" s="86">
+        <v>29.142593999999999</v>
+      </c>
+      <c r="K25" s="83">
+        <v>5.9255820000000003</v>
+      </c>
+      <c r="L25" s="86">
+        <v>4.4759900000000004</v>
+      </c>
+      <c r="M25" s="91">
+        <v>1.31176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="54" t="s">
         <v>125</v>
       </c>
-      <c r="B25" s="86">
-[...37 lines deleted...]
-      <c r="A26" s="54" t="s">
+      <c r="B26" s="86">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="C26" s="83">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="D26" s="86">
+        <v>55.292943999999999</v>
+      </c>
+      <c r="E26" s="83">
+        <v>15.430199999999999</v>
+      </c>
+      <c r="F26" s="86">
+        <v>0</v>
+      </c>
+      <c r="G26" s="83">
+        <v>0</v>
+      </c>
+      <c r="H26" s="86">
+        <v>1.0428949999999999</v>
+      </c>
+      <c r="I26" s="83">
+        <v>0.16068399999999999</v>
+      </c>
+      <c r="J26" s="86">
+        <v>33.253762999999999</v>
+      </c>
+      <c r="K26" s="83">
+        <v>6.7640739999999999</v>
+      </c>
+      <c r="L26" s="86">
+        <v>4.7852360000000003</v>
+      </c>
+      <c r="M26" s="91">
+        <v>1.7971170000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="54" t="s">
         <v>126</v>
       </c>
-      <c r="B26" s="86">
-[...74 lines deleted...]
-        <v>26.950694999999993</v>
+      <c r="B27" s="86">
+        <v>0.138075</v>
+      </c>
+      <c r="C27" s="83">
+        <v>4.8500000000000001E-2</v>
+      </c>
+      <c r="D27" s="86">
+        <v>57.200802000000003</v>
+      </c>
+      <c r="E27" s="83">
+        <v>15.672267</v>
+      </c>
+      <c r="F27" s="86">
+        <v>0</v>
+      </c>
+      <c r="G27" s="83">
+        <v>0</v>
+      </c>
+      <c r="H27" s="86">
+        <v>1.565115</v>
+      </c>
+      <c r="I27" s="83">
+        <v>0.22826199999999999</v>
+      </c>
+      <c r="J27" s="86">
+        <v>32.952773999999998</v>
+      </c>
+      <c r="K27" s="83">
+        <v>6.6776410000000004</v>
+      </c>
+      <c r="L27" s="86">
+        <v>3.3988119999999999</v>
+      </c>
+      <c r="M27" s="91">
+        <v>1.755307</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="54" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="B28" s="86">
-        <v>1.97018</v>
+        <v>0.2074</v>
       </c>
       <c r="C28" s="83">
-        <v>0.34499999999999997</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="D28" s="86">
-        <v>52.725923999999999</v>
+        <v>61.902185000000003</v>
       </c>
       <c r="E28" s="83">
-        <v>13.904987999999999</v>
+        <v>17.124694999999999</v>
       </c>
       <c r="F28" s="86">
         <v>0</v>
       </c>
       <c r="G28" s="83">
         <v>0</v>
       </c>
       <c r="H28" s="86">
-        <v>1.625329</v>
+        <v>2.0095040000000002</v>
       </c>
       <c r="I28" s="83">
-        <v>0.297601</v>
+        <v>0.30355100000000002</v>
       </c>
       <c r="J28" s="86">
-        <v>12.311882000000001</v>
+        <v>20.528404999999999</v>
       </c>
       <c r="K28" s="83">
-        <v>2.5332330000000001</v>
+        <v>4.1597999999999997</v>
       </c>
       <c r="L28" s="86">
-        <v>7.9244960000000004</v>
+        <v>2.871238</v>
       </c>
       <c r="M28" s="91">
-        <v>2.6154959999999998</v>
+        <v>1.7287619999999999</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="54" t="s">
-[...36 lines deleted...]
-        <v>2.19523</v>
+      <c r="A29" s="55">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="87">
+        <v>1.9173199999999999</v>
+      </c>
+      <c r="C29" s="84">
+        <v>0.46550000000000002</v>
+      </c>
+      <c r="D29" s="87">
+        <v>678.899944</v>
+      </c>
+      <c r="E29" s="84">
+        <v>180.77704</v>
+      </c>
+      <c r="F29" s="87">
+        <v>1.5422E-2</v>
+      </c>
+      <c r="G29" s="84">
+        <v>2.2062999999999999E-2</v>
+      </c>
+      <c r="H29" s="87">
+        <v>19.367090999999999</v>
+      </c>
+      <c r="I29" s="84">
+        <v>2.212183</v>
+      </c>
+      <c r="J29" s="87">
+        <v>252.19642999999996</v>
+      </c>
+      <c r="K29" s="84">
+        <v>50.351968000000006</v>
+      </c>
+      <c r="L29" s="87">
+        <v>63.846234999999993</v>
+      </c>
+      <c r="M29" s="92">
+        <v>20.835778000000001</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="54" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B30" s="86">
-        <v>2.4924499999999998</v>
+        <v>7.4922000000000002E-2</v>
       </c>
       <c r="C30" s="83">
-        <v>0.438</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="D30" s="86">
-        <v>70.177811000000005</v>
+        <v>63.421627999999998</v>
       </c>
       <c r="E30" s="83">
-        <v>18.419640000000001</v>
+        <v>17.392707999999999</v>
       </c>
       <c r="F30" s="86">
-        <v>0</v>
+        <v>1.5422E-2</v>
       </c>
       <c r="G30" s="83">
-        <v>0</v>
+        <v>2.2062999999999999E-2</v>
       </c>
       <c r="H30" s="86">
-        <v>3.5552890000000001</v>
+        <v>1.3494539999999999</v>
       </c>
       <c r="I30" s="83">
-        <v>0.64222800000000002</v>
+        <v>0.195795</v>
       </c>
       <c r="J30" s="86">
-        <v>19.891776</v>
+        <v>24.533076000000001</v>
       </c>
       <c r="K30" s="83">
-        <v>3.9553419999999999</v>
+        <v>4.8930309999999997</v>
       </c>
       <c r="L30" s="86">
-        <v>8.541677</v>
+        <v>6.3245259999999996</v>
       </c>
       <c r="M30" s="91">
-        <v>2.7015549999999999</v>
+        <v>1.7248000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="54" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B31" s="86">
-        <v>1.34179</v>
+        <v>0.205625</v>
       </c>
       <c r="C31" s="83">
-        <v>0.23050000000000001</v>
+        <v>7.0499999999999993E-2</v>
       </c>
       <c r="D31" s="86">
-        <v>50.147697999999998</v>
+        <v>68.060303000000005</v>
       </c>
       <c r="E31" s="83">
-        <v>12.796146</v>
+        <v>18.216660000000001</v>
       </c>
       <c r="F31" s="86">
         <v>0</v>
       </c>
       <c r="G31" s="83">
         <v>0</v>
       </c>
       <c r="H31" s="86">
-        <v>2.065779</v>
+        <v>1.4229350000000001</v>
       </c>
       <c r="I31" s="83">
-        <v>0.32522600000000002</v>
+        <v>0.20019999999999999</v>
       </c>
       <c r="J31" s="86">
-        <v>16.014392999999998</v>
+        <v>24.171552999999999</v>
       </c>
       <c r="K31" s="83">
-        <v>3.1287759999999998</v>
+        <v>4.8477249999999996</v>
       </c>
       <c r="L31" s="86">
-        <v>4.297631</v>
+        <v>5.7278700000000002</v>
       </c>
       <c r="M31" s="91">
-        <v>1.3642799999999999</v>
+        <v>1.786753</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="54" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B32" s="86">
-        <v>1.651548</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="C32" s="83">
-        <v>0.27660000000000001</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="D32" s="86">
-        <v>74.655686000000003</v>
+        <v>56.692959000000002</v>
       </c>
       <c r="E32" s="83">
-        <v>18.912253</v>
+        <v>15.234631</v>
       </c>
       <c r="F32" s="86">
         <v>0</v>
       </c>
       <c r="G32" s="83">
         <v>0</v>
       </c>
       <c r="H32" s="86">
-        <v>3.9099840000000001</v>
+        <v>1.326889</v>
       </c>
       <c r="I32" s="83">
-        <v>0.66452299999999997</v>
+        <v>0.18218400000000001</v>
       </c>
       <c r="J32" s="86">
-        <v>20.587399000000001</v>
+        <v>20.855515</v>
       </c>
       <c r="K32" s="83">
-        <v>3.9774310000000002</v>
+        <v>4.2047610000000004</v>
       </c>
       <c r="L32" s="86">
-        <v>10.003403</v>
+        <v>4.5747470000000003</v>
       </c>
       <c r="M32" s="91">
-        <v>2.9548450000000002</v>
+        <v>2.0197440000000002</v>
       </c>
     </row>
     <row r="33" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="54" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B33" s="86">
-        <v>2.76207</v>
+        <v>6.8150000000000002E-2</v>
       </c>
       <c r="C33" s="83">
-        <v>0.437</v>
+        <v>2.35E-2</v>
       </c>
       <c r="D33" s="86">
-        <v>78.298697000000004</v>
+        <v>48.119396000000002</v>
       </c>
       <c r="E33" s="83">
-        <v>20.089435000000002</v>
+        <v>12.647698</v>
       </c>
       <c r="F33" s="86">
         <v>0</v>
       </c>
       <c r="G33" s="83">
         <v>0</v>
       </c>
       <c r="H33" s="86">
-        <v>3.1335869999999999</v>
+        <v>1.643718</v>
       </c>
       <c r="I33" s="83">
-        <v>0.54787799999999998</v>
+        <v>0.20404700000000001</v>
       </c>
       <c r="J33" s="86">
-        <v>17.232634000000001</v>
+        <v>22.987444</v>
       </c>
       <c r="K33" s="83">
-        <v>3.2267199999999998</v>
+        <v>4.31595</v>
       </c>
       <c r="L33" s="86">
-        <v>10.666765</v>
+        <v>6.3889860000000001</v>
       </c>
       <c r="M33" s="91">
-        <v>2.9527999999999999</v>
+        <v>2.2916590000000001</v>
       </c>
     </row>
     <row r="34" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="54" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B34" s="86">
-        <v>1.1135600000000001</v>
+        <v>6.8150000000000002E-2</v>
       </c>
       <c r="C34" s="83">
-        <v>0.186</v>
+        <v>2.35E-2</v>
       </c>
       <c r="D34" s="86">
-        <v>66.310947999999996</v>
+        <v>53.512171000000002</v>
       </c>
       <c r="E34" s="83">
-        <v>16.700536</v>
+        <v>13.915815</v>
       </c>
       <c r="F34" s="86">
-        <v>0.51442100000000002</v>
+        <v>0</v>
       </c>
       <c r="G34" s="83">
-        <v>0.66856499999999996</v>
+        <v>0</v>
       </c>
       <c r="H34" s="86">
-        <v>2.8106249999999999</v>
+        <v>2.151329</v>
       </c>
       <c r="I34" s="83">
-        <v>0.51753499999999997</v>
+        <v>0.26556600000000002</v>
       </c>
       <c r="J34" s="86">
-        <v>18.566742000000001</v>
+        <v>22.580249999999999</v>
       </c>
       <c r="K34" s="83">
-        <v>3.4389560000000001</v>
+        <v>4.392703</v>
       </c>
       <c r="L34" s="86">
-        <v>8.8075759999999992</v>
+        <v>6.1629930000000002</v>
       </c>
       <c r="M34" s="91">
-        <v>2.4830999999999999</v>
+        <v>1.44634</v>
       </c>
     </row>
     <row r="35" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="54" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B35" s="86">
-        <v>1.1073900000000001</v>
+        <v>0</v>
       </c>
       <c r="C35" s="83">
-        <v>0.1845</v>
+        <v>0</v>
       </c>
       <c r="D35" s="86">
-        <v>63.703783000000001</v>
+        <v>51.463762000000003</v>
       </c>
       <c r="E35" s="83">
-        <v>16.889149</v>
+        <v>12.960713999999999</v>
       </c>
       <c r="F35" s="86">
         <v>0</v>
       </c>
       <c r="G35" s="83">
         <v>0</v>
       </c>
       <c r="H35" s="86">
-        <v>2.7066680000000001</v>
+        <v>1.4988319999999999</v>
       </c>
       <c r="I35" s="83">
-        <v>0.489263</v>
+        <v>0.18576599999999999</v>
       </c>
       <c r="J35" s="86">
-        <v>21.589693</v>
+        <v>20.491059</v>
       </c>
       <c r="K35" s="83">
-        <v>4.1212150000000003</v>
+        <v>3.8661249999999998</v>
       </c>
       <c r="L35" s="86">
-        <v>10.689869</v>
+        <v>4.7389130000000002</v>
       </c>
       <c r="M35" s="91">
-        <v>2.9440339999999998</v>
+        <v>1.6082719999999999</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="54" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B36" s="86">
-        <v>0.96318000000000004</v>
+        <v>0.52749999999999997</v>
       </c>
       <c r="C36" s="83">
-        <v>0.1615</v>
+        <v>0</v>
       </c>
       <c r="D36" s="86">
-        <v>46.472991999999998</v>
+        <v>54.751117999999998</v>
       </c>
       <c r="E36" s="83">
-        <v>13.099045</v>
+        <v>13.926238</v>
       </c>
       <c r="F36" s="86">
         <v>0</v>
       </c>
       <c r="G36" s="83">
         <v>0</v>
       </c>
       <c r="H36" s="86">
-        <v>1.802403</v>
+        <v>1.9710319999999999</v>
       </c>
       <c r="I36" s="83">
-        <v>0.33829199999999998</v>
+        <v>0</v>
       </c>
       <c r="J36" s="86">
-        <v>17.320739</v>
+        <v>21.46677</v>
       </c>
       <c r="K36" s="83">
-        <v>3.4055659999999999</v>
+        <v>4.2235440000000004</v>
       </c>
       <c r="L36" s="86">
-        <v>7.54169</v>
+        <v>3.4668459999999999</v>
       </c>
       <c r="M36" s="91">
-        <v>2.4422999999999999</v>
+        <v>1.5218750000000001</v>
       </c>
     </row>
     <row r="37" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="54" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B37" s="86">
-        <v>0.59340000000000004</v>
+        <v>0.32074999999999998</v>
       </c>
       <c r="C37" s="83">
-        <v>9.1999999999999998E-2</v>
+        <v>0.1</v>
       </c>
       <c r="D37" s="86">
-        <v>57.582712999999998</v>
+        <v>49.285905</v>
       </c>
       <c r="E37" s="83">
-        <v>16.862583000000001</v>
+        <v>12.651652</v>
       </c>
       <c r="F37" s="86">
         <v>0</v>
       </c>
       <c r="G37" s="83">
         <v>0</v>
       </c>
       <c r="H37" s="86">
-        <v>1.9971289999999999</v>
+        <v>1.6445099999999999</v>
       </c>
       <c r="I37" s="83">
-        <v>0.37507499999999999</v>
+        <v>0.199909</v>
       </c>
       <c r="J37" s="86">
-        <v>18.879662</v>
+        <v>22.288019999999999</v>
       </c>
       <c r="K37" s="83">
-        <v>3.9378760000000002</v>
+        <v>4.5149379999999999</v>
       </c>
       <c r="L37" s="86">
-        <v>4.9339240000000002</v>
+        <v>5.136164</v>
       </c>
       <c r="M37" s="91">
-        <v>1.3032999999999999</v>
+        <v>1.610819</v>
       </c>
     </row>
     <row r="38" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="54" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B38" s="86">
-        <v>0.99457300000000004</v>
+        <v>0.22512299999999999</v>
       </c>
       <c r="C38" s="83">
-        <v>0.18348</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="D38" s="86">
-        <v>56.850588000000002</v>
+        <v>63.183244999999999</v>
       </c>
       <c r="E38" s="83">
-        <v>17.043756999999999</v>
+        <v>16.344021999999999</v>
       </c>
       <c r="F38" s="86">
         <v>0</v>
       </c>
       <c r="G38" s="83">
         <v>0</v>
       </c>
       <c r="H38" s="86">
-        <v>1.8800239999999999</v>
+        <v>3.1235019999999998</v>
       </c>
       <c r="I38" s="83">
-        <v>0.35828399999999999</v>
+        <v>0.39166200000000001</v>
       </c>
       <c r="J38" s="86">
-        <v>20.860326000000001</v>
+        <v>21.730067999999999</v>
       </c>
       <c r="K38" s="83">
-        <v>4.6140460000000001</v>
+        <v>4.4250400000000001</v>
       </c>
       <c r="L38" s="86">
-        <v>3.9410539999999998</v>
+        <v>5.1755199999999997</v>
       </c>
       <c r="M38" s="91">
-        <v>1.327515</v>
+        <v>1.817739</v>
       </c>
     </row>
     <row r="39" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="54" t="s">
+        <v>125</v>
+      </c>
+      <c r="B39" s="86">
+        <v>7.6249999999999998E-2</v>
+      </c>
+      <c r="C39" s="83">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="D39" s="86">
+        <v>69.815110000000004</v>
+      </c>
+      <c r="E39" s="83">
+        <v>18.826841999999999</v>
+      </c>
+      <c r="F39" s="86">
+        <v>0</v>
+      </c>
+      <c r="G39" s="83">
+        <v>0</v>
+      </c>
+      <c r="H39" s="86">
+        <v>1.3298700000000001</v>
+      </c>
+      <c r="I39" s="83">
+        <v>0.159914</v>
+      </c>
+      <c r="J39" s="86">
+        <v>18.279102999999999</v>
+      </c>
+      <c r="K39" s="83">
+        <v>3.7410130000000001</v>
+      </c>
+      <c r="L39" s="86">
+        <v>6.7928540000000002</v>
+      </c>
+      <c r="M39" s="91">
+        <v>2.0353690000000002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="54" t="s">
         <v>126</v>
       </c>
-      <c r="B39" s="86">
-[...74 lines deleted...]
-        <v>20.774354999999996</v>
+      <c r="B40" s="86">
+        <v>0.21104999999999999</v>
+      </c>
+      <c r="C40" s="83">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="D40" s="86">
+        <v>54.230654000000001</v>
+      </c>
+      <c r="E40" s="83">
+        <v>15.327590000000001</v>
+      </c>
+      <c r="F40" s="86">
+        <v>0</v>
+      </c>
+      <c r="G40" s="83">
+        <v>0</v>
+      </c>
+      <c r="H40" s="86">
+        <v>1.155413</v>
+      </c>
+      <c r="I40" s="83">
+        <v>0.150558</v>
+      </c>
+      <c r="J40" s="86">
+        <v>15.957684</v>
+      </c>
+      <c r="K40" s="83">
+        <v>3.3942139999999998</v>
+      </c>
+      <c r="L40" s="86">
+        <v>3.0799750000000001</v>
+      </c>
+      <c r="M40" s="91">
+        <v>1.1676390000000001</v>
       </c>
     </row>
     <row r="41" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A41" s="54" t="s">
+        <v>127</v>
+      </c>
+      <c r="B41" s="86">
+        <v>6.4799999999999996E-2</v>
+      </c>
+      <c r="C41" s="83">
+        <v>2.4E-2</v>
+      </c>
+      <c r="D41" s="86">
+        <v>46.363692999999998</v>
+      </c>
+      <c r="E41" s="83">
+        <v>13.332470000000001</v>
+      </c>
+      <c r="F41" s="86">
+        <v>0</v>
+      </c>
+      <c r="G41" s="83">
+        <v>0</v>
+      </c>
+      <c r="H41" s="86">
+        <v>0.74960700000000002</v>
+      </c>
+      <c r="I41" s="83">
+        <v>7.6581999999999997E-2</v>
+      </c>
+      <c r="J41" s="86">
+        <v>16.855888</v>
+      </c>
+      <c r="K41" s="83">
+        <v>3.532924</v>
+      </c>
+      <c r="L41" s="86">
+        <v>6.2768410000000001</v>
+      </c>
+      <c r="M41" s="91">
+        <v>1.8047690000000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="55">
+        <v>2026</v>
+      </c>
+      <c r="B42" s="87">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="C42" s="84">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="D42" s="87">
+        <v>51.251879000000002</v>
+      </c>
+      <c r="E42" s="84">
+        <v>14.636259000000001</v>
+      </c>
+      <c r="F42" s="87">
+        <v>0</v>
+      </c>
+      <c r="G42" s="84">
+        <v>0</v>
+      </c>
+      <c r="H42" s="87">
+        <v>2.1065040000000002</v>
+      </c>
+      <c r="I42" s="84">
+        <v>0.289157</v>
+      </c>
+      <c r="J42" s="87">
+        <v>18.774277000000001</v>
+      </c>
+      <c r="K42" s="84">
+        <v>4.1815800000000003</v>
+      </c>
+      <c r="L42" s="87">
+        <v>5.3180569999999996</v>
+      </c>
+      <c r="M42" s="92">
+        <v>1.5281100000000001</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="56" t="s">
+        <v>116</v>
+      </c>
+      <c r="B43" s="88">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="C43" s="134">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="D43" s="88">
+        <v>51.251879000000002</v>
+      </c>
+      <c r="E43" s="93">
+        <v>14.636259000000001</v>
+      </c>
+      <c r="F43" s="135">
+        <v>0</v>
+      </c>
+      <c r="G43" s="134">
+        <v>0</v>
+      </c>
+      <c r="H43" s="88">
+        <v>2.1065040000000002</v>
+      </c>
+      <c r="I43" s="93">
+        <v>0.289157</v>
+      </c>
+      <c r="J43" s="88">
+        <v>18.774277000000001</v>
+      </c>
+      <c r="K43" s="93">
+        <v>4.1815800000000003</v>
+      </c>
+      <c r="L43" s="88">
+        <v>5.3180569999999996</v>
+      </c>
+      <c r="M43" s="94">
+        <v>1.5281100000000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="54">
+        <v>0</v>
+      </c>
+      <c r="B44" s="86">
+        <v>0</v>
+      </c>
+      <c r="C44" s="111">
+        <v>0</v>
+      </c>
+      <c r="D44" s="86">
+        <v>0</v>
+      </c>
+      <c r="E44" s="83">
+        <v>0</v>
+      </c>
+      <c r="F44" s="112">
+        <v>0</v>
+      </c>
+      <c r="G44" s="111">
+        <v>0</v>
+      </c>
+      <c r="H44" s="86">
+        <v>0</v>
+      </c>
+      <c r="I44" s="83">
+        <v>0</v>
+      </c>
+      <c r="J44" s="86">
+        <v>0</v>
+      </c>
+      <c r="K44" s="83">
+        <v>0</v>
+      </c>
+      <c r="L44" s="86">
+        <v>0</v>
+      </c>
+      <c r="M44" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="54">
+        <v>0</v>
+      </c>
+      <c r="B45" s="86">
+        <v>0</v>
+      </c>
+      <c r="C45" s="111">
+        <v>0</v>
+      </c>
+      <c r="D45" s="86">
+        <v>0</v>
+      </c>
+      <c r="E45" s="83">
+        <v>0</v>
+      </c>
+      <c r="F45" s="112">
+        <v>0</v>
+      </c>
+      <c r="G45" s="111">
+        <v>0</v>
+      </c>
+      <c r="H45" s="86">
+        <v>0</v>
+      </c>
+      <c r="I45" s="83">
+        <v>0</v>
+      </c>
+      <c r="J45" s="86">
+        <v>0</v>
+      </c>
+      <c r="K45" s="83">
+        <v>0</v>
+      </c>
+      <c r="L45" s="86">
+        <v>0</v>
+      </c>
+      <c r="M45" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="54">
+        <v>0</v>
+      </c>
+      <c r="B46" s="86">
+        <v>0</v>
+      </c>
+      <c r="C46" s="111">
+        <v>0</v>
+      </c>
+      <c r="D46" s="86">
+        <v>0</v>
+      </c>
+      <c r="E46" s="83">
+        <v>0</v>
+      </c>
+      <c r="F46" s="112">
+        <v>0</v>
+      </c>
+      <c r="G46" s="111">
+        <v>0</v>
+      </c>
+      <c r="H46" s="86">
+        <v>0</v>
+      </c>
+      <c r="I46" s="83">
+        <v>0</v>
+      </c>
+      <c r="J46" s="86">
+        <v>0</v>
+      </c>
+      <c r="K46" s="83">
+        <v>0</v>
+      </c>
+      <c r="L46" s="86">
+        <v>0</v>
+      </c>
+      <c r="M46" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="54">
+        <v>0</v>
+      </c>
+      <c r="B47" s="86">
+        <v>0</v>
+      </c>
+      <c r="C47" s="111">
+        <v>0</v>
+      </c>
+      <c r="D47" s="86">
+        <v>0</v>
+      </c>
+      <c r="E47" s="83">
+        <v>0</v>
+      </c>
+      <c r="F47" s="112">
+        <v>0</v>
+      </c>
+      <c r="G47" s="111">
+        <v>0</v>
+      </c>
+      <c r="H47" s="86">
+        <v>0</v>
+      </c>
+      <c r="I47" s="83">
+        <v>0</v>
+      </c>
+      <c r="J47" s="86">
+        <v>0</v>
+      </c>
+      <c r="K47" s="83">
+        <v>0</v>
+      </c>
+      <c r="L47" s="86">
+        <v>0</v>
+      </c>
+      <c r="M47" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="54">
+        <v>0</v>
+      </c>
+      <c r="B48" s="86">
+        <v>0</v>
+      </c>
+      <c r="C48" s="111">
+        <v>0</v>
+      </c>
+      <c r="D48" s="86">
+        <v>0</v>
+      </c>
+      <c r="E48" s="83">
+        <v>0</v>
+      </c>
+      <c r="F48" s="112">
+        <v>0</v>
+      </c>
+      <c r="G48" s="111">
+        <v>0</v>
+      </c>
+      <c r="H48" s="86">
+        <v>0</v>
+      </c>
+      <c r="I48" s="83">
+        <v>0</v>
+      </c>
+      <c r="J48" s="86">
+        <v>0</v>
+      </c>
+      <c r="K48" s="83">
+        <v>0</v>
+      </c>
+      <c r="L48" s="86">
+        <v>0</v>
+      </c>
+      <c r="M48" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="54">
+        <v>0</v>
+      </c>
+      <c r="B49" s="86">
+        <v>0</v>
+      </c>
+      <c r="C49" s="111">
+        <v>0</v>
+      </c>
+      <c r="D49" s="86">
+        <v>0</v>
+      </c>
+      <c r="E49" s="83">
+        <v>0</v>
+      </c>
+      <c r="F49" s="112">
+        <v>0</v>
+      </c>
+      <c r="G49" s="111">
+        <v>0</v>
+      </c>
+      <c r="H49" s="86">
+        <v>0</v>
+      </c>
+      <c r="I49" s="83">
+        <v>0</v>
+      </c>
+      <c r="J49" s="86">
+        <v>0</v>
+      </c>
+      <c r="K49" s="83">
+        <v>0</v>
+      </c>
+      <c r="L49" s="86">
+        <v>0</v>
+      </c>
+      <c r="M49" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="54">
+        <v>0</v>
+      </c>
+      <c r="B50" s="86">
+        <v>0</v>
+      </c>
+      <c r="C50" s="111">
+        <v>0</v>
+      </c>
+      <c r="D50" s="86">
+        <v>0</v>
+      </c>
+      <c r="E50" s="83">
+        <v>0</v>
+      </c>
+      <c r="F50" s="112">
+        <v>0</v>
+      </c>
+      <c r="G50" s="111">
+        <v>0</v>
+      </c>
+      <c r="H50" s="86">
+        <v>0</v>
+      </c>
+      <c r="I50" s="83">
+        <v>0</v>
+      </c>
+      <c r="J50" s="86">
+        <v>0</v>
+      </c>
+      <c r="K50" s="83">
+        <v>0</v>
+      </c>
+      <c r="L50" s="86">
+        <v>0</v>
+      </c>
+      <c r="M50" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="54">
+        <v>0</v>
+      </c>
+      <c r="B51" s="86">
+        <v>0</v>
+      </c>
+      <c r="C51" s="111">
+        <v>0</v>
+      </c>
+      <c r="D51" s="86">
+        <v>0</v>
+      </c>
+      <c r="E51" s="83">
+        <v>0</v>
+      </c>
+      <c r="F51" s="112">
+        <v>0</v>
+      </c>
+      <c r="G51" s="111">
+        <v>0</v>
+      </c>
+      <c r="H51" s="86">
+        <v>0</v>
+      </c>
+      <c r="I51" s="83">
+        <v>0</v>
+      </c>
+      <c r="J51" s="86">
+        <v>0</v>
+      </c>
+      <c r="K51" s="83">
+        <v>0</v>
+      </c>
+      <c r="L51" s="86">
+        <v>0</v>
+      </c>
+      <c r="M51" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="54">
+        <v>0</v>
+      </c>
+      <c r="B52" s="86">
+        <v>0</v>
+      </c>
+      <c r="C52" s="111">
+        <v>0</v>
+      </c>
+      <c r="D52" s="86">
+        <v>0</v>
+      </c>
+      <c r="E52" s="83">
+        <v>0</v>
+      </c>
+      <c r="F52" s="112">
+        <v>0</v>
+      </c>
+      <c r="G52" s="111">
+        <v>0</v>
+      </c>
+      <c r="H52" s="86">
+        <v>0</v>
+      </c>
+      <c r="I52" s="83">
+        <v>0</v>
+      </c>
+      <c r="J52" s="86">
+        <v>0</v>
+      </c>
+      <c r="K52" s="83">
+        <v>0</v>
+      </c>
+      <c r="L52" s="86">
+        <v>0</v>
+      </c>
+      <c r="M52" s="91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="6.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="56"/>
+      <c r="B53" s="88"/>
+      <c r="C53" s="93"/>
+      <c r="D53" s="88"/>
+      <c r="E53" s="93"/>
+      <c r="F53" s="88"/>
+      <c r="G53" s="93"/>
+      <c r="H53" s="88"/>
+      <c r="I53" s="93"/>
+      <c r="J53" s="88"/>
+      <c r="K53" s="93"/>
+      <c r="L53" s="88"/>
+      <c r="M53" s="94"/>
+    </row>
+    <row r="54" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A54" s="57" t="s">
         <v>115</v>
       </c>
-      <c r="B41" s="86">
-[...1012 lines deleted...]
-      <c r="A67" s="122" t="s">
+      <c r="B54" s="89"/>
+      <c r="C54" s="58"/>
+      <c r="D54" s="58"/>
+      <c r="E54" s="58"/>
+      <c r="F54" s="58"/>
+      <c r="G54" s="58"/>
+      <c r="H54" s="58"/>
+      <c r="I54" s="58"/>
+      <c r="J54" s="58"/>
+      <c r="K54" s="58"/>
+      <c r="L54" s="89"/>
+      <c r="M54" s="58"/>
+    </row>
+    <row r="55" spans="1:13" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="120" t="s">
         <v>26</v>
       </c>
-      <c r="B67" s="122"/>
-[...13 lines deleted...]
-      <c r="A68" s="122" t="s">
+      <c r="B55" s="120"/>
+      <c r="C55" s="120"/>
+      <c r="D55" s="120"/>
+      <c r="E55" s="120"/>
+      <c r="F55" s="120"/>
+      <c r="G55" s="120"/>
+      <c r="H55" s="120"/>
+      <c r="I55" s="120"/>
+      <c r="J55" s="120"/>
+      <c r="K55" s="120"/>
+      <c r="L55" s="120"/>
+      <c r="M55" s="120"/>
+    </row>
+    <row r="56" spans="1:13" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="120" t="s">
         <v>27</v>
       </c>
-      <c r="B68" s="122"/>
-[...13 lines deleted...]
-      <c r="A69" s="59" t="s">
+      <c r="B56" s="120"/>
+      <c r="C56" s="120"/>
+      <c r="D56" s="120"/>
+      <c r="E56" s="120"/>
+      <c r="F56" s="120"/>
+      <c r="G56" s="120"/>
+      <c r="H56" s="120"/>
+      <c r="I56" s="120"/>
+      <c r="J56" s="120"/>
+      <c r="K56" s="120"/>
+      <c r="L56" s="120"/>
+      <c r="M56" s="120"/>
+    </row>
+    <row r="57" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="59" t="s">
         <v>28</v>
       </c>
-      <c r="B69" s="58"/>
-[...13 lines deleted...]
-      <c r="A70" s="119" t="s">
+      <c r="B57" s="58"/>
+      <c r="C57" s="58"/>
+      <c r="D57" s="58"/>
+      <c r="E57" s="58"/>
+      <c r="F57" s="58"/>
+      <c r="G57" s="58"/>
+      <c r="H57" s="58"/>
+      <c r="I57" s="58"/>
+      <c r="J57" s="58"/>
+      <c r="K57" s="58"/>
+      <c r="L57" s="58"/>
+      <c r="M57" s="58"/>
+    </row>
+    <row r="58" spans="1:13" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="117" t="s">
         <v>29</v>
       </c>
-      <c r="B70" s="119"/>
-[...13 lines deleted...]
-      <c r="A71" s="59" t="s">
+      <c r="B58" s="117"/>
+      <c r="C58" s="117"/>
+      <c r="D58" s="117"/>
+      <c r="E58" s="117"/>
+      <c r="F58" s="117"/>
+      <c r="G58" s="117"/>
+      <c r="H58" s="117"/>
+      <c r="I58" s="117"/>
+      <c r="J58" s="117"/>
+      <c r="K58" s="117"/>
+      <c r="L58" s="117"/>
+      <c r="M58" s="117"/>
+    </row>
+    <row r="59" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="59" t="s">
         <v>30</v>
       </c>
-      <c r="B71" s="58"/>
-[...13 lines deleted...]
-      <c r="A72" s="119" t="s">
+      <c r="B59" s="58"/>
+      <c r="C59" s="58"/>
+      <c r="D59" s="58"/>
+      <c r="E59" s="58"/>
+      <c r="F59" s="58"/>
+      <c r="G59" s="58"/>
+      <c r="H59" s="58"/>
+      <c r="I59" s="58"/>
+      <c r="J59" s="58"/>
+      <c r="K59" s="58"/>
+      <c r="L59" s="58"/>
+      <c r="M59" s="58"/>
+    </row>
+    <row r="60" spans="1:13" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="B72" s="119"/>
-[...12 lines deleted...]
-    <row r="73" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+      <c r="B60" s="117"/>
+      <c r="C60" s="117"/>
+      <c r="D60" s="117"/>
+      <c r="E60" s="117"/>
+      <c r="F60" s="117"/>
+      <c r="G60" s="117"/>
+      <c r="H60" s="117"/>
+      <c r="I60" s="117"/>
+      <c r="J60" s="117"/>
+      <c r="K60" s="117"/>
+      <c r="L60" s="117"/>
+      <c r="M60" s="117"/>
+    </row>
+    <row r="61" spans="1:13" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="A70:M70"/>
+    <mergeCell ref="A58:M58"/>
     <mergeCell ref="L3:M3"/>
-    <mergeCell ref="A67:M67"/>
-[...1 lines deleted...]
-    <mergeCell ref="A72:M72"/>
+    <mergeCell ref="A55:M55"/>
+    <mergeCell ref="A56:M56"/>
+    <mergeCell ref="A60:M60"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="1.0236220472440944" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="87" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Leite e derivados</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B7DB827-97CE-4B98-AEE6-2603DDF744FF}">
   <sheetPr codeName="Planilha1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U35"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A3" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="7.42578125" style="1" bestFit="1" customWidth="1"/>
@@ -22958,108 +23271,108 @@
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A2" s="49"/>
       <c r="B2" s="49"/>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="49"/>
       <c r="H2" s="49"/>
       <c r="I2" s="49"/>
       <c r="J2" s="49"/>
       <c r="K2" s="49"/>
       <c r="L2" s="49"/>
       <c r="M2" s="49"/>
       <c r="N2" s="49"/>
       <c r="O2" s="49"/>
       <c r="P2" s="49"/>
       <c r="Q2" s="49"/>
       <c r="R2" s="49"/>
       <c r="S2" s="49"/>
       <c r="T2" s="49"/>
       <c r="U2" s="49"/>
     </row>
     <row r="3" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="16"/>
-      <c r="B3" s="125">
-[...5 lines deleted...]
-      <c r="D3" s="125">
+      <c r="B3" s="123">
         <v>2017</v>
       </c>
-      <c r="E3" s="126">
-[...2 lines deleted...]
-      <c r="F3" s="125">
+      <c r="C3" s="124">
+        <v>0</v>
+      </c>
+      <c r="D3" s="123">
         <v>2018</v>
       </c>
-      <c r="G3" s="126">
-[...2 lines deleted...]
-      <c r="H3" s="125">
+      <c r="E3" s="124">
+        <v>0</v>
+      </c>
+      <c r="F3" s="123">
         <v>2019</v>
       </c>
-      <c r="I3" s="126">
-[...2 lines deleted...]
-      <c r="J3" s="125">
+      <c r="G3" s="124">
+        <v>0</v>
+      </c>
+      <c r="H3" s="123">
         <v>2020</v>
       </c>
-      <c r="K3" s="127">
-[...2 lines deleted...]
-      <c r="L3" s="125">
+      <c r="I3" s="124">
+        <v>0</v>
+      </c>
+      <c r="J3" s="123">
         <v>2021</v>
       </c>
-      <c r="M3" s="126">
-[...2 lines deleted...]
-      <c r="N3" s="125">
+      <c r="K3" s="125">
+        <v>0</v>
+      </c>
+      <c r="L3" s="123">
         <v>2022</v>
       </c>
-      <c r="O3" s="126">
-[...2 lines deleted...]
-      <c r="P3" s="125">
+      <c r="M3" s="124">
+        <v>0</v>
+      </c>
+      <c r="N3" s="123">
         <v>2023</v>
       </c>
-      <c r="Q3" s="126">
-[...2 lines deleted...]
-      <c r="R3" s="125">
+      <c r="O3" s="124">
+        <v>0</v>
+      </c>
+      <c r="P3" s="123">
         <v>2024</v>
       </c>
-      <c r="S3" s="126">
-[...2 lines deleted...]
-      <c r="T3" s="125">
+      <c r="Q3" s="124">
+        <v>0</v>
+      </c>
+      <c r="R3" s="123">
         <v>2025</v>
       </c>
-      <c r="U3" s="127">
+      <c r="S3" s="124">
+        <v>0</v>
+      </c>
+      <c r="T3" s="123">
+        <v>2026</v>
+      </c>
+      <c r="U3" s="125">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:21" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="47" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="62" t="s">
         <v>100</v>
       </c>
       <c r="C4" s="64" t="s">
         <v>101</v>
       </c>
       <c r="D4" s="62" t="s">
         <v>100</v>
       </c>
       <c r="E4" s="64" t="s">
         <v>101</v>
       </c>
       <c r="F4" s="62" t="s">
         <v>100</v>
       </c>
       <c r="G4" s="64" t="s">
         <v>101</v>
       </c>
@@ -23086,258 +23399,258 @@
       </c>
       <c r="O4" s="43" t="s">
         <v>101</v>
       </c>
       <c r="P4" s="42" t="s">
         <v>100</v>
       </c>
       <c r="Q4" s="43" t="s">
         <v>101</v>
       </c>
       <c r="R4" s="42" t="s">
         <v>100</v>
       </c>
       <c r="S4" s="43" t="s">
         <v>101</v>
       </c>
       <c r="T4" s="42" t="s">
         <v>100</v>
       </c>
       <c r="U4" s="43" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B5" s="103">
-        <v>0.77186200000000005</v>
+        <v>5.0588859999999993</v>
       </c>
       <c r="C5" s="104">
-        <v>0.2732</v>
+        <v>1.28735</v>
       </c>
       <c r="D5" s="103">
-        <v>5.0588859999999993</v>
+        <v>3.999409</v>
       </c>
       <c r="E5" s="104">
-        <v>1.28735</v>
+        <v>0.98399999999999999</v>
       </c>
       <c r="F5" s="103">
-        <v>3.999409</v>
+        <v>1.3352649999999999</v>
       </c>
       <c r="G5" s="104">
-        <v>0.98399999999999999</v>
+        <v>0.28592400000000001</v>
       </c>
       <c r="H5" s="103">
-        <v>1.3352649999999999</v>
+        <v>1.3924780000000001</v>
       </c>
       <c r="I5" s="104">
-        <v>0.28592400000000001</v>
+        <v>0.45897299999999996</v>
       </c>
       <c r="J5" s="103">
-        <v>1.3924780000000001</v>
+        <v>9.031962</v>
       </c>
       <c r="K5" s="104">
-        <v>0.45897299999999996</v>
+        <v>2.5461310000000004</v>
       </c>
       <c r="L5" s="103">
-        <v>9.031962</v>
+        <v>12.784597999999999</v>
       </c>
       <c r="M5" s="104">
-        <v>2.5461310000000004</v>
+        <v>2.8605149999999999</v>
       </c>
       <c r="N5" s="103">
-        <v>12.784597999999999</v>
+        <v>17.175028999999999</v>
       </c>
       <c r="O5" s="104">
-        <v>2.8605149999999999</v>
+        <v>2.961579</v>
       </c>
       <c r="P5" s="103">
-        <v>17.175028999999999</v>
+        <v>1.7785360000000001</v>
       </c>
       <c r="Q5" s="104">
-        <v>2.961579</v>
+        <v>0.5784999999999999</v>
       </c>
       <c r="R5" s="103">
-        <v>1.7785360000000001</v>
+        <v>1.9173199999999999</v>
       </c>
       <c r="S5" s="104">
-        <v>0.5784999999999999</v>
+        <v>0.46549999999999997</v>
       </c>
       <c r="T5" s="103">
-        <v>1.8525199999999999</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="U5" s="104">
-        <v>0.4415</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="6" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="54" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B6" s="86">
-        <v>5.4022000000000001E-2</v>
+        <v>9.9500000000000005E-3</v>
       </c>
       <c r="C6" s="91">
-        <v>6.0000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="D6" s="86">
-        <v>9.9500000000000005E-3</v>
+        <v>0</v>
       </c>
       <c r="E6" s="91">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="F6" s="86">
         <v>0</v>
       </c>
       <c r="G6" s="91">
         <v>0</v>
       </c>
       <c r="H6" s="86">
-        <v>0</v>
+        <v>0.58743999999999996</v>
       </c>
       <c r="I6" s="91">
-        <v>0</v>
+        <v>0.28149999999999997</v>
       </c>
       <c r="J6" s="86">
-        <v>0.58743999999999996</v>
+        <v>1.178185</v>
       </c>
       <c r="K6" s="91">
-        <v>0.28149999999999997</v>
+        <v>0.45400000000000001</v>
       </c>
       <c r="L6" s="86">
-        <v>1.178185</v>
+        <v>1.339296</v>
       </c>
       <c r="M6" s="91">
-        <v>0.45400000000000001</v>
+        <v>0.35759999999999997</v>
       </c>
       <c r="N6" s="86">
-        <v>1.339296</v>
+        <v>0.90273700000000001</v>
       </c>
       <c r="O6" s="91">
-        <v>0.35759999999999997</v>
+        <v>0.29609999999999997</v>
       </c>
       <c r="P6" s="86">
-        <v>0.90273700000000001</v>
+        <v>1.4714560000000001</v>
       </c>
       <c r="Q6" s="91">
-        <v>0.29609999999999997</v>
+        <v>0.50749999999999995</v>
       </c>
       <c r="R6" s="86">
-        <v>1.4714560000000001</v>
+        <v>1.6640699999999999</v>
       </c>
       <c r="S6" s="91">
-        <v>0.50749999999999995</v>
+        <v>0.41549999999999998</v>
       </c>
       <c r="T6" s="86">
-        <v>1.59927</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="U6" s="91">
-        <v>0.39150000000000001</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="7" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="54" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B7" s="86">
-        <v>0.71784000000000003</v>
+        <v>4.5431999999999997</v>
       </c>
       <c r="C7" s="91">
-        <v>0.26719999999999999</v>
+        <v>1.008</v>
       </c>
       <c r="D7" s="86">
-        <v>4.5431999999999997</v>
+        <v>3.999409</v>
       </c>
       <c r="E7" s="91">
-        <v>1.008</v>
+        <v>0.98399999999999999</v>
       </c>
       <c r="F7" s="86">
-        <v>3.999409</v>
+        <v>1.3352649999999999</v>
       </c>
       <c r="G7" s="91">
-        <v>0.98399999999999999</v>
+        <v>0.28592400000000001</v>
       </c>
       <c r="H7" s="86">
-        <v>1.3352649999999999</v>
+        <v>0.80503800000000003</v>
       </c>
       <c r="I7" s="91">
-        <v>0.28592400000000001</v>
+        <v>0.17747299999999999</v>
       </c>
       <c r="J7" s="86">
-        <v>0.80503800000000003</v>
+        <v>7.853777</v>
       </c>
       <c r="K7" s="91">
-        <v>0.17747299999999999</v>
+        <v>2.0921310000000002</v>
       </c>
       <c r="L7" s="86">
-        <v>7.853777</v>
+        <v>11.445302</v>
       </c>
       <c r="M7" s="91">
-        <v>2.0921310000000002</v>
+        <v>2.5029149999999998</v>
       </c>
       <c r="N7" s="86">
-        <v>11.445302</v>
+        <v>16.272292</v>
       </c>
       <c r="O7" s="91">
-        <v>2.5029149999999998</v>
+        <v>2.6654789999999999</v>
       </c>
       <c r="P7" s="86">
-        <v>16.272292</v>
+        <v>0.30708000000000002</v>
       </c>
       <c r="Q7" s="91">
-        <v>2.6654789999999999</v>
+        <v>7.0999999999999994E-2</v>
       </c>
       <c r="R7" s="86">
-        <v>0.30708000000000002</v>
+        <v>0.25324999999999998</v>
       </c>
       <c r="S7" s="91">
-        <v>7.0999999999999994E-2</v>
+        <v>0.05</v>
       </c>
       <c r="T7" s="86">
-        <v>0.25324999999999998</v>
+        <v>0</v>
       </c>
       <c r="U7" s="91">
-        <v>0.05</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="54" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B8" s="86">
-        <v>0</v>
+        <v>0.50573599999999996</v>
       </c>
       <c r="C8" s="91">
-        <v>0</v>
+        <v>0.27834999999999999</v>
       </c>
       <c r="D8" s="86">
-        <v>0.50573599999999996</v>
+        <v>0</v>
       </c>
       <c r="E8" s="91">
-        <v>0.27834999999999999</v>
+        <v>0</v>
       </c>
       <c r="F8" s="86">
         <v>0</v>
       </c>
       <c r="G8" s="91">
         <v>0</v>
       </c>
       <c r="H8" s="86">
         <v>0</v>
       </c>
       <c r="I8" s="91">
         <v>0</v>
       </c>
       <c r="J8" s="86">
         <v>0</v>
       </c>
       <c r="K8" s="91">
         <v>0</v>
       </c>
       <c r="L8" s="86">
         <v>0</v>
       </c>
       <c r="M8" s="91">
         <v>0</v>
       </c>
@@ -23349,450 +23662,450 @@
       </c>
       <c r="P8" s="86">
         <v>0</v>
       </c>
       <c r="Q8" s="91">
         <v>0</v>
       </c>
       <c r="R8" s="86">
         <v>0</v>
       </c>
       <c r="S8" s="91">
         <v>0</v>
       </c>
       <c r="T8" s="86">
         <v>0</v>
       </c>
       <c r="U8" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="18" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="105">
-        <v>388.81090899999998</v>
+        <v>309.16562899999997</v>
       </c>
       <c r="C9" s="106">
-        <v>149.382454</v>
+        <v>95.005693000000008</v>
       </c>
       <c r="D9" s="105">
-        <v>309.16562899999997</v>
+        <v>258.71101299999998</v>
       </c>
       <c r="E9" s="106">
-        <v>95.005693000000008</v>
+        <v>91.698535000000007</v>
       </c>
       <c r="F9" s="105">
-        <v>258.71101299999998</v>
+        <v>239.513113</v>
       </c>
       <c r="G9" s="106">
-        <v>91.698535000000007</v>
+        <v>84.648134999999996</v>
       </c>
       <c r="H9" s="105">
-        <v>239.513113</v>
+        <v>335.01164299999999</v>
       </c>
       <c r="I9" s="106">
-        <v>84.648134999999996</v>
+        <v>113.01618000000001</v>
       </c>
       <c r="J9" s="105">
-        <v>335.01164299999999</v>
+        <v>241.15409299999999</v>
       </c>
       <c r="K9" s="106">
-        <v>113.01618000000001</v>
+        <v>74.072991999999999</v>
       </c>
       <c r="L9" s="105">
-        <v>241.15409299999999</v>
+        <v>439.76194299999997</v>
       </c>
       <c r="M9" s="106">
-        <v>74.072991999999999</v>
+        <v>106.29024800000001</v>
       </c>
       <c r="N9" s="105">
-        <v>439.76194299999997</v>
+        <v>727.53767799999991</v>
       </c>
       <c r="O9" s="106">
-        <v>106.29024800000001</v>
+        <v>195.4894480000001</v>
       </c>
       <c r="P9" s="105">
-        <v>727.53767799999991</v>
+        <v>628.44152899999995</v>
       </c>
       <c r="Q9" s="106">
-        <v>195.4894480000001</v>
+        <v>178.69998200000001</v>
       </c>
       <c r="R9" s="105">
-        <v>628.44152899999995</v>
+        <v>639.00915699999996</v>
       </c>
       <c r="S9" s="106">
-        <v>178.69998200000001</v>
+        <v>169.32487400000002</v>
       </c>
       <c r="T9" s="105">
-        <v>595.71378200000004</v>
+        <v>50.048266999999996</v>
       </c>
       <c r="U9" s="106">
-        <v>156.90040400000001</v>
+        <v>14.203258999999999</v>
       </c>
     </row>
     <row r="10" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="54" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B10" s="86">
-        <v>124.03812499999999</v>
+        <v>131.509096</v>
       </c>
       <c r="C10" s="91">
-        <v>48.544553999999998</v>
+        <v>40.946142999999999</v>
       </c>
       <c r="D10" s="86">
-        <v>131.509096</v>
+        <v>155.57966500000001</v>
       </c>
       <c r="E10" s="91">
-        <v>40.946142999999999</v>
+        <v>55.799185000000001</v>
       </c>
       <c r="F10" s="86">
-        <v>155.57966500000001</v>
+        <v>127.126558</v>
       </c>
       <c r="G10" s="91">
-        <v>55.799185000000001</v>
+        <v>45.182884999999999</v>
       </c>
       <c r="H10" s="86">
-        <v>127.126558</v>
+        <v>205.82179600000001</v>
       </c>
       <c r="I10" s="91">
-        <v>45.182884999999999</v>
+        <v>69.371430000000004</v>
       </c>
       <c r="J10" s="86">
-        <v>205.82179600000001</v>
+        <v>115.67149999999999</v>
       </c>
       <c r="K10" s="91">
-        <v>69.371430000000004</v>
+        <v>35.751942</v>
       </c>
       <c r="L10" s="86">
-        <v>115.67149999999999</v>
+        <v>239.40615199999999</v>
       </c>
       <c r="M10" s="91">
-        <v>35.751942</v>
+        <v>57.789948000000003</v>
       </c>
       <c r="N10" s="86">
-        <v>239.40615199999999</v>
+        <v>342.76177999999999</v>
       </c>
       <c r="O10" s="91">
-        <v>57.789948000000003</v>
+        <v>92.832032000000098</v>
       </c>
       <c r="P10" s="86">
-        <v>342.76177999999999</v>
+        <v>338.50978099999998</v>
       </c>
       <c r="Q10" s="91">
-        <v>92.832032000000098</v>
+        <v>94.346749000000003</v>
       </c>
       <c r="R10" s="86">
-        <v>338.50978099999998</v>
+        <v>364.41126200000002</v>
       </c>
       <c r="S10" s="91">
-        <v>94.346749000000003</v>
+        <v>96.845162999999999</v>
       </c>
       <c r="T10" s="86">
-        <v>338.75356699999998</v>
+        <v>24.430671</v>
       </c>
       <c r="U10" s="91">
-        <v>89.224293000000003</v>
+        <v>7.397856</v>
       </c>
     </row>
     <row r="11" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="54" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B11" s="86">
-        <v>262.04763400000002</v>
+        <v>175.632533</v>
       </c>
       <c r="C11" s="91">
-        <v>99.637900000000002</v>
+        <v>53.409550000000003</v>
       </c>
       <c r="D11" s="86">
-        <v>175.632533</v>
+        <v>96.491348000000002</v>
       </c>
       <c r="E11" s="91">
-        <v>53.409550000000003</v>
+        <v>33.449350000000003</v>
       </c>
       <c r="F11" s="86">
-        <v>96.491348000000002</v>
+        <v>103.596903</v>
       </c>
       <c r="G11" s="91">
-        <v>33.449350000000003</v>
+        <v>36.40325</v>
       </c>
       <c r="H11" s="86">
-        <v>103.596903</v>
+        <v>113.534909</v>
       </c>
       <c r="I11" s="91">
-        <v>36.40325</v>
+        <v>37.994750000000003</v>
       </c>
       <c r="J11" s="86">
-        <v>113.534909</v>
+        <v>113.865831</v>
       </c>
       <c r="K11" s="91">
-        <v>37.994750000000003</v>
+        <v>34.659050000000001</v>
       </c>
       <c r="L11" s="86">
-        <v>113.865831</v>
+        <v>175.75886399999999</v>
       </c>
       <c r="M11" s="91">
-        <v>34.659050000000001</v>
+        <v>42.1753</v>
       </c>
       <c r="N11" s="86">
-        <v>175.75886399999999</v>
+        <v>333.609196</v>
       </c>
       <c r="O11" s="91">
-        <v>42.1753</v>
+        <v>87.932416000000003</v>
       </c>
       <c r="P11" s="86">
-        <v>333.609196</v>
+        <v>243.22125800000001</v>
       </c>
       <c r="Q11" s="91">
-        <v>87.932416000000003</v>
+        <v>71.478233000000003</v>
       </c>
       <c r="R11" s="86">
-        <v>243.22125800000001</v>
+        <v>225.52897899999999</v>
       </c>
       <c r="S11" s="91">
-        <v>71.478233000000003</v>
+        <v>59.579711000000003</v>
       </c>
       <c r="T11" s="86">
-        <v>215.142799</v>
+        <v>19.472601999999998</v>
       </c>
       <c r="U11" s="91">
-        <v>56.876111000000002</v>
+        <v>4.9804029999999999</v>
       </c>
     </row>
     <row r="12" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B12" s="86">
-        <v>2.7251500000000002</v>
+        <v>2.024</v>
       </c>
       <c r="C12" s="91">
-        <v>1.2</v>
+        <v>0.65</v>
       </c>
       <c r="D12" s="86">
-        <v>2.024</v>
+        <v>6.64</v>
       </c>
       <c r="E12" s="91">
-        <v>0.65</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="F12" s="86">
-        <v>6.64</v>
+        <v>8.7896520000000002</v>
       </c>
       <c r="G12" s="91">
-        <v>2.4500000000000002</v>
+        <v>3.0619999999999998</v>
       </c>
       <c r="H12" s="86">
-        <v>8.7896520000000002</v>
+        <v>15.654938</v>
       </c>
       <c r="I12" s="91">
-        <v>3.0619999999999998</v>
+        <v>5.65</v>
       </c>
       <c r="J12" s="86">
-        <v>15.654938</v>
+        <v>11.616762</v>
       </c>
       <c r="K12" s="91">
-        <v>5.65</v>
+        <v>3.6619999999999999</v>
       </c>
       <c r="L12" s="86">
-        <v>11.616762</v>
+        <v>24.596927000000001</v>
       </c>
       <c r="M12" s="91">
-        <v>3.6619999999999999</v>
+        <v>6.3250000000000002</v>
       </c>
       <c r="N12" s="86">
-        <v>24.596927000000001</v>
+        <v>51.166702000000001</v>
       </c>
       <c r="O12" s="91">
-        <v>6.3250000000000002</v>
+        <v>14.725</v>
       </c>
       <c r="P12" s="86">
-        <v>51.166702000000001</v>
+        <v>46.71049</v>
       </c>
       <c r="Q12" s="91">
-        <v>14.725</v>
+        <v>12.875</v>
       </c>
       <c r="R12" s="86">
-        <v>46.71049</v>
+        <v>49.068916000000002</v>
       </c>
       <c r="S12" s="91">
-        <v>12.875</v>
+        <v>12.9</v>
       </c>
       <c r="T12" s="86">
-        <v>41.817416000000001</v>
+        <v>6.1449939999999996</v>
       </c>
       <c r="U12" s="91">
-        <v>10.8</v>
+        <v>1.825</v>
       </c>
     </row>
     <row r="13" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="20" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="107">
-        <v>1.3921029999999999</v>
+        <v>0.63011899999999998</v>
       </c>
       <c r="C13" s="108">
-        <v>2.4526840000000001</v>
+        <v>1.0830929999999999</v>
       </c>
       <c r="D13" s="107">
-        <v>0.63011899999999998</v>
+        <v>8.7575E-2</v>
       </c>
       <c r="E13" s="108">
-        <v>1.0830929999999999</v>
+        <v>0.144562</v>
       </c>
       <c r="F13" s="107">
-        <v>8.7575E-2</v>
+        <v>7.3655999999999999E-2</v>
       </c>
       <c r="G13" s="108">
-        <v>0.144562</v>
+        <v>0.126246</v>
       </c>
       <c r="H13" s="107">
-        <v>7.3655999999999999E-2</v>
+        <v>2.4156E-2</v>
       </c>
       <c r="I13" s="108">
-        <v>0.126246</v>
+        <v>4.2056000000000003E-2</v>
       </c>
       <c r="J13" s="107">
-        <v>2.4156E-2</v>
+        <v>2.4948000000000001E-2</v>
       </c>
       <c r="K13" s="108">
         <v>4.2056000000000003E-2</v>
       </c>
       <c r="L13" s="107">
-        <v>2.4948000000000001E-2</v>
+        <v>5.8409999999999997E-2</v>
       </c>
       <c r="M13" s="108">
-        <v>4.2056000000000003E-2</v>
+        <v>8.4112000000000006E-2</v>
       </c>
       <c r="N13" s="107">
-        <v>5.8409999999999997E-2</v>
+        <v>0.43817</v>
       </c>
       <c r="O13" s="108">
-        <v>8.4112000000000006E-2</v>
+        <v>0.612429</v>
       </c>
       <c r="P13" s="107">
-        <v>0.43817</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="108">
-        <v>0.612429</v>
+        <v>0</v>
       </c>
       <c r="R13" s="107">
-        <v>0</v>
+        <v>1.5422E-2</v>
       </c>
       <c r="S13" s="108">
-        <v>0</v>
+        <v>2.2062999999999999E-2</v>
       </c>
       <c r="T13" s="107">
-        <v>1.5422E-2</v>
+        <v>0</v>
       </c>
       <c r="U13" s="108">
-        <v>2.2062999999999999E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="54" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" s="86">
-        <v>1.1506909999999999</v>
+        <v>0.22995299999999999</v>
       </c>
       <c r="C14" s="91">
-        <v>2.05524</v>
+        <v>0.37646400000000002</v>
       </c>
       <c r="D14" s="86">
-        <v>0.22995299999999999</v>
+        <v>8.7575E-2</v>
       </c>
       <c r="E14" s="91">
-        <v>0.37646400000000002</v>
+        <v>0.144562</v>
       </c>
       <c r="F14" s="86">
-        <v>8.7575E-2</v>
+        <v>7.3655999999999999E-2</v>
       </c>
       <c r="G14" s="91">
-        <v>0.144562</v>
+        <v>0.126246</v>
       </c>
       <c r="H14" s="86">
-        <v>7.3655999999999999E-2</v>
+        <v>2.4156E-2</v>
       </c>
       <c r="I14" s="91">
-        <v>0.126246</v>
+        <v>4.2056000000000003E-2</v>
       </c>
       <c r="J14" s="86">
-        <v>2.4156E-2</v>
+        <v>2.4948000000000001E-2</v>
       </c>
       <c r="K14" s="91">
         <v>4.2056000000000003E-2</v>
       </c>
       <c r="L14" s="86">
-        <v>2.4948000000000001E-2</v>
+        <v>5.8409999999999997E-2</v>
       </c>
       <c r="M14" s="91">
-        <v>4.2056000000000003E-2</v>
+        <v>8.4112000000000006E-2</v>
       </c>
       <c r="N14" s="86">
-        <v>5.8409999999999997E-2</v>
+        <v>0.41664000000000001</v>
       </c>
       <c r="O14" s="91">
-        <v>8.4112000000000006E-2</v>
+        <v>0.59691700000000003</v>
       </c>
       <c r="P14" s="86">
-        <v>0.41664000000000001</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="91">
-        <v>0.59691700000000003</v>
+        <v>0</v>
       </c>
       <c r="R14" s="86">
-        <v>0</v>
+        <v>1.5422E-2</v>
       </c>
       <c r="S14" s="91">
-        <v>0</v>
+        <v>2.2062999999999999E-2</v>
       </c>
       <c r="T14" s="86">
-        <v>1.5422E-2</v>
+        <v>0</v>
       </c>
       <c r="U14" s="91">
-        <v>2.2062999999999999E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="54" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" s="86">
-        <v>0.24141199999999999</v>
+        <v>0.40016600000000002</v>
       </c>
       <c r="C15" s="91">
-        <v>0.39744400000000002</v>
+        <v>0.70662899999999995</v>
       </c>
       <c r="D15" s="86">
-        <v>0.40016600000000002</v>
+        <v>0</v>
       </c>
       <c r="E15" s="91">
-        <v>0.70662899999999995</v>
+        <v>0</v>
       </c>
       <c r="F15" s="86">
         <v>0</v>
       </c>
       <c r="G15" s="91">
         <v>0</v>
       </c>
       <c r="H15" s="86">
         <v>0</v>
       </c>
       <c r="I15" s="91">
         <v>0</v>
       </c>
       <c r="J15" s="86">
         <v>0</v>
       </c>
       <c r="K15" s="91">
         <v>0</v>
       </c>
       <c r="L15" s="86">
         <v>0</v>
       </c>
       <c r="M15" s="91">
         <v>0</v>
       </c>
@@ -23801,1092 +24114,1092 @@
       </c>
       <c r="O15" s="91">
         <v>0</v>
       </c>
       <c r="P15" s="86">
         <v>0</v>
       </c>
       <c r="Q15" s="91">
         <v>0</v>
       </c>
       <c r="R15" s="86">
         <v>0</v>
       </c>
       <c r="S15" s="91">
         <v>0</v>
       </c>
       <c r="T15" s="86">
         <v>0</v>
       </c>
       <c r="U15" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B16" s="86">
         <v>0</v>
       </c>
       <c r="C16" s="91">
         <v>0</v>
       </c>
       <c r="D16" s="86">
         <v>0</v>
       </c>
       <c r="E16" s="91">
         <v>0</v>
       </c>
       <c r="F16" s="86">
         <v>0</v>
       </c>
       <c r="G16" s="91">
         <v>0</v>
       </c>
       <c r="H16" s="86">
         <v>0</v>
       </c>
       <c r="I16" s="91">
         <v>0</v>
       </c>
       <c r="J16" s="86">
         <v>0</v>
       </c>
       <c r="K16" s="91">
         <v>0</v>
       </c>
       <c r="L16" s="86">
         <v>0</v>
       </c>
       <c r="M16" s="91">
         <v>0</v>
       </c>
       <c r="N16" s="86">
-        <v>0</v>
+        <v>2.1530000000000001E-2</v>
       </c>
       <c r="O16" s="91">
-        <v>0</v>
+        <v>1.5512E-2</v>
       </c>
       <c r="P16" s="86">
-        <v>2.1530000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="91">
-        <v>1.5512E-2</v>
+        <v>0</v>
       </c>
       <c r="R16" s="86">
         <v>0</v>
       </c>
       <c r="S16" s="91">
         <v>0</v>
       </c>
       <c r="T16" s="86">
         <v>0</v>
       </c>
       <c r="U16" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="19" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="109">
-        <v>21.667847000000002</v>
+        <v>21.929209</v>
       </c>
       <c r="C17" s="110">
-        <v>6.3335119999999998</v>
+        <v>4.3364899999999995</v>
       </c>
       <c r="D17" s="109">
-        <v>21.929209</v>
+        <v>29.369886999999999</v>
       </c>
       <c r="E17" s="110">
-        <v>4.3364899999999995</v>
+        <v>5.1931329999999996</v>
       </c>
       <c r="F17" s="109">
-        <v>29.369886999999999</v>
+        <v>22.568742999999998</v>
       </c>
       <c r="G17" s="110">
-        <v>5.1931329999999996</v>
+        <v>4.34619</v>
       </c>
       <c r="H17" s="109">
-        <v>22.568742999999998</v>
+        <v>9.1912570000000002</v>
       </c>
       <c r="I17" s="110">
-        <v>4.34619</v>
+        <v>1.91161</v>
       </c>
       <c r="J17" s="109">
-        <v>9.1912570000000002</v>
+        <v>26.617839</v>
       </c>
       <c r="K17" s="110">
-        <v>1.91161</v>
+        <v>5.6649760000000002</v>
       </c>
       <c r="L17" s="109">
-        <v>26.617839</v>
+        <v>27.096257999999999</v>
       </c>
       <c r="M17" s="110">
-        <v>5.6649760000000002</v>
+        <v>4.6765129999999999</v>
       </c>
       <c r="N17" s="109">
-        <v>27.096257999999999</v>
+        <v>25.920902999999999</v>
       </c>
       <c r="O17" s="110">
-        <v>4.6765129999999999</v>
+        <v>4.9121670000000002</v>
       </c>
       <c r="P17" s="109">
-        <v>25.920902999999999</v>
+        <v>19.971592000000001</v>
       </c>
       <c r="Q17" s="110">
-        <v>4.9121670000000002</v>
+        <v>3.4824670000000002</v>
       </c>
       <c r="R17" s="109">
-        <v>19.971592000000001</v>
+        <v>14.799125</v>
       </c>
       <c r="S17" s="110">
-        <v>3.4824670000000002</v>
+        <v>1.816961</v>
       </c>
       <c r="T17" s="109">
-        <v>14.641359</v>
+        <v>1.690509</v>
       </c>
       <c r="U17" s="110">
-        <v>1.7941609999999999</v>
+        <v>0.25147199999999997</v>
       </c>
     </row>
     <row r="18" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="54" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B18" s="86">
-        <v>4.4236190000000004</v>
+        <v>3.9867859999999999</v>
       </c>
       <c r="C18" s="91">
-        <v>1.1616</v>
+        <v>0.73021400000000003</v>
       </c>
       <c r="D18" s="86">
-        <v>3.9867859999999999</v>
+        <v>13.307043</v>
       </c>
       <c r="E18" s="91">
-        <v>0.73021400000000003</v>
+        <v>2.5026609999999998</v>
       </c>
       <c r="F18" s="86">
-        <v>13.307043</v>
+        <v>16.534963999999999</v>
       </c>
       <c r="G18" s="91">
-        <v>2.5026609999999998</v>
+        <v>3.270518</v>
       </c>
       <c r="H18" s="86">
-        <v>16.534963999999999</v>
+        <v>7.5069800000000004</v>
       </c>
       <c r="I18" s="91">
-        <v>3.270518</v>
+        <v>1.56087</v>
       </c>
       <c r="J18" s="86">
-        <v>7.5069800000000004</v>
+        <v>20.476979</v>
       </c>
       <c r="K18" s="91">
-        <v>1.56087</v>
+        <v>4.2841279999999999</v>
       </c>
       <c r="L18" s="86">
-        <v>20.476979</v>
+        <v>16.833404999999999</v>
       </c>
       <c r="M18" s="91">
-        <v>4.2841279999999999</v>
+        <v>2.9901759999999999</v>
       </c>
       <c r="N18" s="86">
-        <v>16.833404999999999</v>
+        <v>16.050604</v>
       </c>
       <c r="O18" s="91">
-        <v>2.9901759999999999</v>
+        <v>3.11042</v>
       </c>
       <c r="P18" s="86">
-        <v>16.050604</v>
+        <v>12.413819999999999</v>
       </c>
       <c r="Q18" s="91">
-        <v>3.11042</v>
+        <v>2.1631550000000002</v>
       </c>
       <c r="R18" s="86">
-        <v>12.413819999999999</v>
+        <v>8.3624270000000003</v>
       </c>
       <c r="S18" s="91">
-        <v>2.1631550000000002</v>
+        <v>1.07229</v>
       </c>
       <c r="T18" s="86">
-        <v>8.2046609999999998</v>
+        <v>1.5992710000000001</v>
       </c>
       <c r="U18" s="91">
-        <v>1.04949</v>
+        <v>0.237648</v>
       </c>
     </row>
     <row r="19" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="54" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B19" s="86">
-        <v>11.50258</v>
+        <v>12.190072000000001</v>
       </c>
       <c r="C19" s="91">
-        <v>3.327372</v>
+        <v>2.5475759999999998</v>
       </c>
       <c r="D19" s="86">
-        <v>12.190072000000001</v>
+        <v>7.9225779999999997</v>
       </c>
       <c r="E19" s="91">
-        <v>2.5475759999999998</v>
+        <v>1.4485920000000001</v>
       </c>
       <c r="F19" s="86">
-        <v>7.9225779999999997</v>
+        <v>0.63606499999999999</v>
       </c>
       <c r="G19" s="91">
-        <v>1.4485920000000001</v>
+        <v>0.13767199999999999</v>
       </c>
       <c r="H19" s="86">
-        <v>0.63606499999999999</v>
+        <v>0.75398100000000001</v>
       </c>
       <c r="I19" s="91">
-        <v>0.13767199999999999</v>
+        <v>0.16594</v>
       </c>
       <c r="J19" s="86">
-        <v>0.75398100000000001</v>
+        <v>5.1740890000000004</v>
       </c>
       <c r="K19" s="91">
-        <v>0.16594</v>
+        <v>1.195648</v>
       </c>
       <c r="L19" s="86">
-        <v>5.1740890000000004</v>
+        <v>6.3186410000000004</v>
       </c>
       <c r="M19" s="91">
-        <v>1.195648</v>
+        <v>1.082497</v>
       </c>
       <c r="N19" s="86">
-        <v>6.3186410000000004</v>
+        <v>6.3646919999999998</v>
       </c>
       <c r="O19" s="91">
-        <v>1.082497</v>
+        <v>1.196947</v>
       </c>
       <c r="P19" s="86">
-        <v>6.3646919999999998</v>
+        <v>4.421284</v>
       </c>
       <c r="Q19" s="91">
-        <v>1.196947</v>
+        <v>0.76491200000000004</v>
       </c>
       <c r="R19" s="86">
-        <v>4.421284</v>
+        <v>3.7734420000000002</v>
       </c>
       <c r="S19" s="91">
-        <v>0.76491200000000004</v>
+        <v>0.438911</v>
       </c>
       <c r="T19" s="86">
-        <v>3.7734420000000002</v>
+        <v>9.1238E-2</v>
       </c>
       <c r="U19" s="91">
-        <v>0.438911</v>
+        <v>1.3823999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="54" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B20" s="86">
-        <v>5.7416479999999996</v>
+        <v>5.752351</v>
       </c>
       <c r="C20" s="91">
-        <v>1.8445400000000001</v>
+        <v>1.0587</v>
       </c>
       <c r="D20" s="86">
-        <v>5.752351</v>
+        <v>8.1402660000000004</v>
       </c>
       <c r="E20" s="91">
-        <v>1.0587</v>
+        <v>1.2418800000000001</v>
       </c>
       <c r="F20" s="86">
-        <v>8.1402660000000004</v>
+        <v>5.3977139999999997</v>
       </c>
       <c r="G20" s="91">
-        <v>1.2418800000000001</v>
+        <v>0.93799999999999994</v>
       </c>
       <c r="H20" s="86">
-        <v>5.3977139999999997</v>
+        <v>0.93029600000000001</v>
       </c>
       <c r="I20" s="91">
-        <v>0.93799999999999994</v>
+        <v>0.18479999999999999</v>
       </c>
       <c r="J20" s="86">
-        <v>0.93029600000000001</v>
+        <v>0.96677100000000005</v>
       </c>
       <c r="K20" s="91">
-        <v>0.18479999999999999</v>
+        <v>0.1852</v>
       </c>
       <c r="L20" s="86">
-        <v>0.96677100000000005</v>
+        <v>3.9442119999999998</v>
       </c>
       <c r="M20" s="91">
-        <v>0.1852</v>
+        <v>0.60384000000000004</v>
       </c>
       <c r="N20" s="86">
-        <v>3.9442119999999998</v>
+        <v>3.5056069999999999</v>
       </c>
       <c r="O20" s="91">
-        <v>0.60384000000000004</v>
+        <v>0.6048</v>
       </c>
       <c r="P20" s="86">
-        <v>3.5056069999999999</v>
+        <v>3.1364879999999999</v>
       </c>
       <c r="Q20" s="91">
-        <v>0.6048</v>
+        <v>0.5544</v>
       </c>
       <c r="R20" s="86">
-        <v>3.1364879999999999</v>
+        <v>2.6632560000000001</v>
       </c>
       <c r="S20" s="91">
-        <v>0.5544</v>
+        <v>0.30575999999999998</v>
       </c>
       <c r="T20" s="86">
-        <v>2.6632560000000001</v>
+        <v>0</v>
       </c>
       <c r="U20" s="91">
-        <v>0.30575999999999998</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="103">
-        <v>140.73842100000002</v>
+        <v>125.32118499999999</v>
       </c>
       <c r="C21" s="104">
-        <v>41.194805000000002</v>
+        <v>29.160968</v>
       </c>
       <c r="D21" s="103">
-        <v>125.32118499999999</v>
+        <v>113.73824599999999</v>
       </c>
       <c r="E21" s="104">
-        <v>29.160968</v>
+        <v>27.379411000000001</v>
       </c>
       <c r="F21" s="103">
-        <v>113.73824599999999</v>
+        <v>102.560418</v>
       </c>
       <c r="G21" s="104">
-        <v>27.379411000000001</v>
+        <v>26.076089</v>
       </c>
       <c r="H21" s="103">
-        <v>102.560418</v>
+        <v>113.87455600000001</v>
       </c>
       <c r="I21" s="104">
-        <v>26.076089</v>
+        <v>29.594421000000004</v>
       </c>
       <c r="J21" s="103">
-        <v>113.87455600000001</v>
+        <v>123.73165999999999</v>
       </c>
       <c r="K21" s="104">
-        <v>29.594421000000004</v>
+        <v>30.366098999999998</v>
       </c>
       <c r="L21" s="103">
-        <v>123.73165999999999</v>
+        <v>154.21155400000001</v>
       </c>
       <c r="M21" s="104">
-        <v>30.366098999999998</v>
+        <v>32.110305999999994</v>
       </c>
       <c r="N21" s="103">
-        <v>154.21155400000001</v>
+        <v>200.34603099999998</v>
       </c>
       <c r="O21" s="104">
-        <v>32.110305999999994</v>
+        <v>41.528834000000003</v>
       </c>
       <c r="P21" s="103">
-        <v>200.34603099999998</v>
+        <v>290.63570600000003</v>
       </c>
       <c r="Q21" s="104">
-        <v>41.528834000000003</v>
+        <v>61.835459</v>
       </c>
       <c r="R21" s="103">
-        <v>290.63570600000003</v>
+        <v>237.562161</v>
       </c>
       <c r="S21" s="104">
-        <v>61.835459</v>
+        <v>49.123710000000003</v>
       </c>
       <c r="T21" s="103">
-        <v>221.83711499999998</v>
+        <v>17.656760999999999</v>
       </c>
       <c r="U21" s="104">
-        <v>45.676163000000003</v>
+        <v>4.0750710000000003</v>
       </c>
     </row>
     <row r="22" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="54" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B22" s="86">
-        <v>75.955644000000007</v>
+        <v>72.123397999999995</v>
       </c>
       <c r="C22" s="91">
-        <v>21.734669</v>
+        <v>15.789056</v>
       </c>
       <c r="D22" s="86">
-        <v>72.123397999999995</v>
+        <v>74.461732999999995</v>
       </c>
       <c r="E22" s="91">
-        <v>15.789056</v>
+        <v>18.790167</v>
       </c>
       <c r="F22" s="86">
-        <v>74.461732999999995</v>
+        <v>71.507835999999998</v>
       </c>
       <c r="G22" s="91">
-        <v>18.790167</v>
+        <v>18.572597999999999</v>
       </c>
       <c r="H22" s="86">
-        <v>71.507835999999998</v>
+        <v>71.500398000000004</v>
       </c>
       <c r="I22" s="91">
-        <v>18.572597999999999</v>
+        <v>19.255323000000001</v>
       </c>
       <c r="J22" s="86">
-        <v>71.500398000000004</v>
+        <v>91.929886999999994</v>
       </c>
       <c r="K22" s="91">
-        <v>19.255323000000001</v>
+        <v>22.597064</v>
       </c>
       <c r="L22" s="86">
-        <v>91.929886999999994</v>
+        <v>125.88651400000001</v>
       </c>
       <c r="M22" s="91">
-        <v>22.597064</v>
+        <v>26.308153999999998</v>
       </c>
       <c r="N22" s="86">
-        <v>125.88651400000001</v>
+        <v>167.18238199999999</v>
       </c>
       <c r="O22" s="91">
-        <v>26.308153999999998</v>
+        <v>35.709052</v>
       </c>
       <c r="P22" s="86">
-        <v>167.18238199999999</v>
+        <v>246.51213100000001</v>
       </c>
       <c r="Q22" s="91">
-        <v>35.709052</v>
+        <v>52.947839000000002</v>
       </c>
       <c r="R22" s="86">
-        <v>246.51213100000001</v>
+        <v>208.30013400000001</v>
       </c>
       <c r="S22" s="91">
-        <v>52.947839000000002</v>
+        <v>43.304462000000001</v>
       </c>
       <c r="T22" s="86">
-        <v>195.34123099999999</v>
+        <v>15.109275</v>
       </c>
       <c r="U22" s="91">
-        <v>40.346983999999999</v>
+        <v>3.590738</v>
       </c>
     </row>
     <row r="23" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="54" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B23" s="86">
-        <v>58.838723999999999</v>
+        <v>43.228127999999998</v>
       </c>
       <c r="C23" s="91">
-        <v>18.618321999999999</v>
+        <v>11.997453</v>
       </c>
       <c r="D23" s="86">
-        <v>43.228127999999998</v>
+        <v>27.457007999999998</v>
       </c>
       <c r="E23" s="91">
-        <v>11.997453</v>
+        <v>7.2202820000000001</v>
       </c>
       <c r="F23" s="86">
-        <v>27.457007999999998</v>
+        <v>24.340371000000001</v>
       </c>
       <c r="G23" s="91">
-        <v>7.2202820000000001</v>
+        <v>6.6169549999999999</v>
       </c>
       <c r="H23" s="86">
-        <v>24.340371000000001</v>
+        <v>35.588399000000003</v>
       </c>
       <c r="I23" s="91">
-        <v>6.6169549999999999</v>
+        <v>9.4798190000000009</v>
       </c>
       <c r="J23" s="86">
-        <v>35.588399000000003</v>
+        <v>25.191334000000001</v>
       </c>
       <c r="K23" s="91">
-        <v>9.4798190000000009</v>
+        <v>7.038195</v>
       </c>
       <c r="L23" s="86">
-        <v>25.191334000000001</v>
+        <v>23.394500000000001</v>
       </c>
       <c r="M23" s="91">
-        <v>7.038195</v>
+        <v>5.1793889999999996</v>
       </c>
       <c r="N23" s="86">
-        <v>23.394500000000001</v>
+        <v>27.219788000000001</v>
       </c>
       <c r="O23" s="91">
-        <v>5.1793889999999996</v>
+        <v>5.1120140000000003</v>
       </c>
       <c r="P23" s="86">
-        <v>27.219788000000001</v>
+        <v>37.036172999999998</v>
       </c>
       <c r="Q23" s="91">
-        <v>5.1120140000000003</v>
+        <v>8.0036579999999997</v>
       </c>
       <c r="R23" s="86">
-        <v>37.036172999999998</v>
+        <v>24.057078000000001</v>
       </c>
       <c r="S23" s="91">
-        <v>8.0036579999999997</v>
+        <v>5.2334670000000001</v>
       </c>
       <c r="T23" s="86">
-        <v>21.811969999999999</v>
+        <v>2.2693120000000002</v>
       </c>
       <c r="U23" s="91">
-        <v>4.8005610000000001</v>
+        <v>0.45211099999999999</v>
       </c>
     </row>
     <row r="24" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B24" s="86">
-        <v>5.9440530000000003</v>
+        <v>9.969659</v>
       </c>
       <c r="C24" s="91">
-        <v>0.84181399999999995</v>
+        <v>1.3744590000000001</v>
       </c>
       <c r="D24" s="86">
-        <v>9.969659</v>
+        <v>11.819504999999999</v>
       </c>
       <c r="E24" s="91">
-        <v>1.3744590000000001</v>
+        <v>1.368962</v>
       </c>
       <c r="F24" s="86">
-        <v>11.819504999999999</v>
+        <v>6.7122109999999999</v>
       </c>
       <c r="G24" s="91">
-        <v>1.368962</v>
+        <v>0.88653599999999999</v>
       </c>
       <c r="H24" s="86">
-        <v>6.7122109999999999</v>
+        <v>6.7857589999999997</v>
       </c>
       <c r="I24" s="91">
-        <v>0.88653599999999999</v>
+        <v>0.85927900000000002</v>
       </c>
       <c r="J24" s="86">
-        <v>6.7857589999999997</v>
+        <v>6.6104390000000004</v>
       </c>
       <c r="K24" s="91">
-        <v>0.85927900000000002</v>
+        <v>0.73084000000000005</v>
       </c>
       <c r="L24" s="86">
-        <v>6.6104390000000004</v>
+        <v>4.9305399999999997</v>
       </c>
       <c r="M24" s="91">
-        <v>0.73084000000000005</v>
+        <v>0.62276299999999996</v>
       </c>
       <c r="N24" s="86">
-        <v>4.9305399999999997</v>
+        <v>5.9438610000000001</v>
       </c>
       <c r="O24" s="91">
-        <v>0.62276299999999996</v>
+        <v>0.70776799999999995</v>
       </c>
       <c r="P24" s="86">
-        <v>5.9438610000000001</v>
+        <v>7.087402</v>
       </c>
       <c r="Q24" s="91">
-        <v>0.70776799999999995</v>
+        <v>0.88396200000000003</v>
       </c>
       <c r="R24" s="86">
-        <v>7.087402</v>
+        <v>5.204949</v>
       </c>
       <c r="S24" s="91">
-        <v>0.88396200000000003</v>
+        <v>0.585781</v>
       </c>
       <c r="T24" s="86">
-        <v>4.6839139999999997</v>
+        <v>0.27817399999999998</v>
       </c>
       <c r="U24" s="91">
-        <v>0.52861800000000003</v>
+        <v>3.2222000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="18" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="105">
-        <v>25.257070000000002</v>
+        <v>25.210464999999999</v>
       </c>
       <c r="C25" s="106">
-        <v>24.039729999999999</v>
+        <v>20.536987999999997</v>
       </c>
       <c r="D25" s="105">
-        <v>25.210464999999999</v>
+        <v>16.901872000000001</v>
       </c>
       <c r="E25" s="106">
-        <v>20.536987999999997</v>
+        <v>13.485674999999999</v>
       </c>
       <c r="F25" s="105">
-        <v>16.901872000000001</v>
+        <v>23.945557000000001</v>
       </c>
       <c r="G25" s="106">
-        <v>13.485674999999999</v>
+        <v>14.492678</v>
       </c>
       <c r="H25" s="105">
-        <v>23.945557000000001</v>
+        <v>34.565910000000002</v>
       </c>
       <c r="I25" s="106">
-        <v>14.492678</v>
+        <v>19.307358999999998</v>
       </c>
       <c r="J25" s="105">
-        <v>34.565910000000002</v>
+        <v>34.66104</v>
       </c>
       <c r="K25" s="106">
-        <v>19.307358999999998</v>
+        <v>15.595211000000001</v>
       </c>
       <c r="L25" s="105">
-        <v>34.66104</v>
+        <v>42.593257000000001</v>
       </c>
       <c r="M25" s="106">
-        <v>15.595211000000001</v>
+        <v>17.911014000000002</v>
       </c>
       <c r="N25" s="105">
-        <v>42.593257000000001</v>
+        <v>66.563108999999997</v>
       </c>
       <c r="O25" s="106">
-        <v>17.911014000000002</v>
+        <v>21.901395000000001</v>
       </c>
       <c r="P25" s="105">
-        <v>66.563108999999997</v>
+        <v>55.115385000000003</v>
       </c>
       <c r="Q25" s="106">
-        <v>21.901395000000001</v>
+        <v>18.015865000000002</v>
       </c>
       <c r="R25" s="105">
-        <v>55.115385000000003</v>
+        <v>54.908614</v>
       </c>
       <c r="S25" s="106">
-        <v>18.015865000000002</v>
+        <v>18.226413000000001</v>
       </c>
       <c r="T25" s="105">
-        <v>49.112658000000003</v>
+        <v>4.9092399999999996</v>
       </c>
       <c r="U25" s="106">
-        <v>16.543254000000001</v>
+        <v>1.42649</v>
       </c>
     </row>
     <row r="26" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="54" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B26" s="86">
-        <v>21.775649000000001</v>
+        <v>21.611792999999999</v>
       </c>
       <c r="C26" s="91">
-        <v>22.47165</v>
+        <v>18.230429999999998</v>
       </c>
       <c r="D26" s="86">
-        <v>21.611792999999999</v>
+        <v>15.114591000000001</v>
       </c>
       <c r="E26" s="91">
-        <v>18.230429999999998</v>
+        <v>12.241574999999999</v>
       </c>
       <c r="F26" s="86">
-        <v>15.114591000000001</v>
+        <v>20.867801</v>
       </c>
       <c r="G26" s="91">
-        <v>12.241574999999999</v>
+        <v>13.207034999999999</v>
       </c>
       <c r="H26" s="86">
-        <v>20.867801</v>
+        <v>22.305133999999999</v>
       </c>
       <c r="I26" s="91">
-        <v>13.207034999999999</v>
+        <v>15.94365</v>
       </c>
       <c r="J26" s="86">
-        <v>22.305133999999999</v>
+        <v>23.500398000000001</v>
       </c>
       <c r="K26" s="91">
-        <v>15.94365</v>
+        <v>12.471220000000001</v>
       </c>
       <c r="L26" s="86">
-        <v>23.500398000000001</v>
+        <v>35.933368999999999</v>
       </c>
       <c r="M26" s="91">
-        <v>12.471220000000001</v>
+        <v>15.589142000000001</v>
       </c>
       <c r="N26" s="86">
-        <v>35.933368999999999</v>
+        <v>44.294401000000001</v>
       </c>
       <c r="O26" s="91">
-        <v>15.589142000000001</v>
+        <v>16.626037</v>
       </c>
       <c r="P26" s="86">
-        <v>44.294401000000001</v>
+        <v>44.468217000000003</v>
       </c>
       <c r="Q26" s="91">
-        <v>16.626037</v>
+        <v>14.972860000000001</v>
       </c>
       <c r="R26" s="86">
-        <v>44.468217000000003</v>
+        <v>41.226086000000002</v>
       </c>
       <c r="S26" s="91">
-        <v>14.972860000000001</v>
+        <v>15.413824999999999</v>
       </c>
       <c r="T26" s="86">
-        <v>36.470095000000001</v>
+        <v>3.9353859999999998</v>
       </c>
       <c r="U26" s="91">
-        <v>13.880065999999999</v>
+        <v>1.27359</v>
       </c>
     </row>
     <row r="27" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="54" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B27" s="86">
-        <v>2.4689670000000001</v>
+        <v>1.17655</v>
       </c>
       <c r="C27" s="91">
-        <v>0.50378000000000001</v>
+        <v>0.25300800000000001</v>
       </c>
       <c r="D27" s="86">
-        <v>1.17655</v>
+        <v>0.90081199999999995</v>
       </c>
       <c r="E27" s="91">
-        <v>0.25300800000000001</v>
+        <v>0.21229999999999999</v>
       </c>
       <c r="F27" s="86">
-        <v>0.90081199999999995</v>
+        <v>2.491457</v>
       </c>
       <c r="G27" s="91">
-        <v>0.21229999999999999</v>
+        <v>0.598943</v>
       </c>
       <c r="H27" s="86">
-        <v>2.491457</v>
+        <v>11.042982</v>
       </c>
       <c r="I27" s="91">
-        <v>0.598943</v>
+        <v>2.033309</v>
       </c>
       <c r="J27" s="86">
-        <v>11.042982</v>
+        <v>9.6652590000000007</v>
       </c>
       <c r="K27" s="91">
-        <v>2.033309</v>
+        <v>1.7316910000000001</v>
       </c>
       <c r="L27" s="86">
-        <v>9.6652590000000007</v>
+        <v>5.2174680000000002</v>
       </c>
       <c r="M27" s="91">
-        <v>1.7316910000000001</v>
+        <v>1.1949719999999999</v>
       </c>
       <c r="N27" s="86">
-        <v>5.2174680000000002</v>
+        <v>17.85332</v>
       </c>
       <c r="O27" s="91">
-        <v>1.1949719999999999</v>
+        <v>2.5310079999999999</v>
       </c>
       <c r="P27" s="86">
-        <v>17.85332</v>
+        <v>9.0536809999999992</v>
       </c>
       <c r="Q27" s="91">
-        <v>2.5310079999999999</v>
+        <v>1.9629300000000001</v>
       </c>
       <c r="R27" s="86">
-        <v>9.0536809999999992</v>
+        <v>13.491428000000001</v>
       </c>
       <c r="S27" s="91">
-        <v>1.9629300000000001</v>
+        <v>2.6659130000000002</v>
       </c>
       <c r="T27" s="86">
-        <v>12.451463</v>
+        <v>0.973854</v>
       </c>
       <c r="U27" s="91">
-        <v>2.5165130000000002</v>
+        <v>0.15290000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="56" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B28" s="88">
-        <v>1.012454</v>
+        <v>2.4221219999999999</v>
       </c>
       <c r="C28" s="94">
-        <v>1.0643</v>
+        <v>2.05355</v>
       </c>
       <c r="D28" s="88">
-        <v>2.4221219999999999</v>
+        <v>0.88646899999999995</v>
       </c>
       <c r="E28" s="94">
-        <v>2.05355</v>
+        <v>1.0318000000000001</v>
       </c>
       <c r="F28" s="88">
-        <v>0.88646899999999995</v>
+        <v>0.58629900000000001</v>
       </c>
       <c r="G28" s="94">
-        <v>1.0318000000000001</v>
+        <v>0.68669999999999998</v>
       </c>
       <c r="H28" s="88">
-        <v>0.58629900000000001</v>
+        <v>1.217794</v>
       </c>
       <c r="I28" s="94">
-        <v>0.68669999999999998</v>
+        <v>1.3304</v>
       </c>
       <c r="J28" s="88">
-        <v>1.217794</v>
+        <v>1.4953829999999999</v>
       </c>
       <c r="K28" s="94">
-        <v>1.3304</v>
+        <v>1.3923000000000001</v>
       </c>
       <c r="L28" s="88">
-        <v>1.4953829999999999</v>
+        <v>1.44242</v>
       </c>
       <c r="M28" s="94">
-        <v>1.3923000000000001</v>
+        <v>1.1269</v>
       </c>
       <c r="N28" s="88">
-        <v>1.44242</v>
+        <v>4.4153880000000001</v>
       </c>
       <c r="O28" s="94">
-        <v>1.1269</v>
+        <v>2.7443499999999998</v>
       </c>
       <c r="P28" s="88">
-        <v>4.4153880000000001</v>
+        <v>1.5934870000000001</v>
       </c>
       <c r="Q28" s="94">
-        <v>2.7443499999999998</v>
+        <v>1.0800749999999999</v>
       </c>
       <c r="R28" s="88">
-        <v>1.5934870000000001</v>
+        <v>0.19109999999999999</v>
       </c>
       <c r="S28" s="94">
-        <v>1.0800749999999999</v>
+        <v>0.146675</v>
       </c>
       <c r="T28" s="88">
-        <v>0.19109999999999999</v>
+        <v>0</v>
       </c>
       <c r="U28" s="94">
-        <v>0.146675</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.15">
       <c r="A29" s="57" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B29" s="58"/>
       <c r="C29" s="58"/>
       <c r="D29" s="58"/>
       <c r="E29" s="58"/>
       <c r="F29" s="58"/>
       <c r="G29" s="58"/>
       <c r="H29" s="58"/>
       <c r="I29" s="58"/>
       <c r="J29" s="58"/>
       <c r="K29" s="58"/>
       <c r="L29" s="58"/>
       <c r="M29" s="58"/>
     </row>
     <row r="30" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="119" t="s">
+      <c r="A30" s="117" t="s">
         <v>26</v>
       </c>
-      <c r="B30" s="119"/>
-[...17 lines deleted...]
-      <c r="T30" s="119"/>
+      <c r="B30" s="117"/>
+      <c r="C30" s="117"/>
+      <c r="D30" s="117"/>
+      <c r="E30" s="117"/>
+      <c r="F30" s="117"/>
+      <c r="G30" s="117"/>
+      <c r="H30" s="117"/>
+      <c r="I30" s="117"/>
+      <c r="J30" s="117"/>
+      <c r="K30" s="117"/>
+      <c r="L30" s="117"/>
+      <c r="M30" s="117"/>
+      <c r="N30" s="117"/>
+      <c r="O30" s="117"/>
+      <c r="P30" s="117"/>
+      <c r="Q30" s="117"/>
+      <c r="R30" s="117"/>
+      <c r="S30" s="117"/>
+      <c r="T30" s="117"/>
     </row>
     <row r="31" spans="1:21" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="119" t="s">
+      <c r="A31" s="117" t="s">
         <v>27</v>
       </c>
-      <c r="B31" s="119"/>
-[...17 lines deleted...]
-      <c r="T31" s="119"/>
+      <c r="B31" s="117"/>
+      <c r="C31" s="117"/>
+      <c r="D31" s="117"/>
+      <c r="E31" s="117"/>
+      <c r="F31" s="117"/>
+      <c r="G31" s="117"/>
+      <c r="H31" s="117"/>
+      <c r="I31" s="117"/>
+      <c r="J31" s="117"/>
+      <c r="K31" s="117"/>
+      <c r="L31" s="117"/>
+      <c r="M31" s="117"/>
+      <c r="N31" s="117"/>
+      <c r="O31" s="117"/>
+      <c r="P31" s="117"/>
+      <c r="Q31" s="117"/>
+      <c r="R31" s="117"/>
+      <c r="S31" s="117"/>
+      <c r="T31" s="117"/>
       <c r="U31" s="63"/>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A32" s="119" t="s">
+      <c r="A32" s="117" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="119"/>
-[...17 lines deleted...]
-      <c r="T32" s="119"/>
+      <c r="B32" s="117"/>
+      <c r="C32" s="117"/>
+      <c r="D32" s="117"/>
+      <c r="E32" s="117"/>
+      <c r="F32" s="117"/>
+      <c r="G32" s="117"/>
+      <c r="H32" s="117"/>
+      <c r="I32" s="117"/>
+      <c r="J32" s="117"/>
+      <c r="K32" s="117"/>
+      <c r="L32" s="117"/>
+      <c r="M32" s="117"/>
+      <c r="N32" s="117"/>
+      <c r="O32" s="117"/>
+      <c r="P32" s="117"/>
+      <c r="Q32" s="117"/>
+      <c r="R32" s="117"/>
+      <c r="S32" s="117"/>
+      <c r="T32" s="117"/>
     </row>
     <row r="33" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A33" s="119" t="s">
+      <c r="A33" s="117" t="s">
         <v>29</v>
       </c>
-      <c r="B33" s="119"/>
-[...4 lines deleted...]
-      <c r="G33" s="119"/>
+      <c r="B33" s="117"/>
+      <c r="C33" s="117"/>
+      <c r="D33" s="117"/>
+      <c r="E33" s="117"/>
+      <c r="F33" s="117"/>
+      <c r="G33" s="117"/>
       <c r="H33" s="74"/>
       <c r="I33" s="74"/>
       <c r="J33" s="74"/>
       <c r="K33" s="74"/>
       <c r="L33" s="74"/>
       <c r="M33" s="74"/>
       <c r="N33" s="74"/>
       <c r="O33" s="74"/>
       <c r="P33" s="74"/>
       <c r="Q33" s="74"/>
       <c r="R33" s="74"/>
       <c r="S33" s="74"/>
       <c r="T33" s="74"/>
     </row>
     <row r="34" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A34" s="119" t="s">
+      <c r="A34" s="117" t="s">
         <v>30</v>
       </c>
-      <c r="B34" s="119"/>
-[...17 lines deleted...]
-      <c r="T34" s="119"/>
+      <c r="B34" s="117"/>
+      <c r="C34" s="117"/>
+      <c r="D34" s="117"/>
+      <c r="E34" s="117"/>
+      <c r="F34" s="117"/>
+      <c r="G34" s="117"/>
+      <c r="H34" s="117"/>
+      <c r="I34" s="117"/>
+      <c r="J34" s="117"/>
+      <c r="K34" s="117"/>
+      <c r="L34" s="117"/>
+      <c r="M34" s="117"/>
+      <c r="N34" s="117"/>
+      <c r="O34" s="117"/>
+      <c r="P34" s="117"/>
+      <c r="Q34" s="117"/>
+      <c r="R34" s="117"/>
+      <c r="S34" s="117"/>
+      <c r="T34" s="117"/>
     </row>
     <row r="35" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="119" t="s">
+      <c r="A35" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="B35" s="119"/>
-[...17 lines deleted...]
-      <c r="T35" s="119"/>
+      <c r="B35" s="117"/>
+      <c r="C35" s="117"/>
+      <c r="D35" s="117"/>
+      <c r="E35" s="117"/>
+      <c r="F35" s="117"/>
+      <c r="G35" s="117"/>
+      <c r="H35" s="117"/>
+      <c r="I35" s="117"/>
+      <c r="J35" s="117"/>
+      <c r="K35" s="117"/>
+      <c r="L35" s="117"/>
+      <c r="M35" s="117"/>
+      <c r="N35" s="117"/>
+      <c r="O35" s="117"/>
+      <c r="P35" s="117"/>
+      <c r="Q35" s="117"/>
+      <c r="R35" s="117"/>
+      <c r="S35" s="117"/>
+      <c r="T35" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A30:T30"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="P3:Q3"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="A35:T35"/>
     <mergeCell ref="A34:T34"/>
     <mergeCell ref="A32:T32"/>
     <mergeCell ref="A31:T31"/>
     <mergeCell ref="A33:G33"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.19" top="1.18" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="69" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Leite e derivados</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 8 a 2 7 8 1 9 7 - 0 7 1 c - 4 9 4 1 - 9 b 8 c - 7 4 9 3 0 b a d 1 3 a 2 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K 0 E A A B Q S w M E F A A C A A g A q l n M W r A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A K p Z z F o P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A C q W c x a x k 6 C X a Y B A A C P A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A f V L N i t s w E L 4 H 8 g 5 C v S R g A o X S Q 5 c c g j e h o S 0 t j W k P S T A T e 5 a I l T S u N C o u I U / T w 9 L n y I u t 7 K Q t 7 C q r i 9 H M N 9 / P W B 4 r V m T F 6 v x 9 f T M c D A d + D w 5 r E X w N Z U X W B 8 1 Q a l S M Y i o 0 8 n A g 4 l m Q 7 Q v z t k I 9 + U 7 u f k d 0 P 1 o o j Z O 8 6 1 n 2 I 5 m / 2 3 y C B j Y 5 m d M f V y m K e E a n y G 3 y + a a X 6 J k n r f a t H G f C B q 0 z w S 7 g O D s L J X y U q z 0 i R / H e x G G 9 Z D R T m Q D K 7 I O y 9 V T 2 e L k 9 r m + B Y X s h f i V z 2 O H p A f S e v P j i y N B P V Z O X k b i A X c z R 1 x j f I 9 T o / O i q k 0 y s L 9 C Z 1 q s K N D g / 7 T J s x / + 0 C t W Q m O k Y H m r 6 L 1 E 4 s P 6 O n M l J B 2 O L X w 3 6 0 V V n 2 e E g 4 7 U O T K W M a 4 p o w d j y M R O x A c o / r 8 5 s A j r 3 T D 8 C l k u r K g U 6 9 p e W 3 7 6 Z d P J n r k 6 k g n 7 0 S e s b V O D L j 1 1 6 5 c B f m T 0 9 n H 7 T G f U c 8 T m w o w t H g m B p G n I M a f l V a J w y 8 X V R W R C n v M / b F 8 b z 7 v c Z K m / J o G d V U W L + s p y F s i n 6 r 6 h 7 7 r / Z + s 3 a Y H b o n h p M x D + O h w N l 0 4 / i 5 h F Q S w E C L Q A U A A I A C A C q W c x a s D e R / K U A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A q l n M W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A C q W c x a x k 6 C X a Y B A A C P A w A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D V A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 g E w A A A A A A A L 4 T A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M z E w Y j U z Y 2 E t Z D M w Y y 0 0 Z j d l L T k 0 M j Y t M m Z l O T Y 3 M G M 2 M T N k I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T J U M T Q 6 M T M 6 M j A u N D M w O D M z O F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q X d N R E F 3 T U R B d 0 1 E Q X d V R C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M T E w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 B y b 2 R 1 d G 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B h a X N f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F u b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t W Y W N h c 1 9 M Z W l 0 Z W l y Y X M m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H X D p 8 O j b 1 9 M Z W l 0 Z S Z x d W 9 0 O y w m c X V v d D t P d X R y b 3 N f T G V p d G V z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C Z x d W 9 0 O y w m c X V v d D t S Z W x h Y 2 F v X 0 x l a X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f T G V p d G U m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B b m 9 f L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V m F j Y X N f T G V p d G V p c m F z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 M Z W l 0 Z S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 1 d H J v c 1 9 M Z W l 0 Z X M s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F j Y W 9 f T G V p d G U s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 M Z W l 0 Z S w x N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V 0 b 1 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 l u a W N p Y W w s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t W Y W N h c 1 9 M Z W l 0 Z W l y Y X M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 0 x l a X R l L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 3 V 0 c m 9 z X 0 x l a X R l c y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y W N h b 1 9 M Z W l 0 Z S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 0 x l a X R l L D E 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 G b 2 5 0 Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z V 9 T a G V l d D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q 2 F i Z S V D M y V B N 2 F s a G 9 z J T I w U H J v b W 9 2 a W R v c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A I 1 K 1 x i 4 m s 5 O r Z S I H z C E s Z g A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A 0 0 8 B O u f y 9 h H k O z W U Y L Z / v g A A A A A E g A A A o A A A A B A A A A C O I 9 e c O p M j s l 4 Q U q a F g I t a U A A A A B S 5 6 P b U p i + Y O D e v 5 8 F Y M N r z S b Q F W l 4 1 S M Y i k X M k 8 w A k r f m t Z r g + H M g 8 m d / Y M i f l O 9 9 K b D K 9 B N x V i V B f r v I X s m M a V c 0 T K T / v R / 4 N q 5 l 3 I N f X F A A A A N 7 8 6 S P R o T Q u X B U 0 F D R P d R h y r S j H < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 8 a 2 7 8 1 9 7 - 0 7 1 c - 4 9 4 1 - 9 b 8 c - 7 4 9 3 0 b a d 1 3 a 2 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K 0 E A A B Q S w M E F A A C A A g A Q 0 5 M X L A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A E N O T F w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B D T k x c x k 6 C X a Y B A A C P A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A f V L N i t s w E L 4 H 8 g 5 C v S R g A o X S Q 5 c c g j e h o S 0 t j W k P S T A T e 5 a I l T S u N C o u I U / T w 9 L n y I u t 7 K Q t 7 C q r i 9 H M N 9 / P W B 4 r V m T F 6 v x 9 f T M c D A d + D w 5 r E X w N Z U X W B 8 1 Q a l S M Y i o 0 8 n A g 4 l m Q 7 Q v z t k I 9 + U 7 u f k d 0 P 1 o o j Z O 8 6 1 n 2 I 5 m / 2 3 y C B j Y 5 m d M f V y m K e E a n y G 3 y + a a X 6 J k n r f a t H G f C B q 0 z w S 7 g O D s L J X y U q z 0 i R / H e x G G 9 Z D R T m Q D K 7 I O y 9 V T 2 e L k 9 r m + B Y X s h f i V z 2 O H p A f S e v P j i y N B P V Z O X k b i A X c z R 1 x j f I 9 T o / O i q k 0 y s L 9 C Z 1 q s K N D g / 7 T J s x / + 0 C t W Q m O k Y H m r 6 L 1 E 4 s P 6 O n M l J B 2 O L X w 3 6 0 V V n 2 e E g 4 7 U O T K W M a 4 p o w d j y M R O x A c o / r 8 5 s A j r 3 T D 8 C l k u r K g U 6 9 p e W 3 7 6 Z d P J n r k 6 k g n 7 0 S e s b V O D L j 1 1 6 5 c B f m T 0 9 n H 7 T G f U c 8 T m w o w t H g m B p G n I M a f l V a J w y 8 X V R W R C n v M / b F 8 b z 7 v c Z K m / J o G d V U W L + s p y F s i n 6 r 6 h 7 7 r / Z + s 3 a Y H b o n h p M x D + O h w N l 0 4 / i 5 h F Q S w E C L Q A U A A I A C A B D T k x c s D e R / K U A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A Q 0 5 M X A / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B D T k x c x k 6 C X a Y B A A C P A w A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D V A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 g E w A A A A A A A L 4 T A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M z E w Y j U z Y 2 E t Z D M w Y y 0 0 Z j d l L T k 0 M j Y t M m Z l O T Y 3 M G M 2 M T N k I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D I t M T J U M T I 6 N T A 6 M D c u O T E y O D I 1 N 1 o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q X d N R E F 3 T U R B d 0 1 E Q X d V R C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M T I w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 B y b 2 R 1 d G 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B h a X N f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F u b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t W Y W N h c 1 9 M Z W l 0 Z W l y Y X M m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H X D p 8 O j b 1 9 M Z W l 0 Z S Z x d W 9 0 O y w m c X V v d D t P d X R y b 3 N f T G V p d G V z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C Z x d W 9 0 O y w m c X V v d D t S Z W x h Y 2 F v X 0 x l a X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f T G V p d G U m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B b m 9 f L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V m F j Y X N f T G V p d G V p c m F z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 M Z W l 0 Z S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 1 d H J v c 1 9 M Z W l 0 Z X M s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F j Y W 9 f T G V p d G U s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 M Z W l 0 Z S w x N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V 0 b 1 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 l u a W N p Y W w s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t W Y W N h c 1 9 M Z W l 0 Z W l y Y X M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 0 x l a X R l L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 3 V 0 c m 9 z X 0 x l a X R l c y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x l a X R l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y W N h b 1 9 M Z W l 0 Z S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 0 x l a X R l L D E 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z S 9 G b 2 5 0 Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Z W l 0 Z V 9 T a G V l d D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v Q 2 F i Z S V D M y V B N 2 F s a G 9 z J T I w U H J v b W 9 2 a W R v c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G V p d G U v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A o X U M C m 8 L S d Z s n 8 m / 8 Z t 4 r Q A A A A A E g A A A o A A A A B A A A A A F V Q w U I Y k b D 3 t Q y 8 v h w D Z m U A A A A E V T + 4 Z L F Y v s g x J V s / j 7 / l J l q L R C 2 H J M s p v u D M j 6 t M 6 F n v Q g H m K 7 4 F 8 B S S k W i O y 0 z c X K D l x 0 o E B a 3 A c J z v d k M 0 X 6 O B S E w n R j u A L A Y k j r a C B v F A A A A L + S / 9 X 5 q U L Y 5 6 M u C S i U 8 H s A m + i d < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32857421-DAFD-4149-9EDF-4F0D2675AFCC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>