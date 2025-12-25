--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -24,80 +24,80 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Mapa\Sumários\Sumários\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0EA4A7C6-57B7-4045-94DA-C54805546077}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80670D9D-0669-4B1A-9F01-43266BE21576}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-1125" windowWidth="29040" windowHeight="15720" tabRatio="653" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="653" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="21" r:id="rId1"/>
     <sheet name="Oferta e Demanda Suco" sheetId="16" r:id="rId2"/>
     <sheet name="Oferta e Demanda L_fresca" sheetId="17" r:id="rId3"/>
     <sheet name="Comércio Exterior - Mensal" sheetId="13" r:id="rId4"/>
     <sheet name="Gráficos de Preços" sheetId="7" r:id="rId5"/>
     <sheet name="usda_consulta_laranja" sheetId="18" state="hidden" r:id="rId6"/>
     <sheet name="Base Suco" sheetId="19" state="hidden" r:id="rId7"/>
     <sheet name="Base Fresca" sheetId="20" state="hidden" r:id="rId8"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId9"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Base Fresca'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Base Suco'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Capa!$A$1:$A$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Comércio Exterior - Mensal'!$A$1:$U$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Gráficos de Preços'!$A$1:$J$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Oferta e Demanda L_fresca'!$A$1:$E$34</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Oferta e Demanda Suco'!$A$1:$I$34</definedName>
     <definedName name="DadosExternos_1" localSheetId="5" hidden="1">usda_consulta_laranja!$A$1:$M$61</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
-    <pivotCache cacheId="7" r:id="rId10"/>
+    <pivotCache cacheId="29" r:id="rId10"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{C64FB4F1-AB84-42FC-A129-05147704E2A6}" keepAlive="1" name="Consulta - usda_consulta_laranja" description="Conexão com a consulta 'usda_consulta_laranja' na pasta de trabalho." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=usda_consulta_laranja;Extended Properties=&quot;&quot;" command="SELECT * FROM [usda_consulta_laranja]"/>
   </connection>
@@ -397,51 +397,51 @@
   <si>
     <t>Espanha</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Austrália</t>
   </si>
   <si>
     <t>Arábia Saudita</t>
   </si>
   <si>
     <t>Áustria</t>
   </si>
   <si>
     <t>Reino Unido</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
-    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 31/10/2025, inclusive.</t>
+    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 30/11/2025, inclusive.</t>
   </si>
   <si>
     <t>Fonte: Usda (www.usda.gov) - janeiro/2025 (divulgação anual)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -974,120 +974,120 @@
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal_aliceweb20110819100727378" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Porcentagem" xfId="5" builtinId="5"/>
     <cellStyle name="Vírgula 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="8">
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1839,87 +1839,87 @@
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
             <a:defRPr sz="1800" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:fld id="{B5593352-177E-4DDC-B619-824DC59A0FFE}" type="TxLink">
             <a:rPr lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:pPr algn="ctr"/>
-            <a:t>novembro-2025</a:t>
+            <a:t>dezembro-2025</a:t>
           </a:fld>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>500391</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>24356</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Imagem 2">
+        <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B37F5B47-AAD8-0894-DC5D-5413473A753F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98B059EA-B324-5915-814A-C91549B64F86}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="5986791" cy="4072481"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -3158,67 +3158,75 @@
           <cell r="AC153">
             <v>56.638095129103888</v>
           </cell>
         </row>
         <row r="154">
           <cell r="A154">
             <v>45901</v>
           </cell>
           <cell r="AC154">
             <v>57.805454774336383</v>
           </cell>
         </row>
         <row r="155">
           <cell r="A155">
             <v>45931</v>
           </cell>
           <cell r="AC155">
             <v>60.481499671936035</v>
           </cell>
         </row>
         <row r="156">
           <cell r="A156">
             <v>45962</v>
           </cell>
           <cell r="AC156">
-            <v>59.477999114990233</v>
+            <v>53.446841190000001</v>
+          </cell>
+        </row>
+        <row r="157">
+          <cell r="A157">
+            <v>45992</v>
+          </cell>
+          <cell r="AC157">
+            <v>47.8</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="45883.46842488426" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="60" xr:uid="{E48106AC-A36A-49F1-8187-531292EBB5D6}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46002.543507060182" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="60" xr:uid="{E48106AC-A36A-49F1-8187-531292EBB5D6}">
   <cacheSource type="worksheet">
     <worksheetSource name="usda_consulta_laranja"/>
   </cacheSource>
   <cacheFields count="13">
     <cacheField name="Produto_" numFmtId="0">
       <sharedItems count="2">
         <s v="Suco de Laranja"/>
         <s v="Laranja Fresca"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Pais_" numFmtId="0">
       <sharedItems count="3">
         <s v="Brasil"/>
         <s v="Estados Unidos"/>
         <s v="Mundo"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Ano_" numFmtId="0">
       <sharedItems count="11">
         <s v="2015/2016"/>
         <s v="2016/2017"/>
         <s v="2017/2018"/>
         <s v="2018/2019"/>
         <s v="2019/2020"/>
         <s v="2020/2021"/>
@@ -4160,188 +4168,188 @@
     <x v="2"/>
     <x v="9"/>
     <n v="0"/>
     <n v="45224"/>
     <n v="4256"/>
     <n v="49480"/>
     <n v="4708"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="49480"/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{67A0BEC0-FECA-487C-9187-CA1D981D0D40}" name="Tabela dinâmica2" cacheId="7" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{67A0BEC0-FECA-487C-9187-CA1D981D0D40}" name="Tabela dinâmica2" cacheId="29" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:I33" firstHeaderRow="0" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
   <pivotFields count="13">
     <pivotField axis="axisPage" showAll="0">
       <items count="3">
         <item x="1"/>
         <item x="0"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="3">
         <item x="2"/>
         <item x="1"/>
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
       <items count="12">
         <item h="1" m="1" x="10"/>
-        <item x="0"/>
+        <item h="1" x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
-        <item h="1" x="9"/>
+        <item x="9"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="2">
     <field x="1"/>
     <field x="2"/>
   </rowFields>
   <rowItems count="30">
     <i>
       <x/>
     </i>
     <i r="1">
+      <x v="2"/>
+    </i>
+    <i r="1">
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
+    </i>
+    <i r="1">
+      <x v="5"/>
+    </i>
+    <i r="1">
+      <x v="6"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="8"/>
+    </i>
+    <i r="1">
+      <x v="9"/>
+    </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
+    <i>
       <x v="1"/>
     </i>
     <i r="1">
       <x v="2"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="4"/>
     </i>
     <i r="1">
       <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="7"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
     <i>
-      <x v="1"/>
-[...2 lines deleted...]
-      <x v="1"/>
+      <x v="2"/>
     </i>
     <i r="1">
       <x v="2"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="4"/>
     </i>
     <i r="1">
       <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="7"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
-    <i>
-[...1 lines deleted...]
-    </i>
     <i r="1">
-      <x v="1"/>
-[...23 lines deleted...]
-      <x v="9"/>
+      <x v="10"/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="-2"/>
   </colFields>
   <colItems count="8">
     <i>
       <x/>
     </i>
     <i i="1">
       <x v="1"/>
     </i>
     <i i="2">
       <x v="2"/>
     </i>
     <i i="3">
       <x v="3"/>
     </i>
     <i i="4">
       <x v="4"/>
     </i>
     <i i="5">
       <x v="5"/>
     </i>
     <i i="6">
@@ -4385,188 +4393,188 @@
       </pivotArea>
     </format>
     <format dxfId="2">
       <pivotArea outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="1">
             <x v="6"/>
           </reference>
         </references>
       </pivotArea>
     </format>
   </formats>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/pivotTables/pivotTable2.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{6DFA0051-28AB-45AE-9183-C83190615071}" name="Tabela dinâmica2" cacheId="7" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{6DFA0051-28AB-45AE-9183-C83190615071}" name="Tabela dinâmica2" cacheId="29" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:E33" firstHeaderRow="0" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
   <pivotFields count="13">
     <pivotField axis="axisPage" showAll="0">
       <items count="3">
         <item x="1"/>
         <item x="0"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="3">
         <item x="2"/>
         <item x="1"/>
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
       <items count="12">
         <item h="1" m="1" x="10"/>
-        <item x="0"/>
+        <item h="1" x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
-        <item h="1" x="9"/>
+        <item x="9"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="2">
     <field x="1"/>
     <field x="2"/>
   </rowFields>
   <rowItems count="30">
     <i>
       <x/>
     </i>
     <i r="1">
+      <x v="2"/>
+    </i>
+    <i r="1">
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
+    </i>
+    <i r="1">
+      <x v="5"/>
+    </i>
+    <i r="1">
+      <x v="6"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="8"/>
+    </i>
+    <i r="1">
+      <x v="9"/>
+    </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
+    <i>
       <x v="1"/>
     </i>
     <i r="1">
       <x v="2"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="4"/>
     </i>
     <i r="1">
       <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="7"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
     <i>
-      <x v="1"/>
-[...2 lines deleted...]
-      <x v="1"/>
+      <x v="2"/>
     </i>
     <i r="1">
       <x v="2"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="4"/>
     </i>
     <i r="1">
       <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="7"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
-    <i>
-[...1 lines deleted...]
-    </i>
     <i r="1">
-      <x v="1"/>
-[...23 lines deleted...]
-      <x v="9"/>
+      <x v="10"/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="-2"/>
   </colFields>
   <colItems count="4">
     <i>
       <x/>
     </i>
     <i i="1">
       <x v="1"/>
     </i>
     <i i="2">
       <x v="2"/>
     </i>
     <i i="3">
       <x v="3"/>
     </i>
   </colItems>
   <pageFields count="1">
     <pageField fld="0" item="0" hier="-1"/>
   </pageFields>
   <dataFields count="4">
     <dataField name="Produção" fld="4" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Importação" fld="5" baseField="1" baseItem="0" numFmtId="3"/>
@@ -4959,71 +4967,71 @@
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EB72D03-E2A8-42EC-8E33-4A3251980BB5}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
-      <selection activeCell="G43" sqref="G43"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A13" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
+      <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="118.7109375" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{974A091F-B03D-400F-B4BE-CC136868CA6A}">
   <dimension ref="A1:I34"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="P15" sqref="P15"/>
+    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27" t="s">
         <v>0</v>
       </c>
@@ -5045,1525 +5053,1525 @@
       <c r="G3" s="24" t="s">
         <v>66</v>
       </c>
       <c r="H3" s="24" t="s">
         <v>67</v>
       </c>
       <c r="I3" s="30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="25" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="26"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="57"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" s="22">
-        <v>593</v>
+        <v>374</v>
       </c>
       <c r="C5" s="22">
-        <v>1374</v>
+        <v>1525</v>
       </c>
       <c r="D5" s="22">
-        <v>1580</v>
+        <v>2172</v>
       </c>
       <c r="E5" s="22">
-        <v>3548</v>
+        <v>4072</v>
       </c>
       <c r="F5" s="22">
-        <v>1864</v>
+        <v>1818</v>
       </c>
       <c r="G5" s="22">
-        <v>1310</v>
+        <v>1747</v>
       </c>
       <c r="H5" s="16">
-        <v>374</v>
+        <v>507</v>
       </c>
       <c r="I5" s="58">
-        <v>0.20068051116668201</v>
+        <v>0.27903780598108702</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="22">
-        <v>374</v>
+        <v>507</v>
       </c>
       <c r="C6" s="22">
-        <v>1525</v>
+        <v>1628</v>
       </c>
       <c r="D6" s="22">
-        <v>2172</v>
+        <v>1579</v>
       </c>
       <c r="E6" s="22">
-        <v>4072</v>
+        <v>3714</v>
       </c>
       <c r="F6" s="22">
-        <v>1818</v>
+        <v>1748</v>
       </c>
       <c r="G6" s="22">
-        <v>1747</v>
+        <v>1490</v>
       </c>
       <c r="H6" s="16">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="I6" s="58">
-        <v>0.27903780598108702</v>
+        <v>0.272616456496309</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B7" s="22">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="C7" s="22">
-        <v>1628</v>
+        <v>1507</v>
       </c>
       <c r="D7" s="22">
-        <v>1579</v>
+        <v>2089</v>
       </c>
       <c r="E7" s="22">
-        <v>3714</v>
+        <v>4073</v>
       </c>
       <c r="F7" s="22">
-        <v>1748</v>
+        <v>1689</v>
       </c>
       <c r="G7" s="22">
-        <v>1490</v>
+        <v>1608</v>
       </c>
       <c r="H7" s="16">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="I7" s="58">
-        <v>0.272616456496309</v>
+        <v>0.45942032504484598</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B8" s="22">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="C8" s="22">
-        <v>1507</v>
+        <v>1379</v>
       </c>
       <c r="D8" s="22">
-        <v>2089</v>
+        <v>1470</v>
       </c>
       <c r="E8" s="22">
-        <v>4073</v>
+        <v>3625</v>
       </c>
       <c r="F8" s="22">
         <v>1689</v>
       </c>
       <c r="G8" s="22">
-        <v>1608</v>
+        <v>1421</v>
       </c>
       <c r="H8" s="16">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="I8" s="58">
-        <v>0.45942032504484598</v>
+        <v>0.304973995585407</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" s="22">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="C9" s="22">
-        <v>1379</v>
+        <v>1356</v>
       </c>
       <c r="D9" s="22">
-        <v>1470</v>
+        <v>1559</v>
       </c>
       <c r="E9" s="22">
-        <v>3625</v>
+        <v>3431</v>
       </c>
       <c r="F9" s="22">
-        <v>1689</v>
+        <v>1660</v>
       </c>
       <c r="G9" s="22">
-        <v>1421</v>
+        <v>1463</v>
       </c>
       <c r="H9" s="16">
-        <v>515</v>
+        <v>308</v>
       </c>
       <c r="I9" s="58">
-        <v>0.304973995585407</v>
+        <v>0.185357717862493</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" s="22">
-        <v>515</v>
+        <v>308</v>
       </c>
       <c r="C10" s="22">
-        <v>1356</v>
+        <v>1317</v>
       </c>
       <c r="D10" s="22">
-        <v>1559</v>
+        <v>1688</v>
       </c>
       <c r="E10" s="22">
-        <v>3431</v>
+        <v>3313</v>
       </c>
       <c r="F10" s="22">
-        <v>1660</v>
+        <v>1606</v>
       </c>
       <c r="G10" s="22">
-        <v>1463</v>
+        <v>1494</v>
       </c>
       <c r="H10" s="16">
-        <v>308</v>
+        <v>213</v>
       </c>
       <c r="I10" s="58">
-        <v>0.185357717862493</v>
+        <v>0.13256277232581301</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B11" s="22">
-        <v>308</v>
+        <v>213</v>
       </c>
       <c r="C11" s="22">
-        <v>1317</v>
+        <v>1349</v>
       </c>
       <c r="D11" s="22">
-        <v>1688</v>
+        <v>1444</v>
       </c>
       <c r="E11" s="22">
-        <v>3313</v>
+        <v>3006</v>
       </c>
       <c r="F11" s="22">
-        <v>1606</v>
+        <v>1472</v>
       </c>
       <c r="G11" s="22">
-        <v>1494</v>
+        <v>1365</v>
       </c>
       <c r="H11" s="16">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="I11" s="58">
-        <v>0.13256277232581301</v>
+        <v>0.115221234608836</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" s="22">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="C12" s="22">
-        <v>1349</v>
+        <v>1278</v>
       </c>
       <c r="D12" s="22">
-        <v>1444</v>
+        <v>1382</v>
       </c>
       <c r="E12" s="22">
-        <v>3006</v>
+        <v>2831</v>
       </c>
       <c r="F12" s="22">
-        <v>1472</v>
+        <v>1389</v>
       </c>
       <c r="G12" s="22">
-        <v>1365</v>
+        <v>1266</v>
       </c>
       <c r="H12" s="16">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="I12" s="58">
-        <v>0.115221234608836</v>
+        <v>0.12683411961178401</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B13" s="22">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C13" s="22">
-        <v>1278</v>
+        <v>1197</v>
       </c>
       <c r="D13" s="22">
-        <v>1382</v>
+        <v>1438</v>
       </c>
       <c r="E13" s="22">
-        <v>2831</v>
+        <v>2811</v>
       </c>
       <c r="F13" s="22">
-        <v>1389</v>
+        <v>1304</v>
       </c>
       <c r="G13" s="22">
-        <v>1266</v>
+        <v>1347</v>
       </c>
       <c r="H13" s="16">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="I13" s="59">
-        <v>0.12683411961178401</v>
+        <v>0.122667670792068</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="36"/>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" s="22">
-        <v>358</v>
+        <v>302</v>
       </c>
       <c r="C15" s="22">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="D15" s="22">
-        <v>361</v>
+        <v>303</v>
       </c>
       <c r="E15" s="22">
-        <v>999</v>
+        <v>906</v>
       </c>
       <c r="F15" s="22">
-        <v>631</v>
+        <v>581</v>
       </c>
       <c r="G15" s="22">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H15" s="16">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="I15" s="58">
-        <v>0.47860538827258298</v>
+        <v>0.46127366609294301</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B16" s="22">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="C16" s="22">
-        <v>301</v>
+        <v>413</v>
       </c>
       <c r="D16" s="22">
-        <v>303</v>
+        <v>187</v>
       </c>
       <c r="E16" s="22">
-        <v>906</v>
+        <v>868</v>
       </c>
       <c r="F16" s="22">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="G16" s="22">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="H16" s="16">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="I16" s="58">
-        <v>0.46127366609294301</v>
+        <v>0.45629370629370603</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="22">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C17" s="22">
-        <v>413</v>
+        <v>346</v>
       </c>
       <c r="D17" s="22">
-        <v>187</v>
+        <v>329</v>
       </c>
       <c r="E17" s="22">
-        <v>868</v>
+        <v>936</v>
       </c>
       <c r="F17" s="22">
-        <v>572</v>
+        <v>530</v>
       </c>
       <c r="G17" s="22">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H17" s="16">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="I17" s="58">
-        <v>0.45629370629370603</v>
+        <v>0.70943396226415101</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B18" s="22">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="C18" s="22">
-        <v>346</v>
+        <v>210</v>
       </c>
       <c r="D18" s="22">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="E18" s="22">
-        <v>936</v>
+        <v>883</v>
       </c>
       <c r="F18" s="22">
-        <v>530</v>
+        <v>556</v>
       </c>
       <c r="G18" s="22">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H18" s="16">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="I18" s="58">
-        <v>0.70943396226415101</v>
+        <v>0.52697841726618699</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" s="22">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="C19" s="22">
-        <v>210</v>
+        <v>290</v>
       </c>
       <c r="D19" s="22">
-        <v>297</v>
+        <v>230</v>
       </c>
       <c r="E19" s="22">
-        <v>883</v>
+        <v>813</v>
       </c>
       <c r="F19" s="22">
-        <v>556</v>
+        <v>542</v>
       </c>
       <c r="G19" s="22">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H19" s="16">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="I19" s="58">
-        <v>0.52697841726618699</v>
+        <v>0.44280442804428</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B20" s="22">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="C20" s="22">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="D20" s="22">
-        <v>230</v>
+        <v>159</v>
       </c>
       <c r="E20" s="22">
-        <v>813</v>
+        <v>713</v>
       </c>
       <c r="F20" s="22">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="G20" s="22">
         <v>31</v>
       </c>
       <c r="H20" s="16">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="I20" s="58">
-        <v>0.44280442804428</v>
+        <v>0.29657794676806098</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" s="22">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="C21" s="22">
-        <v>314</v>
+        <v>406</v>
       </c>
       <c r="D21" s="22">
-        <v>159</v>
+        <v>85</v>
       </c>
       <c r="E21" s="22">
-        <v>713</v>
+        <v>647</v>
       </c>
       <c r="F21" s="22">
-        <v>526</v>
+        <v>497</v>
       </c>
       <c r="G21" s="22">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H21" s="16">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="I21" s="58">
-        <v>0.29657794676806098</v>
+        <v>0.25352112676056299</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B22" s="22">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="C22" s="22">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="D22" s="22">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="E22" s="22">
-        <v>647</v>
+        <v>633</v>
       </c>
       <c r="F22" s="22">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="G22" s="22">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H22" s="16">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="I22" s="58">
-        <v>0.25352112676056299</v>
+        <v>0.248971193415638</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B23" s="22">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C23" s="22">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D23" s="22">
-        <v>111</v>
+        <v>80</v>
       </c>
       <c r="E23" s="22">
-        <v>633</v>
+        <v>601</v>
       </c>
       <c r="F23" s="22">
         <v>486</v>
       </c>
       <c r="G23" s="22">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H23" s="16">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="I23" s="59">
-        <v>0.248971193415638</v>
+        <v>0.18518518518518501</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="28" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="36"/>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" s="22">
-        <v>147</v>
+        <v>6</v>
       </c>
       <c r="C25" s="22">
         <v>0</v>
       </c>
       <c r="D25" s="22">
-        <v>859</v>
+        <v>1447</v>
       </c>
       <c r="E25" s="22">
-        <v>1006</v>
+        <v>1453</v>
       </c>
       <c r="F25" s="22">
         <v>38</v>
       </c>
       <c r="G25" s="22">
-        <v>962</v>
+        <v>1230</v>
       </c>
       <c r="H25" s="16">
-        <v>6</v>
+        <v>185</v>
       </c>
       <c r="I25" s="58">
-        <v>0.157894736842105</v>
+        <v>4.8684210526315796</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B26" s="22">
-        <v>6</v>
+        <v>185</v>
       </c>
       <c r="C26" s="22">
         <v>0</v>
       </c>
       <c r="D26" s="22">
-        <v>1447</v>
+        <v>1004</v>
       </c>
       <c r="E26" s="22">
-        <v>1453</v>
+        <v>1189</v>
       </c>
       <c r="F26" s="22">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G26" s="22">
-        <v>1230</v>
+        <v>989</v>
       </c>
       <c r="H26" s="16">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="I26" s="58">
-        <v>4.8684210526315796</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B27" s="22">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="C27" s="22">
         <v>0</v>
       </c>
       <c r="D27" s="22">
-        <v>1004</v>
+        <v>1324</v>
       </c>
       <c r="E27" s="22">
-        <v>1189</v>
+        <v>1484</v>
       </c>
       <c r="F27" s="22">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="G27" s="22">
-        <v>989</v>
+        <v>1120</v>
       </c>
       <c r="H27" s="16">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="I27" s="58">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" s="22">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="C28" s="22">
         <v>0</v>
       </c>
       <c r="D28" s="22">
-        <v>1324</v>
+        <v>938</v>
       </c>
       <c r="E28" s="22">
-        <v>1484</v>
+        <v>1250</v>
       </c>
       <c r="F28" s="22">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G28" s="22">
-        <v>1120</v>
+        <v>1036</v>
       </c>
       <c r="H28" s="16">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="I28" s="58">
-        <v>6</v>
+        <v>2.3968253968253999</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B29" s="22">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="C29" s="22">
         <v>0</v>
       </c>
       <c r="D29" s="22">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="E29" s="22">
-        <v>1250</v>
+        <v>1095</v>
       </c>
       <c r="F29" s="22">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G29" s="22">
-        <v>1036</v>
+        <v>1010</v>
       </c>
       <c r="H29" s="16">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="I29" s="58">
-        <v>2.3968253968253999</v>
+        <v>0.214285714285714</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B30" s="22">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="C30" s="22">
         <v>0</v>
       </c>
       <c r="D30" s="22">
-        <v>944</v>
+        <v>1135</v>
       </c>
       <c r="E30" s="22">
-        <v>1095</v>
+        <v>1150</v>
       </c>
       <c r="F30" s="22">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G30" s="22">
-        <v>1010</v>
+        <v>1068</v>
       </c>
       <c r="H30" s="16">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I30" s="58">
-        <v>0.214285714285714</v>
+        <v>0.123287671232877</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="22">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C31" s="22">
         <v>0</v>
       </c>
       <c r="D31" s="22">
-        <v>1135</v>
+        <v>1080</v>
       </c>
       <c r="E31" s="22">
-        <v>1150</v>
+        <v>1089</v>
       </c>
       <c r="F31" s="22">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G31" s="22">
-        <v>1068</v>
+        <v>1006</v>
       </c>
       <c r="H31" s="16">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I31" s="58">
-        <v>0.123287671232877</v>
+        <v>0.10893333333333299</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" s="22">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C32" s="22">
         <v>0</v>
       </c>
       <c r="D32" s="22">
-        <v>1080</v>
+        <v>930</v>
       </c>
       <c r="E32" s="22">
-        <v>1089</v>
+        <v>938</v>
       </c>
       <c r="F32" s="22">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="G32" s="22">
-        <v>1006</v>
+        <v>874</v>
       </c>
       <c r="H32" s="16">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I32" s="58">
-        <v>0.10893333333333299</v>
+        <v>6.6666666666666693E-2</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="17" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B33" s="23">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C33" s="23">
         <v>0</v>
       </c>
       <c r="D33" s="23">
-        <v>930</v>
+        <v>1012</v>
       </c>
       <c r="E33" s="23">
-        <v>938</v>
+        <v>1016</v>
       </c>
       <c r="F33" s="23">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G33" s="23">
-        <v>874</v>
+        <v>954</v>
       </c>
       <c r="H33" s="18">
         <v>4</v>
       </c>
       <c r="I33" s="59">
-        <v>6.6666666666666693E-2</v>
+        <v>6.8965517241379296E-2</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.15748031496062992" top="1.2204724409448819" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50466495-F05A-4A79-A11E-47BC3FB5E033}">
   <dimension ref="A1:E34"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
-      <selection activeCell="P15" sqref="P15"/>
+      <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="5" width="12.140625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E2" s="4"/>
     </row>
     <row r="3" spans="1:5" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C3" s="24" t="s">
         <v>62</v>
       </c>
       <c r="D3" s="24" t="s">
         <v>64</v>
       </c>
       <c r="E3" s="30" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="25" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="26"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
     </row>
     <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" s="22">
-        <v>47267</v>
+        <v>54022</v>
       </c>
       <c r="C5" s="22">
-        <v>4143</v>
+        <v>4374</v>
       </c>
       <c r="D5" s="22">
-        <v>51410</v>
+        <v>58396</v>
       </c>
       <c r="E5" s="16">
-        <v>4552</v>
+        <v>5042</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="22">
-        <v>54022</v>
+        <v>48441</v>
       </c>
       <c r="C6" s="22">
-        <v>4374</v>
+        <v>4674</v>
       </c>
       <c r="D6" s="22">
-        <v>58396</v>
+        <v>53115</v>
       </c>
       <c r="E6" s="16">
-        <v>5042</v>
+        <v>5125</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B7" s="22">
-        <v>48441</v>
+        <v>54250</v>
       </c>
       <c r="C7" s="22">
-        <v>4674</v>
+        <v>4583</v>
       </c>
       <c r="D7" s="22">
-        <v>53115</v>
+        <v>58833</v>
       </c>
       <c r="E7" s="16">
-        <v>5125</v>
+        <v>5054</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B8" s="22">
-        <v>54250</v>
+        <v>46078</v>
       </c>
       <c r="C8" s="22">
-        <v>4583</v>
+        <v>4512</v>
       </c>
       <c r="D8" s="22">
-        <v>58833</v>
+        <v>50590</v>
       </c>
       <c r="E8" s="16">
-        <v>5054</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" s="22">
-        <v>46078</v>
+        <v>48173</v>
       </c>
       <c r="C9" s="22">
-        <v>4512</v>
+        <v>4410</v>
       </c>
       <c r="D9" s="22">
-        <v>50590</v>
+        <v>52583</v>
       </c>
       <c r="E9" s="16">
-        <v>4749</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" s="22">
-        <v>48173</v>
+        <v>50319</v>
       </c>
       <c r="C10" s="22">
-        <v>4410</v>
+        <v>4279</v>
       </c>
       <c r="D10" s="22">
-        <v>52583</v>
+        <v>54598</v>
       </c>
       <c r="E10" s="16">
-        <v>4835</v>
+        <v>4649</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B11" s="22">
-        <v>50319</v>
+        <v>46983</v>
       </c>
       <c r="C11" s="22">
-        <v>4279</v>
+        <v>4358</v>
       </c>
       <c r="D11" s="22">
-        <v>54598</v>
+        <v>51341</v>
       </c>
       <c r="E11" s="16">
-        <v>4649</v>
+        <v>4458</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" s="22">
-        <v>46983</v>
+        <v>45886</v>
       </c>
       <c r="C12" s="22">
-        <v>4358</v>
+        <v>4190</v>
       </c>
       <c r="D12" s="22">
-        <v>51341</v>
+        <v>50076</v>
       </c>
       <c r="E12" s="16">
-        <v>4458</v>
+        <v>5010</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B13" s="22">
-        <v>45886</v>
+        <v>45224</v>
       </c>
       <c r="C13" s="22">
-        <v>4190</v>
+        <v>4256</v>
       </c>
       <c r="D13" s="22">
-        <v>50076</v>
+        <v>49480</v>
       </c>
       <c r="E13" s="16">
-        <v>5010</v>
+        <v>4708</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
     </row>
     <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" s="22">
-        <v>5523</v>
+        <v>4616</v>
       </c>
       <c r="C15" s="22">
-        <v>164</v>
+        <v>182</v>
       </c>
       <c r="D15" s="22">
-        <v>5687</v>
+        <v>4798</v>
       </c>
       <c r="E15" s="16">
-        <v>657</v>
+        <v>613</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B16" s="22">
-        <v>4616</v>
+        <v>3515</v>
       </c>
       <c r="C16" s="22">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="D16" s="22">
-        <v>4798</v>
+        <v>3737</v>
       </c>
       <c r="E16" s="16">
-        <v>613</v>
+        <v>511</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="22">
-        <v>3515</v>
+        <v>4923</v>
       </c>
       <c r="C17" s="22">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="D17" s="22">
-        <v>3737</v>
+        <v>5116</v>
       </c>
       <c r="E17" s="16">
-        <v>511</v>
+        <v>479</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B18" s="22">
-        <v>4923</v>
+        <v>4766</v>
       </c>
       <c r="C18" s="22">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="D18" s="22">
-        <v>5116</v>
+        <v>4966</v>
       </c>
       <c r="E18" s="16">
-        <v>479</v>
+        <v>507</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" s="22">
-        <v>4766</v>
+        <v>3980</v>
       </c>
       <c r="C19" s="22">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="D19" s="22">
-        <v>4966</v>
+        <v>4198</v>
       </c>
       <c r="E19" s="16">
-        <v>507</v>
+        <v>467</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B20" s="22">
-        <v>3980</v>
+        <v>3108</v>
       </c>
       <c r="C20" s="22">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="D20" s="22">
-        <v>4198</v>
+        <v>3344</v>
       </c>
       <c r="E20" s="16">
-        <v>467</v>
+        <v>335</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" s="22">
-        <v>3108</v>
+        <v>2312</v>
       </c>
       <c r="C21" s="22">
-        <v>236</v>
+        <v>214</v>
       </c>
       <c r="D21" s="22">
-        <v>3344</v>
+        <v>2526</v>
       </c>
       <c r="E21" s="16">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B22" s="22">
-        <v>2312</v>
+        <v>2502</v>
       </c>
       <c r="C22" s="22">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="D22" s="22">
-        <v>2526</v>
+        <v>2736</v>
       </c>
       <c r="E22" s="16">
-        <v>345</v>
+        <v>339</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B23" s="22">
-        <v>2502</v>
+        <v>2245</v>
       </c>
       <c r="C23" s="22">
-        <v>234</v>
+        <v>260</v>
       </c>
       <c r="D23" s="22">
-        <v>2736</v>
+        <v>2505</v>
       </c>
       <c r="E23" s="16">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="28" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
     </row>
     <row r="25" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" s="22">
-        <v>14414</v>
+        <v>20890</v>
       </c>
       <c r="C25" s="22">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D25" s="22">
-        <v>14432</v>
+        <v>20910</v>
       </c>
       <c r="E25" s="16">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B26" s="22">
-        <v>20890</v>
+        <v>15953</v>
       </c>
       <c r="C26" s="22">
+        <v>24</v>
+      </c>
+      <c r="D26" s="22">
+        <v>15977</v>
+      </c>
+      <c r="E26" s="16">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B27" s="22">
-        <v>15953</v>
+        <v>19298</v>
       </c>
       <c r="C27" s="22">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D27" s="22">
-        <v>15977</v>
+        <v>19327</v>
       </c>
       <c r="E27" s="16">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" s="22">
-        <v>19298</v>
+        <v>14870</v>
       </c>
       <c r="C28" s="22">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D28" s="22">
-        <v>19327</v>
+        <v>14891</v>
       </c>
       <c r="E28" s="16">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B29" s="22">
-        <v>14870</v>
+        <v>14676</v>
       </c>
       <c r="C29" s="22">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D29" s="22">
-        <v>14891</v>
+        <v>14700</v>
       </c>
       <c r="E29" s="16">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B30" s="22">
-        <v>14676</v>
+        <v>16932</v>
       </c>
       <c r="C30" s="22">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D30" s="22">
-        <v>14700</v>
+        <v>16960</v>
       </c>
       <c r="E30" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="22">
-        <v>16932</v>
+        <v>15469</v>
       </c>
       <c r="C31" s="22">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D31" s="22">
-        <v>16960</v>
+        <v>15509</v>
       </c>
       <c r="E31" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" s="22">
-        <v>15469</v>
+        <v>12300</v>
       </c>
       <c r="C32" s="22">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D32" s="22">
-        <v>15509</v>
+        <v>12332</v>
       </c>
       <c r="E32" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="17" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B33" s="23">
-        <v>12300</v>
+        <v>13000</v>
       </c>
       <c r="C33" s="23">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D33" s="23">
-        <v>12332</v>
+        <v>13037</v>
       </c>
       <c r="E33" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.15748031496062992" top="1.42" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="120" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D49E317-DF1B-4DF7-80EF-4ABFDDD77381}">
   <dimension ref="A1:W43"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" zoomScaleSheetLayoutView="84" workbookViewId="0">
-      <selection activeCell="P15" sqref="P15"/>
+      <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
     <col min="2" max="21" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A1" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
       <c r="K1" s="13"/>
       <c r="L1" s="13"/>
       <c r="M1" s="13"/>
       <c r="N1" s="13"/>
       <c r="O1" s="13"/>
       <c r="P1" s="13"/>
       <c r="Q1" s="13"/>
       <c r="R1" s="13"/>
       <c r="S1" s="13"/>
       <c r="T1" s="13"/>
       <c r="U1" s="13"/>
       <c r="V1" s="13"/>
       <c r="W1" s="13"/>
     </row>
     <row r="2" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="32"/>
       <c r="B3" s="81">
         <v>2016</v>
       </c>
-      <c r="C3" s="82">
+      <c r="C3" s="85">
         <v>0</v>
       </c>
       <c r="D3" s="83">
         <v>2017</v>
       </c>
-      <c r="E3" s="82">
+      <c r="E3" s="85">
         <v>0</v>
       </c>
       <c r="F3" s="81">
         <v>2018</v>
       </c>
-      <c r="G3" s="82">
+      <c r="G3" s="85">
         <v>0</v>
       </c>
       <c r="H3" s="83">
         <v>2019</v>
       </c>
-      <c r="I3" s="82">
+      <c r="I3" s="85">
         <v>0</v>
       </c>
       <c r="J3" s="83">
         <v>2020</v>
       </c>
-      <c r="K3" s="84">
+      <c r="K3" s="86">
         <v>0</v>
       </c>
       <c r="L3" s="81">
         <v>2021</v>
       </c>
-      <c r="M3" s="82">
+      <c r="M3" s="85">
         <v>0</v>
       </c>
       <c r="N3" s="83">
         <v>2022</v>
       </c>
-      <c r="O3" s="82">
+      <c r="O3" s="85">
         <v>0</v>
       </c>
       <c r="P3" s="81">
         <v>2023</v>
       </c>
-      <c r="Q3" s="82">
+      <c r="Q3" s="85">
         <v>0</v>
       </c>
       <c r="R3" s="83">
         <v>2024</v>
       </c>
-      <c r="S3" s="82">
+      <c r="S3" s="85">
         <v>0</v>
       </c>
       <c r="T3" s="83">
         <v>2025</v>
       </c>
-      <c r="U3" s="84">
+      <c r="U3" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="38" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="43" t="s">
         <v>73</v>
       </c>
       <c r="C4" s="47" t="s">
         <v>74</v>
       </c>
       <c r="D4" s="44" t="s">
         <v>73</v>
       </c>
       <c r="E4" s="47" t="s">
         <v>74</v>
       </c>
       <c r="F4" s="44" t="s">
         <v>73</v>
       </c>
       <c r="G4" s="47" t="s">
         <v>74</v>
       </c>
@@ -7297,54 +7305,54 @@
       <c r="L15" s="60">
         <v>89.446481000000006</v>
       </c>
       <c r="M15" s="61">
         <v>123.755813</v>
       </c>
       <c r="N15" s="62">
         <v>162.403301</v>
       </c>
       <c r="O15" s="61">
         <v>206.25034600000001</v>
       </c>
       <c r="P15" s="62">
         <v>189.02239599999999</v>
       </c>
       <c r="Q15" s="61">
         <v>154.18838099999999</v>
       </c>
       <c r="R15" s="62">
         <v>324.85202500000003</v>
       </c>
       <c r="S15" s="61">
         <v>218.966984</v>
       </c>
       <c r="T15" s="62">
-        <v>0</v>
+        <v>214.880965</v>
       </c>
       <c r="U15" s="62">
-        <v>0</v>
+        <v>212.26792800000001</v>
       </c>
     </row>
     <row r="16" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="17" t="s">
         <v>90</v>
       </c>
       <c r="B16" s="63">
         <v>185.93388400000001</v>
       </c>
       <c r="C16" s="64">
         <v>202.35393300000001</v>
       </c>
       <c r="D16" s="65">
         <v>203.701896</v>
       </c>
       <c r="E16" s="64">
         <v>211.011325</v>
       </c>
       <c r="F16" s="65">
         <v>313.45414799999998</v>
       </c>
       <c r="G16" s="64">
         <v>422.51280000000003</v>
       </c>
       <c r="H16" s="65">
@@ -7427,144 +7435,144 @@
       <c r="L17" s="66">
         <v>1623.5055169999998</v>
       </c>
       <c r="M17" s="67">
         <v>2257.0509259999999</v>
       </c>
       <c r="N17" s="68">
         <v>1975.6351440000001</v>
       </c>
       <c r="O17" s="67">
         <v>2488.6848369999998</v>
       </c>
       <c r="P17" s="68">
         <v>2440.4693710000001</v>
       </c>
       <c r="Q17" s="67">
         <v>2650.04306</v>
       </c>
       <c r="R17" s="68">
         <v>3257.7461549999998</v>
       </c>
       <c r="S17" s="67">
         <v>2420.4914530000005</v>
       </c>
       <c r="T17" s="68">
-        <v>2562.9400370000003</v>
+        <v>2777.8210020000001</v>
       </c>
       <c r="U17" s="68">
-        <v>1776.4753060000003</v>
+        <v>1988.7432340000003</v>
       </c>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
     </row>
     <row r="21" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="35"/>
       <c r="B21" s="81">
         <v>2016</v>
       </c>
-      <c r="C21" s="85">
+      <c r="C21" s="82">
         <v>0</v>
       </c>
       <c r="D21" s="83">
         <v>2017</v>
       </c>
-      <c r="E21" s="85">
+      <c r="E21" s="82">
         <v>0</v>
       </c>
       <c r="F21" s="81">
         <v>2018</v>
       </c>
-      <c r="G21" s="85">
+      <c r="G21" s="82">
         <v>0</v>
       </c>
       <c r="H21" s="83">
         <v>2019</v>
       </c>
-      <c r="I21" s="85">
+      <c r="I21" s="82">
         <v>0</v>
       </c>
       <c r="J21" s="83">
         <v>2020</v>
       </c>
-      <c r="K21" s="86">
+      <c r="K21" s="84">
         <v>0</v>
       </c>
       <c r="L21" s="81">
         <v>2021</v>
       </c>
-      <c r="M21" s="85">
+      <c r="M21" s="82">
         <v>0</v>
       </c>
       <c r="N21" s="83">
         <v>2022</v>
       </c>
-      <c r="O21" s="85">
+      <c r="O21" s="82">
         <v>0</v>
       </c>
       <c r="P21" s="81">
         <v>2023</v>
       </c>
-      <c r="Q21" s="85">
+      <c r="Q21" s="82">
         <v>0</v>
       </c>
       <c r="R21" s="83">
         <v>2024</v>
       </c>
-      <c r="S21" s="85">
+      <c r="S21" s="82">
         <v>0</v>
       </c>
       <c r="T21" s="83">
         <v>2025</v>
       </c>
-      <c r="U21" s="86">
+      <c r="U21" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="41" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="33" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="34" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="33" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="34" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="33" t="s">
         <v>73</v>
       </c>
       <c r="G22" s="34" t="s">
         <v>74</v>
       </c>
@@ -7648,54 +7656,54 @@
       <c r="L23" s="69">
         <v>330.63637499999999</v>
       </c>
       <c r="M23" s="70">
         <v>659.47392100000002</v>
       </c>
       <c r="N23" s="71">
         <v>537.25850000000003</v>
       </c>
       <c r="O23" s="70">
         <v>954.061508</v>
       </c>
       <c r="P23" s="71">
         <v>794.53469399999994</v>
       </c>
       <c r="Q23" s="70">
         <v>1238.176823</v>
       </c>
       <c r="R23" s="71">
         <v>1046.4410150000001</v>
       </c>
       <c r="S23" s="70">
         <v>1217.2380780000001</v>
       </c>
       <c r="T23" s="71">
-        <v>1097.1232560000001</v>
+        <v>1195.208114</v>
       </c>
       <c r="U23" s="71">
-        <v>1035.8326119999999</v>
+        <v>1180.7691990000001</v>
       </c>
     </row>
     <row r="24" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="19" t="s">
         <v>92</v>
       </c>
       <c r="B24" s="72">
         <v>710.69202499999994</v>
       </c>
       <c r="C24" s="73">
         <v>975.04344200000003</v>
       </c>
       <c r="D24" s="74">
         <v>735.79407300000003</v>
       </c>
       <c r="E24" s="73">
         <v>876.84685000000002</v>
       </c>
       <c r="F24" s="74">
         <v>669.82522300000005</v>
       </c>
       <c r="G24" s="73">
         <v>802.60557600000004</v>
       </c>
       <c r="H24" s="74">
@@ -7713,54 +7721,54 @@
       <c r="L24" s="72">
         <v>571.67107199999998</v>
       </c>
       <c r="M24" s="73">
         <v>798.46278299999994</v>
       </c>
       <c r="N24" s="74">
         <v>602.67027700000006</v>
       </c>
       <c r="O24" s="73">
         <v>690.23778700000003</v>
       </c>
       <c r="P24" s="74">
         <v>762.14171699999997</v>
       </c>
       <c r="Q24" s="73">
         <v>709.063805</v>
       </c>
       <c r="R24" s="74">
         <v>979.44317100000001</v>
       </c>
       <c r="S24" s="73">
         <v>563.593842</v>
       </c>
       <c r="T24" s="74">
-        <v>810.06610000000001</v>
+        <v>874.25969599999996</v>
       </c>
       <c r="U24" s="74">
-        <v>379.40949599999999</v>
+        <v>416.33572199999998</v>
       </c>
     </row>
     <row r="25" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="19" t="s">
         <v>93</v>
       </c>
       <c r="B25" s="72">
         <v>488.35015700000002</v>
       </c>
       <c r="C25" s="73">
         <v>596.47348</v>
       </c>
       <c r="D25" s="74">
         <v>483.26121699999999</v>
       </c>
       <c r="E25" s="73">
         <v>508.68941799999999</v>
       </c>
       <c r="F25" s="74">
         <v>580.67033500000002</v>
       </c>
       <c r="G25" s="73">
         <v>627.71908099999996</v>
       </c>
       <c r="H25" s="74">
@@ -7778,54 +7786,54 @@
       <c r="L25" s="72">
         <v>431.89533399999999</v>
       </c>
       <c r="M25" s="73">
         <v>574.29390999999998</v>
       </c>
       <c r="N25" s="74">
         <v>520.724424</v>
       </c>
       <c r="O25" s="73">
         <v>617.94252100000006</v>
       </c>
       <c r="P25" s="74">
         <v>483.06703900000002</v>
       </c>
       <c r="Q25" s="73">
         <v>496.64964500000002</v>
       </c>
       <c r="R25" s="74">
         <v>795.44017799999995</v>
       </c>
       <c r="S25" s="73">
         <v>492.51449200000002</v>
       </c>
       <c r="T25" s="74">
-        <v>411.23546099999999</v>
+        <v>440.76835399999999</v>
       </c>
       <c r="U25" s="74">
-        <v>276.553157</v>
+        <v>300.26583499999998</v>
       </c>
     </row>
     <row r="26" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="19" t="s">
         <v>94</v>
       </c>
       <c r="B26" s="72">
         <v>57.955170000000003</v>
       </c>
       <c r="C26" s="73">
         <v>32.960040999999997</v>
       </c>
       <c r="D26" s="74">
         <v>62.803072</v>
       </c>
       <c r="E26" s="73">
         <v>32.243046999999997</v>
       </c>
       <c r="F26" s="74">
         <v>73.235215999999994</v>
       </c>
       <c r="G26" s="73">
         <v>35.255431000000002</v>
       </c>
       <c r="H26" s="74">
@@ -7843,54 +7851,54 @@
       <c r="L26" s="72">
         <v>91.159289999999999</v>
       </c>
       <c r="M26" s="73">
         <v>79.36251</v>
       </c>
       <c r="N26" s="74">
         <v>90.907323000000005</v>
       </c>
       <c r="O26" s="73">
         <v>79.002324000000002</v>
       </c>
       <c r="P26" s="74">
         <v>119.041006</v>
       </c>
       <c r="Q26" s="73">
         <v>79.133572999999998</v>
       </c>
       <c r="R26" s="74">
         <v>131.32525200000001</v>
       </c>
       <c r="S26" s="73">
         <v>66.688683999999995</v>
       </c>
       <c r="T26" s="74">
-        <v>78.541403000000003</v>
+        <v>85.675368000000006</v>
       </c>
       <c r="U26" s="74">
-        <v>16.746085999999998</v>
+        <v>19.007061</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="19" t="s">
         <v>95</v>
       </c>
       <c r="B27" s="72">
         <v>95.818107999999995</v>
       </c>
       <c r="C27" s="73">
         <v>60.298411999999999</v>
       </c>
       <c r="D27" s="74">
         <v>78.313534000000004</v>
       </c>
       <c r="E27" s="73">
         <v>42.938388000000003</v>
       </c>
       <c r="F27" s="74">
         <v>134.94199499999999</v>
       </c>
       <c r="G27" s="73">
         <v>69.215440000000001</v>
       </c>
       <c r="H27" s="74">
@@ -7908,54 +7916,54 @@
       <c r="L27" s="72">
         <v>45.774025999999999</v>
       </c>
       <c r="M27" s="73">
         <v>29.023451000000001</v>
       </c>
       <c r="N27" s="74">
         <v>51.614749000000003</v>
       </c>
       <c r="O27" s="73">
         <v>28.072147999999999</v>
       </c>
       <c r="P27" s="74">
         <v>83.936267999999998</v>
       </c>
       <c r="Q27" s="73">
         <v>34.57311</v>
       </c>
       <c r="R27" s="74">
         <v>126.74596200000001</v>
       </c>
       <c r="S27" s="73">
         <v>28.601801999999999</v>
       </c>
       <c r="T27" s="74">
-        <v>61.261457999999998</v>
+        <v>67.492992000000001</v>
       </c>
       <c r="U27" s="74">
-        <v>10.754391999999999</v>
+        <v>12.219047</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="19" t="s">
         <v>96</v>
       </c>
       <c r="B28" s="72">
         <v>7.1286139999999998</v>
       </c>
       <c r="C28" s="73">
         <v>3.9769369999999999</v>
       </c>
       <c r="D28" s="74">
         <v>11.856491999999999</v>
       </c>
       <c r="E28" s="73">
         <v>6.1879</v>
       </c>
       <c r="F28" s="74">
         <v>7.8678109999999997</v>
       </c>
       <c r="G28" s="73">
         <v>4.1473110000000002</v>
       </c>
       <c r="H28" s="74">
@@ -7973,54 +7981,54 @@
       <c r="L28" s="72">
         <v>14.788557000000001</v>
       </c>
       <c r="M28" s="73">
         <v>24.990949000000001</v>
       </c>
       <c r="N28" s="74">
         <v>4.260694</v>
       </c>
       <c r="O28" s="73">
         <v>5.3418320000000001</v>
       </c>
       <c r="P28" s="74">
         <v>20.150694000000001</v>
       </c>
       <c r="Q28" s="73">
         <v>18.212454000000001</v>
       </c>
       <c r="R28" s="74">
         <v>20.695256000000001</v>
       </c>
       <c r="S28" s="73">
         <v>14.533281000000001</v>
       </c>
       <c r="T28" s="74">
-        <v>23.125122000000001</v>
+        <v>23.572077</v>
       </c>
       <c r="U28" s="74">
-        <v>36.775162999999999</v>
+        <v>36.920383000000001</v>
       </c>
     </row>
     <row r="29" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="19" t="s">
         <v>97</v>
       </c>
       <c r="B29" s="72">
         <v>12.530435000000001</v>
       </c>
       <c r="C29" s="73">
         <v>7.1209709999999999</v>
       </c>
       <c r="D29" s="74">
         <v>13.767575000000001</v>
       </c>
       <c r="E29" s="73">
         <v>6.4673350000000003</v>
       </c>
       <c r="F29" s="74">
         <v>12.985231000000001</v>
       </c>
       <c r="G29" s="73">
         <v>6.472467</v>
       </c>
       <c r="H29" s="74">
@@ -8038,54 +8046,54 @@
       <c r="L29" s="72">
         <v>13.124515000000001</v>
       </c>
       <c r="M29" s="73">
         <v>8.6960049999999995</v>
       </c>
       <c r="N29" s="74">
         <v>12.904470999999999</v>
       </c>
       <c r="O29" s="73">
         <v>8.0965679999999995</v>
       </c>
       <c r="P29" s="74">
         <v>19.385971000000001</v>
       </c>
       <c r="Q29" s="73">
         <v>8.0548990000000007</v>
       </c>
       <c r="R29" s="74">
         <v>24.892144999999999</v>
       </c>
       <c r="S29" s="73">
         <v>5.9649729999999996</v>
       </c>
       <c r="T29" s="74">
-        <v>16.291094000000001</v>
+        <v>18.339876</v>
       </c>
       <c r="U29" s="74">
-        <v>3.9027340000000001</v>
+        <v>4.4115080000000004</v>
       </c>
     </row>
     <row r="30" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="19" t="s">
         <v>98</v>
       </c>
       <c r="B30" s="72">
         <v>21.315363999999999</v>
       </c>
       <c r="C30" s="73">
         <v>11.722892</v>
       </c>
       <c r="D30" s="74">
         <v>21.442720000000001</v>
       </c>
       <c r="E30" s="73">
         <v>11.044238</v>
       </c>
       <c r="F30" s="74">
         <v>19.552468000000001</v>
       </c>
       <c r="G30" s="73">
         <v>11.192963000000001</v>
       </c>
       <c r="H30" s="74">
@@ -8103,54 +8111,54 @@
       <c r="L30" s="72">
         <v>12.660351</v>
       </c>
       <c r="M30" s="73">
         <v>10.12584</v>
       </c>
       <c r="N30" s="74">
         <v>13.146974999999999</v>
       </c>
       <c r="O30" s="73">
         <v>7.9095959999999996</v>
       </c>
       <c r="P30" s="74">
         <v>17.246136</v>
       </c>
       <c r="Q30" s="73">
         <v>7.0591210000000002</v>
       </c>
       <c r="R30" s="74">
         <v>24.218492000000001</v>
       </c>
       <c r="S30" s="73">
         <v>4.7874660000000002</v>
       </c>
       <c r="T30" s="74">
-        <v>0.94836900000000002</v>
+        <v>1.3160289999999999</v>
       </c>
       <c r="U30" s="74">
-        <v>0.163491</v>
+        <v>0.56309100000000001</v>
       </c>
     </row>
     <row r="31" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="19" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="72">
         <v>26.066786</v>
       </c>
       <c r="C31" s="73">
         <v>15.917612</v>
       </c>
       <c r="D31" s="74">
         <v>28.120301000000001</v>
       </c>
       <c r="E31" s="73">
         <v>15.073661</v>
       </c>
       <c r="F31" s="74">
         <v>27.864394000000001</v>
       </c>
       <c r="G31" s="73">
         <v>13.942278</v>
       </c>
       <c r="H31" s="74">
@@ -8168,54 +8176,54 @@
       <c r="L31" s="72">
         <v>18.662946999999999</v>
       </c>
       <c r="M31" s="73">
         <v>12.447108</v>
       </c>
       <c r="N31" s="74">
         <v>19.825977000000002</v>
       </c>
       <c r="O31" s="73">
         <v>10.987432</v>
       </c>
       <c r="P31" s="74">
         <v>15.901073999999999</v>
       </c>
       <c r="Q31" s="73">
         <v>6.7018459999999997</v>
       </c>
       <c r="R31" s="74">
         <v>11.888023</v>
       </c>
       <c r="S31" s="73">
         <v>3.2339829999999998</v>
       </c>
       <c r="T31" s="74">
-        <v>2.5560550000000002</v>
+        <v>3.2696489999999998</v>
       </c>
       <c r="U31" s="74">
-        <v>0.61028499999999997</v>
+        <v>0.81161499999999998</v>
       </c>
     </row>
     <row r="32" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="19" t="s">
         <v>100</v>
       </c>
       <c r="B32" s="72">
         <v>7.9906839999999999</v>
       </c>
       <c r="C32" s="73">
         <v>4.7439900000000002</v>
       </c>
       <c r="D32" s="74">
         <v>12.562595</v>
       </c>
       <c r="E32" s="73">
         <v>6.0952349999999997</v>
       </c>
       <c r="F32" s="74">
         <v>6.4977450000000001</v>
       </c>
       <c r="G32" s="73">
         <v>3.158277</v>
       </c>
       <c r="H32" s="74">
@@ -8233,54 +8241,54 @@
       <c r="L32" s="72">
         <v>3.262661</v>
       </c>
       <c r="M32" s="73">
         <v>2.0371239999999999</v>
       </c>
       <c r="N32" s="74">
         <v>4.657451</v>
       </c>
       <c r="O32" s="73">
         <v>2.7229570000000001</v>
       </c>
       <c r="P32" s="74">
         <v>2.8752550000000001</v>
       </c>
       <c r="Q32" s="73">
         <v>1.3375140000000001</v>
       </c>
       <c r="R32" s="74">
         <v>7.5198309999999999</v>
       </c>
       <c r="S32" s="73">
         <v>1.5630649999999999</v>
       </c>
       <c r="T32" s="74">
-        <v>8.1344130000000003</v>
+        <v>8.9249200000000002</v>
       </c>
       <c r="U32" s="74">
-        <v>1.3943110000000001</v>
+        <v>1.5882309999999999</v>
       </c>
     </row>
     <row r="33" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="19" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="72">
         <v>0</v>
       </c>
       <c r="C33" s="73">
         <v>0</v>
       </c>
       <c r="D33" s="74">
         <v>0</v>
       </c>
       <c r="E33" s="73">
         <v>0</v>
       </c>
       <c r="F33" s="74">
         <v>0.238012</v>
       </c>
       <c r="G33" s="73">
         <v>0.11899999999999999</v>
       </c>
       <c r="H33" s="74">
@@ -8298,54 +8306,54 @@
       <c r="L33" s="72">
         <v>0.67170600000000003</v>
       </c>
       <c r="M33" s="73">
         <v>0.35586000000000001</v>
       </c>
       <c r="N33" s="74">
         <v>22.674505</v>
       </c>
       <c r="O33" s="73">
         <v>31.295337</v>
       </c>
       <c r="P33" s="74">
         <v>1.602365</v>
       </c>
       <c r="Q33" s="73">
         <v>1.04637</v>
       </c>
       <c r="R33" s="74">
         <v>0.97357000000000005</v>
       </c>
       <c r="S33" s="73">
         <v>1.0095499999999999</v>
       </c>
       <c r="T33" s="74">
-        <v>2.790508</v>
+        <v>2.9520409999999999</v>
       </c>
       <c r="U33" s="74">
-        <v>0.63663499999999995</v>
+        <v>0.68091500000000005</v>
       </c>
     </row>
     <row r="34" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="19" t="s">
         <v>102</v>
       </c>
       <c r="B34" s="72">
         <v>13.946336000000001</v>
       </c>
       <c r="C34" s="73">
         <v>9.8414099999999998</v>
       </c>
       <c r="D34" s="74">
         <v>16.865680000000001</v>
       </c>
       <c r="E34" s="73">
         <v>9.097626</v>
       </c>
       <c r="F34" s="74">
         <v>7.4560909999999998</v>
       </c>
       <c r="G34" s="73">
         <v>3.9689480000000001</v>
       </c>
       <c r="H34" s="74">
@@ -8363,54 +8371,54 @@
       <c r="L34" s="72">
         <v>25.821591000000002</v>
       </c>
       <c r="M34" s="73">
         <v>17.140045000000001</v>
       </c>
       <c r="N34" s="74">
         <v>26.154074000000001</v>
       </c>
       <c r="O34" s="73">
         <v>14.107837999999999</v>
       </c>
       <c r="P34" s="74">
         <v>25.67454</v>
       </c>
       <c r="Q34" s="73">
         <v>12.246209</v>
       </c>
       <c r="R34" s="74">
         <v>2.0467279999999999</v>
       </c>
       <c r="S34" s="73">
         <v>0.353493</v>
       </c>
       <c r="T34" s="74">
-        <v>10.558885</v>
+        <v>10.682229</v>
       </c>
       <c r="U34" s="74">
-        <v>3.0654870000000001</v>
+        <v>3.0885739999999999</v>
       </c>
     </row>
     <row r="35" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="20" t="s">
         <v>103</v>
       </c>
       <c r="B35" s="75">
         <v>1809.9111969999999</v>
       </c>
       <c r="C35" s="76">
         <v>2251.1906020000001</v>
       </c>
       <c r="D35" s="77">
         <v>1846.9425410000001</v>
       </c>
       <c r="E35" s="76">
         <v>2100.5880279999997</v>
       </c>
       <c r="F35" s="77">
         <v>2042.8057520000002</v>
       </c>
       <c r="G35" s="76">
         <v>2412.163814</v>
       </c>
       <c r="H35" s="77">
@@ -8428,54 +8436,54 @@
       <c r="L35" s="75">
         <v>1560.1284249999999</v>
       </c>
       <c r="M35" s="76">
         <v>2216.4095059999995</v>
       </c>
       <c r="N35" s="77">
         <v>1906.7994199999998</v>
       </c>
       <c r="O35" s="76">
         <v>2449.7778480000002</v>
       </c>
       <c r="P35" s="77">
         <v>2345.5567590000001</v>
       </c>
       <c r="Q35" s="76">
         <v>2612.255369</v>
       </c>
       <c r="R35" s="77">
         <v>3171.6296229999998</v>
       </c>
       <c r="S35" s="76">
         <v>2400.0827090000002</v>
       </c>
       <c r="T35" s="77">
-        <v>2522.6321240000002</v>
+        <v>2732.4613449999997</v>
       </c>
       <c r="U35" s="77">
-        <v>1765.8438490000001</v>
+        <v>1976.6611809999997</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B36" s="72">
         <v>103.80895400000009</v>
       </c>
       <c r="C36" s="73">
         <v>63.488580999999613</v>
       </c>
       <c r="D36" s="74">
         <v>93.232508999999936</v>
       </c>
       <c r="E36" s="73">
         <v>49.149145000000317</v>
       </c>
       <c r="F36" s="74">
         <v>92.864322999999786</v>
       </c>
       <c r="G36" s="73">
         <v>47.934657000000243</v>
       </c>
       <c r="H36" s="74">
@@ -8493,54 +8501,54 @@
       <c r="L36" s="72">
         <v>63.377091999999948</v>
       </c>
       <c r="M36" s="73">
         <v>40.64142000000038</v>
       </c>
       <c r="N36" s="74">
         <v>68.835724000000255</v>
       </c>
       <c r="O36" s="73">
         <v>38.906988999999612</v>
       </c>
       <c r="P36" s="74">
         <v>94.912612000000081</v>
       </c>
       <c r="Q36" s="73">
         <v>37.787690999999995</v>
       </c>
       <c r="R36" s="74">
         <v>86.116532000000007</v>
       </c>
       <c r="S36" s="73">
         <v>20.408744000000297</v>
       </c>
       <c r="T36" s="74">
-        <v>40.307913000000099</v>
+        <v>45.359657000000425</v>
       </c>
       <c r="U36" s="74">
-        <v>10.631457000000182</v>
+        <v>12.082053000000542</v>
       </c>
     </row>
     <row r="37" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="42" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="78">
         <v>1913.720151</v>
       </c>
       <c r="C37" s="79">
         <v>2314.6791829999997</v>
       </c>
       <c r="D37" s="80">
         <v>1940.1750500000001</v>
       </c>
       <c r="E37" s="79">
         <v>2149.737173</v>
       </c>
       <c r="F37" s="80">
         <v>2135.670075</v>
       </c>
       <c r="G37" s="79">
         <v>2460.0984710000002</v>
       </c>
       <c r="H37" s="80">
@@ -8558,54 +8566,54 @@
       <c r="L37" s="78">
         <v>1623.5055169999998</v>
       </c>
       <c r="M37" s="79">
         <v>2257.0509259999999</v>
       </c>
       <c r="N37" s="80">
         <v>1975.6351440000001</v>
       </c>
       <c r="O37" s="79">
         <v>2488.6848369999998</v>
       </c>
       <c r="P37" s="80">
         <v>2440.4693710000001</v>
       </c>
       <c r="Q37" s="79">
         <v>2650.04306</v>
       </c>
       <c r="R37" s="80">
         <v>3257.7461549999998</v>
       </c>
       <c r="S37" s="79">
         <v>2420.4914530000005</v>
       </c>
       <c r="T37" s="80">
-        <v>2562.9400370000003</v>
+        <v>2777.8210020000001</v>
       </c>
       <c r="U37" s="80">
-        <v>1776.4753060000003</v>
+        <v>1988.7432340000003</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="37" t="s">
         <v>104</v>
       </c>
       <c r="B38" s="37"/>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
       <c r="K38" s="37"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
@@ -8714,341 +8722,341 @@
     <row r="43" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="9"/>
       <c r="B43" s="9"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="9"/>
       <c r="F43" s="9"/>
       <c r="G43" s="9"/>
       <c r="H43" s="9"/>
       <c r="I43" s="9"/>
       <c r="J43" s="9"/>
       <c r="K43" s="9"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="N21:O21"/>
     <mergeCell ref="P21:Q21"/>
     <mergeCell ref="R21:S21"/>
     <mergeCell ref="T21:U21"/>
-    <mergeCell ref="B21:C21"/>
-[...13 lines deleted...]
-    <mergeCell ref="T3:U3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A27:F42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R27" sqref="R27"/>
+      <selection activeCell="N18" sqref="N18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="27" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B28" s="87" t="s">
+      <c r="B28" s="96" t="s">
         <v>19</v>
       </c>
-      <c r="C28" s="88"/>
+      <c r="C28" s="97"/>
       <c r="D28" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="E28" s="95" t="s">
+      <c r="E28" s="104" t="s">
         <v>20</v>
       </c>
-      <c r="F28" s="96"/>
+      <c r="F28" s="105"/>
     </row>
     <row r="29" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B29" s="89" t="s">
+      <c r="B29" s="98" t="s">
         <v>34</v>
       </c>
-      <c r="C29" s="90"/>
+      <c r="C29" s="99"/>
       <c r="D29" s="12">
         <v>12.28</v>
       </c>
-      <c r="E29" s="97" t="s">
+      <c r="E29" s="94" t="s">
         <v>4</v>
       </c>
-      <c r="F29" s="98"/>
+      <c r="F29" s="95"/>
     </row>
     <row r="30" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="91"/>
-      <c r="C30" s="92"/>
+      <c r="B30" s="100"/>
+      <c r="C30" s="101"/>
       <c r="D30" s="12">
         <v>12.28</v>
       </c>
-      <c r="E30" s="97" t="s">
+      <c r="E30" s="94" t="s">
         <v>6</v>
       </c>
-      <c r="F30" s="98"/>
+      <c r="F30" s="95"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B31" s="91"/>
-      <c r="C31" s="92"/>
+      <c r="B31" s="100"/>
+      <c r="C31" s="101"/>
       <c r="D31" s="12">
         <v>13.2</v>
       </c>
-      <c r="E31" s="97" t="s">
+      <c r="E31" s="94" t="s">
         <v>8</v>
       </c>
-      <c r="F31" s="98"/>
+      <c r="F31" s="95"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B32" s="91"/>
-      <c r="C32" s="92"/>
+      <c r="B32" s="100"/>
+      <c r="C32" s="101"/>
       <c r="D32" s="12">
         <v>15.95</v>
       </c>
-      <c r="E32" s="97" t="s">
+      <c r="E32" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="F32" s="98"/>
+      <c r="F32" s="95"/>
     </row>
     <row r="33" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="B33" s="91"/>
-      <c r="C33" s="92"/>
+      <c r="B33" s="100"/>
+      <c r="C33" s="101"/>
       <c r="D33" s="12">
         <v>15.53</v>
       </c>
-      <c r="E33" s="97" t="s">
+      <c r="E33" s="94" t="s">
         <v>16</v>
       </c>
-      <c r="F33" s="98"/>
+      <c r="F33" s="95"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B34" s="91"/>
-      <c r="C34" s="92"/>
+      <c r="B34" s="100"/>
+      <c r="C34" s="101"/>
       <c r="D34" s="12">
         <v>17.760000000000002</v>
       </c>
-      <c r="E34" s="97" t="s">
+      <c r="E34" s="94" t="s">
         <v>18</v>
       </c>
-      <c r="F34" s="98"/>
+      <c r="F34" s="95"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="50" t="s">
         <v>29</v>
       </c>
-      <c r="B35" s="93"/>
-      <c r="C35" s="94"/>
+      <c r="B35" s="102"/>
+      <c r="C35" s="103"/>
       <c r="D35" s="12">
         <v>24.23</v>
       </c>
-      <c r="E35" s="97" t="s">
+      <c r="E35" s="94" t="s">
         <v>28</v>
       </c>
-      <c r="F35" s="98"/>
+      <c r="F35" s="95"/>
     </row>
     <row r="36" spans="1:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="99" t="s">
+      <c r="A36" s="87" t="s">
         <v>30</v>
       </c>
-      <c r="B36" s="104" t="s">
+      <c r="B36" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="105"/>
+      <c r="C36" s="89"/>
       <c r="D36" s="52">
         <v>22.72</v>
       </c>
-      <c r="E36" s="100" t="s">
+      <c r="E36" s="90" t="s">
         <v>31</v>
       </c>
-      <c r="F36" s="101"/>
+      <c r="F36" s="91"/>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A37" s="99"/>
-      <c r="B37" s="104" t="s">
+      <c r="A37" s="87"/>
+      <c r="B37" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="105"/>
+      <c r="C37" s="89"/>
       <c r="D37" s="51">
         <v>20.53</v>
       </c>
-      <c r="E37" s="102"/>
-      <c r="F37" s="103"/>
+      <c r="E37" s="92"/>
+      <c r="F37" s="93"/>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A38" s="99" t="s">
+      <c r="A38" s="87" t="s">
         <v>70</v>
       </c>
-      <c r="B38" s="104" t="s">
+      <c r="B38" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="C38" s="105"/>
+      <c r="C38" s="89"/>
       <c r="D38" s="52">
         <v>23.83</v>
       </c>
-      <c r="E38" s="100" t="s">
+      <c r="E38" s="90" t="s">
         <v>71</v>
       </c>
-      <c r="F38" s="101"/>
+      <c r="F38" s="91"/>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A39" s="99"/>
-      <c r="B39" s="104" t="s">
+      <c r="A39" s="87"/>
+      <c r="B39" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="C39" s="105"/>
+      <c r="C39" s="89"/>
       <c r="D39" s="51">
         <v>21.53</v>
       </c>
-      <c r="E39" s="102"/>
-      <c r="F39" s="103"/>
+      <c r="E39" s="92"/>
+      <c r="F39" s="93"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A40" s="99" t="s">
+      <c r="A40" s="87" t="s">
         <v>75</v>
       </c>
-      <c r="B40" s="104" t="s">
+      <c r="B40" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="C40" s="105"/>
+      <c r="C40" s="89"/>
       <c r="D40" s="52">
         <v>28.44</v>
       </c>
-      <c r="E40" s="100" t="s">
+      <c r="E40" s="90" t="s">
         <v>76</v>
       </c>
-      <c r="F40" s="101"/>
+      <c r="F40" s="91"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A41" s="99"/>
-      <c r="B41" s="104" t="s">
+      <c r="A41" s="87"/>
+      <c r="B41" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="C41" s="105"/>
+      <c r="C41" s="89"/>
       <c r="D41" s="51">
         <v>25.19</v>
       </c>
-      <c r="E41" s="102"/>
-      <c r="F41" s="103"/>
+      <c r="E41" s="92"/>
+      <c r="F41" s="93"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="22">
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="B29:C35"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A36:A37"/>
+    <mergeCell ref="E36:F37"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="E35:F35"/>
     <mergeCell ref="A40:A41"/>
     <mergeCell ref="B40:C40"/>
     <mergeCell ref="E40:F41"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="A38:A39"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="E38:F39"/>
     <mergeCell ref="B39:C39"/>
-    <mergeCell ref="A36:A37"/>
-[...12 lines deleted...]
-    <mergeCell ref="E32:F32"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{517A5DEE-C359-4FEA-B0AE-E71AE4589673}">
   <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView topLeftCell="A34" workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
@@ -11541,880 +11549,880 @@
       <c r="G3" s="14" t="s">
         <v>66</v>
       </c>
       <c r="H3" s="14" t="s">
         <v>67</v>
       </c>
       <c r="I3" s="14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="55"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" s="21">
-        <v>593</v>
+        <v>374</v>
       </c>
       <c r="C5" s="21">
-        <v>1374</v>
+        <v>1525</v>
       </c>
       <c r="D5" s="21">
-        <v>1580</v>
+        <v>2172</v>
       </c>
       <c r="E5" s="21">
-        <v>3548</v>
+        <v>4072</v>
       </c>
       <c r="F5" s="21">
-        <v>1864</v>
+        <v>1818</v>
       </c>
       <c r="G5" s="21">
-        <v>1310</v>
+        <v>1747</v>
       </c>
       <c r="H5" s="21">
-        <v>374</v>
+        <v>507</v>
       </c>
       <c r="I5" s="55">
-        <v>0.20068051116668201</v>
+        <v>0.27903780598108702</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="21">
-        <v>374</v>
+        <v>507</v>
       </c>
       <c r="C6" s="21">
-        <v>1525</v>
+        <v>1628</v>
       </c>
       <c r="D6" s="21">
-        <v>2172</v>
+        <v>1579</v>
       </c>
       <c r="E6" s="21">
-        <v>4072</v>
+        <v>3714</v>
       </c>
       <c r="F6" s="21">
-        <v>1818</v>
+        <v>1748</v>
       </c>
       <c r="G6" s="21">
-        <v>1747</v>
+        <v>1490</v>
       </c>
       <c r="H6" s="21">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="I6" s="55">
-        <v>0.27903780598108702</v>
+        <v>0.272616456496309</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B7" s="21">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="C7" s="21">
-        <v>1628</v>
+        <v>1507</v>
       </c>
       <c r="D7" s="21">
-        <v>1579</v>
+        <v>2089</v>
       </c>
       <c r="E7" s="21">
-        <v>3714</v>
+        <v>4073</v>
       </c>
       <c r="F7" s="21">
-        <v>1748</v>
+        <v>1689</v>
       </c>
       <c r="G7" s="21">
-        <v>1490</v>
+        <v>1608</v>
       </c>
       <c r="H7" s="21">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="I7" s="55">
-        <v>0.272616456496309</v>
+        <v>0.45942032504484598</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B8" s="21">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="C8" s="21">
-        <v>1507</v>
+        <v>1379</v>
       </c>
       <c r="D8" s="21">
-        <v>2089</v>
+        <v>1470</v>
       </c>
       <c r="E8" s="21">
-        <v>4073</v>
+        <v>3625</v>
       </c>
       <c r="F8" s="21">
         <v>1689</v>
       </c>
       <c r="G8" s="21">
-        <v>1608</v>
+        <v>1421</v>
       </c>
       <c r="H8" s="21">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="I8" s="55">
-        <v>0.45942032504484598</v>
+        <v>0.304973995585407</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" s="21">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="C9" s="21">
-        <v>1379</v>
+        <v>1356</v>
       </c>
       <c r="D9" s="21">
-        <v>1470</v>
+        <v>1559</v>
       </c>
       <c r="E9" s="21">
-        <v>3625</v>
+        <v>3431</v>
       </c>
       <c r="F9" s="21">
-        <v>1689</v>
+        <v>1660</v>
       </c>
       <c r="G9" s="21">
-        <v>1421</v>
+        <v>1463</v>
       </c>
       <c r="H9" s="21">
-        <v>515</v>
+        <v>308</v>
       </c>
       <c r="I9" s="55">
-        <v>0.304973995585407</v>
+        <v>0.185357717862493</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" s="21">
-        <v>515</v>
+        <v>308</v>
       </c>
       <c r="C10" s="21">
-        <v>1356</v>
+        <v>1317</v>
       </c>
       <c r="D10" s="21">
-        <v>1559</v>
+        <v>1688</v>
       </c>
       <c r="E10" s="21">
-        <v>3431</v>
+        <v>3313</v>
       </c>
       <c r="F10" s="21">
-        <v>1660</v>
+        <v>1606</v>
       </c>
       <c r="G10" s="21">
-        <v>1463</v>
+        <v>1494</v>
       </c>
       <c r="H10" s="21">
-        <v>308</v>
+        <v>213</v>
       </c>
       <c r="I10" s="55">
-        <v>0.185357717862493</v>
+        <v>0.13256277232581301</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B11" s="21">
-        <v>308</v>
+        <v>213</v>
       </c>
       <c r="C11" s="21">
-        <v>1317</v>
+        <v>1349</v>
       </c>
       <c r="D11" s="21">
-        <v>1688</v>
+        <v>1444</v>
       </c>
       <c r="E11" s="21">
-        <v>3313</v>
+        <v>3006</v>
       </c>
       <c r="F11" s="21">
-        <v>1606</v>
+        <v>1472</v>
       </c>
       <c r="G11" s="21">
-        <v>1494</v>
+        <v>1365</v>
       </c>
       <c r="H11" s="21">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="I11" s="55">
-        <v>0.13256277232581301</v>
+        <v>0.115221234608836</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" s="21">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="C12" s="21">
-        <v>1349</v>
+        <v>1278</v>
       </c>
       <c r="D12" s="21">
-        <v>1444</v>
+        <v>1382</v>
       </c>
       <c r="E12" s="21">
-        <v>3006</v>
+        <v>2831</v>
       </c>
       <c r="F12" s="21">
-        <v>1472</v>
+        <v>1389</v>
       </c>
       <c r="G12" s="21">
-        <v>1365</v>
+        <v>1266</v>
       </c>
       <c r="H12" s="21">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="I12" s="55">
-        <v>0.115221234608836</v>
+        <v>0.12683411961178401</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B13" s="21">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C13" s="21">
-        <v>1278</v>
+        <v>1197</v>
       </c>
       <c r="D13" s="21">
-        <v>1382</v>
+        <v>1438</v>
       </c>
       <c r="E13" s="21">
-        <v>2831</v>
+        <v>2811</v>
       </c>
       <c r="F13" s="21">
-        <v>1389</v>
+        <v>1304</v>
       </c>
       <c r="G13" s="21">
-        <v>1266</v>
+        <v>1347</v>
       </c>
       <c r="H13" s="21">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="I13" s="55">
-        <v>0.12683411961178401</v>
+        <v>0.122667670792068</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="54" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="21"/>
       <c r="C14" s="21"/>
       <c r="D14" s="21"/>
       <c r="E14" s="21"/>
       <c r="F14" s="21"/>
       <c r="G14" s="21"/>
       <c r="H14" s="21"/>
       <c r="I14" s="55"/>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" s="21">
-        <v>358</v>
+        <v>302</v>
       </c>
       <c r="C15" s="21">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="D15" s="21">
-        <v>361</v>
+        <v>303</v>
       </c>
       <c r="E15" s="21">
-        <v>999</v>
+        <v>906</v>
       </c>
       <c r="F15" s="21">
-        <v>631</v>
+        <v>581</v>
       </c>
       <c r="G15" s="21">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H15" s="21">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="I15" s="55">
-        <v>0.47860538827258298</v>
+        <v>0.46127366609294301</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B16" s="21">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="C16" s="21">
-        <v>301</v>
+        <v>413</v>
       </c>
       <c r="D16" s="21">
-        <v>303</v>
+        <v>187</v>
       </c>
       <c r="E16" s="21">
-        <v>906</v>
+        <v>868</v>
       </c>
       <c r="F16" s="21">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="G16" s="21">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="H16" s="21">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="I16" s="55">
-        <v>0.46127366609294301</v>
+        <v>0.45629370629370603</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="21">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C17" s="21">
-        <v>413</v>
+        <v>346</v>
       </c>
       <c r="D17" s="21">
-        <v>187</v>
+        <v>329</v>
       </c>
       <c r="E17" s="21">
-        <v>868</v>
+        <v>936</v>
       </c>
       <c r="F17" s="21">
-        <v>572</v>
+        <v>530</v>
       </c>
       <c r="G17" s="21">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H17" s="21">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="I17" s="55">
-        <v>0.45629370629370603</v>
+        <v>0.70943396226415101</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B18" s="21">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="C18" s="21">
-        <v>346</v>
+        <v>210</v>
       </c>
       <c r="D18" s="21">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="E18" s="21">
-        <v>936</v>
+        <v>883</v>
       </c>
       <c r="F18" s="21">
-        <v>530</v>
+        <v>556</v>
       </c>
       <c r="G18" s="21">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H18" s="21">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="I18" s="55">
-        <v>0.70943396226415101</v>
+        <v>0.52697841726618699</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" s="21">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="C19" s="21">
-        <v>210</v>
+        <v>290</v>
       </c>
       <c r="D19" s="21">
-        <v>297</v>
+        <v>230</v>
       </c>
       <c r="E19" s="21">
-        <v>883</v>
+        <v>813</v>
       </c>
       <c r="F19" s="21">
-        <v>556</v>
+        <v>542</v>
       </c>
       <c r="G19" s="21">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H19" s="21">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="I19" s="55">
-        <v>0.52697841726618699</v>
+        <v>0.44280442804428</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B20" s="21">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="C20" s="21">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="D20" s="21">
-        <v>230</v>
+        <v>159</v>
       </c>
       <c r="E20" s="21">
-        <v>813</v>
+        <v>713</v>
       </c>
       <c r="F20" s="21">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="G20" s="21">
         <v>31</v>
       </c>
       <c r="H20" s="21">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="I20" s="55">
-        <v>0.44280442804428</v>
+        <v>0.29657794676806098</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" s="21">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="C21" s="21">
-        <v>314</v>
+        <v>406</v>
       </c>
       <c r="D21" s="21">
-        <v>159</v>
+        <v>85</v>
       </c>
       <c r="E21" s="21">
-        <v>713</v>
+        <v>647</v>
       </c>
       <c r="F21" s="21">
-        <v>526</v>
+        <v>497</v>
       </c>
       <c r="G21" s="21">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H21" s="21">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="I21" s="55">
-        <v>0.29657794676806098</v>
+        <v>0.25352112676056299</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B22" s="21">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="C22" s="21">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="D22" s="21">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="E22" s="21">
-        <v>647</v>
+        <v>633</v>
       </c>
       <c r="F22" s="21">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="G22" s="21">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H22" s="21">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="I22" s="55">
-        <v>0.25352112676056299</v>
+        <v>0.248971193415638</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B23" s="21">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C23" s="21">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D23" s="21">
-        <v>111</v>
+        <v>80</v>
       </c>
       <c r="E23" s="21">
-        <v>633</v>
+        <v>601</v>
       </c>
       <c r="F23" s="21">
         <v>486</v>
       </c>
       <c r="G23" s="21">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H23" s="21">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="I23" s="55">
-        <v>0.248971193415638</v>
+        <v>0.18518518518518501</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="54" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="21"/>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
       <c r="E24" s="21"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="55"/>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" s="21">
-        <v>147</v>
+        <v>6</v>
       </c>
       <c r="C25" s="21">
         <v>0</v>
       </c>
       <c r="D25" s="21">
-        <v>859</v>
+        <v>1447</v>
       </c>
       <c r="E25" s="21">
-        <v>1006</v>
+        <v>1453</v>
       </c>
       <c r="F25" s="21">
         <v>38</v>
       </c>
       <c r="G25" s="21">
-        <v>962</v>
+        <v>1230</v>
       </c>
       <c r="H25" s="21">
-        <v>6</v>
+        <v>185</v>
       </c>
       <c r="I25" s="55">
-        <v>0.157894736842105</v>
+        <v>4.8684210526315796</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B26" s="21">
-        <v>6</v>
+        <v>185</v>
       </c>
       <c r="C26" s="21">
         <v>0</v>
       </c>
       <c r="D26" s="21">
-        <v>1447</v>
+        <v>1004</v>
       </c>
       <c r="E26" s="21">
-        <v>1453</v>
+        <v>1189</v>
       </c>
       <c r="F26" s="21">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G26" s="21">
-        <v>1230</v>
+        <v>989</v>
       </c>
       <c r="H26" s="21">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="I26" s="55">
-        <v>4.8684210526315796</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B27" s="21">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="C27" s="21">
         <v>0</v>
       </c>
       <c r="D27" s="21">
-        <v>1004</v>
+        <v>1324</v>
       </c>
       <c r="E27" s="21">
-        <v>1189</v>
+        <v>1484</v>
       </c>
       <c r="F27" s="21">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="G27" s="21">
-        <v>989</v>
+        <v>1120</v>
       </c>
       <c r="H27" s="21">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="I27" s="55">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" s="21">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="C28" s="21">
         <v>0</v>
       </c>
       <c r="D28" s="21">
-        <v>1324</v>
+        <v>938</v>
       </c>
       <c r="E28" s="21">
-        <v>1484</v>
+        <v>1250</v>
       </c>
       <c r="F28" s="21">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G28" s="21">
-        <v>1120</v>
+        <v>1036</v>
       </c>
       <c r="H28" s="21">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="I28" s="55">
-        <v>6</v>
+        <v>2.3968253968253999</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B29" s="21">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="C29" s="21">
         <v>0</v>
       </c>
       <c r="D29" s="21">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="E29" s="21">
-        <v>1250</v>
+        <v>1095</v>
       </c>
       <c r="F29" s="21">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G29" s="21">
-        <v>1036</v>
+        <v>1010</v>
       </c>
       <c r="H29" s="21">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="I29" s="55">
-        <v>2.3968253968253999</v>
+        <v>0.214285714285714</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B30" s="21">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="C30" s="21">
         <v>0</v>
       </c>
       <c r="D30" s="21">
-        <v>944</v>
+        <v>1135</v>
       </c>
       <c r="E30" s="21">
-        <v>1095</v>
+        <v>1150</v>
       </c>
       <c r="F30" s="21">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G30" s="21">
-        <v>1010</v>
+        <v>1068</v>
       </c>
       <c r="H30" s="21">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I30" s="55">
-        <v>0.214285714285714</v>
+        <v>0.123287671232877</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="21">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C31" s="21">
         <v>0</v>
       </c>
       <c r="D31" s="21">
-        <v>1135</v>
+        <v>1080</v>
       </c>
       <c r="E31" s="21">
-        <v>1150</v>
+        <v>1089</v>
       </c>
       <c r="F31" s="21">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G31" s="21">
-        <v>1068</v>
+        <v>1006</v>
       </c>
       <c r="H31" s="21">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I31" s="55">
-        <v>0.123287671232877</v>
+        <v>0.10893333333333299</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" s="21">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C32" s="21">
         <v>0</v>
       </c>
       <c r="D32" s="21">
-        <v>1080</v>
+        <v>930</v>
       </c>
       <c r="E32" s="21">
-        <v>1089</v>
+        <v>938</v>
       </c>
       <c r="F32" s="21">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="G32" s="21">
-        <v>1006</v>
+        <v>874</v>
       </c>
       <c r="H32" s="21">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I32" s="55">
-        <v>0.10893333333333299</v>
+        <v>6.6666666666666693E-2</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B33" s="21">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C33" s="21">
         <v>0</v>
       </c>
       <c r="D33" s="21">
-        <v>930</v>
+        <v>1012</v>
       </c>
       <c r="E33" s="21">
-        <v>938</v>
+        <v>1016</v>
       </c>
       <c r="F33" s="21">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G33" s="21">
-        <v>874</v>
+        <v>954</v>
       </c>
       <c r="H33" s="21">
         <v>4</v>
       </c>
       <c r="I33" s="55">
-        <v>6.6666666666666693E-2</v>
+        <v>6.8965517241379296E-2</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EE7BC26-273E-4AA0-906E-879828C7F871}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="53" t="s">
         <v>35</v>
       </c>
       <c r="B1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -12431,632 +12439,632 @@
         <v>64</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>66</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" s="21">
-        <v>47267</v>
+        <v>54022</v>
       </c>
       <c r="C5" s="21">
-        <v>4143</v>
+        <v>4374</v>
       </c>
       <c r="D5" s="21">
-        <v>51410</v>
+        <v>58396</v>
       </c>
       <c r="E5" s="21">
-        <v>4552</v>
+        <v>5042</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="21">
-        <v>54022</v>
+        <v>48441</v>
       </c>
       <c r="C6" s="21">
-        <v>4374</v>
+        <v>4674</v>
       </c>
       <c r="D6" s="21">
-        <v>58396</v>
+        <v>53115</v>
       </c>
       <c r="E6" s="21">
-        <v>5042</v>
+        <v>5125</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B7" s="21">
-        <v>48441</v>
+        <v>54250</v>
       </c>
       <c r="C7" s="21">
-        <v>4674</v>
+        <v>4583</v>
       </c>
       <c r="D7" s="21">
-        <v>53115</v>
+        <v>58833</v>
       </c>
       <c r="E7" s="21">
-        <v>5125</v>
+        <v>5054</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B8" s="21">
-        <v>54250</v>
+        <v>46078</v>
       </c>
       <c r="C8" s="21">
-        <v>4583</v>
+        <v>4512</v>
       </c>
       <c r="D8" s="21">
-        <v>58833</v>
+        <v>50590</v>
       </c>
       <c r="E8" s="21">
-        <v>5054</v>
+        <v>4749</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" s="21">
-        <v>46078</v>
+        <v>48173</v>
       </c>
       <c r="C9" s="21">
-        <v>4512</v>
+        <v>4410</v>
       </c>
       <c r="D9" s="21">
-        <v>50590</v>
+        <v>52583</v>
       </c>
       <c r="E9" s="21">
-        <v>4749</v>
+        <v>4835</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" s="21">
-        <v>48173</v>
+        <v>50319</v>
       </c>
       <c r="C10" s="21">
-        <v>4410</v>
+        <v>4279</v>
       </c>
       <c r="D10" s="21">
-        <v>52583</v>
+        <v>54598</v>
       </c>
       <c r="E10" s="21">
-        <v>4835</v>
+        <v>4649</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B11" s="21">
-        <v>50319</v>
+        <v>46983</v>
       </c>
       <c r="C11" s="21">
-        <v>4279</v>
+        <v>4358</v>
       </c>
       <c r="D11" s="21">
-        <v>54598</v>
+        <v>51341</v>
       </c>
       <c r="E11" s="21">
-        <v>4649</v>
+        <v>4458</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" s="21">
-        <v>46983</v>
+        <v>45886</v>
       </c>
       <c r="C12" s="21">
-        <v>4358</v>
+        <v>4190</v>
       </c>
       <c r="D12" s="21">
-        <v>51341</v>
+        <v>50076</v>
       </c>
       <c r="E12" s="21">
-        <v>4458</v>
+        <v>5010</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B13" s="21">
-        <v>45886</v>
+        <v>45224</v>
       </c>
       <c r="C13" s="21">
-        <v>4190</v>
+        <v>4256</v>
       </c>
       <c r="D13" s="21">
-        <v>50076</v>
+        <v>49480</v>
       </c>
       <c r="E13" s="21">
-        <v>5010</v>
+        <v>4708</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="54" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="21"/>
       <c r="C14" s="21"/>
       <c r="D14" s="21"/>
       <c r="E14" s="21"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" s="21">
-        <v>5523</v>
+        <v>4616</v>
       </c>
       <c r="C15" s="21">
-        <v>164</v>
+        <v>182</v>
       </c>
       <c r="D15" s="21">
-        <v>5687</v>
+        <v>4798</v>
       </c>
       <c r="E15" s="21">
-        <v>657</v>
+        <v>613</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B16" s="21">
-        <v>4616</v>
+        <v>3515</v>
       </c>
       <c r="C16" s="21">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="D16" s="21">
-        <v>4798</v>
+        <v>3737</v>
       </c>
       <c r="E16" s="21">
-        <v>613</v>
+        <v>511</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="21">
-        <v>3515</v>
+        <v>4923</v>
       </c>
       <c r="C17" s="21">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="D17" s="21">
-        <v>3737</v>
+        <v>5116</v>
       </c>
       <c r="E17" s="21">
-        <v>511</v>
+        <v>479</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B18" s="21">
-        <v>4923</v>
+        <v>4766</v>
       </c>
       <c r="C18" s="21">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="D18" s="21">
-        <v>5116</v>
+        <v>4966</v>
       </c>
       <c r="E18" s="21">
-        <v>479</v>
+        <v>507</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" s="21">
-        <v>4766</v>
+        <v>3980</v>
       </c>
       <c r="C19" s="21">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="D19" s="21">
-        <v>4966</v>
+        <v>4198</v>
       </c>
       <c r="E19" s="21">
-        <v>507</v>
+        <v>467</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B20" s="21">
-        <v>3980</v>
+        <v>3108</v>
       </c>
       <c r="C20" s="21">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="D20" s="21">
-        <v>4198</v>
+        <v>3344</v>
       </c>
       <c r="E20" s="21">
-        <v>467</v>
+        <v>335</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" s="21">
-        <v>3108</v>
+        <v>2312</v>
       </c>
       <c r="C21" s="21">
-        <v>236</v>
+        <v>214</v>
       </c>
       <c r="D21" s="21">
-        <v>3344</v>
+        <v>2526</v>
       </c>
       <c r="E21" s="21">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B22" s="21">
-        <v>2312</v>
+        <v>2502</v>
       </c>
       <c r="C22" s="21">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="D22" s="21">
-        <v>2526</v>
+        <v>2736</v>
       </c>
       <c r="E22" s="21">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B23" s="21">
-        <v>2502</v>
+        <v>2245</v>
       </c>
       <c r="C23" s="21">
-        <v>234</v>
+        <v>260</v>
       </c>
       <c r="D23" s="21">
-        <v>2736</v>
+        <v>2505</v>
       </c>
       <c r="E23" s="21">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="54" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="21"/>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
       <c r="E24" s="21"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" s="21">
-        <v>14414</v>
+        <v>20890</v>
       </c>
       <c r="C25" s="21">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D25" s="21">
-        <v>14432</v>
+        <v>20910</v>
       </c>
       <c r="E25" s="21">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B26" s="21">
-        <v>20890</v>
+        <v>15953</v>
       </c>
       <c r="C26" s="21">
+        <v>24</v>
+      </c>
+      <c r="D26" s="21">
+        <v>15977</v>
+      </c>
+      <c r="E26" s="21">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B27" s="21">
-        <v>15953</v>
+        <v>19298</v>
       </c>
       <c r="C27" s="21">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D27" s="21">
-        <v>15977</v>
+        <v>19327</v>
       </c>
       <c r="E27" s="21">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" s="21">
-        <v>19298</v>
+        <v>14870</v>
       </c>
       <c r="C28" s="21">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D28" s="21">
-        <v>19327</v>
+        <v>14891</v>
       </c>
       <c r="E28" s="21">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B29" s="21">
-        <v>14870</v>
+        <v>14676</v>
       </c>
       <c r="C29" s="21">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D29" s="21">
-        <v>14891</v>
+        <v>14700</v>
       </c>
       <c r="E29" s="21">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B30" s="21">
-        <v>14676</v>
+        <v>16932</v>
       </c>
       <c r="C30" s="21">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D30" s="21">
-        <v>14700</v>
+        <v>16960</v>
       </c>
       <c r="E30" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="21">
-        <v>16932</v>
+        <v>15469</v>
       </c>
       <c r="C31" s="21">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D31" s="21">
-        <v>16960</v>
+        <v>15509</v>
       </c>
       <c r="E31" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" s="21">
-        <v>15469</v>
+        <v>12300</v>
       </c>
       <c r="C32" s="21">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D32" s="21">
-        <v>15509</v>
+        <v>12332</v>
       </c>
       <c r="E32" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B33" s="21">
-        <v>12300</v>
+        <v>13000</v>
       </c>
       <c r="C33" s="21">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D33" s="21">
-        <v>12332</v>
+        <v>13037</v>
       </c>
       <c r="E33" s="21">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 8 1 6 e 3 1 2 e - d 0 2 f - 4 7 d 4 - a 9 b 9 - 4 b 3 0 c d 6 a f b 4 2 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A J w E A A B Q S w M E F A A C A A g A 0 F k O W 7 A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A N B Z D l s P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D Q W Q 5 b u H 0 x t J U B A A B U A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A f V L B a h s x E L 0 b / A 9 C u d i w G A I l h w Y f z M Z u T Q i U e k M O t l n G u 9 N a i a T Z S q O y x f h 7 Q r 7 D P 1 b t 2 m l L s v V e x M 5 7 8 9 6 b k T w W r M i K x f G 8 v O 7 3 + j 2 / B Y e l C L 6 E v C D r g 2 b I N T i w j y D G Q i P 3 e y J + M 7 K M s T C t C 9 S j B 3 J P G 6 K n w U x p H K U N Z t k P Z P p x d Q c V r F I y h x d X K I p 8 R q f I r d L p q j U 5 a Y 9 q 7 W s 5 T I Q N W i e C X c B h c r T q z J I v t o g c A 7 R B d s s 5 o x n L T q p M b p U t x 7 L t k O v 9 8 g Y Y 1 i f x C 5 n C B g / P o L f k x R d H h n 6 q k r y M 0 h l s 4 j R t j f E z Q o n O D 8 6 k S c T y R J 5 o v S g g g n 7 c T L I e / n H L V E V i o u M S o K S / J l m U 8 d / I m Z R 0 M D b 7 V a E f / D d b s t v J + F s G p l z G Z U W 2 Y K x 5 n 4 g I g P L v q x P b Q Z 1 6 p h 8 B 8 7 l V h Q I d 8 b n l q w + j x v 6 o 1 Z g U 0 L a + g e a m I s f Q D S 5 C 5 Z S J b 4 D y j L h L e V q f a U + b 9 R r K b 8 i g Z 1 X Q e 8 q 9 P w u / T j Z T t s v 9 K + r W + r s D e t 2 K D W a D 7 m 3 8 T 0 f G P / 3 7 Y b + n b P d 9 X v 8 G U E s B A i 0 A F A A C A A g A 0 F k O W 7 A 3 k f y l A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A N B Z D l s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A 0 F k O W 7 h 9 M b S V A Q A A V A M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A x A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + m B I A A A A A A A B 2 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N j A y N z N m M G Y t Y W Y 2 Z S 0 0 Z G Q x L T k 3 M j I t Y m I x M j A 4 M D Z k M T k x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 w O C 0 x N F Q x N D o x N D o z M i 4 5 M D g y N j I 0 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n W U d B d 0 1 E Q X d N R E F 3 T U Z B d z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 U H J v Z H V 0 b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 U G F p c 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q W 5 v X y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 l u a W N p Y W w m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H V j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 V X N v X 0 R v b W V z d G l j b y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 Z p b m F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F j Y W 9 f Z 3 J h b y Z x d W 9 0 O y w m c X V v d D t T d X B y a W 1 l b n R v X 0 d y Y W 8 m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N j A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T M s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t V c 2 9 f R G 9 t Z X N 0 a W N v L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y W N h b 1 9 n c m F v L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 H c m F v L D E y f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T M s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W 5 v X y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 1 R v d G F s L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 V z b 1 9 E b 2 1 l c 3 R p Y 2 8 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h Y 2 F v X 2 d y Y W 8 s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 0 d y Y W 8 s M T J 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A I 1 K 1 x i 4 m s 5 O r Z S I H z C E s Z g A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A g q G 8 A P F 7 z X S L H k 6 r J R e i r A A A A A A E g A A A o A A A A B A A A A C A Z D Y Y 9 6 O V Y R 7 D r 5 w l z X x k U A A A A G R v 5 b y O G v 6 G h f Q u o m X b + n j 5 h + I B z 0 i 5 D i k X z p u 1 d 6 p A 5 f Y 3 A n R F Q K 9 E 7 9 I d M 6 q G O A c + 2 G x 7 M E D + 4 x s p t h 9 F L f m f r a 2 x O u i d l o + O W L z J n V j e F A A A A M j H W f V l 1 R g h c l f c M 4 j e 1 v i J j 5 j Y < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 8 1 6 e 3 1 2 e - d 0 2 f - 4 7 d 4 - a 9 b 9 - 4 b 3 0 c d 6 a f b 4 2 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A J w E A A B Q S w M E F A A C A A g A V G i L W 7 A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A F R o i 1 s P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B U a I t b u H 0 x t J U B A A B U A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A f V L B a h s x E L 0 b / A 9 C u d i w G A I l h w Y f z M Z u T Q i U e k M O t l n G u 9 N a i a T Z S q O y x f h 7 Q r 7 D P 1 b t 2 m l L s v V e x M 5 7 8 9 6 b k T w W r M i K x f G 8 v O 7 3 + j 2 / B Y e l C L 6 E v C D r g 2 b I N T i w j y D G Q i P 3 e y J + M 7 K M s T C t C 9 S j B 3 J P G 6 K n w U x p H K U N Z t k P Z P p x d Q c V r F I y h x d X K I p 8 R q f I r d L p q j U 5 a Y 9 q 7 W s 5 T I Q N W i e C X c B h c r T q z J I v t o g c A 7 R B d s s 5 o x n L T q p M b p U t x 7 L t k O v 9 8 g Y Y 1 i f x C 5 n C B g / P o L f k x R d H h n 6 q k r y M 0 h l s 4 j R t j f E z Q o n O D 8 6 k S c T y R J 5 o v S g g g n 7 c T L I e / n H L V E V i o u M S o K S / J l m U 8 d / I m Z R 0 M D b 7 V a E f / D d b s t v J + F s G p l z G Z U W 2 Y K x 5 n 4 g I g P L v q x P b Q Z 1 6 p h 8 B 8 7 l V h Q I d 8 b n l q w + j x v 6 o 1 Z g U 0 L a + g e a m I s f Q D S 5 C 5 Z S J b 4 D y j L h L e V q f a U + b 9 R r K b 8 i g Z 1 X Q e 8 q 9 P w u / T j Z T t s v 9 K + r W + r s D e t 2 K D W a D 7 m 3 8 T 0 f G P / 3 7 Y b + n b P d 9 X v 8 G U E s B A i 0 A F A A C A A g A V G i L W 7 A 3 k f y l A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A F R o i 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A V G i L W 7 h 9 M b S V A Q A A V A M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A x A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + m B I A A A A A A A B 2 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N j A y N z N m M G Y t Y W Y 2 Z S 0 0 Z G Q x L T k 3 M j I t Y m I x M j A 4 M D Z k M T k x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 x M V Q x N j o w M j o z O S 4 5 O T Y 5 M T A x W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n W U d B d 0 1 E Q X d N R E F 3 T U Z B d z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 U H J v Z H V 0 b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 U G F p c 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q W 5 v X y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 l u a W N p Y W w m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H V j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 V X N v X 0 R v b W V z d G l j b y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 Z p b m F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F j Y W 9 f Z 3 J h b y Z x d W 9 0 O y w m c X V v d D t T d X B y a W 1 l b n R v X 0 d y Y W 8 m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N j A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T M s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t V c 2 9 f R G 9 t Z X N 0 a W N v L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y W N h b 1 9 n c m F v L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 H c m F v L D E y f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T M s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W 5 v X y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 1 R v d G F s L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 V z b 1 9 E b 2 1 l c 3 R p Y 2 8 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h Y 2 F v X 2 d y Y W 8 s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 0 d y Y W 8 s M T J 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A m 9 T M x k l N t v t m p Y K Z k L y Y u w A A A A A E g A A A o A A A A B A A A A A + j h T P K r A 6 R b A K X C E R D r V E U A A A A J I s Y x K H B S U B / F Z n / F 1 g s Z o O o N 7 j Y z / z 1 c x 2 f B O B O G D t w z 3 8 9 J o F J n P P y f D D a c B N H Y K u V H R L K B Z g j S U n g G T R S X v 7 J t q T I U 0 Y c 2 A m Z C X N U p 3 n F A A A A J 5 w i G p t U D e A U z 5 Q C R 4 A I T D 4 9 e 2 X < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED989F51-61AA-462E-B863-BD47650CC67C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>