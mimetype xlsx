--- v1 (2025-12-25)
+++ v2 (2026-02-20)
@@ -24,110 +24,110 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Mapa\Sumários\Sumários\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80670D9D-0669-4B1A-9F01-43266BE21576}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57E6E86B-B2CA-491A-8800-B9F6F45EA61E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="653" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="21" r:id="rId1"/>
     <sheet name="Oferta e Demanda Suco" sheetId="16" r:id="rId2"/>
     <sheet name="Oferta e Demanda L_fresca" sheetId="17" r:id="rId3"/>
     <sheet name="Comércio Exterior - Mensal" sheetId="13" r:id="rId4"/>
     <sheet name="Gráficos de Preços" sheetId="7" r:id="rId5"/>
     <sheet name="usda_consulta_laranja" sheetId="18" state="hidden" r:id="rId6"/>
     <sheet name="Base Suco" sheetId="19" state="hidden" r:id="rId7"/>
     <sheet name="Base Fresca" sheetId="20" state="hidden" r:id="rId8"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId9"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Base Fresca'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Base Suco'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Capa!$A$1:$A$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Comércio Exterior - Mensal'!$A$1:$U$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Gráficos de Preços'!$A$1:$J$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Oferta e Demanda L_fresca'!$A$1:$E$34</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Oferta e Demanda Suco'!$A$1:$I$34</definedName>
-    <definedName name="DadosExternos_1" localSheetId="5" hidden="1">usda_consulta_laranja!$A$1:$M$61</definedName>
+    <definedName name="DadosExternos_1" localSheetId="5" hidden="1">usda_consulta_laranja!$A$1:$M$67</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
-    <pivotCache cacheId="29" r:id="rId10"/>
+    <pivotCache cacheId="37" r:id="rId10"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{C64FB4F1-AB84-42FC-A129-05147704E2A6}" keepAlive="1" name="Consulta - usda_consulta_laranja" description="Conexão com a consulta 'usda_consulta_laranja' na pasta de trabalho." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=usda_consulta_laranja;Extended Properties=&quot;&quot;" command="SELECT * FROM [usda_consulta_laranja]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="107">
   <si>
     <t>Safra</t>
   </si>
   <si>
     <t>Fonte: Conab.</t>
   </si>
   <si>
     <t>2016/17</t>
   </si>
   <si>
     <t>R$/Unid.</t>
   </si>
   <si>
     <t>Jul/2016 a jun/2017</t>
   </si>
   <si>
     <t>2017/18</t>
   </si>
   <si>
     <t>Jul/2017 a jun/2018</t>
   </si>
   <si>
     <t>2018/19</t>
   </si>
   <si>
@@ -322,50 +322,53 @@
   <si>
     <t>Jul/2024 a jun/2025</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Qtde</t>
   </si>
   <si>
     <t>2025/26</t>
   </si>
   <si>
     <t>Jul/2025 a jun/2026</t>
   </si>
   <si>
     <t>Exportações de Suco de Laranja - Mensal - Valor: US$ Milhões - Qtde: mil toneladas</t>
   </si>
   <si>
     <t>Exportações de Suco de Laranja - Destinos - Valor: US$ Milhões - Qtde: mil toneladas</t>
   </si>
   <si>
+    <t>2025/2026</t>
+  </si>
+  <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Fev</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Abr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Ago</t>
   </si>
   <si>
     <t>Set</t>
@@ -397,54 +400,54 @@
   <si>
     <t>Espanha</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Austrália</t>
   </si>
   <si>
     <t>Arábia Saudita</t>
   </si>
   <si>
     <t>Áustria</t>
   </si>
   <si>
     <t>Reino Unido</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
-    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 30/11/2025, inclusive.</t>
+    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 31/01/2026, inclusive.</t>
   </si>
   <si>
-    <t>Fonte: Usda (www.usda.gov) - janeiro/2025 (divulgação anual)</t>
+    <t>Fonte: Usda (www.usda.gov) - janeiro/2026 (divulgação anual)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -766,51 +769,51 @@
       <bottom style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1045,83 +1048,84 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal_aliceweb20110819100727378" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Porcentagem" xfId="5" builtinId="5"/>
     <cellStyle name="Vírgula 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="8">
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </dxf>
-[...7 lines deleted...]
-      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF170692"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1839,87 +1843,87 @@
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
             <a:defRPr sz="1800" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:fld id="{B5593352-177E-4DDC-B619-824DC59A0FFE}" type="TxLink">
             <a:rPr lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:pPr algn="ctr"/>
-            <a:t>dezembro-2025</a:t>
+            <a:t>fevereiro-2026</a:t>
           </a:fld>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>500391</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>24356</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98B059EA-B324-5915-814A-C91549B64F86}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87F43112-4D08-FB85-6ECC-9AF8FA7EDE62}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="5986791" cy="4072481"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -3078,75 +3082,75 @@
           <cell r="AC143">
             <v>127.06727220000001</v>
           </cell>
         </row>
         <row r="144">
           <cell r="A144">
             <v>45597</v>
           </cell>
           <cell r="AC144">
             <v>122.30777740000001</v>
           </cell>
         </row>
         <row r="145">
           <cell r="A145">
             <v>45627</v>
           </cell>
           <cell r="AC145">
             <v>105.2524998</v>
           </cell>
         </row>
         <row r="146">
           <cell r="A146">
             <v>45658</v>
           </cell>
           <cell r="AC146">
-            <v>104.65772800000001</v>
+            <v>104.65772802179509</v>
           </cell>
         </row>
         <row r="147">
           <cell r="A147">
             <v>45689</v>
           </cell>
           <cell r="AC147">
-            <v>98.426999660000007</v>
+            <v>98.426999664306635</v>
           </cell>
         </row>
         <row r="148">
           <cell r="A148">
             <v>45717</v>
           </cell>
           <cell r="AC148">
-            <v>95.00210491</v>
+            <v>95.002104909796458</v>
           </cell>
         </row>
         <row r="149">
           <cell r="A149">
             <v>45748</v>
           </cell>
           <cell r="AC149">
-            <v>101.7424999</v>
+            <v>101.74249992370605</v>
           </cell>
         </row>
         <row r="150">
           <cell r="A150">
             <v>45778</v>
           </cell>
           <cell r="AC150">
             <v>80.634284246535529</v>
           </cell>
         </row>
         <row r="151">
           <cell r="A151">
             <v>45809</v>
           </cell>
           <cell r="AC151">
             <v>65.272630591141549</v>
           </cell>
         </row>
         <row r="152">
           <cell r="A152">
             <v>45839</v>
           </cell>
           <cell r="AC152">
             <v>59.822173906409219</v>
           </cell>
@@ -3158,148 +3162,165 @@
           <cell r="AC153">
             <v>56.638095129103888</v>
           </cell>
         </row>
         <row r="154">
           <cell r="A154">
             <v>45901</v>
           </cell>
           <cell r="AC154">
             <v>57.805454774336383</v>
           </cell>
         </row>
         <row r="155">
           <cell r="A155">
             <v>45931</v>
           </cell>
           <cell r="AC155">
             <v>60.481499671936035</v>
           </cell>
         </row>
         <row r="156">
           <cell r="A156">
             <v>45962</v>
           </cell>
           <cell r="AC156">
-            <v>53.446841190000001</v>
+            <v>53.446841189735814</v>
           </cell>
         </row>
         <row r="157">
           <cell r="A157">
             <v>45992</v>
           </cell>
           <cell r="AC157">
-            <v>47.8</v>
+            <v>45.58428628104074</v>
+          </cell>
+        </row>
+        <row r="158">
+          <cell r="A158">
+            <v>46023</v>
+          </cell>
+          <cell r="AC158">
+            <v>43.742380959647043</v>
+          </cell>
+        </row>
+        <row r="159">
+          <cell r="A159">
+            <v>46054</v>
+          </cell>
+          <cell r="AC159">
+            <v>44.049998474121097</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46002.543507060182" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="60" xr:uid="{E48106AC-A36A-49F1-8187-531292EBB5D6}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46065.402447106484" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="66" xr:uid="{E48106AC-A36A-49F1-8187-531292EBB5D6}">
   <cacheSource type="worksheet">
     <worksheetSource name="usda_consulta_laranja"/>
   </cacheSource>
   <cacheFields count="13">
     <cacheField name="Produto_" numFmtId="0">
       <sharedItems count="2">
         <s v="Suco de Laranja"/>
         <s v="Laranja Fresca"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Pais_" numFmtId="0">
       <sharedItems count="3">
         <s v="Brasil"/>
         <s v="Estados Unidos"/>
         <s v="Mundo"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Ano_" numFmtId="0">
-      <sharedItems count="11">
+      <sharedItems count="12">
         <s v="2015/2016"/>
         <s v="2016/2017"/>
         <s v="2017/2018"/>
         <s v="2018/2019"/>
         <s v="2019/2020"/>
         <s v="2020/2021"/>
         <s v="2021/2022"/>
         <s v="2022/2023"/>
         <s v="2023/2024"/>
         <s v="2024/2025"/>
+        <s v="2025/2026"/>
         <s v="2014/2015" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Estoque_Inicial" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="776"/>
     </cacheField>
     <cacheField name="Producao_" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="80" maxValue="54250"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="72" maxValue="54250"/>
     </cacheField>
     <cacheField name="Importacao_" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="4674"/>
     </cacheField>
     <cacheField name="Suprimento_Total" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="601" maxValue="58833"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="583" maxValue="58833"/>
     </cacheField>
     <cacheField name="Exportacao_" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="5125"/>
     </cacheField>
     <cacheField name="Consumo_Domestico" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="1864"/>
     </cacheField>
     <cacheField name="Uso_Domestico" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="0"/>
     </cacheField>
     <cacheField name="Estoque_Final" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="776"/>
     </cacheField>
     <cacheField name="Relacao_grao" numFmtId="0">
-      <sharedItems containsString="0" containsBlank="1" containsNumber="1" minValue="6.6666666666666693E-2" maxValue="6"/>
+      <sharedItems containsString="0" containsBlank="1" containsNumber="1" minValue="8.9090909090909096E-2" maxValue="6"/>
     </cacheField>
     <cacheField name="Suprimento_Grao" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="601" maxValue="58833"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="583" maxValue="58833"/>
     </cacheField>
   </cacheFields>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
       <x14:pivotCacheDefinition/>
     </ext>
   </extLst>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="60">
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="66">
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="0"/>
     <n v="147"/>
     <n v="859"/>
     <n v="0"/>
     <n v="1006"/>
     <n v="962"/>
     <n v="38"/>
     <n v="0"/>
     <n v="6"/>
     <n v="0.157894736842105"/>
     <n v="1006"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="1"/>
     <n v="6"/>
     <n v="1447"/>
     <n v="0"/>
     <n v="1453"/>
     <n v="1230"/>
     <n v="38"/>
@@ -3381,74 +3402,89 @@
     <n v="0"/>
     <n v="9"/>
     <n v="0.123287671232877"/>
     <n v="1150"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="7"/>
     <n v="9"/>
     <n v="1080"/>
     <n v="0"/>
     <n v="1089"/>
     <n v="1006"/>
     <n v="75"/>
     <n v="0"/>
     <n v="8"/>
     <n v="0.10893333333333299"/>
     <n v="1089"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="8"/>
     <n v="8"/>
-    <n v="930"/>
-[...7 lines deleted...]
-    <n v="938"/>
+    <n v="829"/>
+    <n v="0"/>
+    <n v="837"/>
+    <n v="777"/>
+    <n v="55"/>
+    <n v="0"/>
+    <n v="5"/>
+    <n v="8.9090909090909096E-2"/>
+    <n v="837"/>
   </r>
   <r>
     <x v="0"/>
     <x v="0"/>
     <x v="9"/>
-    <n v="4"/>
-[...2 lines deleted...]
-    <n v="1016"/>
+    <n v="5"/>
+    <n v="1013"/>
+    <n v="0"/>
+    <n v="1018"/>
     <n v="954"/>
     <n v="58"/>
     <n v="0"/>
-    <n v="4"/>
-[...1 lines deleted...]
-    <n v="1016"/>
+    <n v="6"/>
+    <n v="0.10172413793103401"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <x v="0"/>
+    <x v="0"/>
+    <x v="10"/>
+    <n v="6"/>
+    <n v="1032"/>
+    <n v="0"/>
+    <n v="1038"/>
+    <n v="973"/>
+    <n v="59"/>
+    <n v="0"/>
+    <n v="6"/>
+    <n v="0.10221465076661"/>
+    <n v="1038"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="0"/>
     <n v="358"/>
     <n v="361"/>
     <n v="280"/>
     <n v="999"/>
     <n v="66"/>
     <n v="631"/>
     <n v="0"/>
     <n v="302"/>
     <n v="0.47860538827258298"/>
     <n v="999"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="1"/>
     <n v="302"/>
     <n v="303"/>
     <n v="301"/>
     <n v="906"/>
     <n v="57"/>
@@ -3516,239 +3552,269 @@
     <n v="0"/>
     <n v="240"/>
     <n v="0.44280442804428"/>
     <n v="813"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="6"/>
     <n v="240"/>
     <n v="159"/>
     <n v="314"/>
     <n v="713"/>
     <n v="31"/>
     <n v="526"/>
     <n v="0"/>
     <n v="156"/>
     <n v="0.29657794676806098"/>
     <n v="713"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="7"/>
     <n v="156"/>
-    <n v="85"/>
+    <n v="84"/>
     <n v="406"/>
-    <n v="647"/>
+    <n v="646"/>
     <n v="24"/>
-    <n v="497"/>
-[...3 lines deleted...]
-    <n v="647"/>
+    <n v="486"/>
+    <n v="0"/>
+    <n v="136"/>
+    <n v="0.27983539094650201"/>
+    <n v="646"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="8"/>
-    <n v="126"/>
-[...2 lines deleted...]
-    <n v="633"/>
+    <n v="136"/>
+    <n v="108"/>
+    <n v="393"/>
+    <n v="637"/>
     <n v="26"/>
-    <n v="486"/>
-[...3 lines deleted...]
-    <n v="633"/>
+    <n v="488"/>
+    <n v="0"/>
+    <n v="123"/>
+    <n v="0.25204918032786899"/>
+    <n v="637"/>
   </r>
   <r>
     <x v="0"/>
     <x v="1"/>
     <x v="9"/>
-    <n v="121"/>
-[...2 lines deleted...]
-    <n v="601"/>
+    <n v="123"/>
+    <n v="72"/>
+    <n v="388"/>
+    <n v="583"/>
+    <n v="27"/>
+    <n v="412"/>
+    <n v="0"/>
+    <n v="144"/>
+    <n v="0.34951456310679602"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <x v="0"/>
+    <x v="1"/>
+    <x v="10"/>
+    <n v="144"/>
+    <n v="72"/>
+    <n v="390"/>
+    <n v="606"/>
     <n v="25"/>
-    <n v="486"/>
-[...3 lines deleted...]
-    <n v="601"/>
+    <n v="440"/>
+    <n v="0"/>
+    <n v="141"/>
+    <n v="0.32045454545454499"/>
+    <n v="606"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="0"/>
     <n v="593"/>
     <n v="1580"/>
     <n v="1374"/>
     <n v="3548"/>
     <n v="1310"/>
     <n v="1864"/>
     <n v="0"/>
     <n v="374"/>
     <n v="0.20068051116668201"/>
     <n v="3548"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="1"/>
     <n v="374"/>
     <n v="2172"/>
     <n v="1525"/>
     <n v="4072"/>
     <n v="1747"/>
     <n v="1818"/>
     <n v="0"/>
     <n v="507"/>
     <n v="0.27903780598108702"/>
     <n v="4072"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="2"/>
     <n v="507"/>
     <n v="1579"/>
     <n v="1628"/>
     <n v="3714"/>
     <n v="1490"/>
     <n v="1748"/>
     <n v="0"/>
     <n v="477"/>
-    <n v="0.272616456496309"/>
+    <n v="0.27264764857821999"/>
     <n v="3714"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="3"/>
     <n v="477"/>
     <n v="2089"/>
     <n v="1507"/>
     <n v="4073"/>
-    <n v="1608"/>
-    <n v="1689"/>
+    <n v="1605"/>
+    <n v="1692"/>
     <n v="0"/>
     <n v="776"/>
-    <n v="0.45942032504484598"/>
+    <n v="0.458497121988786"/>
     <n v="4073"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="4"/>
     <n v="776"/>
     <n v="1470"/>
     <n v="1379"/>
     <n v="3625"/>
-    <n v="1421"/>
-    <n v="1689"/>
+    <n v="1426"/>
+    <n v="1684"/>
     <n v="0"/>
     <n v="515"/>
-    <n v="0.304973995585407"/>
+    <n v="0.30587953043569099"/>
     <n v="3625"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="5"/>
     <n v="515"/>
     <n v="1559"/>
     <n v="1356"/>
     <n v="3431"/>
-    <n v="1463"/>
-[...3 lines deleted...]
-    <n v="0.185357717862493"/>
+    <n v="1464"/>
+    <n v="1649"/>
+    <n v="0"/>
+    <n v="318"/>
+    <n v="0.19273924149531699"/>
     <n v="3431"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="6"/>
-    <n v="308"/>
+    <n v="318"/>
     <n v="1688"/>
     <n v="1317"/>
-    <n v="3313"/>
-[...5 lines deleted...]
-    <n v="3313"/>
+    <n v="3323"/>
+    <n v="1502"/>
+    <n v="1598"/>
+    <n v="0"/>
+    <n v="223"/>
+    <n v="0.13945873429348901"/>
+    <n v="3323"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="7"/>
-    <n v="213"/>
-[...2 lines deleted...]
-    <n v="3006"/>
+    <n v="223"/>
+    <n v="1443"/>
+    <n v="1347"/>
+    <n v="3013"/>
     <n v="1365"/>
-    <n v="1472"/>
-[...3 lines deleted...]
-    <n v="3006"/>
+    <n v="1458"/>
+    <n v="0"/>
+    <n v="190"/>
+    <n v="0.129991031365536"/>
+    <n v="3013"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="8"/>
-    <n v="170"/>
-[...8 lines deleted...]
-    <n v="2831"/>
+    <n v="190"/>
+    <n v="1239"/>
+    <n v="1280"/>
+    <n v="2708"/>
+    <n v="1128"/>
+    <n v="1353"/>
+    <n v="0"/>
+    <n v="227"/>
+    <n v="0.16797771658559399"/>
+    <n v="2708"/>
   </r>
   <r>
     <x v="0"/>
     <x v="2"/>
     <x v="9"/>
-    <n v="176"/>
-[...8 lines deleted...]
-    <n v="2811"/>
+    <n v="227"/>
+    <n v="1340"/>
+    <n v="1045"/>
+    <n v="2612"/>
+    <n v="1238"/>
+    <n v="1124"/>
+    <n v="0"/>
+    <n v="250"/>
+    <n v="0.222640492125038"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <x v="0"/>
+    <x v="2"/>
+    <x v="10"/>
+    <n v="250"/>
+    <n v="1351"/>
+    <n v="1089"/>
+    <n v="2690"/>
+    <n v="1273"/>
+    <n v="1168"/>
+    <n v="0"/>
+    <n v="250"/>
+    <n v="0.21355418386979699"/>
+    <n v="2690"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="0"/>
     <n v="0"/>
     <n v="14414"/>
     <n v="18"/>
     <n v="14432"/>
     <n v="26"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="14432"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="1"/>
     <n v="0"/>
     <n v="20890"/>
     <n v="20"/>
     <n v="20910"/>
     <n v="33"/>
@@ -3832,73 +3898,88 @@
     <n v="0"/>
     <m/>
     <n v="16960"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="7"/>
     <n v="0"/>
     <n v="15469"/>
     <n v="40"/>
     <n v="15509"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="15509"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="8"/>
     <n v="0"/>
     <n v="12300"/>
-    <n v="32"/>
-    <n v="12332"/>
+    <n v="54"/>
+    <n v="12354"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="12332"/>
+    <n v="12354"/>
   </r>
   <r>
     <x v="1"/>
     <x v="0"/>
     <x v="9"/>
     <n v="0"/>
     <n v="13000"/>
-    <n v="37"/>
-    <n v="13037"/>
+    <n v="40"/>
+    <n v="13040"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="13037"/>
+    <n v="13040"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="0"/>
+    <x v="10"/>
+    <n v="0"/>
+    <n v="13500"/>
+    <n v="55"/>
+    <n v="13555"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <m/>
+    <n v="13555"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="0"/>
     <n v="0"/>
     <n v="5523"/>
     <n v="164"/>
     <n v="5687"/>
     <n v="657"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="5687"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="1"/>
     <n v="0"/>
     <n v="4616"/>
     <n v="182"/>
     <n v="4798"/>
     <n v="613"/>
@@ -3966,89 +4047,104 @@
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="4198"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="6"/>
     <n v="0"/>
     <n v="3108"/>
     <n v="236"/>
     <n v="3344"/>
     <n v="335"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="3344"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="7"/>
     <n v="0"/>
-    <n v="2312"/>
+    <n v="2308"/>
     <n v="214"/>
-    <n v="2526"/>
+    <n v="2522"/>
     <n v="345"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="2526"/>
+    <n v="2522"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="8"/>
     <n v="0"/>
-    <n v="2502"/>
+    <n v="2430"/>
     <n v="234"/>
-    <n v="2736"/>
+    <n v="2664"/>
     <n v="339"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="2736"/>
+    <n v="2664"/>
   </r>
   <r>
     <x v="1"/>
     <x v="1"/>
     <x v="9"/>
     <n v="0"/>
-    <n v="2245"/>
-[...2 lines deleted...]
-    <n v="340"/>
+    <n v="2172"/>
+    <n v="267"/>
+    <n v="2439"/>
+    <n v="327"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="2505"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <x v="10"/>
+    <n v="0"/>
+    <n v="2176"/>
+    <n v="275"/>
+    <n v="2451"/>
+    <n v="330"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <m/>
+    <n v="2451"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="0"/>
     <n v="0"/>
     <n v="47267"/>
     <n v="4143"/>
     <n v="51410"/>
     <n v="4552"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="51410"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="1"/>
     <n v="0"/>
     <n v="54022"/>
     <n v="4374"/>
     <n v="58396"/>
     <n v="5042"/>
@@ -4071,543 +4167,560 @@
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="53115"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="3"/>
     <n v="0"/>
     <n v="54250"/>
     <n v="4583"/>
     <n v="58833"/>
     <n v="5054"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
     <n v="58833"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="4"/>
     <n v="0"/>
-    <n v="46078"/>
+    <n v="46070"/>
     <n v="4512"/>
-    <n v="50590"/>
+    <n v="50582"/>
     <n v="4749"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="50590"/>
+    <n v="50582"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="5"/>
     <n v="0"/>
-    <n v="48173"/>
+    <n v="48146"/>
     <n v="4410"/>
-    <n v="52583"/>
+    <n v="52556"/>
     <n v="4835"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="52583"/>
+    <n v="52556"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="6"/>
     <n v="0"/>
-    <n v="50319"/>
+    <n v="50276"/>
     <n v="4279"/>
-    <n v="54598"/>
+    <n v="54555"/>
     <n v="4649"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="54598"/>
+    <n v="54555"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="7"/>
     <n v="0"/>
-    <n v="46983"/>
-[...2 lines deleted...]
-    <n v="4458"/>
+    <n v="47106"/>
+    <n v="4357"/>
+    <n v="51463"/>
+    <n v="4459"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="51341"/>
+    <n v="51463"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="8"/>
     <n v="0"/>
-    <n v="45886"/>
-[...2 lines deleted...]
-    <n v="5010"/>
+    <n v="46027"/>
+    <n v="4365"/>
+    <n v="50392"/>
+    <n v="5046"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="50076"/>
+    <n v="50392"/>
   </r>
   <r>
     <x v="1"/>
     <x v="2"/>
     <x v="9"/>
     <n v="0"/>
-    <n v="45224"/>
-[...2 lines deleted...]
-    <n v="4708"/>
+    <n v="45489"/>
+    <n v="4466"/>
+    <n v="49955"/>
+    <n v="4823"/>
     <n v="0"/>
     <n v="0"/>
     <n v="0"/>
     <m/>
-    <n v="49480"/>
+    <n v="49955"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="2"/>
+    <x v="10"/>
+    <n v="0"/>
+    <n v="45919"/>
+    <n v="4562"/>
+    <n v="50481"/>
+    <n v="4941"/>
+    <n v="0"/>
+    <n v="0"/>
+    <n v="0"/>
+    <m/>
+    <n v="50481"/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{67A0BEC0-FECA-487C-9187-CA1D981D0D40}" name="Tabela dinâmica2" cacheId="29" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{67A0BEC0-FECA-487C-9187-CA1D981D0D40}" name="Tabela dinâmica2" cacheId="37" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:I33" firstHeaderRow="0" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
   <pivotFields count="13">
     <pivotField axis="axisPage" showAll="0">
       <items count="3">
         <item x="1"/>
         <item x="0"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="3">
         <item x="2"/>
         <item x="1"/>
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
-      <items count="12">
-        <item h="1" m="1" x="10"/>
+      <items count="13">
+        <item h="1" m="1" x="11"/>
         <item h="1" x="0"/>
-        <item x="1"/>
+        <item h="1" x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
+        <item x="10"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="2">
     <field x="1"/>
     <field x="2"/>
   </rowFields>
   <rowItems count="30">
     <i>
       <x/>
     </i>
     <i r="1">
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
+    </i>
+    <i r="1">
+      <x v="5"/>
+    </i>
+    <i r="1">
+      <x v="6"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="8"/>
+    </i>
+    <i r="1">
+      <x v="9"/>
+    </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
+    <i r="1">
+      <x v="11"/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i r="1">
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
+    </i>
+    <i r="1">
+      <x v="5"/>
+    </i>
+    <i r="1">
+      <x v="6"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="8"/>
+    </i>
+    <i r="1">
+      <x v="9"/>
+    </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
+    <i r="1">
+      <x v="11"/>
+    </i>
+    <i>
       <x v="2"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="4"/>
     </i>
     <i r="1">
       <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="7"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
     <i r="1">
       <x v="10"/>
     </i>
-    <i>
-[...1 lines deleted...]
-    </i>
     <i r="1">
-      <x v="2"/>
-[...53 lines deleted...]
-      <x v="10"/>
+      <x v="11"/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="-2"/>
   </colFields>
   <colItems count="8">
     <i>
       <x/>
     </i>
     <i i="1">
       <x v="1"/>
     </i>
     <i i="2">
       <x v="2"/>
     </i>
     <i i="3">
       <x v="3"/>
     </i>
     <i i="4">
       <x v="4"/>
     </i>
     <i i="5">
       <x v="5"/>
     </i>
     <i i="6">
       <x v="6"/>
     </i>
     <i i="7">
       <x v="7"/>
     </i>
   </colItems>
   <pageFields count="1">
     <pageField fld="0" item="1" hier="-1"/>
   </pageFields>
   <dataFields count="8">
     <dataField name="Estoque Inicial" fld="3" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Importação" fld="5" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Produção" fld="4" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Suprimento" fld="6" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Consumo Doméstico" fld="8" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Exportação" fld="7" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Estoque Final" fld="10" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Rel. % Est. Final / Consumo" fld="11" baseField="1" baseItem="0" numFmtId="9"/>
   </dataFields>
   <formats count="3">
-    <format dxfId="4">
+    <format dxfId="7">
       <pivotArea field="1" type="button" dataOnly="0" labelOnly="1" outline="0" axis="axisRow" fieldPosition="0"/>
     </format>
-    <format dxfId="3">
+    <format dxfId="6">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="8">
             <x v="0"/>
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
             <x v="6"/>
             <x v="7"/>
           </reference>
         </references>
       </pivotArea>
     </format>
-    <format dxfId="2">
+    <format dxfId="5">
       <pivotArea outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="1">
             <x v="6"/>
           </reference>
         </references>
       </pivotArea>
     </format>
   </formats>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/pivotTables/pivotTable2.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{6DFA0051-28AB-45AE-9183-C83190615071}" name="Tabela dinâmica2" cacheId="29" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{6DFA0051-28AB-45AE-9183-C83190615071}" name="Tabela dinâmica2" cacheId="37" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:E33" firstHeaderRow="0" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
   <pivotFields count="13">
     <pivotField axis="axisPage" showAll="0">
       <items count="3">
         <item x="1"/>
         <item x="0"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="3">
         <item x="2"/>
         <item x="1"/>
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
-      <items count="12">
-        <item h="1" m="1" x="10"/>
+      <items count="13">
+        <item h="1" m="1" x="11"/>
         <item h="1" x="0"/>
-        <item x="1"/>
+        <item h="1" x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
+        <item x="10"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="2">
     <field x="1"/>
     <field x="2"/>
   </rowFields>
   <rowItems count="30">
     <i>
       <x/>
     </i>
     <i r="1">
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
+    </i>
+    <i r="1">
+      <x v="5"/>
+    </i>
+    <i r="1">
+      <x v="6"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="8"/>
+    </i>
+    <i r="1">
+      <x v="9"/>
+    </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
+    <i r="1">
+      <x v="11"/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i r="1">
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
+    </i>
+    <i r="1">
+      <x v="5"/>
+    </i>
+    <i r="1">
+      <x v="6"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="8"/>
+    </i>
+    <i r="1">
+      <x v="9"/>
+    </i>
+    <i r="1">
+      <x v="10"/>
+    </i>
+    <i r="1">
+      <x v="11"/>
+    </i>
+    <i>
       <x v="2"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="4"/>
     </i>
     <i r="1">
       <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="7"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
     <i r="1">
       <x v="10"/>
     </i>
-    <i>
-[...1 lines deleted...]
-    </i>
     <i r="1">
-      <x v="2"/>
-[...53 lines deleted...]
-      <x v="10"/>
+      <x v="11"/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="-2"/>
   </colFields>
   <colItems count="4">
     <i>
       <x/>
     </i>
     <i i="1">
       <x v="1"/>
     </i>
     <i i="2">
       <x v="2"/>
     </i>
     <i i="3">
       <x v="3"/>
     </i>
   </colItems>
   <pageFields count="1">
     <pageField fld="0" item="0" hier="-1"/>
   </pageFields>
   <dataFields count="4">
     <dataField name="Produção" fld="4" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Importação" fld="5" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Suprimento" fld="6" baseField="1" baseItem="0" numFmtId="3"/>
     <dataField name="Exportação" fld="7" baseField="1" baseItem="0" numFmtId="3"/>
   </dataFields>
   <formats count="2">
-    <format dxfId="1">
+    <format dxfId="4">
       <pivotArea field="1" type="button" dataOnly="0" labelOnly="1" outline="0" axis="axisRow" fieldPosition="0"/>
     </format>
-    <format dxfId="0">
+    <format dxfId="3">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="4">
             <x v="0"/>
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
           </reference>
         </references>
       </pivotArea>
     </format>
   </formats>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4615,56 +4728,56 @@
   <queryTableRefresh nextId="14">
     <queryTableFields count="13">
       <queryTableField id="1" name="Produto_" tableColumnId="1"/>
       <queryTableField id="2" name="Pais_" tableColumnId="2"/>
       <queryTableField id="3" name="Ano_" tableColumnId="3"/>
       <queryTableField id="4" name="Estoque_Inicial" tableColumnId="4"/>
       <queryTableField id="5" name="Producao_" tableColumnId="5"/>
       <queryTableField id="6" name="Importacao_" tableColumnId="6"/>
       <queryTableField id="7" name="Suprimento_Total" tableColumnId="7"/>
       <queryTableField id="8" name="Exportacao_" tableColumnId="8"/>
       <queryTableField id="9" name="Consumo_Domestico" tableColumnId="9"/>
       <queryTableField id="10" name="Uso_Domestico" tableColumnId="10"/>
       <queryTableField id="11" name="Estoque_Final" tableColumnId="11"/>
       <queryTableField id="12" name="Relacao_grao" tableColumnId="12"/>
       <queryTableField id="13" name="Suprimento_Grao" tableColumnId="13"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7A1F0036-CEFA-4027-B11E-632024C6C963}" name="usda_consulta_laranja" displayName="usda_consulta_laranja" ref="A1:M61" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:M61" xr:uid="{7A1F0036-CEFA-4027-B11E-632024C6C963}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7A1F0036-CEFA-4027-B11E-632024C6C963}" name="usda_consulta_laranja" displayName="usda_consulta_laranja" ref="A1:M67" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:M67" xr:uid="{7A1F0036-CEFA-4027-B11E-632024C6C963}"/>
   <tableColumns count="13">
-    <tableColumn id="1" xr3:uid="{45FAD0EB-467C-44D5-AA57-43AB552A3980}" uniqueName="1" name="Produto_" queryTableFieldId="1" dataDxfId="7"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{45386B9A-566E-4F85-B889-697CF5AF8840}" uniqueName="3" name="Ano_" queryTableFieldId="3" dataDxfId="5"/>
+    <tableColumn id="1" xr3:uid="{45FAD0EB-467C-44D5-AA57-43AB552A3980}" uniqueName="1" name="Produto_" queryTableFieldId="1" dataDxfId="2"/>
+    <tableColumn id="2" xr3:uid="{BA8DB590-F364-403C-9B20-3CC4F2540C24}" uniqueName="2" name="Pais_" queryTableFieldId="2" dataDxfId="1"/>
+    <tableColumn id="3" xr3:uid="{45386B9A-566E-4F85-B889-697CF5AF8840}" uniqueName="3" name="Ano_" queryTableFieldId="3" dataDxfId="0"/>
     <tableColumn id="4" xr3:uid="{B8612298-438A-456F-964D-AF3E2CA27280}" uniqueName="4" name="Estoque_Inicial" queryTableFieldId="4"/>
     <tableColumn id="5" xr3:uid="{81124E4D-AFF5-4A7D-94B4-847B3E3F8D6F}" uniqueName="5" name="Producao_" queryTableFieldId="5"/>
     <tableColumn id="6" xr3:uid="{02A7EE13-3E27-429E-B667-2FA55525D7F2}" uniqueName="6" name="Importacao_" queryTableFieldId="6"/>
     <tableColumn id="7" xr3:uid="{3EBBB8B0-4F39-4285-AA2B-5363D311C697}" uniqueName="7" name="Suprimento_Total" queryTableFieldId="7"/>
     <tableColumn id="8" xr3:uid="{7498DA80-68A8-44EF-A094-3DAA7C396324}" uniqueName="8" name="Exportacao_" queryTableFieldId="8"/>
     <tableColumn id="9" xr3:uid="{EA2BA06B-B271-42CF-A1BE-262F525979FD}" uniqueName="9" name="Consumo_Domestico" queryTableFieldId="9"/>
     <tableColumn id="10" xr3:uid="{45167980-5615-410D-93D0-E12A86B263BC}" uniqueName="10" name="Uso_Domestico" queryTableFieldId="10"/>
     <tableColumn id="11" xr3:uid="{FD148DB2-BA61-4645-856F-52C7F5EDBAFD}" uniqueName="11" name="Estoque_Final" queryTableFieldId="11"/>
     <tableColumn id="12" xr3:uid="{8BF9DE8F-34C6-4E17-895A-EB76E7D80C93}" uniqueName="12" name="Relacao_grao" queryTableFieldId="12"/>
     <tableColumn id="13" xr3:uid="{238DBCEF-F19E-45CC-AA1B-FA1DE2641C19}" uniqueName="13" name="Suprimento_Grao" queryTableFieldId="13"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -4968,69 +5081,69 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EB72D03-E2A8-42EC-8E33-4A3251980BB5}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A13" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
-      <selection activeCell="A13" sqref="A1:XFD1048576"/>
+      <selection activeCell="K33" sqref="K33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="118.7109375" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{974A091F-B03D-400F-B4BE-CC136868CA6A}">
   <dimension ref="A1:I34"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27" t="s">
         <v>0</v>
@@ -5053,860 +5166,860 @@
       <c r="G3" s="24" t="s">
         <v>66</v>
       </c>
       <c r="H3" s="24" t="s">
         <v>67</v>
       </c>
       <c r="I3" s="30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="25" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="26"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="57"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" s="22">
-        <v>374</v>
+        <v>507</v>
       </c>
       <c r="C5" s="22">
-        <v>1525</v>
+        <v>1628</v>
       </c>
       <c r="D5" s="22">
-        <v>2172</v>
+        <v>1579</v>
       </c>
       <c r="E5" s="22">
-        <v>4072</v>
+        <v>3714</v>
       </c>
       <c r="F5" s="22">
-        <v>1818</v>
+        <v>1748</v>
       </c>
       <c r="G5" s="22">
-        <v>1747</v>
+        <v>1490</v>
       </c>
       <c r="H5" s="16">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="I5" s="58">
-        <v>0.27903780598108702</v>
+        <v>0.27264764857821999</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" s="22">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="C6" s="22">
-        <v>1628</v>
+        <v>1507</v>
       </c>
       <c r="D6" s="22">
-        <v>1579</v>
+        <v>2089</v>
       </c>
       <c r="E6" s="22">
-        <v>3714</v>
+        <v>4073</v>
       </c>
       <c r="F6" s="22">
-        <v>1748</v>
+        <v>1692</v>
       </c>
       <c r="G6" s="22">
-        <v>1490</v>
+        <v>1605</v>
       </c>
       <c r="H6" s="16">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="I6" s="58">
-        <v>0.272616456496309</v>
+        <v>0.458497121988786</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" s="22">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="C7" s="22">
-        <v>1507</v>
+        <v>1379</v>
       </c>
       <c r="D7" s="22">
-        <v>2089</v>
+        <v>1470</v>
       </c>
       <c r="E7" s="22">
-        <v>4073</v>
+        <v>3625</v>
       </c>
       <c r="F7" s="22">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="G7" s="22">
-        <v>1608</v>
+        <v>1426</v>
       </c>
       <c r="H7" s="16">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="I7" s="58">
-        <v>0.45942032504484598</v>
+        <v>0.30587953043569099</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B8" s="22">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="C8" s="22">
-        <v>1379</v>
+        <v>1356</v>
       </c>
       <c r="D8" s="22">
-        <v>1470</v>
+        <v>1559</v>
       </c>
       <c r="E8" s="22">
-        <v>3625</v>
+        <v>3431</v>
       </c>
       <c r="F8" s="22">
-        <v>1689</v>
+        <v>1649</v>
       </c>
       <c r="G8" s="22">
-        <v>1421</v>
+        <v>1464</v>
       </c>
       <c r="H8" s="16">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="I8" s="58">
-        <v>0.304973995585407</v>
+        <v>0.19273924149531699</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B9" s="22">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="C9" s="22">
-        <v>1356</v>
+        <v>1317</v>
       </c>
       <c r="D9" s="22">
-        <v>1559</v>
+        <v>1688</v>
       </c>
       <c r="E9" s="22">
-        <v>3431</v>
+        <v>3323</v>
       </c>
       <c r="F9" s="22">
-        <v>1660</v>
+        <v>1598</v>
       </c>
       <c r="G9" s="22">
-        <v>1463</v>
+        <v>1502</v>
       </c>
       <c r="H9" s="16">
-        <v>308</v>
+        <v>223</v>
       </c>
       <c r="I9" s="58">
-        <v>0.185357717862493</v>
+        <v>0.13945873429348901</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" s="22">
-        <v>308</v>
+        <v>223</v>
       </c>
       <c r="C10" s="22">
-        <v>1317</v>
+        <v>1347</v>
       </c>
       <c r="D10" s="22">
-        <v>1688</v>
+        <v>1443</v>
       </c>
       <c r="E10" s="22">
-        <v>3313</v>
+        <v>3013</v>
       </c>
       <c r="F10" s="22">
-        <v>1606</v>
+        <v>1458</v>
       </c>
       <c r="G10" s="22">
-        <v>1494</v>
+        <v>1365</v>
       </c>
       <c r="H10" s="16">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="I10" s="58">
-        <v>0.13256277232581301</v>
+        <v>0.129991031365536</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" s="22">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="C11" s="22">
-        <v>1349</v>
+        <v>1280</v>
       </c>
       <c r="D11" s="22">
-        <v>1444</v>
+        <v>1239</v>
       </c>
       <c r="E11" s="22">
-        <v>3006</v>
+        <v>2708</v>
       </c>
       <c r="F11" s="22">
-        <v>1472</v>
+        <v>1353</v>
       </c>
       <c r="G11" s="22">
-        <v>1365</v>
+        <v>1128</v>
       </c>
       <c r="H11" s="16">
-        <v>170</v>
+        <v>227</v>
       </c>
       <c r="I11" s="58">
-        <v>0.115221234608836</v>
+        <v>0.16797771658559399</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B12" s="22">
-        <v>170</v>
+        <v>227</v>
       </c>
       <c r="C12" s="22">
-        <v>1278</v>
+        <v>1045</v>
       </c>
       <c r="D12" s="22">
-        <v>1382</v>
+        <v>1340</v>
       </c>
       <c r="E12" s="22">
-        <v>2831</v>
+        <v>2612</v>
       </c>
       <c r="F12" s="22">
-        <v>1389</v>
+        <v>1124</v>
       </c>
       <c r="G12" s="22">
-        <v>1266</v>
+        <v>1238</v>
       </c>
       <c r="H12" s="16">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="I12" s="58">
-        <v>0.12683411961178401</v>
+        <v>0.222640492125038</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B13" s="22">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="C13" s="22">
-        <v>1197</v>
+        <v>1089</v>
       </c>
       <c r="D13" s="22">
-        <v>1438</v>
+        <v>1351</v>
       </c>
       <c r="E13" s="22">
-        <v>2811</v>
+        <v>2690</v>
       </c>
       <c r="F13" s="22">
-        <v>1304</v>
+        <v>1168</v>
       </c>
       <c r="G13" s="22">
-        <v>1347</v>
+        <v>1273</v>
       </c>
       <c r="H13" s="16">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I13" s="59">
-        <v>0.122667670792068</v>
+        <v>0.21355418386979699</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
       <c r="I14" s="36"/>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" s="22">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="C15" s="22">
-        <v>301</v>
+        <v>413</v>
       </c>
       <c r="D15" s="22">
-        <v>303</v>
+        <v>187</v>
       </c>
       <c r="E15" s="22">
-        <v>906</v>
+        <v>868</v>
       </c>
       <c r="F15" s="22">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="G15" s="22">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="H15" s="16">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="I15" s="58">
-        <v>0.46127366609294301</v>
+        <v>0.45629370629370603</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B16" s="22">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C16" s="22">
-        <v>413</v>
+        <v>346</v>
       </c>
       <c r="D16" s="22">
-        <v>187</v>
+        <v>329</v>
       </c>
       <c r="E16" s="22">
-        <v>868</v>
+        <v>936</v>
       </c>
       <c r="F16" s="22">
-        <v>572</v>
+        <v>530</v>
       </c>
       <c r="G16" s="22">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H16" s="16">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="I16" s="58">
-        <v>0.45629370629370603</v>
+        <v>0.70943396226415101</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B17" s="22">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="C17" s="22">
-        <v>346</v>
+        <v>210</v>
       </c>
       <c r="D17" s="22">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="E17" s="22">
-        <v>936</v>
+        <v>883</v>
       </c>
       <c r="F17" s="22">
-        <v>530</v>
+        <v>556</v>
       </c>
       <c r="G17" s="22">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H17" s="16">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="I17" s="58">
-        <v>0.70943396226415101</v>
+        <v>0.52697841726618699</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="22">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="C18" s="22">
-        <v>210</v>
+        <v>290</v>
       </c>
       <c r="D18" s="22">
-        <v>297</v>
+        <v>230</v>
       </c>
       <c r="E18" s="22">
-        <v>883</v>
+        <v>813</v>
       </c>
       <c r="F18" s="22">
-        <v>556</v>
+        <v>542</v>
       </c>
       <c r="G18" s="22">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H18" s="16">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="I18" s="58">
-        <v>0.52697841726618699</v>
+        <v>0.44280442804428</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="22">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="C19" s="22">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="D19" s="22">
-        <v>230</v>
+        <v>159</v>
       </c>
       <c r="E19" s="22">
-        <v>813</v>
+        <v>713</v>
       </c>
       <c r="F19" s="22">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="G19" s="22">
         <v>31</v>
       </c>
       <c r="H19" s="16">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="I19" s="58">
-        <v>0.44280442804428</v>
+        <v>0.29657794676806098</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B20" s="22">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="C20" s="22">
-        <v>314</v>
+        <v>406</v>
       </c>
       <c r="D20" s="22">
-        <v>159</v>
+        <v>84</v>
       </c>
       <c r="E20" s="22">
-        <v>713</v>
+        <v>646</v>
       </c>
       <c r="F20" s="22">
-        <v>526</v>
+        <v>486</v>
       </c>
       <c r="G20" s="22">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H20" s="16">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="I20" s="58">
-        <v>0.29657794676806098</v>
+        <v>0.27983539094650201</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B21" s="22">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="C21" s="22">
-        <v>406</v>
+        <v>393</v>
       </c>
       <c r="D21" s="22">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="E21" s="22">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="F21" s="22">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="G21" s="22">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H21" s="16">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I21" s="58">
-        <v>0.25352112676056299</v>
+        <v>0.25204918032786899</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B22" s="22">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C22" s="22">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="D22" s="22">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="E22" s="22">
-        <v>633</v>
+        <v>583</v>
       </c>
       <c r="F22" s="22">
-        <v>486</v>
+        <v>412</v>
       </c>
       <c r="G22" s="22">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H22" s="16">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="I22" s="58">
-        <v>0.248971193415638</v>
+        <v>0.34951456310679602</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" s="22">
+        <v>144</v>
+      </c>
+      <c r="C23" s="22">
+        <v>390</v>
+      </c>
+      <c r="D23" s="22">
         <v>72</v>
       </c>
-      <c r="B23" s="22">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="22">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="F23" s="22">
-        <v>486</v>
+        <v>440</v>
       </c>
       <c r="G23" s="22">
         <v>25</v>
       </c>
       <c r="H23" s="16">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="I23" s="59">
-        <v>0.18518518518518501</v>
+        <v>0.32045454545454499</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="28" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
       <c r="G24" s="29"/>
       <c r="H24" s="29"/>
       <c r="I24" s="36"/>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="22">
-        <v>6</v>
+        <v>185</v>
       </c>
       <c r="C25" s="22">
         <v>0</v>
       </c>
       <c r="D25" s="22">
-        <v>1447</v>
+        <v>1004</v>
       </c>
       <c r="E25" s="22">
-        <v>1453</v>
+        <v>1189</v>
       </c>
       <c r="F25" s="22">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G25" s="22">
-        <v>1230</v>
+        <v>989</v>
       </c>
       <c r="H25" s="16">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="I25" s="58">
-        <v>4.8684210526315796</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" s="22">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="C26" s="22">
         <v>0</v>
       </c>
       <c r="D26" s="22">
-        <v>1004</v>
+        <v>1324</v>
       </c>
       <c r="E26" s="22">
-        <v>1189</v>
+        <v>1484</v>
       </c>
       <c r="F26" s="22">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="G26" s="22">
-        <v>989</v>
+        <v>1120</v>
       </c>
       <c r="H26" s="16">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="I26" s="58">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="22">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="C27" s="22">
         <v>0</v>
       </c>
       <c r="D27" s="22">
-        <v>1324</v>
+        <v>938</v>
       </c>
       <c r="E27" s="22">
-        <v>1484</v>
+        <v>1250</v>
       </c>
       <c r="F27" s="22">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G27" s="22">
-        <v>1120</v>
+        <v>1036</v>
       </c>
       <c r="H27" s="16">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="I27" s="58">
-        <v>6</v>
+        <v>2.3968253968253999</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B28" s="22">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="C28" s="22">
         <v>0</v>
       </c>
       <c r="D28" s="22">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="E28" s="22">
-        <v>1250</v>
+        <v>1095</v>
       </c>
       <c r="F28" s="22">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G28" s="22">
-        <v>1036</v>
+        <v>1010</v>
       </c>
       <c r="H28" s="16">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="I28" s="58">
-        <v>2.3968253968253999</v>
+        <v>0.214285714285714</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B29" s="22">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="C29" s="22">
         <v>0</v>
       </c>
       <c r="D29" s="22">
-        <v>944</v>
+        <v>1135</v>
       </c>
       <c r="E29" s="22">
-        <v>1095</v>
+        <v>1150</v>
       </c>
       <c r="F29" s="22">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G29" s="22">
-        <v>1010</v>
+        <v>1068</v>
       </c>
       <c r="H29" s="16">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I29" s="58">
-        <v>0.214285714285714</v>
+        <v>0.123287671232877</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B30" s="22">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C30" s="22">
         <v>0</v>
       </c>
       <c r="D30" s="22">
-        <v>1135</v>
+        <v>1080</v>
       </c>
       <c r="E30" s="22">
-        <v>1150</v>
+        <v>1089</v>
       </c>
       <c r="F30" s="22">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G30" s="22">
-        <v>1068</v>
+        <v>1006</v>
       </c>
       <c r="H30" s="16">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I30" s="58">
-        <v>0.123287671232877</v>
+        <v>0.10893333333333299</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" s="22">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C31" s="22">
         <v>0</v>
       </c>
       <c r="D31" s="22">
-        <v>1080</v>
+        <v>829</v>
       </c>
       <c r="E31" s="22">
-        <v>1089</v>
+        <v>837</v>
       </c>
       <c r="F31" s="22">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="G31" s="22">
-        <v>1006</v>
+        <v>777</v>
       </c>
       <c r="H31" s="16">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I31" s="58">
-        <v>0.10893333333333299</v>
+        <v>8.9090909090909096E-2</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B32" s="22">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C32" s="22">
         <v>0</v>
       </c>
       <c r="D32" s="22">
-        <v>930</v>
+        <v>1013</v>
       </c>
       <c r="E32" s="22">
-        <v>938</v>
+        <v>1018</v>
       </c>
       <c r="F32" s="22">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G32" s="22">
-        <v>874</v>
+        <v>954</v>
       </c>
       <c r="H32" s="16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I32" s="58">
-        <v>6.6666666666666693E-2</v>
+        <v>0.10172413793103401</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="17" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B33" s="23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C33" s="23">
         <v>0</v>
       </c>
       <c r="D33" s="23">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="E33" s="23">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="F33" s="23">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G33" s="23">
-        <v>954</v>
+        <v>973</v>
       </c>
       <c r="H33" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I33" s="59">
-        <v>6.8965517241379296E-2</v>
+        <v>0.10221465076661</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.15748031496062992" top="1.2204724409448819" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50466495-F05A-4A79-A11E-47BC3FB5E033}">
   <dimension ref="A1:E34"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
       <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
@@ -5929,647 +6042,647 @@
       </c>
       <c r="B3" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C3" s="24" t="s">
         <v>62</v>
       </c>
       <c r="D3" s="24" t="s">
         <v>64</v>
       </c>
       <c r="E3" s="30" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="25" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="26"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
     </row>
     <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" s="22">
-        <v>54022</v>
+        <v>48441</v>
       </c>
       <c r="C5" s="22">
-        <v>4374</v>
+        <v>4674</v>
       </c>
       <c r="D5" s="22">
-        <v>58396</v>
+        <v>53115</v>
       </c>
       <c r="E5" s="16">
-        <v>5042</v>
+        <v>5125</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" s="22">
-        <v>48441</v>
+        <v>54250</v>
       </c>
       <c r="C6" s="22">
-        <v>4674</v>
+        <v>4583</v>
       </c>
       <c r="D6" s="22">
-        <v>53115</v>
+        <v>58833</v>
       </c>
       <c r="E6" s="16">
-        <v>5125</v>
+        <v>5054</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" s="22">
-        <v>54250</v>
+        <v>46070</v>
       </c>
       <c r="C7" s="22">
-        <v>4583</v>
+        <v>4512</v>
       </c>
       <c r="D7" s="22">
-        <v>58833</v>
+        <v>50582</v>
       </c>
       <c r="E7" s="16">
-        <v>5054</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B8" s="22">
-        <v>46078</v>
+        <v>48146</v>
       </c>
       <c r="C8" s="22">
-        <v>4512</v>
+        <v>4410</v>
       </c>
       <c r="D8" s="22">
-        <v>50590</v>
+        <v>52556</v>
       </c>
       <c r="E8" s="16">
-        <v>4749</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B9" s="22">
-        <v>48173</v>
+        <v>50276</v>
       </c>
       <c r="C9" s="22">
-        <v>4410</v>
+        <v>4279</v>
       </c>
       <c r="D9" s="22">
-        <v>52583</v>
+        <v>54555</v>
       </c>
       <c r="E9" s="16">
-        <v>4835</v>
+        <v>4649</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" s="22">
-        <v>50319</v>
+        <v>47106</v>
       </c>
       <c r="C10" s="22">
-        <v>4279</v>
+        <v>4357</v>
       </c>
       <c r="D10" s="22">
-        <v>54598</v>
+        <v>51463</v>
       </c>
       <c r="E10" s="16">
-        <v>4649</v>
+        <v>4459</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" s="22">
-        <v>46983</v>
+        <v>46027</v>
       </c>
       <c r="C11" s="22">
-        <v>4358</v>
+        <v>4365</v>
       </c>
       <c r="D11" s="22">
-        <v>51341</v>
+        <v>50392</v>
       </c>
       <c r="E11" s="16">
-        <v>4458</v>
+        <v>5046</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B12" s="22">
-        <v>45886</v>
+        <v>45489</v>
       </c>
       <c r="C12" s="22">
-        <v>4190</v>
+        <v>4466</v>
       </c>
       <c r="D12" s="22">
-        <v>50076</v>
+        <v>49955</v>
       </c>
       <c r="E12" s="16">
-        <v>5010</v>
+        <v>4823</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B13" s="22">
-        <v>45224</v>
+        <v>45919</v>
       </c>
       <c r="C13" s="22">
-        <v>4256</v>
+        <v>4562</v>
       </c>
       <c r="D13" s="22">
-        <v>49480</v>
+        <v>50481</v>
       </c>
       <c r="E13" s="16">
-        <v>4708</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
     </row>
     <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" s="22">
-        <v>4616</v>
+        <v>3515</v>
       </c>
       <c r="C15" s="22">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="D15" s="22">
-        <v>4798</v>
+        <v>3737</v>
       </c>
       <c r="E15" s="16">
-        <v>613</v>
+        <v>511</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B16" s="22">
-        <v>3515</v>
+        <v>4923</v>
       </c>
       <c r="C16" s="22">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="D16" s="22">
-        <v>3737</v>
+        <v>5116</v>
       </c>
       <c r="E16" s="16">
-        <v>511</v>
+        <v>479</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B17" s="22">
-        <v>4923</v>
+        <v>4766</v>
       </c>
       <c r="C17" s="22">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="D17" s="22">
-        <v>5116</v>
+        <v>4966</v>
       </c>
       <c r="E17" s="16">
-        <v>479</v>
+        <v>507</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="22">
-        <v>4766</v>
+        <v>3980</v>
       </c>
       <c r="C18" s="22">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="D18" s="22">
-        <v>4966</v>
+        <v>4198</v>
       </c>
       <c r="E18" s="16">
-        <v>507</v>
+        <v>467</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="22">
-        <v>3980</v>
+        <v>3108</v>
       </c>
       <c r="C19" s="22">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="D19" s="22">
-        <v>4198</v>
+        <v>3344</v>
       </c>
       <c r="E19" s="16">
-        <v>467</v>
+        <v>335</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B20" s="22">
-        <v>3108</v>
+        <v>2308</v>
       </c>
       <c r="C20" s="22">
-        <v>236</v>
+        <v>214</v>
       </c>
       <c r="D20" s="22">
-        <v>3344</v>
+        <v>2522</v>
       </c>
       <c r="E20" s="16">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B21" s="22">
-        <v>2312</v>
+        <v>2430</v>
       </c>
       <c r="C21" s="22">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="D21" s="22">
-        <v>2526</v>
+        <v>2664</v>
       </c>
       <c r="E21" s="16">
-        <v>345</v>
+        <v>339</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B22" s="22">
-        <v>2502</v>
+        <v>2172</v>
       </c>
       <c r="C22" s="22">
-        <v>234</v>
+        <v>267</v>
       </c>
       <c r="D22" s="22">
-        <v>2736</v>
+        <v>2439</v>
       </c>
       <c r="E22" s="16">
-        <v>339</v>
+        <v>327</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B23" s="22">
-        <v>2245</v>
+        <v>2176</v>
       </c>
       <c r="C23" s="22">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="D23" s="22">
-        <v>2505</v>
+        <v>2451</v>
       </c>
       <c r="E23" s="16">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="28" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
     </row>
     <row r="25" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="22">
-        <v>20890</v>
+        <v>15953</v>
       </c>
       <c r="C25" s="22">
+        <v>24</v>
+      </c>
+      <c r="D25" s="22">
+        <v>15977</v>
+      </c>
+      <c r="E25" s="16">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" s="22">
-        <v>15953</v>
+        <v>19298</v>
       </c>
       <c r="C26" s="22">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D26" s="22">
-        <v>15977</v>
+        <v>19327</v>
       </c>
       <c r="E26" s="16">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="22">
-        <v>19298</v>
+        <v>14870</v>
       </c>
       <c r="C27" s="22">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D27" s="22">
-        <v>19327</v>
+        <v>14891</v>
       </c>
       <c r="E27" s="16">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B28" s="22">
-        <v>14870</v>
+        <v>14676</v>
       </c>
       <c r="C28" s="22">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D28" s="22">
-        <v>14891</v>
+        <v>14700</v>
       </c>
       <c r="E28" s="16">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B29" s="22">
-        <v>14676</v>
+        <v>16932</v>
       </c>
       <c r="C29" s="22">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D29" s="22">
-        <v>14700</v>
+        <v>16960</v>
       </c>
       <c r="E29" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B30" s="22">
-        <v>16932</v>
+        <v>15469</v>
       </c>
       <c r="C30" s="22">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D30" s="22">
-        <v>16960</v>
+        <v>15509</v>
       </c>
       <c r="E30" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" s="22">
-        <v>15469</v>
+        <v>12300</v>
       </c>
       <c r="C31" s="22">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D31" s="22">
-        <v>15509</v>
+        <v>12354</v>
       </c>
       <c r="E31" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B32" s="22">
-        <v>12300</v>
+        <v>13000</v>
       </c>
       <c r="C32" s="22">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D32" s="22">
-        <v>12332</v>
+        <v>13040</v>
       </c>
       <c r="E32" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="17" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B33" s="23">
-        <v>13000</v>
+        <v>13500</v>
       </c>
       <c r="C33" s="23">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D33" s="23">
-        <v>13037</v>
+        <v>13555</v>
       </c>
       <c r="E33" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.15748031496062992" top="1.42" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="120" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D49E317-DF1B-4DF7-80EF-4ABFDDD77381}">
   <dimension ref="A1:W43"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" zoomScaleSheetLayoutView="84" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="84" workbookViewId="0">
       <selection activeCell="A13" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
     <col min="2" max="21" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A1" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
       <c r="K1" s="13"/>
       <c r="L1" s="13"/>
       <c r="M1" s="13"/>
       <c r="N1" s="13"/>
       <c r="O1" s="13"/>
       <c r="P1" s="13"/>
       <c r="Q1" s="13"/>
       <c r="R1" s="13"/>
       <c r="S1" s="13"/>
       <c r="T1" s="13"/>
       <c r="U1" s="13"/>
       <c r="V1" s="13"/>
       <c r="W1" s="13"/>
     </row>
     <row r="2" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="32"/>
       <c r="B3" s="81">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C3" s="85">
         <v>0</v>
       </c>
       <c r="D3" s="83">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="85">
         <v>0</v>
       </c>
       <c r="F3" s="81">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G3" s="85">
         <v>0</v>
       </c>
       <c r="H3" s="83">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I3" s="85">
         <v>0</v>
       </c>
       <c r="J3" s="83">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="K3" s="86">
         <v>0</v>
       </c>
       <c r="L3" s="81">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M3" s="85">
         <v>0</v>
       </c>
       <c r="N3" s="83">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O3" s="85">
         <v>0</v>
       </c>
       <c r="P3" s="81">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q3" s="85">
         <v>0</v>
       </c>
       <c r="R3" s="83">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="S3" s="85">
         <v>0</v>
       </c>
       <c r="T3" s="83">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="U3" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="38" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="43" t="s">
         <v>73</v>
       </c>
       <c r="C4" s="47" t="s">
         <v>74</v>
       </c>
       <c r="D4" s="44" t="s">
         <v>73</v>
       </c>
       <c r="E4" s="47" t="s">
         <v>74</v>
       </c>
       <c r="F4" s="44" t="s">
         <v>73</v>
       </c>
       <c r="G4" s="47" t="s">
@@ -6598,979 +6711,979 @@
       </c>
       <c r="O4" s="49" t="s">
         <v>74</v>
       </c>
       <c r="P4" s="48" t="s">
         <v>73</v>
       </c>
       <c r="Q4" s="49" t="s">
         <v>74</v>
       </c>
       <c r="R4" s="44" t="s">
         <v>73</v>
       </c>
       <c r="S4" s="47" t="s">
         <v>74</v>
       </c>
       <c r="T4" s="44" t="s">
         <v>73</v>
       </c>
       <c r="U4" s="44" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B5" s="60">
-        <v>94.038398000000001</v>
+        <v>153.314077</v>
       </c>
       <c r="C5" s="61">
-        <v>117.181164</v>
+        <v>177.191273</v>
       </c>
       <c r="D5" s="62">
-        <v>153.314077</v>
+        <v>137.62116700000001</v>
       </c>
       <c r="E5" s="61">
-        <v>177.191273</v>
+        <v>161.74035599999999</v>
       </c>
       <c r="F5" s="62">
-        <v>137.62116700000001</v>
+        <v>106.85301800000001</v>
       </c>
       <c r="G5" s="61">
-        <v>161.74035599999999</v>
+        <v>137.62719300000001</v>
       </c>
       <c r="H5" s="62">
-        <v>106.85301800000001</v>
+        <v>112.502092</v>
       </c>
       <c r="I5" s="61">
-        <v>137.62719300000001</v>
+        <v>159.13590300000001</v>
       </c>
       <c r="J5" s="62">
-        <v>112.502092</v>
+        <v>148.83584099999999</v>
       </c>
       <c r="K5" s="62">
-        <v>159.13590300000001</v>
+        <v>213.02327500000001</v>
       </c>
       <c r="L5" s="60">
-        <v>148.83584099999999</v>
+        <v>159.33413999999999</v>
       </c>
       <c r="M5" s="61">
-        <v>213.02327500000001</v>
+        <v>214.80687499999999</v>
       </c>
       <c r="N5" s="62">
-        <v>159.33413999999999</v>
+        <v>205.520466</v>
       </c>
       <c r="O5" s="61">
-        <v>214.80687499999999</v>
+        <v>211.58152899999999</v>
       </c>
       <c r="P5" s="62">
-        <v>205.520466</v>
+        <v>263.43962099999999</v>
       </c>
       <c r="Q5" s="61">
-        <v>211.58152899999999</v>
+        <v>223.53957800000001</v>
       </c>
       <c r="R5" s="62">
-        <v>263.43962099999999</v>
+        <v>356.51772499999998</v>
       </c>
       <c r="S5" s="61">
-        <v>223.53957800000001</v>
+        <v>202.399596</v>
       </c>
       <c r="T5" s="62">
-        <v>356.51772499999998</v>
+        <v>221.32443799999999</v>
       </c>
       <c r="U5" s="62">
-        <v>202.399596</v>
+        <v>164.11935800000001</v>
       </c>
     </row>
     <row r="6" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B6" s="60">
-        <v>312.30581100000001</v>
+        <v>116.995758</v>
       </c>
       <c r="C6" s="61">
-        <v>339.84616699999998</v>
+        <v>145.44478899999999</v>
       </c>
       <c r="D6" s="62">
-        <v>116.995758</v>
+        <v>184.7313</v>
       </c>
       <c r="E6" s="61">
-        <v>145.44478899999999</v>
+        <v>199.96654699999999</v>
       </c>
       <c r="F6" s="62">
-        <v>184.7313</v>
+        <v>186.22451000000001</v>
       </c>
       <c r="G6" s="61">
-        <v>199.96654699999999</v>
+        <v>216.58337</v>
       </c>
       <c r="H6" s="62">
-        <v>186.22451000000001</v>
+        <v>108.643286</v>
       </c>
       <c r="I6" s="61">
-        <v>216.58337</v>
+        <v>144.07366300000001</v>
       </c>
       <c r="J6" s="62">
-        <v>108.643286</v>
+        <v>84.693342999999999</v>
       </c>
       <c r="K6" s="62">
-        <v>144.07366300000001</v>
+        <v>114.322847</v>
       </c>
       <c r="L6" s="60">
-        <v>84.693342999999999</v>
+        <v>112.113575</v>
       </c>
       <c r="M6" s="61">
-        <v>114.322847</v>
+        <v>163.354883</v>
       </c>
       <c r="N6" s="62">
-        <v>112.113575</v>
+        <v>133.94815800000001</v>
       </c>
       <c r="O6" s="61">
-        <v>163.354883</v>
+        <v>203.432388</v>
       </c>
       <c r="P6" s="62">
-        <v>133.94815800000001</v>
+        <v>164.476347</v>
       </c>
       <c r="Q6" s="61">
-        <v>203.432388</v>
+        <v>191.85715400000001</v>
       </c>
       <c r="R6" s="62">
-        <v>164.476347</v>
+        <v>250.992728</v>
       </c>
       <c r="S6" s="61">
-        <v>191.85715400000001</v>
+        <v>146.67377400000001</v>
       </c>
       <c r="T6" s="62">
-        <v>250.992728</v>
+        <v>0</v>
       </c>
       <c r="U6" s="62">
-        <v>146.67377400000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B7" s="60">
-        <v>163.88770099999999</v>
+        <v>112.345249</v>
       </c>
       <c r="C7" s="61">
-        <v>214.43723</v>
+        <v>148.67013</v>
       </c>
       <c r="D7" s="62">
-        <v>112.345249</v>
+        <v>217.26447999999999</v>
       </c>
       <c r="E7" s="61">
-        <v>148.67013</v>
+        <v>251.42543900000001</v>
       </c>
       <c r="F7" s="62">
-        <v>217.26447999999999</v>
+        <v>131.442002</v>
       </c>
       <c r="G7" s="61">
-        <v>251.42543900000001</v>
+        <v>168.259433</v>
       </c>
       <c r="H7" s="62">
-        <v>131.442002</v>
+        <v>130.683606</v>
       </c>
       <c r="I7" s="61">
-        <v>168.259433</v>
+        <v>158.54048599999999</v>
       </c>
       <c r="J7" s="62">
-        <v>130.683606</v>
+        <v>147.67833899999999</v>
       </c>
       <c r="K7" s="62">
-        <v>158.54048599999999</v>
+        <v>191.76532399999999</v>
       </c>
       <c r="L7" s="60">
-        <v>147.67833899999999</v>
+        <v>145.442611</v>
       </c>
       <c r="M7" s="61">
-        <v>191.76532399999999</v>
+        <v>171.26428100000001</v>
       </c>
       <c r="N7" s="62">
-        <v>145.442611</v>
+        <v>216.22216299999999</v>
       </c>
       <c r="O7" s="61">
-        <v>171.26428100000001</v>
+        <v>249.86034000000001</v>
       </c>
       <c r="P7" s="62">
-        <v>216.22216299999999</v>
+        <v>235.82095799999999</v>
       </c>
       <c r="Q7" s="61">
-        <v>249.86034000000001</v>
+        <v>269.16643299999998</v>
       </c>
       <c r="R7" s="62">
-        <v>235.82095799999999</v>
+        <v>304.887293</v>
       </c>
       <c r="S7" s="61">
-        <v>269.16643299999998</v>
+        <v>179.63346000000001</v>
       </c>
       <c r="T7" s="62">
-        <v>304.887293</v>
+        <v>0</v>
       </c>
       <c r="U7" s="62">
-        <v>179.63346000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B8" s="60">
-        <v>162.41297499999999</v>
+        <v>115.463071</v>
       </c>
       <c r="C8" s="61">
-        <v>223.02049500000001</v>
+        <v>128.47545099999999</v>
       </c>
       <c r="D8" s="62">
-        <v>115.463071</v>
+        <v>167.27597</v>
       </c>
       <c r="E8" s="61">
-        <v>128.47545099999999</v>
+        <v>195.43928199999999</v>
       </c>
       <c r="F8" s="62">
-        <v>167.27597</v>
+        <v>93.693050999999997</v>
       </c>
       <c r="G8" s="61">
-        <v>195.43928199999999</v>
+        <v>118.52251800000001</v>
       </c>
       <c r="H8" s="62">
-        <v>93.693050999999997</v>
+        <v>85.377780000000001</v>
       </c>
       <c r="I8" s="61">
-        <v>118.52251800000001</v>
+        <v>128.08069800000001</v>
       </c>
       <c r="J8" s="62">
-        <v>85.377780000000001</v>
+        <v>149.07162500000001</v>
       </c>
       <c r="K8" s="62">
-        <v>128.08069800000001</v>
+        <v>228.71439000000001</v>
       </c>
       <c r="L8" s="60">
-        <v>149.07162500000001</v>
+        <v>124.593057</v>
       </c>
       <c r="M8" s="61">
-        <v>228.71439000000001</v>
+        <v>174.349313</v>
       </c>
       <c r="N8" s="62">
-        <v>124.593057</v>
+        <v>150.86791400000001</v>
       </c>
       <c r="O8" s="61">
-        <v>174.349313</v>
+        <v>210.869068</v>
       </c>
       <c r="P8" s="62">
-        <v>150.86791400000001</v>
+        <v>169.16361699999999</v>
       </c>
       <c r="Q8" s="61">
-        <v>210.869068</v>
+        <v>139.91168300000001</v>
       </c>
       <c r="R8" s="62">
-        <v>169.16361699999999</v>
+        <v>198.74201600000001</v>
       </c>
       <c r="S8" s="61">
-        <v>139.91168300000001</v>
+        <v>156.48378099999999</v>
       </c>
       <c r="T8" s="62">
-        <v>198.74201600000001</v>
+        <v>0</v>
       </c>
       <c r="U8" s="62">
-        <v>156.48378099999999</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" s="60">
-        <v>127.315399</v>
+        <v>175.739159</v>
       </c>
       <c r="C9" s="61">
-        <v>159.559293</v>
+        <v>163.67185599999999</v>
       </c>
       <c r="D9" s="62">
-        <v>175.739159</v>
+        <v>209.794432</v>
       </c>
       <c r="E9" s="61">
-        <v>163.67185599999999</v>
+        <v>212.58956000000001</v>
       </c>
       <c r="F9" s="62">
-        <v>209.794432</v>
+        <v>143.60039399999999</v>
       </c>
       <c r="G9" s="61">
-        <v>212.58956000000001</v>
+        <v>177.188604</v>
       </c>
       <c r="H9" s="62">
-        <v>143.60039399999999</v>
+        <v>129.90172699999999</v>
       </c>
       <c r="I9" s="61">
-        <v>177.188604</v>
+        <v>160.45219299999999</v>
       </c>
       <c r="J9" s="62">
-        <v>129.90172699999999</v>
+        <v>106.40683799999999</v>
       </c>
       <c r="K9" s="62">
-        <v>160.45219299999999</v>
+        <v>167.47867099999999</v>
       </c>
       <c r="L9" s="60">
-        <v>106.40683799999999</v>
+        <v>138.737585</v>
       </c>
       <c r="M9" s="61">
-        <v>167.47867099999999</v>
+        <v>172.946123</v>
       </c>
       <c r="N9" s="62">
-        <v>138.737585</v>
+        <v>177.12440799999999</v>
       </c>
       <c r="O9" s="61">
-        <v>172.946123</v>
+        <v>246.21520100000001</v>
       </c>
       <c r="P9" s="62">
-        <v>177.12440799999999</v>
+        <v>225.36623499999999</v>
       </c>
       <c r="Q9" s="61">
-        <v>246.21520100000001</v>
+        <v>213.11140700000001</v>
       </c>
       <c r="R9" s="62">
-        <v>225.36623499999999</v>
+        <v>210.35556500000001</v>
       </c>
       <c r="S9" s="61">
-        <v>213.11140700000001</v>
+        <v>147.805567</v>
       </c>
       <c r="T9" s="62">
-        <v>210.35556500000001</v>
+        <v>0</v>
       </c>
       <c r="U9" s="62">
-        <v>147.805567</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B10" s="60">
-        <v>145.927109</v>
+        <v>144.805645</v>
       </c>
       <c r="C10" s="61">
-        <v>158.67448400000001</v>
+        <v>163.66545400000001</v>
       </c>
       <c r="D10" s="62">
-        <v>144.805645</v>
+        <v>192.45294699999999</v>
       </c>
       <c r="E10" s="61">
-        <v>163.66545400000001</v>
+        <v>204.98073400000001</v>
       </c>
       <c r="F10" s="62">
-        <v>192.45294699999999</v>
+        <v>113.635987</v>
       </c>
       <c r="G10" s="61">
-        <v>204.98073400000001</v>
+        <v>138.76556099999999</v>
       </c>
       <c r="H10" s="62">
-        <v>113.635987</v>
+        <v>106.490228</v>
       </c>
       <c r="I10" s="61">
-        <v>138.76556099999999</v>
+        <v>188.46049300000001</v>
       </c>
       <c r="J10" s="62">
-        <v>106.490228</v>
+        <v>152.468346</v>
       </c>
       <c r="K10" s="62">
-        <v>188.46049300000001</v>
+        <v>229.282668</v>
       </c>
       <c r="L10" s="60">
-        <v>152.468346</v>
+        <v>160.83351999999999</v>
       </c>
       <c r="M10" s="61">
-        <v>229.282668</v>
+        <v>220.55954800000001</v>
       </c>
       <c r="N10" s="62">
-        <v>160.83351999999999</v>
+        <v>120.666595</v>
       </c>
       <c r="O10" s="61">
-        <v>220.55954800000001</v>
+        <v>157.03023300000001</v>
       </c>
       <c r="P10" s="62">
-        <v>120.666595</v>
+        <v>219.338684</v>
       </c>
       <c r="Q10" s="61">
-        <v>157.03023300000001</v>
+        <v>170.967184</v>
       </c>
       <c r="R10" s="62">
-        <v>219.338684</v>
+        <v>181.26116099999999</v>
       </c>
       <c r="S10" s="61">
-        <v>170.967184</v>
+        <v>117.101479</v>
       </c>
       <c r="T10" s="62">
-        <v>181.26116099999999</v>
+        <v>0</v>
       </c>
       <c r="U10" s="62">
-        <v>117.101479</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" s="60">
-        <v>168.67790199999999</v>
+        <v>149.35123300000001</v>
       </c>
       <c r="C11" s="61">
-        <v>219.934256</v>
+        <v>164.14387099999999</v>
       </c>
       <c r="D11" s="62">
-        <v>149.35123300000001</v>
+        <v>174.612506</v>
       </c>
       <c r="E11" s="61">
-        <v>164.14387099999999</v>
+        <v>201.92561599999999</v>
       </c>
       <c r="F11" s="62">
-        <v>174.612506</v>
+        <v>168.37973199999999</v>
       </c>
       <c r="G11" s="61">
-        <v>201.92561599999999</v>
+        <v>188.958707</v>
       </c>
       <c r="H11" s="62">
-        <v>168.37973199999999</v>
+        <v>80.037006000000005</v>
       </c>
       <c r="I11" s="61">
-        <v>188.958707</v>
+        <v>120.24468299999999</v>
       </c>
       <c r="J11" s="62">
-        <v>80.037006000000005</v>
+        <v>132.06716599999999</v>
       </c>
       <c r="K11" s="62">
-        <v>120.24468299999999</v>
+        <v>167.62767700000001</v>
       </c>
       <c r="L11" s="60">
-        <v>132.06716599999999</v>
+        <v>164.91331299999999</v>
       </c>
       <c r="M11" s="61">
-        <v>167.62767700000001</v>
+        <v>211.888395</v>
       </c>
       <c r="N11" s="62">
-        <v>164.91331299999999</v>
+        <v>183.65152</v>
       </c>
       <c r="O11" s="61">
-        <v>211.888395</v>
+        <v>217.80578800000001</v>
       </c>
       <c r="P11" s="62">
-        <v>183.65152</v>
+        <v>200.93123900000001</v>
       </c>
       <c r="Q11" s="61">
-        <v>217.80578800000001</v>
+        <v>187.779909</v>
       </c>
       <c r="R11" s="62">
-        <v>200.93123900000001</v>
+        <v>311.93013500000001</v>
       </c>
       <c r="S11" s="61">
-        <v>187.779909</v>
+        <v>193.021444</v>
       </c>
       <c r="T11" s="62">
-        <v>311.93013500000001</v>
+        <v>0</v>
       </c>
       <c r="U11" s="62">
-        <v>193.021444</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B12" s="60">
-        <v>99.227239999999995</v>
+        <v>180.079621</v>
       </c>
       <c r="C12" s="61">
-        <v>122.077206</v>
+        <v>213.62127799999999</v>
       </c>
       <c r="D12" s="62">
-        <v>180.079621</v>
+        <v>143.90608499999999</v>
       </c>
       <c r="E12" s="61">
-        <v>213.62127799999999</v>
+        <v>141.480152</v>
       </c>
       <c r="F12" s="62">
-        <v>143.90608499999999</v>
+        <v>171.980118</v>
       </c>
       <c r="G12" s="61">
-        <v>141.480152</v>
+        <v>199.648605</v>
       </c>
       <c r="H12" s="62">
-        <v>171.980118</v>
+        <v>105.177482</v>
       </c>
       <c r="I12" s="61">
-        <v>199.648605</v>
+        <v>145.62139199999999</v>
       </c>
       <c r="J12" s="62">
-        <v>105.177482</v>
+        <v>120.616929</v>
       </c>
       <c r="K12" s="62">
-        <v>145.62139199999999</v>
+        <v>205.25902300000001</v>
       </c>
       <c r="L12" s="60">
-        <v>120.616929</v>
+        <v>167.75140999999999</v>
       </c>
       <c r="M12" s="61">
-        <v>205.25902300000001</v>
+        <v>203.47178099999999</v>
       </c>
       <c r="N12" s="62">
-        <v>167.75140999999999</v>
+        <v>215.29450700000001</v>
       </c>
       <c r="O12" s="61">
-        <v>203.47178099999999</v>
+        <v>250.917936</v>
       </c>
       <c r="P12" s="62">
-        <v>215.29450700000001</v>
+        <v>419.91473500000001</v>
       </c>
       <c r="Q12" s="61">
-        <v>250.917936</v>
+        <v>212.50606400000001</v>
       </c>
       <c r="R12" s="62">
-        <v>419.91473500000001</v>
+        <v>226.40758600000001</v>
       </c>
       <c r="S12" s="61">
-        <v>212.50606400000001</v>
+        <v>209.74807000000001</v>
       </c>
       <c r="T12" s="62">
-        <v>226.40758600000001</v>
+        <v>0</v>
       </c>
       <c r="U12" s="62">
-        <v>209.74807000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B13" s="60">
-        <v>182.76777899999999</v>
+        <v>208.09284600000001</v>
       </c>
       <c r="C13" s="61">
-        <v>226.45700500000001</v>
+        <v>234.72636600000001</v>
       </c>
       <c r="D13" s="62">
-        <v>208.09284600000001</v>
+        <v>125.73455</v>
       </c>
       <c r="E13" s="61">
-        <v>234.72636600000001</v>
+        <v>143.933234</v>
       </c>
       <c r="F13" s="62">
-        <v>125.73455</v>
+        <v>201.02842200000001</v>
       </c>
       <c r="G13" s="61">
-        <v>143.933234</v>
+        <v>220.51981799999999</v>
       </c>
       <c r="H13" s="62">
-        <v>201.02842200000001</v>
+        <v>148.870037</v>
       </c>
       <c r="I13" s="61">
-        <v>220.51981799999999</v>
+        <v>229.67259999999999</v>
       </c>
       <c r="J13" s="62">
-        <v>148.870037</v>
+        <v>188.15228300000001</v>
       </c>
       <c r="K13" s="62">
-        <v>229.67259999999999</v>
+        <v>201.472556</v>
       </c>
       <c r="L13" s="60">
-        <v>188.15228300000001</v>
+        <v>198.71141600000001</v>
       </c>
       <c r="M13" s="61">
-        <v>201.472556</v>
+        <v>244.94536500000001</v>
       </c>
       <c r="N13" s="62">
-        <v>198.71141600000001</v>
+        <v>238.19598199999999</v>
       </c>
       <c r="O13" s="61">
-        <v>244.94536500000001</v>
+        <v>253.81391300000001</v>
       </c>
       <c r="P13" s="62">
-        <v>238.19598199999999</v>
+        <v>300.19499300000001</v>
       </c>
       <c r="Q13" s="61">
-        <v>253.81391300000001</v>
+        <v>192.55438000000001</v>
       </c>
       <c r="R13" s="62">
-        <v>300.19499300000001</v>
+        <v>237.37688299999999</v>
       </c>
       <c r="S13" s="61">
-        <v>192.55438000000001</v>
+        <v>212.242467</v>
       </c>
       <c r="T13" s="62">
-        <v>237.37688299999999</v>
+        <v>0</v>
       </c>
       <c r="U13" s="62">
-        <v>212.242467</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B14" s="60">
-        <v>114.04069200000001</v>
+        <v>210.09790799999999</v>
       </c>
       <c r="C14" s="61">
-        <v>146.39011199999999</v>
+        <v>215.50729699999999</v>
       </c>
       <c r="D14" s="62">
-        <v>210.09790799999999</v>
+        <v>180.90693999999999</v>
       </c>
       <c r="E14" s="61">
-        <v>215.50729699999999</v>
+        <v>210.82312200000001</v>
       </c>
       <c r="F14" s="62">
-        <v>180.90693999999999</v>
+        <v>163.47100800000001</v>
       </c>
       <c r="G14" s="61">
-        <v>210.82312200000001</v>
+        <v>197.25958900000001</v>
       </c>
       <c r="H14" s="62">
-        <v>163.47100800000001</v>
+        <v>145.94586699999999</v>
       </c>
       <c r="I14" s="61">
-        <v>197.25958900000001</v>
+        <v>218.59568899999999</v>
       </c>
       <c r="J14" s="62">
-        <v>145.94586699999999</v>
+        <v>134.01227800000001</v>
       </c>
       <c r="K14" s="62">
-        <v>218.59568899999999</v>
+        <v>174.25288599999999</v>
       </c>
       <c r="L14" s="60">
-        <v>134.01227800000001</v>
+        <v>201.550783</v>
       </c>
       <c r="M14" s="61">
-        <v>174.25288599999999</v>
+        <v>229.87048999999999</v>
       </c>
       <c r="N14" s="62">
-        <v>201.550783</v>
+        <v>265.694391</v>
       </c>
       <c r="O14" s="61">
-        <v>229.87048999999999</v>
+        <v>214.88212300000001</v>
       </c>
       <c r="P14" s="62">
-        <v>265.694391</v>
+        <v>450.15794899999997</v>
       </c>
       <c r="Q14" s="61">
-        <v>214.88212300000001</v>
+        <v>250.76806300000001</v>
       </c>
       <c r="R14" s="62">
-        <v>450.15794899999997</v>
+        <v>284.46894500000002</v>
       </c>
       <c r="S14" s="61">
-        <v>250.76806300000001</v>
+        <v>211.365668</v>
       </c>
       <c r="T14" s="62">
-        <v>284.46894500000002</v>
+        <v>0</v>
       </c>
       <c r="U14" s="62">
-        <v>211.365668</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B15" s="60">
-        <v>157.185261</v>
+        <v>170.18858700000001</v>
       </c>
       <c r="C15" s="61">
-        <v>184.747838</v>
+        <v>183.60808299999999</v>
       </c>
       <c r="D15" s="62">
-        <v>170.18858700000001</v>
+        <v>87.915549999999996</v>
       </c>
       <c r="E15" s="61">
-        <v>183.60808299999999</v>
+        <v>113.281629</v>
       </c>
       <c r="F15" s="62">
-        <v>87.915549999999996</v>
+        <v>241.248347</v>
       </c>
       <c r="G15" s="61">
-        <v>113.281629</v>
+        <v>252.19664900000001</v>
       </c>
       <c r="H15" s="62">
-        <v>241.248347</v>
+        <v>134.900667</v>
       </c>
       <c r="I15" s="61">
-        <v>252.19664900000001</v>
+        <v>195.655123</v>
       </c>
       <c r="J15" s="62">
-        <v>134.900667</v>
+        <v>89.446481000000006</v>
       </c>
       <c r="K15" s="62">
-        <v>195.655123</v>
+        <v>123.755813</v>
       </c>
       <c r="L15" s="60">
-        <v>89.446481000000006</v>
+        <v>162.403301</v>
       </c>
       <c r="M15" s="61">
-        <v>123.755813</v>
+        <v>206.25034600000001</v>
       </c>
       <c r="N15" s="62">
-        <v>162.403301</v>
+        <v>189.02239599999999</v>
       </c>
       <c r="O15" s="61">
-        <v>206.25034600000001</v>
+        <v>154.18838099999999</v>
       </c>
       <c r="P15" s="62">
-        <v>189.02239599999999</v>
+        <v>324.85202500000003</v>
       </c>
       <c r="Q15" s="61">
-        <v>154.18838099999999</v>
+        <v>218.966984</v>
       </c>
       <c r="R15" s="62">
-        <v>324.85202500000003</v>
+        <v>214.880965</v>
       </c>
       <c r="S15" s="61">
-        <v>218.966984</v>
+        <v>212.26792800000001</v>
       </c>
       <c r="T15" s="62">
-        <v>214.880965</v>
+        <v>0</v>
       </c>
       <c r="U15" s="62">
-        <v>212.26792800000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B16" s="63">
-        <v>185.93388400000001</v>
+        <v>203.701896</v>
       </c>
       <c r="C16" s="64">
-        <v>202.35393300000001</v>
+        <v>211.011325</v>
       </c>
       <c r="D16" s="65">
-        <v>203.701896</v>
+        <v>313.45414799999998</v>
       </c>
       <c r="E16" s="64">
-        <v>211.011325</v>
+        <v>422.51280000000003</v>
       </c>
       <c r="F16" s="65">
-        <v>313.45414799999998</v>
+        <v>187.74481499999999</v>
       </c>
       <c r="G16" s="64">
-        <v>422.51280000000003</v>
+        <v>235.07022900000001</v>
       </c>
       <c r="H16" s="65">
-        <v>187.74481499999999</v>
+        <v>136.62375</v>
       </c>
       <c r="I16" s="64">
-        <v>235.07022900000001</v>
+        <v>195.30763999999999</v>
       </c>
       <c r="J16" s="65">
-        <v>136.62375</v>
+        <v>170.056048</v>
       </c>
       <c r="K16" s="65">
-        <v>195.30763999999999</v>
+        <v>240.09579600000001</v>
       </c>
       <c r="L16" s="63">
-        <v>170.056048</v>
+        <v>239.25043299999999</v>
       </c>
       <c r="M16" s="64">
-        <v>240.09579600000001</v>
+        <v>274.97743700000001</v>
       </c>
       <c r="N16" s="65">
-        <v>239.25043299999999</v>
+        <v>344.26087100000001</v>
       </c>
       <c r="O16" s="64">
-        <v>274.97743700000001</v>
+        <v>279.44616000000002</v>
       </c>
       <c r="P16" s="65">
-        <v>344.26087100000001</v>
+        <v>284.08975199999998</v>
       </c>
       <c r="Q16" s="64">
-        <v>279.44616000000002</v>
+        <v>149.36261400000001</v>
       </c>
       <c r="R16" s="65">
-        <v>284.08975199999998</v>
+        <v>249.59195</v>
       </c>
       <c r="S16" s="64">
-        <v>149.36261400000001</v>
+        <v>235.89195699999999</v>
       </c>
       <c r="T16" s="65">
         <v>0</v>
       </c>
       <c r="U16" s="65">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="46" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B17" s="66">
-        <v>1913.720151</v>
+        <v>1940.1750500000001</v>
       </c>
       <c r="C17" s="67">
-        <v>2314.6791829999997</v>
+        <v>2149.737173</v>
       </c>
       <c r="D17" s="68">
-        <v>1940.1750500000001</v>
+        <v>2135.670075</v>
       </c>
       <c r="E17" s="67">
-        <v>2149.737173</v>
+        <v>2460.0984710000002</v>
       </c>
       <c r="F17" s="68">
-        <v>2135.670075</v>
+        <v>1909.301404</v>
       </c>
       <c r="G17" s="67">
-        <v>2460.0984710000002</v>
+        <v>2250.6002760000001</v>
       </c>
       <c r="H17" s="68">
-        <v>1909.301404</v>
+        <v>1425.1535280000001</v>
       </c>
       <c r="I17" s="67">
-        <v>2250.6002760000001</v>
+        <v>2043.840563</v>
       </c>
       <c r="J17" s="68">
-        <v>1425.1535280000001</v>
+        <v>1623.5055169999998</v>
       </c>
       <c r="K17" s="68">
-        <v>2043.840563</v>
+        <v>2257.0509259999999</v>
       </c>
       <c r="L17" s="66">
-        <v>1623.5055169999998</v>
+        <v>1975.6351440000001</v>
       </c>
       <c r="M17" s="67">
-        <v>2257.0509259999999</v>
+        <v>2488.6848369999998</v>
       </c>
       <c r="N17" s="68">
-        <v>1975.6351440000001</v>
+        <v>2440.4693710000001</v>
       </c>
       <c r="O17" s="67">
-        <v>2488.6848369999998</v>
+        <v>2650.04306</v>
       </c>
       <c r="P17" s="68">
-        <v>2440.4693710000001</v>
+        <v>3257.7461549999998</v>
       </c>
       <c r="Q17" s="67">
-        <v>2650.04306</v>
+        <v>2420.4914530000005</v>
       </c>
       <c r="R17" s="68">
-        <v>3257.7461549999998</v>
+        <v>3027.4129520000001</v>
       </c>
       <c r="S17" s="67">
-        <v>2420.4914530000005</v>
+        <v>2224.6351910000003</v>
       </c>
       <c r="T17" s="68">
-        <v>2777.8210020000001</v>
+        <v>221.32443799999999</v>
       </c>
       <c r="U17" s="68">
-        <v>1988.7432340000003</v>
+        <v>164.11935800000001</v>
       </c>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
     </row>
     <row r="21" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="35"/>
       <c r="B21" s="81">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C21" s="82">
         <v>0</v>
       </c>
       <c r="D21" s="83">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E21" s="82">
         <v>0</v>
       </c>
       <c r="F21" s="81">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G21" s="82">
         <v>0</v>
       </c>
       <c r="H21" s="83">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I21" s="82">
         <v>0</v>
       </c>
       <c r="J21" s="83">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="K21" s="84">
         <v>0</v>
       </c>
       <c r="L21" s="81">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M21" s="82">
         <v>0</v>
       </c>
       <c r="N21" s="83">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O21" s="82">
         <v>0</v>
       </c>
       <c r="P21" s="81">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q21" s="82">
         <v>0</v>
       </c>
       <c r="R21" s="83">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="S21" s="82">
         <v>0</v>
       </c>
       <c r="T21" s="83">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="U21" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="41" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="33" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="34" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="33" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="34" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="33" t="s">
         <v>73</v>
       </c>
       <c r="G22" s="34" t="s">
@@ -7602,1023 +7715,1023 @@
       </c>
       <c r="P22" s="39" t="s">
         <v>73</v>
       </c>
       <c r="Q22" s="40" t="s">
         <v>74</v>
       </c>
       <c r="R22" s="39" t="s">
         <v>73</v>
       </c>
       <c r="S22" s="40" t="s">
         <v>74</v>
       </c>
       <c r="T22" s="39" t="s">
         <v>73</v>
       </c>
       <c r="U22" s="39" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="19" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="69">
-        <v>368.11751800000002</v>
+        <v>382.155282</v>
       </c>
       <c r="C23" s="70">
-        <v>533.09141499999998</v>
+        <v>585.90432999999996</v>
       </c>
       <c r="D23" s="71">
-        <v>382.155282</v>
+        <v>501.67123099999998</v>
       </c>
       <c r="E23" s="70">
-        <v>585.90432999999996</v>
+        <v>834.36704199999997</v>
       </c>
       <c r="F23" s="71">
-        <v>501.67123099999998</v>
+        <v>319.45057800000001</v>
       </c>
       <c r="G23" s="70">
-        <v>834.36704199999997</v>
+        <v>597.50461499999994</v>
       </c>
       <c r="H23" s="71">
-        <v>319.45057800000001</v>
+        <v>241.173248</v>
       </c>
       <c r="I23" s="70">
-        <v>597.50461499999994</v>
+        <v>494.59748400000001</v>
       </c>
       <c r="J23" s="71">
-        <v>241.173248</v>
+        <v>330.63637499999999</v>
       </c>
       <c r="K23" s="71">
-        <v>494.59748400000001</v>
+        <v>659.47392100000002</v>
       </c>
       <c r="L23" s="69">
-        <v>330.63637499999999</v>
+        <v>537.25850000000003</v>
       </c>
       <c r="M23" s="70">
-        <v>659.47392100000002</v>
+        <v>954.061508</v>
       </c>
       <c r="N23" s="71">
-        <v>537.25850000000003</v>
+        <v>794.53469399999994</v>
       </c>
       <c r="O23" s="70">
-        <v>954.061508</v>
+        <v>1238.176823</v>
       </c>
       <c r="P23" s="71">
-        <v>794.53469399999994</v>
+        <v>1046.4410150000001</v>
       </c>
       <c r="Q23" s="70">
-        <v>1238.176823</v>
+        <v>1217.2380780000001</v>
       </c>
       <c r="R23" s="71">
-        <v>1046.4410150000001</v>
+        <v>1377.988834</v>
       </c>
       <c r="S23" s="70">
-        <v>1217.2380780000001</v>
+        <v>1378.7215430000001</v>
       </c>
       <c r="T23" s="71">
-        <v>1195.208114</v>
+        <v>29.858695999999998</v>
       </c>
       <c r="U23" s="71">
-        <v>1180.7691990000001</v>
+        <v>39.716462999999997</v>
       </c>
     </row>
     <row r="24" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B24" s="72">
-        <v>710.69202499999994</v>
+        <v>735.79407300000003</v>
       </c>
       <c r="C24" s="73">
-        <v>975.04344200000003</v>
+        <v>876.84685000000002</v>
       </c>
       <c r="D24" s="74">
-        <v>735.79407300000003</v>
+        <v>669.82522300000005</v>
       </c>
       <c r="E24" s="73">
-        <v>876.84685000000002</v>
+        <v>802.60557600000004</v>
       </c>
       <c r="F24" s="74">
-        <v>669.82522300000005</v>
+        <v>797.63511700000004</v>
       </c>
       <c r="G24" s="73">
-        <v>802.60557600000004</v>
+        <v>880.42759799999999</v>
       </c>
       <c r="H24" s="74">
-        <v>797.63511700000004</v>
+        <v>427.70656000000002</v>
       </c>
       <c r="I24" s="73">
-        <v>880.42759799999999</v>
+        <v>674.590013</v>
       </c>
       <c r="J24" s="74">
-        <v>427.70656000000002</v>
+        <v>571.67107199999998</v>
       </c>
       <c r="K24" s="74">
-        <v>674.590013</v>
+        <v>798.46278299999994</v>
       </c>
       <c r="L24" s="72">
-        <v>571.67107199999998</v>
+        <v>602.67027700000006</v>
       </c>
       <c r="M24" s="73">
-        <v>798.46278299999994</v>
+        <v>690.23778700000003</v>
       </c>
       <c r="N24" s="74">
-        <v>602.67027700000006</v>
+        <v>762.14171699999997</v>
       </c>
       <c r="O24" s="73">
-        <v>690.23778700000003</v>
+        <v>709.063805</v>
       </c>
       <c r="P24" s="74">
-        <v>762.14171699999997</v>
+        <v>979.44317100000001</v>
       </c>
       <c r="Q24" s="73">
-        <v>709.063805</v>
+        <v>563.593842</v>
       </c>
       <c r="R24" s="74">
-        <v>979.44317100000001</v>
+        <v>874.25969799999996</v>
       </c>
       <c r="S24" s="73">
-        <v>563.593842</v>
+        <v>416.33572400000003</v>
       </c>
       <c r="T24" s="74">
-        <v>874.25969599999996</v>
+        <v>120.94334000000001</v>
       </c>
       <c r="U24" s="74">
-        <v>416.33572199999998</v>
+        <v>74.270420000000001</v>
       </c>
     </row>
     <row r="25" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B25" s="72">
-        <v>488.35015700000002</v>
+        <v>483.26121699999999</v>
       </c>
       <c r="C25" s="73">
-        <v>596.47348</v>
+        <v>508.68941799999999</v>
       </c>
       <c r="D25" s="74">
-        <v>483.26121699999999</v>
+        <v>580.67033500000002</v>
       </c>
       <c r="E25" s="73">
-        <v>508.68941799999999</v>
+        <v>627.71908099999996</v>
       </c>
       <c r="F25" s="74">
-        <v>580.67033500000002</v>
+        <v>480.64819499999999</v>
       </c>
       <c r="G25" s="73">
-        <v>627.71908099999996</v>
+        <v>595.36601099999996</v>
       </c>
       <c r="H25" s="74">
-        <v>480.64819499999999</v>
+        <v>447.93777899999998</v>
       </c>
       <c r="I25" s="73">
-        <v>595.36601099999996</v>
+        <v>604.78077900000005</v>
       </c>
       <c r="J25" s="74">
-        <v>447.93777899999998</v>
+        <v>431.89533399999999</v>
       </c>
       <c r="K25" s="74">
-        <v>604.78077900000005</v>
+        <v>574.29390999999998</v>
       </c>
       <c r="L25" s="72">
-        <v>431.89533399999999</v>
+        <v>520.724424</v>
       </c>
       <c r="M25" s="73">
-        <v>574.29390999999998</v>
+        <v>617.94252100000006</v>
       </c>
       <c r="N25" s="74">
-        <v>520.724424</v>
+        <v>483.06703900000002</v>
       </c>
       <c r="O25" s="73">
-        <v>617.94252100000006</v>
+        <v>496.64964500000002</v>
       </c>
       <c r="P25" s="74">
-        <v>483.06703900000002</v>
+        <v>795.44017799999995</v>
       </c>
       <c r="Q25" s="73">
-        <v>496.64964500000002</v>
+        <v>492.51449200000002</v>
       </c>
       <c r="R25" s="74">
-        <v>795.44017799999995</v>
+        <v>481.737257</v>
       </c>
       <c r="S25" s="73">
-        <v>492.51449200000002</v>
+        <v>330.98476699999998</v>
       </c>
       <c r="T25" s="74">
-        <v>440.76835399999999</v>
+        <v>42.742387999999998</v>
       </c>
       <c r="U25" s="74">
-        <v>300.26583499999998</v>
+        <v>38.951400999999997</v>
       </c>
     </row>
     <row r="26" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B26" s="72">
-        <v>57.955170000000003</v>
+        <v>62.803072</v>
       </c>
       <c r="C26" s="73">
-        <v>32.960040999999997</v>
+        <v>32.243046999999997</v>
       </c>
       <c r="D26" s="74">
-        <v>62.803072</v>
+        <v>73.235215999999994</v>
       </c>
       <c r="E26" s="73">
-        <v>32.243046999999997</v>
+        <v>35.255431000000002</v>
       </c>
       <c r="F26" s="74">
-        <v>73.235215999999994</v>
+        <v>73.464802000000006</v>
       </c>
       <c r="G26" s="73">
-        <v>35.255431000000002</v>
+        <v>45.509273999999998</v>
       </c>
       <c r="H26" s="74">
-        <v>73.464802000000006</v>
+        <v>51.851967999999999</v>
       </c>
       <c r="I26" s="73">
-        <v>45.509273999999998</v>
+        <v>43.821939</v>
       </c>
       <c r="J26" s="74">
-        <v>51.851967999999999</v>
+        <v>91.159289999999999</v>
       </c>
       <c r="K26" s="74">
-        <v>43.821939</v>
+        <v>79.36251</v>
       </c>
       <c r="L26" s="72">
-        <v>91.159289999999999</v>
+        <v>90.907323000000005</v>
       </c>
       <c r="M26" s="73">
-        <v>79.36251</v>
+        <v>79.002324000000002</v>
       </c>
       <c r="N26" s="74">
-        <v>90.907323000000005</v>
+        <v>119.041006</v>
       </c>
       <c r="O26" s="73">
-        <v>79.002324000000002</v>
+        <v>79.133572999999998</v>
       </c>
       <c r="P26" s="74">
-        <v>119.041006</v>
+        <v>131.32525200000001</v>
       </c>
       <c r="Q26" s="73">
-        <v>79.133572999999998</v>
+        <v>66.688683999999995</v>
       </c>
       <c r="R26" s="74">
-        <v>131.32525200000001</v>
+        <v>96.052700000000002</v>
       </c>
       <c r="S26" s="73">
-        <v>66.688683999999995</v>
+        <v>21.85266</v>
       </c>
       <c r="T26" s="74">
-        <v>85.675368000000006</v>
+        <v>2.3818199999999998</v>
       </c>
       <c r="U26" s="74">
-        <v>19.007061</v>
+        <v>1.3843300000000001</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B27" s="72">
-        <v>95.818107999999995</v>
+        <v>78.313534000000004</v>
       </c>
       <c r="C27" s="73">
-        <v>60.298411999999999</v>
+        <v>42.938388000000003</v>
       </c>
       <c r="D27" s="74">
-        <v>78.313534000000004</v>
+        <v>134.94199499999999</v>
       </c>
       <c r="E27" s="73">
-        <v>42.938388000000003</v>
+        <v>69.215440000000001</v>
       </c>
       <c r="F27" s="74">
-        <v>134.94199499999999</v>
+        <v>101.275042</v>
       </c>
       <c r="G27" s="73">
-        <v>69.215440000000001</v>
+        <v>54.111072999999998</v>
       </c>
       <c r="H27" s="74">
-        <v>101.275042</v>
+        <v>76.240183000000002</v>
       </c>
       <c r="I27" s="73">
-        <v>54.111072999999998</v>
+        <v>51.591355</v>
       </c>
       <c r="J27" s="74">
-        <v>76.240183000000002</v>
+        <v>45.774025999999999</v>
       </c>
       <c r="K27" s="74">
-        <v>51.591355</v>
+        <v>29.023451000000001</v>
       </c>
       <c r="L27" s="72">
-        <v>45.774025999999999</v>
+        <v>51.614749000000003</v>
       </c>
       <c r="M27" s="73">
-        <v>29.023451000000001</v>
+        <v>28.072147999999999</v>
       </c>
       <c r="N27" s="74">
-        <v>51.614749000000003</v>
+        <v>83.936267999999998</v>
       </c>
       <c r="O27" s="73">
-        <v>28.072147999999999</v>
+        <v>34.57311</v>
       </c>
       <c r="P27" s="74">
-        <v>83.936267999999998</v>
+        <v>126.74596200000001</v>
       </c>
       <c r="Q27" s="73">
-        <v>34.57311</v>
+        <v>28.601801999999999</v>
       </c>
       <c r="R27" s="74">
-        <v>126.74596200000001</v>
+        <v>73.321715999999995</v>
       </c>
       <c r="S27" s="73">
-        <v>28.601801999999999</v>
+        <v>13.636836000000001</v>
       </c>
       <c r="T27" s="74">
-        <v>67.492992000000001</v>
+        <v>4.6119570000000003</v>
       </c>
       <c r="U27" s="74">
-        <v>12.219047</v>
+        <v>0.97685599999999995</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B28" s="72">
-        <v>7.1286139999999998</v>
+        <v>11.856491999999999</v>
       </c>
       <c r="C28" s="73">
-        <v>3.9769369999999999</v>
+        <v>6.1879</v>
       </c>
       <c r="D28" s="74">
-        <v>11.856491999999999</v>
+        <v>7.8678109999999997</v>
       </c>
       <c r="E28" s="73">
-        <v>6.1879</v>
+        <v>4.1473110000000002</v>
       </c>
       <c r="F28" s="74">
-        <v>7.8678109999999997</v>
+        <v>3.6341510000000001</v>
       </c>
       <c r="G28" s="73">
-        <v>4.1473110000000002</v>
+        <v>2.5058950000000002</v>
       </c>
       <c r="H28" s="74">
-        <v>3.6341510000000001</v>
+        <v>14.167316</v>
       </c>
       <c r="I28" s="73">
-        <v>2.5058950000000002</v>
+        <v>26.691041999999999</v>
       </c>
       <c r="J28" s="74">
-        <v>14.167316</v>
+        <v>14.788557000000001</v>
       </c>
       <c r="K28" s="74">
-        <v>26.691041999999999</v>
+        <v>24.990949000000001</v>
       </c>
       <c r="L28" s="72">
-        <v>14.788557000000001</v>
+        <v>4.260694</v>
       </c>
       <c r="M28" s="73">
-        <v>24.990949000000001</v>
+        <v>5.3418320000000001</v>
       </c>
       <c r="N28" s="74">
-        <v>4.260694</v>
+        <v>20.150694000000001</v>
       </c>
       <c r="O28" s="73">
-        <v>5.3418320000000001</v>
+        <v>18.212454000000001</v>
       </c>
       <c r="P28" s="74">
-        <v>20.150694000000001</v>
+        <v>20.695256000000001</v>
       </c>
       <c r="Q28" s="73">
-        <v>18.212454000000001</v>
+        <v>14.533281000000001</v>
       </c>
       <c r="R28" s="74">
-        <v>20.695256000000001</v>
+        <v>24.091795999999999</v>
       </c>
       <c r="S28" s="73">
-        <v>14.533281000000001</v>
+        <v>37.098382000000001</v>
       </c>
       <c r="T28" s="74">
-        <v>23.572077</v>
+        <v>0.681427</v>
       </c>
       <c r="U28" s="74">
-        <v>36.920383000000001</v>
+        <v>0.25128800000000001</v>
       </c>
     </row>
     <row r="29" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B29" s="72">
-        <v>12.530435000000001</v>
+        <v>13.767575000000001</v>
       </c>
       <c r="C29" s="73">
-        <v>7.1209709999999999</v>
+        <v>6.4673350000000003</v>
       </c>
       <c r="D29" s="74">
-        <v>13.767575000000001</v>
+        <v>12.985231000000001</v>
       </c>
       <c r="E29" s="73">
-        <v>6.4673350000000003</v>
+        <v>6.472467</v>
       </c>
       <c r="F29" s="74">
-        <v>12.985231000000001</v>
+        <v>10.939069999999999</v>
       </c>
       <c r="G29" s="73">
-        <v>6.472467</v>
+        <v>6.357062</v>
       </c>
       <c r="H29" s="74">
-        <v>10.939069999999999</v>
+        <v>8.3557129999999997</v>
       </c>
       <c r="I29" s="73">
-        <v>6.357062</v>
+        <v>5.7717299999999998</v>
       </c>
       <c r="J29" s="74">
-        <v>8.3557129999999997</v>
+        <v>13.124515000000001</v>
       </c>
       <c r="K29" s="74">
-        <v>5.7717299999999998</v>
+        <v>8.6960049999999995</v>
       </c>
       <c r="L29" s="72">
-        <v>13.124515000000001</v>
+        <v>12.904470999999999</v>
       </c>
       <c r="M29" s="73">
-        <v>8.6960049999999995</v>
+        <v>8.0965679999999995</v>
       </c>
       <c r="N29" s="74">
-        <v>12.904470999999999</v>
+        <v>19.385971000000001</v>
       </c>
       <c r="O29" s="73">
-        <v>8.0965679999999995</v>
+        <v>8.0548990000000007</v>
       </c>
       <c r="P29" s="74">
-        <v>19.385971000000001</v>
+        <v>24.892144999999999</v>
       </c>
       <c r="Q29" s="73">
-        <v>8.0548990000000007</v>
+        <v>5.9649729999999996</v>
       </c>
       <c r="R29" s="74">
-        <v>24.892144999999999</v>
+        <v>19.052351000000002</v>
       </c>
       <c r="S29" s="73">
-        <v>5.9649729999999996</v>
+        <v>4.7171390000000004</v>
       </c>
       <c r="T29" s="74">
-        <v>18.339876</v>
+        <v>1.323342</v>
       </c>
       <c r="U29" s="74">
-        <v>4.4115080000000004</v>
+        <v>0.45852199999999999</v>
       </c>
     </row>
     <row r="30" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B30" s="72">
-        <v>21.315363999999999</v>
+        <v>21.442720000000001</v>
       </c>
       <c r="C30" s="73">
-        <v>11.722892</v>
+        <v>11.044238</v>
       </c>
       <c r="D30" s="74">
-        <v>21.442720000000001</v>
+        <v>19.552468000000001</v>
       </c>
       <c r="E30" s="73">
-        <v>11.044238</v>
+        <v>11.192963000000001</v>
       </c>
       <c r="F30" s="74">
-        <v>19.552468000000001</v>
+        <v>11.756375</v>
       </c>
       <c r="G30" s="73">
-        <v>11.192963000000001</v>
+        <v>7.0970810000000002</v>
       </c>
       <c r="H30" s="74">
-        <v>11.756375</v>
+        <v>11.561353</v>
       </c>
       <c r="I30" s="73">
-        <v>7.0970810000000002</v>
+        <v>10.173203000000001</v>
       </c>
       <c r="J30" s="74">
-        <v>11.561353</v>
+        <v>12.660351</v>
       </c>
       <c r="K30" s="74">
-        <v>10.173203000000001</v>
+        <v>10.12584</v>
       </c>
       <c r="L30" s="72">
-        <v>12.660351</v>
+        <v>13.146974999999999</v>
       </c>
       <c r="M30" s="73">
-        <v>10.12584</v>
+        <v>7.9095959999999996</v>
       </c>
       <c r="N30" s="74">
-        <v>13.146974999999999</v>
+        <v>17.246136</v>
       </c>
       <c r="O30" s="73">
-        <v>7.9095959999999996</v>
+        <v>7.0591210000000002</v>
       </c>
       <c r="P30" s="74">
-        <v>17.246136</v>
+        <v>24.218492000000001</v>
       </c>
       <c r="Q30" s="73">
-        <v>7.0591210000000002</v>
+        <v>4.7874660000000002</v>
       </c>
       <c r="R30" s="74">
-        <v>24.218492000000001</v>
+        <v>1.6492290000000001</v>
       </c>
       <c r="S30" s="73">
-        <v>4.7874660000000002</v>
+        <v>0.67251099999999997</v>
       </c>
       <c r="T30" s="74">
-        <v>1.3160289999999999</v>
+        <v>0.739653</v>
       </c>
       <c r="U30" s="74">
-        <v>0.56309100000000001</v>
+        <v>0.79985499999999998</v>
       </c>
     </row>
     <row r="31" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B31" s="72">
-        <v>26.066786</v>
+        <v>28.120301000000001</v>
       </c>
       <c r="C31" s="73">
-        <v>15.917612</v>
+        <v>15.073661</v>
       </c>
       <c r="D31" s="74">
-        <v>28.120301000000001</v>
+        <v>27.864394000000001</v>
       </c>
       <c r="E31" s="73">
-        <v>15.073661</v>
+        <v>13.942278</v>
       </c>
       <c r="F31" s="74">
-        <v>27.864394000000001</v>
+        <v>21.609774000000002</v>
       </c>
       <c r="G31" s="73">
-        <v>13.942278</v>
+        <v>10.939598999999999</v>
       </c>
       <c r="H31" s="74">
-        <v>21.609774000000002</v>
+        <v>22.729555999999999</v>
       </c>
       <c r="I31" s="73">
-        <v>10.939598999999999</v>
+        <v>16.330204999999999</v>
       </c>
       <c r="J31" s="74">
-        <v>22.729555999999999</v>
+        <v>18.662946999999999</v>
       </c>
       <c r="K31" s="74">
-        <v>16.330204999999999</v>
+        <v>12.447108</v>
       </c>
       <c r="L31" s="72">
-        <v>18.662946999999999</v>
+        <v>19.825977000000002</v>
       </c>
       <c r="M31" s="73">
-        <v>12.447108</v>
+        <v>10.987432</v>
       </c>
       <c r="N31" s="74">
-        <v>19.825977000000002</v>
+        <v>15.901073999999999</v>
       </c>
       <c r="O31" s="73">
-        <v>10.987432</v>
+        <v>6.7018459999999997</v>
       </c>
       <c r="P31" s="74">
-        <v>15.901073999999999</v>
+        <v>11.888023</v>
       </c>
       <c r="Q31" s="73">
-        <v>6.7018459999999997</v>
+        <v>3.2339829999999998</v>
       </c>
       <c r="R31" s="74">
-        <v>11.888023</v>
+        <v>3.827207</v>
       </c>
       <c r="S31" s="73">
-        <v>3.2339829999999998</v>
+        <v>0.97469499999999998</v>
       </c>
       <c r="T31" s="74">
-        <v>3.2696489999999998</v>
+        <v>1.0256860000000001</v>
       </c>
       <c r="U31" s="74">
-        <v>0.81161499999999998</v>
+        <v>0.29787000000000002</v>
       </c>
     </row>
     <row r="32" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B32" s="72">
-        <v>7.9906839999999999</v>
+        <v>12.562595</v>
       </c>
       <c r="C32" s="73">
-        <v>4.7439900000000002</v>
+        <v>6.0952349999999997</v>
       </c>
       <c r="D32" s="74">
-        <v>12.562595</v>
+        <v>6.4977450000000001</v>
       </c>
       <c r="E32" s="73">
-        <v>6.0952349999999997</v>
+        <v>3.158277</v>
       </c>
       <c r="F32" s="74">
-        <v>6.4977450000000001</v>
+        <v>3.5977929999999998</v>
       </c>
       <c r="G32" s="73">
-        <v>3.158277</v>
+        <v>1.7886899999999999</v>
       </c>
       <c r="H32" s="74">
-        <v>3.5977929999999998</v>
+        <v>9.4668919999999996</v>
       </c>
       <c r="I32" s="73">
-        <v>1.7886899999999999</v>
+        <v>6.0014589999999997</v>
       </c>
       <c r="J32" s="74">
-        <v>9.4668919999999996</v>
+        <v>3.262661</v>
       </c>
       <c r="K32" s="74">
-        <v>6.0014589999999997</v>
+        <v>2.0371239999999999</v>
       </c>
       <c r="L32" s="72">
-        <v>3.262661</v>
+        <v>4.657451</v>
       </c>
       <c r="M32" s="73">
-        <v>2.0371239999999999</v>
+        <v>2.7229570000000001</v>
       </c>
       <c r="N32" s="74">
-        <v>4.657451</v>
+        <v>2.8752550000000001</v>
       </c>
       <c r="O32" s="73">
-        <v>2.7229570000000001</v>
+        <v>1.3375140000000001</v>
       </c>
       <c r="P32" s="74">
-        <v>2.8752550000000001</v>
+        <v>7.5198309999999999</v>
       </c>
       <c r="Q32" s="73">
-        <v>1.3375140000000001</v>
+        <v>1.5630649999999999</v>
       </c>
       <c r="R32" s="74">
-        <v>7.5198309999999999</v>
+        <v>10.328738</v>
       </c>
       <c r="S32" s="73">
-        <v>1.5630649999999999</v>
+        <v>1.904131</v>
       </c>
       <c r="T32" s="74">
-        <v>8.9249200000000002</v>
+        <v>8.1884999999999999E-2</v>
       </c>
       <c r="U32" s="74">
-        <v>1.5882309999999999</v>
+        <v>2.7295E-2</v>
       </c>
     </row>
     <row r="33" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B33" s="72">
         <v>0</v>
       </c>
       <c r="C33" s="73">
         <v>0</v>
       </c>
       <c r="D33" s="74">
-        <v>0</v>
+        <v>0.238012</v>
       </c>
       <c r="E33" s="73">
-        <v>0</v>
+        <v>0.11899999999999999</v>
       </c>
       <c r="F33" s="74">
-        <v>0.238012</v>
+        <v>0.15695000000000001</v>
       </c>
       <c r="G33" s="73">
-        <v>0.11899999999999999</v>
+        <v>7.8475000000000003E-2</v>
       </c>
       <c r="H33" s="74">
-        <v>0.15695000000000001</v>
+        <v>34.638877000000001</v>
       </c>
       <c r="I33" s="73">
-        <v>7.8475000000000003E-2</v>
+        <v>56.075363000000003</v>
       </c>
       <c r="J33" s="74">
-        <v>34.638877000000001</v>
+        <v>0.67170600000000003</v>
       </c>
       <c r="K33" s="74">
-        <v>56.075363000000003</v>
+        <v>0.35586000000000001</v>
       </c>
       <c r="L33" s="72">
-        <v>0.67170600000000003</v>
+        <v>22.674505</v>
       </c>
       <c r="M33" s="73">
-        <v>0.35586000000000001</v>
+        <v>31.295337</v>
       </c>
       <c r="N33" s="74">
-        <v>22.674505</v>
+        <v>1.602365</v>
       </c>
       <c r="O33" s="73">
-        <v>31.295337</v>
+        <v>1.04637</v>
       </c>
       <c r="P33" s="74">
-        <v>1.602365</v>
+        <v>0.97357000000000005</v>
       </c>
       <c r="Q33" s="73">
-        <v>1.04637</v>
+        <v>1.0095499999999999</v>
       </c>
       <c r="R33" s="74">
-        <v>0.97357000000000005</v>
+        <v>5.2377320000000003</v>
       </c>
       <c r="S33" s="73">
-        <v>1.0095499999999999</v>
+        <v>1.3074749999999999</v>
       </c>
       <c r="T33" s="74">
-        <v>2.9520409999999999</v>
+        <v>0.62692300000000001</v>
       </c>
       <c r="U33" s="74">
-        <v>0.68091500000000005</v>
+        <v>0.387235</v>
       </c>
     </row>
     <row r="34" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B34" s="72">
-        <v>13.946336000000001</v>
+        <v>16.865680000000001</v>
       </c>
       <c r="C34" s="73">
-        <v>9.8414099999999998</v>
+        <v>9.097626</v>
       </c>
       <c r="D34" s="74">
-        <v>16.865680000000001</v>
+        <v>7.4560909999999998</v>
       </c>
       <c r="E34" s="73">
-        <v>9.097626</v>
+        <v>3.9689480000000001</v>
       </c>
       <c r="F34" s="74">
-        <v>7.4560909999999998</v>
+        <v>17.956485000000001</v>
       </c>
       <c r="G34" s="73">
-        <v>3.9689480000000001</v>
+        <v>12.123442000000001</v>
       </c>
       <c r="H34" s="74">
-        <v>17.956485000000001</v>
+        <v>20.565875999999999</v>
       </c>
       <c r="I34" s="73">
-        <v>12.123442000000001</v>
+        <v>15.101017000000001</v>
       </c>
       <c r="J34" s="74">
-        <v>20.565875999999999</v>
+        <v>25.821591000000002</v>
       </c>
       <c r="K34" s="74">
-        <v>15.101017000000001</v>
+        <v>17.140045000000001</v>
       </c>
       <c r="L34" s="72">
-        <v>25.821591000000002</v>
+        <v>26.154074000000001</v>
       </c>
       <c r="M34" s="73">
-        <v>17.140045000000001</v>
+        <v>14.107837999999999</v>
       </c>
       <c r="N34" s="74">
-        <v>26.154074000000001</v>
+        <v>25.67454</v>
       </c>
       <c r="O34" s="73">
-        <v>14.107837999999999</v>
+        <v>12.246209</v>
       </c>
       <c r="P34" s="74">
-        <v>25.67454</v>
+        <v>2.0467279999999999</v>
       </c>
       <c r="Q34" s="73">
-        <v>12.246209</v>
+        <v>0.353493</v>
       </c>
       <c r="R34" s="74">
-        <v>2.0467279999999999</v>
+        <v>10.68474</v>
       </c>
       <c r="S34" s="73">
-        <v>0.353493</v>
+        <v>3.0894819999999998</v>
       </c>
       <c r="T34" s="74">
-        <v>10.682229</v>
+        <v>10.821617</v>
       </c>
       <c r="U34" s="74">
-        <v>3.0885739999999999</v>
+        <v>4.9174930000000003</v>
       </c>
     </row>
     <row r="35" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B35" s="75">
-        <v>1809.9111969999999</v>
+        <v>1846.9425410000001</v>
       </c>
       <c r="C35" s="76">
-        <v>2251.1906020000001</v>
+        <v>2100.5880279999997</v>
       </c>
       <c r="D35" s="77">
-        <v>1846.9425410000001</v>
+        <v>2042.8057520000002</v>
       </c>
       <c r="E35" s="76">
-        <v>2100.5880279999997</v>
+        <v>2412.163814</v>
       </c>
       <c r="F35" s="77">
-        <v>2042.8057520000002</v>
+        <v>1842.1243319999999</v>
       </c>
       <c r="G35" s="76">
-        <v>2412.163814</v>
+        <v>2213.8088149999994</v>
       </c>
       <c r="H35" s="77">
-        <v>1842.1243319999999</v>
+        <v>1366.395321</v>
       </c>
       <c r="I35" s="76">
-        <v>2213.8088149999994</v>
+        <v>2005.5255889999996</v>
       </c>
       <c r="J35" s="77">
-        <v>1366.395321</v>
+        <v>1560.1284249999999</v>
       </c>
       <c r="K35" s="77">
-        <v>2005.5255889999996</v>
+        <v>2216.4095059999995</v>
       </c>
       <c r="L35" s="75">
-        <v>1560.1284249999999</v>
+        <v>1906.7994199999998</v>
       </c>
       <c r="M35" s="76">
-        <v>2216.4095059999995</v>
+        <v>2449.7778480000002</v>
       </c>
       <c r="N35" s="77">
-        <v>1906.7994199999998</v>
+        <v>2345.5567590000001</v>
       </c>
       <c r="O35" s="76">
-        <v>2449.7778480000002</v>
+        <v>2612.255369</v>
       </c>
       <c r="P35" s="77">
-        <v>2345.5567590000001</v>
+        <v>3171.6296229999998</v>
       </c>
       <c r="Q35" s="76">
-        <v>2612.255369</v>
+        <v>2400.0827090000002</v>
       </c>
       <c r="R35" s="77">
-        <v>3171.6296229999998</v>
+        <v>2978.2319979999997</v>
       </c>
       <c r="S35" s="76">
-        <v>2400.0827090000002</v>
+        <v>2211.2953449999995</v>
       </c>
       <c r="T35" s="77">
-        <v>2732.4613449999997</v>
+        <v>215.83873400000002</v>
       </c>
       <c r="U35" s="77">
-        <v>1976.6611809999997</v>
+        <v>162.43902800000001</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B36" s="72">
-        <v>103.80895400000009</v>
+        <v>93.232508999999936</v>
       </c>
       <c r="C36" s="73">
-        <v>63.488580999999613</v>
+        <v>49.149145000000317</v>
       </c>
       <c r="D36" s="74">
-        <v>93.232508999999936</v>
+        <v>92.864322999999786</v>
       </c>
       <c r="E36" s="73">
-        <v>49.149145000000317</v>
+        <v>47.934657000000243</v>
       </c>
       <c r="F36" s="74">
-        <v>92.864322999999786</v>
+        <v>67.17707200000018</v>
       </c>
       <c r="G36" s="73">
-        <v>47.934657000000243</v>
+        <v>36.791461000000709</v>
       </c>
       <c r="H36" s="74">
-        <v>67.17707200000018</v>
+        <v>58.758207000000084</v>
       </c>
       <c r="I36" s="73">
-        <v>36.791461000000709</v>
+        <v>38.314974000000348</v>
       </c>
       <c r="J36" s="74">
-        <v>58.758207000000084</v>
+        <v>63.377091999999948</v>
       </c>
       <c r="K36" s="74">
-        <v>38.314974000000348</v>
+        <v>40.64142000000038</v>
       </c>
       <c r="L36" s="72">
-        <v>63.377091999999948</v>
+        <v>68.835724000000255</v>
       </c>
       <c r="M36" s="73">
-        <v>40.64142000000038</v>
+        <v>38.906988999999612</v>
       </c>
       <c r="N36" s="74">
-        <v>68.835724000000255</v>
+        <v>94.912612000000081</v>
       </c>
       <c r="O36" s="73">
-        <v>38.906988999999612</v>
+        <v>37.787690999999995</v>
       </c>
       <c r="P36" s="74">
-        <v>94.912612000000081</v>
+        <v>86.116532000000007</v>
       </c>
       <c r="Q36" s="73">
-        <v>37.787690999999995</v>
+        <v>20.408744000000297</v>
       </c>
       <c r="R36" s="74">
-        <v>86.116532000000007</v>
+        <v>49.180954000000384</v>
       </c>
       <c r="S36" s="73">
-        <v>20.408744000000297</v>
+        <v>13.339846000000762</v>
       </c>
       <c r="T36" s="74">
-        <v>45.359657000000425</v>
+        <v>5.4857039999999699</v>
       </c>
       <c r="U36" s="74">
-        <v>12.082053000000542</v>
+        <v>1.6803299999999979</v>
       </c>
     </row>
     <row r="37" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="42" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="78">
-        <v>1913.720151</v>
+        <v>1940.1750500000001</v>
       </c>
       <c r="C37" s="79">
-        <v>2314.6791829999997</v>
+        <v>2149.737173</v>
       </c>
       <c r="D37" s="80">
-        <v>1940.1750500000001</v>
+        <v>2135.670075</v>
       </c>
       <c r="E37" s="79">
-        <v>2149.737173</v>
+        <v>2460.0984710000002</v>
       </c>
       <c r="F37" s="80">
-        <v>2135.670075</v>
+        <v>1909.301404</v>
       </c>
       <c r="G37" s="79">
-        <v>2460.0984710000002</v>
+        <v>2250.6002760000001</v>
       </c>
       <c r="H37" s="80">
-        <v>1909.301404</v>
+        <v>1425.1535280000001</v>
       </c>
       <c r="I37" s="79">
-        <v>2250.6002760000001</v>
+        <v>2043.840563</v>
       </c>
       <c r="J37" s="80">
-        <v>1425.1535280000001</v>
+        <v>1623.5055169999998</v>
       </c>
       <c r="K37" s="80">
-        <v>2043.840563</v>
+        <v>2257.0509259999999</v>
       </c>
       <c r="L37" s="78">
-        <v>1623.5055169999998</v>
+        <v>1975.6351440000001</v>
       </c>
       <c r="M37" s="79">
-        <v>2257.0509259999999</v>
+        <v>2488.6848369999998</v>
       </c>
       <c r="N37" s="80">
-        <v>1975.6351440000001</v>
+        <v>2440.4693710000001</v>
       </c>
       <c r="O37" s="79">
-        <v>2488.6848369999998</v>
+        <v>2650.04306</v>
       </c>
       <c r="P37" s="80">
-        <v>2440.4693710000001</v>
+        <v>3257.7461549999998</v>
       </c>
       <c r="Q37" s="79">
-        <v>2650.04306</v>
+        <v>2420.4914530000005</v>
       </c>
       <c r="R37" s="80">
-        <v>3257.7461549999998</v>
+        <v>3027.4129520000001</v>
       </c>
       <c r="S37" s="79">
-        <v>2420.4914530000005</v>
+        <v>2224.6351910000003</v>
       </c>
       <c r="T37" s="80">
-        <v>2777.8210020000001</v>
+        <v>221.32443799999999</v>
       </c>
       <c r="U37" s="80">
-        <v>1988.7432340000003</v>
+        <v>164.11935800000001</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B38" s="37"/>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
       <c r="K38" s="37"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
     </row>
     <row r="39" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="9" t="s">
         <v>9</v>
@@ -8761,51 +8874,51 @@
     <mergeCell ref="J21:K21"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="N21:O21"/>
     <mergeCell ref="P21:Q21"/>
     <mergeCell ref="R21:S21"/>
     <mergeCell ref="T21:U21"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A27:F42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N18" sqref="N18"/>
+      <selection activeCell="O19" sqref="O19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="27" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B28" s="96" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="97"/>
@@ -9030,54 +9143,54 @@
     <mergeCell ref="A40:A41"/>
     <mergeCell ref="B40:C40"/>
     <mergeCell ref="E40:F41"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="A38:A39"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="E38:F39"/>
     <mergeCell ref="B39:C39"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{517A5DEE-C359-4FEA-B0AE-E71AE4589673}">
-  <dimension ref="A1:M61"/>
+  <dimension ref="A1:M67"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+    <sheetView topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>35</v>
       </c>
       <c r="B1" t="s">
         <v>36</v>
@@ -9095,2436 +9208,2673 @@
         <v>40</v>
       </c>
       <c r="G1" t="s">
         <v>41</v>
       </c>
       <c r="H1" t="s">
         <v>42</v>
       </c>
       <c r="I1" t="s">
         <v>43</v>
       </c>
       <c r="J1" t="s">
         <v>44</v>
       </c>
       <c r="K1" t="s">
         <v>45</v>
       </c>
       <c r="L1" t="s">
         <v>46</v>
       </c>
       <c r="M1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A2" t="s">
+      <c r="A2" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2" s="106" t="s">
         <v>49</v>
       </c>
       <c r="D2">
         <v>147</v>
       </c>
       <c r="E2">
         <v>859</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2">
         <v>1006</v>
       </c>
       <c r="H2">
         <v>962</v>
       </c>
       <c r="I2">
         <v>38</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
         <v>6</v>
       </c>
       <c r="L2">
         <v>0.157894736842105</v>
       </c>
       <c r="M2">
         <v>1006</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A3" t="s">
+      <c r="A3" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B3" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3" s="106" t="s">
         <v>50</v>
       </c>
       <c r="D3">
         <v>6</v>
       </c>
       <c r="E3">
         <v>1447</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3">
         <v>1453</v>
       </c>
       <c r="H3">
         <v>1230</v>
       </c>
       <c r="I3">
         <v>38</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>185</v>
       </c>
       <c r="L3">
         <v>4.8684210526315796</v>
       </c>
       <c r="M3">
         <v>1453</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A4" t="s">
+      <c r="A4" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4" s="106" t="s">
         <v>51</v>
       </c>
       <c r="D4">
         <v>185</v>
       </c>
       <c r="E4">
         <v>1004</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
         <v>1189</v>
       </c>
       <c r="H4">
         <v>989</v>
       </c>
       <c r="I4">
         <v>40</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>160</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>1189</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A5" t="s">
+      <c r="A5" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B5" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5" s="106" t="s">
         <v>52</v>
       </c>
       <c r="D5">
         <v>160</v>
       </c>
       <c r="E5">
         <v>1324</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>1484</v>
       </c>
       <c r="H5">
         <v>1120</v>
       </c>
       <c r="I5">
         <v>52</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>312</v>
       </c>
       <c r="L5">
         <v>6</v>
       </c>
       <c r="M5">
         <v>1484</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A6" t="s">
+      <c r="A6" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B6" t="s">
+      <c r="B6" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C6" s="106" t="s">
         <v>53</v>
       </c>
       <c r="D6">
         <v>312</v>
       </c>
       <c r="E6">
         <v>938</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>1250</v>
       </c>
       <c r="H6">
         <v>1036</v>
       </c>
       <c r="I6">
         <v>63</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>151</v>
       </c>
       <c r="L6">
         <v>2.3968253968253999</v>
       </c>
       <c r="M6">
         <v>1250</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A7" t="s">
+      <c r="A7" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B7" t="s">
+      <c r="B7" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7" s="106" t="s">
         <v>54</v>
       </c>
       <c r="D7">
         <v>151</v>
       </c>
       <c r="E7">
         <v>944</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7">
         <v>1095</v>
       </c>
       <c r="H7">
         <v>1010</v>
       </c>
       <c r="I7">
         <v>70</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>15</v>
       </c>
       <c r="L7">
         <v>0.214285714285714</v>
       </c>
       <c r="M7">
         <v>1095</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A8" t="s">
+      <c r="A8" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B8" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8" s="106" t="s">
         <v>55</v>
       </c>
       <c r="D8">
         <v>15</v>
       </c>
       <c r="E8">
         <v>1135</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>1150</v>
       </c>
       <c r="H8">
         <v>1068</v>
       </c>
       <c r="I8">
         <v>73</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>9</v>
       </c>
       <c r="L8">
         <v>0.123287671232877</v>
       </c>
       <c r="M8">
         <v>1150</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A9" t="s">
+      <c r="A9" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B9" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C9" s="106" t="s">
         <v>56</v>
       </c>
       <c r="D9">
         <v>9</v>
       </c>
       <c r="E9">
         <v>1080</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>1089</v>
       </c>
       <c r="H9">
         <v>1006</v>
       </c>
       <c r="I9">
         <v>75</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>8</v>
       </c>
       <c r="L9">
         <v>0.10893333333333299</v>
       </c>
       <c r="M9">
         <v>1089</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" t="s">
+      <c r="A10" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
+      <c r="B10" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C10" s="106" t="s">
         <v>57</v>
       </c>
       <c r="D10">
         <v>8</v>
       </c>
       <c r="E10">
-        <v>930</v>
+        <v>829</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
-        <v>938</v>
+        <v>837</v>
       </c>
       <c r="H10">
-        <v>874</v>
+        <v>777</v>
       </c>
       <c r="I10">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L10">
-        <v>6.6666666666666693E-2</v>
+        <v>8.9090909090909096E-2</v>
       </c>
       <c r="M10">
-        <v>938</v>
+        <v>837</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A11" t="s">
+      <c r="A11" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
+      <c r="B11" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C11" s="106" t="s">
         <v>72</v>
       </c>
       <c r="D11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="H11">
         <v>954</v>
       </c>
       <c r="I11">
         <v>58</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L11">
-        <v>6.8965517241379296E-2</v>
+        <v>0.10172413793103401</v>
       </c>
       <c r="M11">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A12" t="s">
+      <c r="A12" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B12" t="s">
+      <c r="B12" s="106" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12">
+        <v>6</v>
+      </c>
+      <c r="E12">
+        <v>1032</v>
+      </c>
+      <c r="F12">
+        <v>0</v>
+      </c>
+      <c r="G12">
+        <v>1038</v>
+      </c>
+      <c r="H12">
+        <v>973</v>
+      </c>
+      <c r="I12">
+        <v>59</v>
+      </c>
+      <c r="J12">
+        <v>0</v>
+      </c>
+      <c r="K12">
+        <v>6</v>
+      </c>
+      <c r="L12">
+        <v>0.10221465076661</v>
+      </c>
+      <c r="M12">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C13" s="106" t="s">
         <v>49</v>
       </c>
-      <c r="D12">
+      <c r="D13">
         <v>358</v>
       </c>
-      <c r="E12">
+      <c r="E13">
         <v>361</v>
       </c>
-      <c r="F12">
+      <c r="F13">
         <v>280</v>
       </c>
-      <c r="G12">
+      <c r="G13">
         <v>999</v>
       </c>
-      <c r="H12">
+      <c r="H13">
         <v>66</v>
       </c>
-      <c r="I12">
+      <c r="I13">
         <v>631</v>
       </c>
-      <c r="J12">
-[...2 lines deleted...]
-      <c r="K12">
+      <c r="J13">
+        <v>0</v>
+      </c>
+      <c r="K13">
         <v>302</v>
       </c>
-      <c r="L12">
+      <c r="L13">
         <v>0.47860538827258298</v>
       </c>
-      <c r="M12">
+      <c r="M13">
         <v>999</v>
       </c>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A13" t="s">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B14" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C14" s="106" t="s">
         <v>50</v>
       </c>
-      <c r="D13">
+      <c r="D14">
         <v>302</v>
       </c>
-      <c r="E13">
+      <c r="E14">
         <v>303</v>
       </c>
-      <c r="F13">
+      <c r="F14">
         <v>301</v>
       </c>
-      <c r="G13">
+      <c r="G14">
         <v>906</v>
       </c>
-      <c r="H13">
+      <c r="H14">
         <v>57</v>
       </c>
-      <c r="I13">
+      <c r="I14">
         <v>581</v>
       </c>
-      <c r="J13">
-[...2 lines deleted...]
-      <c r="K13">
+      <c r="J14">
+        <v>0</v>
+      </c>
+      <c r="K14">
         <v>268</v>
       </c>
-      <c r="L13">
+      <c r="L14">
         <v>0.46127366609294301</v>
       </c>
-      <c r="M13">
+      <c r="M14">
         <v>906</v>
       </c>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" t="s">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A15" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B14" t="s">
+      <c r="B15" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C15" s="106" t="s">
         <v>51</v>
       </c>
-      <c r="D14">
+      <c r="D15">
         <v>268</v>
       </c>
-      <c r="E14">
+      <c r="E15">
         <v>187</v>
       </c>
-      <c r="F14">
+      <c r="F15">
         <v>413</v>
       </c>
-      <c r="G14">
+      <c r="G15">
         <v>868</v>
       </c>
-      <c r="H14">
+      <c r="H15">
         <v>35</v>
       </c>
-      <c r="I14">
+      <c r="I15">
         <v>572</v>
       </c>
-      <c r="J14">
-[...2 lines deleted...]
-      <c r="K14">
+      <c r="J15">
+        <v>0</v>
+      </c>
+      <c r="K15">
         <v>261</v>
       </c>
-      <c r="L14">
+      <c r="L15">
         <v>0.45629370629370603</v>
       </c>
-      <c r="M14">
+      <c r="M15">
         <v>868</v>
       </c>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A15" t="s">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B15" t="s">
+      <c r="B16" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C16" s="106" t="s">
         <v>52</v>
       </c>
-      <c r="D15">
+      <c r="D16">
         <v>261</v>
       </c>
-      <c r="E15">
+      <c r="E16">
         <v>329</v>
       </c>
-      <c r="F15">
+      <c r="F16">
         <v>346</v>
       </c>
-      <c r="G15">
+      <c r="G16">
         <v>936</v>
       </c>
-      <c r="H15">
+      <c r="H16">
         <v>30</v>
       </c>
-      <c r="I15">
+      <c r="I16">
         <v>530</v>
       </c>
-      <c r="J15">
-[...2 lines deleted...]
-      <c r="K15">
+      <c r="J16">
+        <v>0</v>
+      </c>
+      <c r="K16">
         <v>376</v>
       </c>
-      <c r="L15">
+      <c r="L16">
         <v>0.70943396226415101</v>
       </c>
-      <c r="M15">
+      <c r="M16">
         <v>936</v>
       </c>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A16" t="s">
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B17" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C17" s="106" t="s">
         <v>53</v>
       </c>
-      <c r="D16">
+      <c r="D17">
         <v>376</v>
       </c>
-      <c r="E16">
+      <c r="E17">
         <v>297</v>
       </c>
-      <c r="F16">
+      <c r="F17">
         <v>210</v>
       </c>
-      <c r="G16">
+      <c r="G17">
         <v>883</v>
       </c>
-      <c r="H16">
+      <c r="H17">
         <v>34</v>
       </c>
-      <c r="I16">
+      <c r="I17">
         <v>556</v>
       </c>
-      <c r="J16">
-[...2 lines deleted...]
-      <c r="K16">
+      <c r="J17">
+        <v>0</v>
+      </c>
+      <c r="K17">
         <v>293</v>
       </c>
-      <c r="L16">
+      <c r="L17">
         <v>0.52697841726618699</v>
       </c>
-      <c r="M16">
+      <c r="M17">
         <v>883</v>
       </c>
     </row>
-    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A17" t="s">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B18" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C18" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="D17">
+      <c r="D18">
         <v>293</v>
       </c>
-      <c r="E17">
+      <c r="E18">
         <v>230</v>
       </c>
-      <c r="F17">
+      <c r="F18">
         <v>290</v>
       </c>
-      <c r="G17">
+      <c r="G18">
         <v>813</v>
-      </c>
-[...39 lines deleted...]
-        <v>713</v>
       </c>
       <c r="H18">
         <v>31</v>
       </c>
       <c r="I18">
+        <v>542</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+      <c r="K18">
+        <v>240</v>
+      </c>
+      <c r="L18">
+        <v>0.44280442804428</v>
+      </c>
+      <c r="M18">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" s="106" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="106" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19">
+        <v>240</v>
+      </c>
+      <c r="E19">
+        <v>159</v>
+      </c>
+      <c r="F19">
+        <v>314</v>
+      </c>
+      <c r="G19">
+        <v>713</v>
+      </c>
+      <c r="H19">
+        <v>31</v>
+      </c>
+      <c r="I19">
         <v>526</v>
       </c>
-      <c r="J18">
-[...2 lines deleted...]
-      <c r="K18">
+      <c r="J19">
+        <v>0</v>
+      </c>
+      <c r="K19">
         <v>156</v>
       </c>
-      <c r="L18">
+      <c r="L19">
         <v>0.29657794676806098</v>
       </c>
-      <c r="M18">
+      <c r="M19">
         <v>713</v>
       </c>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A19" t="s">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A20" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B19" t="s">
+      <c r="B20" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C20" s="106" t="s">
         <v>56</v>
       </c>
-      <c r="D19">
+      <c r="D20">
         <v>156</v>
       </c>
-      <c r="E19">
-[...2 lines deleted...]
-      <c r="F19">
+      <c r="E20">
+        <v>84</v>
+      </c>
+      <c r="F20">
         <v>406</v>
       </c>
-      <c r="G19">
-[...2 lines deleted...]
-      <c r="H19">
+      <c r="G20">
+        <v>646</v>
+      </c>
+      <c r="H20">
         <v>24</v>
-      </c>
-[...39 lines deleted...]
-        <v>26</v>
       </c>
       <c r="I20">
         <v>486</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="L20">
-        <v>0.248971193415638</v>
+        <v>0.27983539094650201</v>
       </c>
       <c r="M20">
-        <v>633</v>
+        <v>646</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A21" t="s">
+      <c r="A21" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B21" t="s">
+      <c r="B21" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C21" t="s">
+      <c r="C21" s="106" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21">
+        <v>136</v>
+      </c>
+      <c r="E21">
+        <v>108</v>
+      </c>
+      <c r="F21">
+        <v>393</v>
+      </c>
+      <c r="G21">
+        <v>637</v>
+      </c>
+      <c r="H21">
+        <v>26</v>
+      </c>
+      <c r="I21">
+        <v>488</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+      <c r="K21">
+        <v>123</v>
+      </c>
+      <c r="L21">
+        <v>0.25204918032786899</v>
+      </c>
+      <c r="M21">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A22" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="106" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" s="106" t="s">
         <v>72</v>
       </c>
-      <c r="D21">
-[...11 lines deleted...]
-      <c r="H21">
+      <c r="D22">
+        <v>123</v>
+      </c>
+      <c r="E22">
+        <v>72</v>
+      </c>
+      <c r="F22">
+        <v>388</v>
+      </c>
+      <c r="G22">
+        <v>583</v>
+      </c>
+      <c r="H22">
+        <v>27</v>
+      </c>
+      <c r="I22">
+        <v>412</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22">
+        <v>144</v>
+      </c>
+      <c r="L22">
+        <v>0.34951456310679602</v>
+      </c>
+      <c r="M22">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A23" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="106" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23">
+        <v>144</v>
+      </c>
+      <c r="E23">
+        <v>72</v>
+      </c>
+      <c r="F23">
+        <v>390</v>
+      </c>
+      <c r="G23">
+        <v>606</v>
+      </c>
+      <c r="H23">
         <v>25</v>
       </c>
-      <c r="I21">
-[...16 lines deleted...]
-      <c r="A22" t="s">
+      <c r="I23">
+        <v>440</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
+      </c>
+      <c r="K23">
+        <v>141</v>
+      </c>
+      <c r="L23">
+        <v>0.32045454545454499</v>
+      </c>
+      <c r="M23">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A24" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
+      <c r="B24" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C24" s="106" t="s">
         <v>49</v>
       </c>
-      <c r="D22">
+      <c r="D24">
         <v>593</v>
       </c>
-      <c r="E22">
+      <c r="E24">
         <v>1580</v>
       </c>
-      <c r="F22">
+      <c r="F24">
         <v>1374</v>
       </c>
-      <c r="G22">
+      <c r="G24">
         <v>3548</v>
       </c>
-      <c r="H22">
+      <c r="H24">
         <v>1310</v>
       </c>
-      <c r="I22">
+      <c r="I24">
         <v>1864</v>
       </c>
-      <c r="J22">
-[...2 lines deleted...]
-      <c r="K22">
+      <c r="J24">
+        <v>0</v>
+      </c>
+      <c r="K24">
         <v>374</v>
       </c>
-      <c r="L22">
+      <c r="L24">
         <v>0.20068051116668201</v>
       </c>
-      <c r="M22">
+      <c r="M24">
         <v>3548</v>
       </c>
     </row>
-    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A23" t="s">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A25" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B23" t="s">
+      <c r="B25" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C25" s="106" t="s">
         <v>50</v>
       </c>
-      <c r="D23">
+      <c r="D25">
         <v>374</v>
       </c>
-      <c r="E23">
+      <c r="E25">
         <v>2172</v>
       </c>
-      <c r="F23">
+      <c r="F25">
         <v>1525</v>
       </c>
-      <c r="G23">
+      <c r="G25">
         <v>4072</v>
       </c>
-      <c r="H23">
+      <c r="H25">
         <v>1747</v>
       </c>
-      <c r="I23">
+      <c r="I25">
         <v>1818</v>
       </c>
-      <c r="J23">
-[...2 lines deleted...]
-      <c r="K23">
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25">
         <v>507</v>
       </c>
-      <c r="L23">
+      <c r="L25">
         <v>0.27903780598108702</v>
       </c>
-      <c r="M23">
+      <c r="M25">
         <v>4072</v>
       </c>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A24" t="s">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B24" t="s">
+      <c r="B26" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C26" s="106" t="s">
         <v>51</v>
       </c>
-      <c r="D24">
+      <c r="D26">
         <v>507</v>
       </c>
-      <c r="E24">
+      <c r="E26">
         <v>1579</v>
       </c>
-      <c r="F24">
+      <c r="F26">
         <v>1628</v>
       </c>
-      <c r="G24">
+      <c r="G26">
         <v>3714</v>
       </c>
-      <c r="H24">
+      <c r="H26">
         <v>1490</v>
       </c>
-      <c r="I24">
+      <c r="I26">
         <v>1748</v>
       </c>
-      <c r="J24">
-[...2 lines deleted...]
-      <c r="K24">
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26">
         <v>477</v>
       </c>
-      <c r="L24">
-[...2 lines deleted...]
-      <c r="M24">
+      <c r="L26">
+        <v>0.27264764857821999</v>
+      </c>
+      <c r="M26">
         <v>3714</v>
       </c>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A25" t="s">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B25" t="s">
+      <c r="B27" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C25" t="s">
+      <c r="C27" s="106" t="s">
         <v>52</v>
       </c>
-      <c r="D25">
+      <c r="D27">
         <v>477</v>
       </c>
-      <c r="E25">
+      <c r="E27">
         <v>2089</v>
       </c>
-      <c r="F25">
+      <c r="F27">
         <v>1507</v>
       </c>
-      <c r="G25">
+      <c r="G27">
         <v>4073</v>
       </c>
-      <c r="H25">
-[...8 lines deleted...]
-      <c r="K25">
+      <c r="H27">
+        <v>1605</v>
+      </c>
+      <c r="I27">
+        <v>1692</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27">
         <v>776</v>
       </c>
-      <c r="L25">
-[...2 lines deleted...]
-      <c r="M25">
+      <c r="L27">
+        <v>0.458497121988786</v>
+      </c>
+      <c r="M27">
         <v>4073</v>
       </c>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A26" t="s">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A28" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B26" t="s">
+      <c r="B28" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C26" t="s">
+      <c r="C28" s="106" t="s">
         <v>53</v>
       </c>
-      <c r="D26">
+      <c r="D28">
         <v>776</v>
       </c>
-      <c r="E26">
+      <c r="E28">
         <v>1470</v>
       </c>
-      <c r="F26">
+      <c r="F28">
         <v>1379</v>
       </c>
-      <c r="G26">
+      <c r="G28">
         <v>3625</v>
       </c>
-      <c r="H26">
-[...8 lines deleted...]
-      <c r="K26">
+      <c r="H28">
+        <v>1426</v>
+      </c>
+      <c r="I28">
+        <v>1684</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28">
         <v>515</v>
       </c>
-      <c r="L26">
-[...2 lines deleted...]
-      <c r="M26">
+      <c r="L28">
+        <v>0.30587953043569099</v>
+      </c>
+      <c r="M28">
         <v>3625</v>
       </c>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" t="s">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A29" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B27" t="s">
+      <c r="B29" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C27" t="s">
+      <c r="C29" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="D27">
+      <c r="D29">
         <v>515</v>
       </c>
-      <c r="E27">
+      <c r="E29">
         <v>1559</v>
       </c>
-      <c r="F27">
+      <c r="F29">
         <v>1356</v>
       </c>
-      <c r="G27">
+      <c r="G29">
         <v>3431</v>
       </c>
-      <c r="H27">
-[...14 lines deleted...]
-      <c r="M27">
+      <c r="H29">
+        <v>1464</v>
+      </c>
+      <c r="I29">
+        <v>1649</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29">
+        <v>318</v>
+      </c>
+      <c r="L29">
+        <v>0.19273924149531699</v>
+      </c>
+      <c r="M29">
         <v>3431</v>
       </c>
     </row>
-    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A28" t="s">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A30" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B28" t="s">
+      <c r="B30" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C28" t="s">
+      <c r="C30" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="D28">
-[...2 lines deleted...]
-      <c r="E28">
+      <c r="D30">
+        <v>318</v>
+      </c>
+      <c r="E30">
         <v>1688</v>
       </c>
-      <c r="F28">
+      <c r="F30">
         <v>1317</v>
       </c>
-      <c r="G28">
-[...22 lines deleted...]
-      <c r="A29" t="s">
+      <c r="G30">
+        <v>3323</v>
+      </c>
+      <c r="H30">
+        <v>1502</v>
+      </c>
+      <c r="I30">
+        <v>1598</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+      <c r="K30">
+        <v>223</v>
+      </c>
+      <c r="L30">
+        <v>0.13945873429348901</v>
+      </c>
+      <c r="M30">
+        <v>3323</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B29" t="s">
+      <c r="B31" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C29" t="s">
+      <c r="C31" s="106" t="s">
         <v>56</v>
       </c>
-      <c r="D29">
-[...11 lines deleted...]
-      <c r="H29">
+      <c r="D31">
+        <v>223</v>
+      </c>
+      <c r="E31">
+        <v>1443</v>
+      </c>
+      <c r="F31">
+        <v>1347</v>
+      </c>
+      <c r="G31">
+        <v>3013</v>
+      </c>
+      <c r="H31">
         <v>1365</v>
       </c>
-      <c r="I29">
-[...16 lines deleted...]
-      <c r="A30" t="s">
+      <c r="I31">
+        <v>1458</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+      <c r="K31">
+        <v>190</v>
+      </c>
+      <c r="L31">
+        <v>0.129991031365536</v>
+      </c>
+      <c r="M31">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A32" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B30" t="s">
+      <c r="B32" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C30" t="s">
+      <c r="C32" s="106" t="s">
         <v>57</v>
       </c>
-      <c r="D30">
-[...31 lines deleted...]
-      <c r="A31" t="s">
+      <c r="D32">
+        <v>190</v>
+      </c>
+      <c r="E32">
+        <v>1239</v>
+      </c>
+      <c r="F32">
+        <v>1280</v>
+      </c>
+      <c r="G32">
+        <v>2708</v>
+      </c>
+      <c r="H32">
+        <v>1128</v>
+      </c>
+      <c r="I32">
+        <v>1353</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+      <c r="K32">
+        <v>227</v>
+      </c>
+      <c r="L32">
+        <v>0.16797771658559399</v>
+      </c>
+      <c r="M32">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="B31" t="s">
+      <c r="B33" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C31" t="s">
+      <c r="C33" s="106" t="s">
         <v>72</v>
       </c>
-      <c r="D31">
-[...31 lines deleted...]
-      <c r="A32" t="s">
+      <c r="D33">
+        <v>227</v>
+      </c>
+      <c r="E33">
+        <v>1340</v>
+      </c>
+      <c r="F33">
+        <v>1045</v>
+      </c>
+      <c r="G33">
+        <v>2612</v>
+      </c>
+      <c r="H33">
+        <v>1238</v>
+      </c>
+      <c r="I33">
+        <v>1124</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+      <c r="K33">
+        <v>250</v>
+      </c>
+      <c r="L33">
+        <v>0.222640492125038</v>
+      </c>
+      <c r="M33">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="B34" s="106" t="s">
+        <v>58</v>
+      </c>
+      <c r="C34" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34">
+        <v>250</v>
+      </c>
+      <c r="E34">
+        <v>1351</v>
+      </c>
+      <c r="F34">
+        <v>1089</v>
+      </c>
+      <c r="G34">
+        <v>2690</v>
+      </c>
+      <c r="H34">
+        <v>1273</v>
+      </c>
+      <c r="I34">
+        <v>1168</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>250</v>
+      </c>
+      <c r="L34">
+        <v>0.21355418386979699</v>
+      </c>
+      <c r="M34">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B32" t="s">
+      <c r="B35" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C35" s="106" t="s">
         <v>49</v>
       </c>
-      <c r="D32">
-[...2 lines deleted...]
-      <c r="E32">
+      <c r="D35">
+        <v>0</v>
+      </c>
+      <c r="E35">
         <v>14414</v>
       </c>
-      <c r="F32">
+      <c r="F35">
         <v>18</v>
       </c>
-      <c r="G32">
+      <c r="G35">
         <v>14432</v>
       </c>
-      <c r="H32">
+      <c r="H35">
         <v>26</v>
       </c>
-      <c r="I32">
-[...8 lines deleted...]
-      <c r="M32">
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
+      </c>
+      <c r="K35">
+        <v>0</v>
+      </c>
+      <c r="M35">
         <v>14432</v>
       </c>
     </row>
-    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A33" t="s">
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A36" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B33" t="s">
+      <c r="B36" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C33" t="s">
+      <c r="C36" s="106" t="s">
         <v>50</v>
       </c>
-      <c r="D33">
-[...2 lines deleted...]
-      <c r="E33">
+      <c r="D36">
+        <v>0</v>
+      </c>
+      <c r="E36">
         <v>20890</v>
       </c>
-      <c r="F33">
+      <c r="F36">
         <v>20</v>
       </c>
-      <c r="G33">
+      <c r="G36">
         <v>20910</v>
       </c>
-      <c r="H33">
+      <c r="H36">
         <v>33</v>
       </c>
-      <c r="I33">
-[...8 lines deleted...]
-      <c r="M33">
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+      <c r="K36">
+        <v>0</v>
+      </c>
+      <c r="M36">
         <v>20910</v>
       </c>
     </row>
-    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A34" t="s">
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A37" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B34" t="s">
+      <c r="B37" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C34" t="s">
+      <c r="C37" s="106" t="s">
         <v>51</v>
       </c>
-      <c r="D34">
-[...2 lines deleted...]
-      <c r="E34">
+      <c r="D37">
+        <v>0</v>
+      </c>
+      <c r="E37">
         <v>15953</v>
-      </c>
-[...112 lines deleted...]
-        <v>14676</v>
       </c>
       <c r="F37">
         <v>24</v>
       </c>
       <c r="G37">
+        <v>15977</v>
+      </c>
+      <c r="H37">
+        <v>20</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+      <c r="K37">
+        <v>0</v>
+      </c>
+      <c r="M37">
+        <v>15977</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A38" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="B38" s="106" t="s">
+        <v>34</v>
+      </c>
+      <c r="C38" s="106" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38">
+        <v>0</v>
+      </c>
+      <c r="E38">
+        <v>19298</v>
+      </c>
+      <c r="F38">
+        <v>29</v>
+      </c>
+      <c r="G38">
+        <v>19327</v>
+      </c>
+      <c r="H38">
+        <v>4</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+      <c r="K38">
+        <v>0</v>
+      </c>
+      <c r="M38">
+        <v>19327</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="B39" s="106" t="s">
+        <v>34</v>
+      </c>
+      <c r="C39" s="106" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39">
+        <v>0</v>
+      </c>
+      <c r="E39">
+        <v>14870</v>
+      </c>
+      <c r="F39">
+        <v>21</v>
+      </c>
+      <c r="G39">
+        <v>14891</v>
+      </c>
+      <c r="H39">
+        <v>9</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+      <c r="K39">
+        <v>0</v>
+      </c>
+      <c r="M39">
+        <v>14891</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A40" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="B40" s="106" t="s">
+        <v>34</v>
+      </c>
+      <c r="C40" s="106" t="s">
+        <v>54</v>
+      </c>
+      <c r="D40">
+        <v>0</v>
+      </c>
+      <c r="E40">
+        <v>14676</v>
+      </c>
+      <c r="F40">
+        <v>24</v>
+      </c>
+      <c r="G40">
         <v>14700</v>
       </c>
-      <c r="H37">
-[...11 lines deleted...]
-      <c r="M37">
+      <c r="H40">
+        <v>0</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+      <c r="K40">
+        <v>0</v>
+      </c>
+      <c r="M40">
         <v>14700</v>
       </c>
     </row>
-    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A38" t="s">
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B38" t="s">
+      <c r="B41" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C38" t="s">
+      <c r="C41" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="D38">
-[...2 lines deleted...]
-      <c r="E38">
+      <c r="D41">
+        <v>0</v>
+      </c>
+      <c r="E41">
         <v>16932</v>
       </c>
-      <c r="F38">
+      <c r="F41">
         <v>28</v>
       </c>
-      <c r="G38">
+      <c r="G41">
         <v>16960</v>
       </c>
-      <c r="H38">
-[...11 lines deleted...]
-      <c r="M38">
+      <c r="H41">
+        <v>0</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>0</v>
+      </c>
+      <c r="M41">
         <v>16960</v>
       </c>
     </row>
-    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A39" t="s">
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A42" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B39" t="s">
+      <c r="B42" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C39" t="s">
+      <c r="C42" s="106" t="s">
         <v>56</v>
       </c>
-      <c r="D39">
-[...2 lines deleted...]
-      <c r="E39">
+      <c r="D42">
+        <v>0</v>
+      </c>
+      <c r="E42">
         <v>15469</v>
       </c>
-      <c r="F39">
+      <c r="F42">
         <v>40</v>
       </c>
-      <c r="G39">
+      <c r="G42">
         <v>15509</v>
       </c>
-      <c r="H39">
-[...11 lines deleted...]
-      <c r="M39">
+      <c r="H42">
+        <v>0</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>0</v>
+      </c>
+      <c r="M42">
         <v>15509</v>
       </c>
     </row>
-    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A40" t="s">
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B40" t="s">
+      <c r="B43" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C40" t="s">
+      <c r="C43" s="106" t="s">
         <v>57</v>
       </c>
-      <c r="D40">
-[...2 lines deleted...]
-      <c r="E40">
+      <c r="D43">
+        <v>0</v>
+      </c>
+      <c r="E43">
         <v>12300</v>
       </c>
-      <c r="F40">
-[...22 lines deleted...]
-      <c r="A41" t="s">
+      <c r="F43">
+        <v>54</v>
+      </c>
+      <c r="G43">
+        <v>12354</v>
+      </c>
+      <c r="H43">
+        <v>0</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+      <c r="K43">
+        <v>0</v>
+      </c>
+      <c r="M43">
+        <v>12354</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A44" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B41" t="s">
+      <c r="B44" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="C41" t="s">
+      <c r="C44" s="106" t="s">
         <v>72</v>
       </c>
-      <c r="D41">
-[...2 lines deleted...]
-      <c r="E41">
+      <c r="D44">
+        <v>0</v>
+      </c>
+      <c r="E44">
         <v>13000</v>
       </c>
-      <c r="F41">
-[...22 lines deleted...]
-      <c r="A42" t="s">
+      <c r="F44">
+        <v>40</v>
+      </c>
+      <c r="G44">
+        <v>13040</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+      <c r="K44">
+        <v>0</v>
+      </c>
+      <c r="M44">
+        <v>13040</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B42" t="s">
+      <c r="B45" s="106" t="s">
+        <v>34</v>
+      </c>
+      <c r="C45" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="D45">
+        <v>0</v>
+      </c>
+      <c r="E45">
+        <v>13500</v>
+      </c>
+      <c r="F45">
+        <v>55</v>
+      </c>
+      <c r="G45">
+        <v>13555</v>
+      </c>
+      <c r="H45">
+        <v>0</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+      <c r="K45">
+        <v>0</v>
+      </c>
+      <c r="M45">
+        <v>13555</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A46" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="B46" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C42" t="s">
+      <c r="C46" s="106" t="s">
         <v>49</v>
       </c>
-      <c r="D42">
-[...2 lines deleted...]
-      <c r="E42">
+      <c r="D46">
+        <v>0</v>
+      </c>
+      <c r="E46">
         <v>5523</v>
       </c>
-      <c r="F42">
+      <c r="F46">
         <v>164</v>
       </c>
-      <c r="G42">
+      <c r="G46">
         <v>5687</v>
       </c>
-      <c r="H42">
+      <c r="H46">
         <v>657</v>
       </c>
-      <c r="I42">
-[...8 lines deleted...]
-      <c r="M42">
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+      <c r="K46">
+        <v>0</v>
+      </c>
+      <c r="M46">
         <v>5687</v>
       </c>
     </row>
-    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A43" t="s">
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B43" t="s">
+      <c r="B47" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C43" t="s">
+      <c r="C47" s="106" t="s">
         <v>50</v>
       </c>
-      <c r="D43">
-[...2 lines deleted...]
-      <c r="E43">
+      <c r="D47">
+        <v>0</v>
+      </c>
+      <c r="E47">
         <v>4616</v>
       </c>
-      <c r="F43">
+      <c r="F47">
         <v>182</v>
       </c>
-      <c r="G43">
+      <c r="G47">
         <v>4798</v>
       </c>
-      <c r="H43">
+      <c r="H47">
         <v>613</v>
       </c>
-      <c r="I43">
-[...8 lines deleted...]
-      <c r="M43">
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>0</v>
+      </c>
+      <c r="M47">
         <v>4798</v>
       </c>
     </row>
-    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A44" t="s">
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B44" t="s">
+      <c r="B48" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C44" t="s">
+      <c r="C48" s="106" t="s">
         <v>51</v>
       </c>
-      <c r="D44">
-[...2 lines deleted...]
-      <c r="E44">
+      <c r="D48">
+        <v>0</v>
+      </c>
+      <c r="E48">
         <v>3515</v>
       </c>
-      <c r="F44">
+      <c r="F48">
         <v>222</v>
       </c>
-      <c r="G44">
+      <c r="G48">
         <v>3737</v>
       </c>
-      <c r="H44">
+      <c r="H48">
         <v>511</v>
       </c>
-      <c r="I44">
-[...8 lines deleted...]
-      <c r="M44">
+      <c r="I48">
+        <v>0</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>0</v>
+      </c>
+      <c r="M48">
         <v>3737</v>
       </c>
     </row>
-    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A45" t="s">
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B45" t="s">
+      <c r="B49" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C45" t="s">
+      <c r="C49" s="106" t="s">
         <v>52</v>
       </c>
-      <c r="D45">
-[...2 lines deleted...]
-      <c r="E45">
+      <c r="D49">
+        <v>0</v>
+      </c>
+      <c r="E49">
         <v>4923</v>
       </c>
-      <c r="F45">
+      <c r="F49">
         <v>193</v>
       </c>
-      <c r="G45">
+      <c r="G49">
         <v>5116</v>
       </c>
-      <c r="H45">
+      <c r="H49">
         <v>479</v>
       </c>
-      <c r="I45">
-[...8 lines deleted...]
-      <c r="M45">
+      <c r="I49">
+        <v>0</v>
+      </c>
+      <c r="J49">
+        <v>0</v>
+      </c>
+      <c r="K49">
+        <v>0</v>
+      </c>
+      <c r="M49">
         <v>5116</v>
       </c>
     </row>
-    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A46" t="s">
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B46" t="s">
+      <c r="B50" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C46" t="s">
+      <c r="C50" s="106" t="s">
         <v>53</v>
       </c>
-      <c r="D46">
-[...2 lines deleted...]
-      <c r="E46">
+      <c r="D50">
+        <v>0</v>
+      </c>
+      <c r="E50">
         <v>4766</v>
       </c>
-      <c r="F46">
+      <c r="F50">
         <v>200</v>
       </c>
-      <c r="G46">
+      <c r="G50">
         <v>4966</v>
       </c>
-      <c r="H46">
+      <c r="H50">
         <v>507</v>
       </c>
-      <c r="I46">
-[...8 lines deleted...]
-      <c r="M46">
+      <c r="I50">
+        <v>0</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>0</v>
+      </c>
+      <c r="M50">
         <v>4966</v>
       </c>
     </row>
-    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A47" t="s">
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B47" t="s">
+      <c r="B51" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C47" t="s">
+      <c r="C51" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="D47">
-[...2 lines deleted...]
-      <c r="E47">
+      <c r="D51">
+        <v>0</v>
+      </c>
+      <c r="E51">
         <v>3980</v>
       </c>
-      <c r="F47">
+      <c r="F51">
         <v>218</v>
       </c>
-      <c r="G47">
+      <c r="G51">
         <v>4198</v>
       </c>
-      <c r="H47">
+      <c r="H51">
         <v>467</v>
       </c>
-      <c r="I47">
-[...8 lines deleted...]
-      <c r="M47">
+      <c r="I51">
+        <v>0</v>
+      </c>
+      <c r="J51">
+        <v>0</v>
+      </c>
+      <c r="K51">
+        <v>0</v>
+      </c>
+      <c r="M51">
         <v>4198</v>
       </c>
     </row>
-    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A48" t="s">
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B48" t="s">
+      <c r="B52" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C48" t="s">
+      <c r="C52" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="D48">
-[...2 lines deleted...]
-      <c r="E48">
+      <c r="D52">
+        <v>0</v>
+      </c>
+      <c r="E52">
         <v>3108</v>
       </c>
-      <c r="F48">
+      <c r="F52">
         <v>236</v>
       </c>
-      <c r="G48">
+      <c r="G52">
         <v>3344</v>
       </c>
-      <c r="H48">
+      <c r="H52">
         <v>335</v>
       </c>
-      <c r="I48">
-[...8 lines deleted...]
-      <c r="M48">
+      <c r="I52">
+        <v>0</v>
+      </c>
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>0</v>
+      </c>
+      <c r="M52">
         <v>3344</v>
       </c>
     </row>
-    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A49" t="s">
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B49" t="s">
+      <c r="B53" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C49" t="s">
+      <c r="C53" s="106" t="s">
         <v>56</v>
       </c>
-      <c r="D49">
-[...5 lines deleted...]
-      <c r="F49">
+      <c r="D53">
+        <v>0</v>
+      </c>
+      <c r="E53">
+        <v>2308</v>
+      </c>
+      <c r="F53">
         <v>214</v>
       </c>
-      <c r="G49">
-[...2 lines deleted...]
-      <c r="H49">
+      <c r="G53">
+        <v>2522</v>
+      </c>
+      <c r="H53">
         <v>345</v>
       </c>
-      <c r="I49">
-[...13 lines deleted...]
-      <c r="A50" t="s">
+      <c r="I53">
+        <v>0</v>
+      </c>
+      <c r="J53">
+        <v>0</v>
+      </c>
+      <c r="K53">
+        <v>0</v>
+      </c>
+      <c r="M53">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B50" t="s">
+      <c r="B54" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C50" t="s">
+      <c r="C54" s="106" t="s">
         <v>57</v>
       </c>
-      <c r="D50">
-[...5 lines deleted...]
-      <c r="F50">
+      <c r="D54">
+        <v>0</v>
+      </c>
+      <c r="E54">
+        <v>2430</v>
+      </c>
+      <c r="F54">
         <v>234</v>
       </c>
-      <c r="G50">
-[...2 lines deleted...]
-      <c r="H50">
+      <c r="G54">
+        <v>2664</v>
+      </c>
+      <c r="H54">
         <v>339</v>
       </c>
-      <c r="I50">
-[...13 lines deleted...]
-      <c r="A51" t="s">
+      <c r="I54">
+        <v>0</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>0</v>
+      </c>
+      <c r="M54">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A55" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B51" t="s">
+      <c r="B55" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="C51" t="s">
+      <c r="C55" s="106" t="s">
         <v>72</v>
       </c>
-      <c r="D51">
-[...28 lines deleted...]
-      <c r="A52" t="s">
+      <c r="D55">
+        <v>0</v>
+      </c>
+      <c r="E55">
+        <v>2172</v>
+      </c>
+      <c r="F55">
+        <v>267</v>
+      </c>
+      <c r="G55">
+        <v>2439</v>
+      </c>
+      <c r="H55">
+        <v>327</v>
+      </c>
+      <c r="I55">
+        <v>0</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+      <c r="K55">
+        <v>0</v>
+      </c>
+      <c r="M55">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A56" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B52" t="s">
+      <c r="B56" s="106" t="s">
+        <v>69</v>
+      </c>
+      <c r="C56" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="D56">
+        <v>0</v>
+      </c>
+      <c r="E56">
+        <v>2176</v>
+      </c>
+      <c r="F56">
+        <v>275</v>
+      </c>
+      <c r="G56">
+        <v>2451</v>
+      </c>
+      <c r="H56">
+        <v>330</v>
+      </c>
+      <c r="I56">
+        <v>0</v>
+      </c>
+      <c r="J56">
+        <v>0</v>
+      </c>
+      <c r="K56">
+        <v>0</v>
+      </c>
+      <c r="M56">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="B57" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C52" t="s">
+      <c r="C57" s="106" t="s">
         <v>49</v>
       </c>
-      <c r="D52">
-[...2 lines deleted...]
-      <c r="E52">
+      <c r="D57">
+        <v>0</v>
+      </c>
+      <c r="E57">
         <v>47267</v>
       </c>
-      <c r="F52">
+      <c r="F57">
         <v>4143</v>
       </c>
-      <c r="G52">
+      <c r="G57">
         <v>51410</v>
       </c>
-      <c r="H52">
+      <c r="H57">
         <v>4552</v>
       </c>
-      <c r="I52">
-[...8 lines deleted...]
-      <c r="M52">
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>0</v>
+      </c>
+      <c r="M57">
         <v>51410</v>
       </c>
     </row>
-    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A53" t="s">
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B53" t="s">
+      <c r="B58" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C53" t="s">
+      <c r="C58" s="106" t="s">
         <v>50</v>
       </c>
-      <c r="D53">
-[...2 lines deleted...]
-      <c r="E53">
+      <c r="D58">
+        <v>0</v>
+      </c>
+      <c r="E58">
         <v>54022</v>
       </c>
-      <c r="F53">
+      <c r="F58">
         <v>4374</v>
       </c>
-      <c r="G53">
+      <c r="G58">
         <v>58396</v>
       </c>
-      <c r="H53">
+      <c r="H58">
         <v>5042</v>
       </c>
-      <c r="I53">
-[...8 lines deleted...]
-      <c r="M53">
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="J58">
+        <v>0</v>
+      </c>
+      <c r="K58">
+        <v>0</v>
+      </c>
+      <c r="M58">
         <v>58396</v>
       </c>
     </row>
-    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A54" t="s">
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B54" t="s">
+      <c r="B59" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C54" t="s">
+      <c r="C59" s="106" t="s">
         <v>51</v>
       </c>
-      <c r="D54">
-[...2 lines deleted...]
-      <c r="E54">
+      <c r="D59">
+        <v>0</v>
+      </c>
+      <c r="E59">
         <v>48441</v>
       </c>
-      <c r="F54">
+      <c r="F59">
         <v>4674</v>
       </c>
-      <c r="G54">
+      <c r="G59">
         <v>53115</v>
       </c>
-      <c r="H54">
+      <c r="H59">
         <v>5125</v>
       </c>
-      <c r="I54">
-[...8 lines deleted...]
-      <c r="M54">
+      <c r="I59">
+        <v>0</v>
+      </c>
+      <c r="J59">
+        <v>0</v>
+      </c>
+      <c r="K59">
+        <v>0</v>
+      </c>
+      <c r="M59">
         <v>53115</v>
       </c>
     </row>
-    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A55" t="s">
+    <row r="60" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A60" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B55" t="s">
+      <c r="B60" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C55" t="s">
+      <c r="C60" s="106" t="s">
         <v>52</v>
       </c>
-      <c r="D55">
-[...2 lines deleted...]
-      <c r="E55">
+      <c r="D60">
+        <v>0</v>
+      </c>
+      <c r="E60">
         <v>54250</v>
       </c>
-      <c r="F55">
+      <c r="F60">
         <v>4583</v>
       </c>
-      <c r="G55">
+      <c r="G60">
         <v>58833</v>
       </c>
-      <c r="H55">
+      <c r="H60">
         <v>5054</v>
       </c>
-      <c r="I55">
-[...8 lines deleted...]
-      <c r="M55">
+      <c r="I60">
+        <v>0</v>
+      </c>
+      <c r="J60">
+        <v>0</v>
+      </c>
+      <c r="K60">
+        <v>0</v>
+      </c>
+      <c r="M60">
         <v>58833</v>
       </c>
     </row>
-    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A56" t="s">
+    <row r="61" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A61" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B56" t="s">
+      <c r="B61" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C56" t="s">
+      <c r="C61" s="106" t="s">
         <v>53</v>
       </c>
-      <c r="D56">
-[...5 lines deleted...]
-      <c r="F56">
+      <c r="D61">
+        <v>0</v>
+      </c>
+      <c r="E61">
+        <v>46070</v>
+      </c>
+      <c r="F61">
         <v>4512</v>
       </c>
-      <c r="G56">
-[...2 lines deleted...]
-      <c r="H56">
+      <c r="G61">
+        <v>50582</v>
+      </c>
+      <c r="H61">
         <v>4749</v>
       </c>
-      <c r="I56">
-[...13 lines deleted...]
-      <c r="A57" t="s">
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="J61">
+        <v>0</v>
+      </c>
+      <c r="K61">
+        <v>0</v>
+      </c>
+      <c r="M61">
+        <v>50582</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A62" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B57" t="s">
+      <c r="B62" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C57" t="s">
+      <c r="C62" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="D57">
-[...5 lines deleted...]
-      <c r="F57">
+      <c r="D62">
+        <v>0</v>
+      </c>
+      <c r="E62">
+        <v>48146</v>
+      </c>
+      <c r="F62">
         <v>4410</v>
       </c>
-      <c r="G57">
-[...2 lines deleted...]
-      <c r="H57">
+      <c r="G62">
+        <v>52556</v>
+      </c>
+      <c r="H62">
         <v>4835</v>
       </c>
-      <c r="I57">
-[...13 lines deleted...]
-      <c r="A58" t="s">
+      <c r="I62">
+        <v>0</v>
+      </c>
+      <c r="J62">
+        <v>0</v>
+      </c>
+      <c r="K62">
+        <v>0</v>
+      </c>
+      <c r="M62">
+        <v>52556</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A63" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B58" t="s">
+      <c r="B63" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C58" t="s">
+      <c r="C63" s="106" t="s">
         <v>55</v>
       </c>
-      <c r="D58">
-[...5 lines deleted...]
-      <c r="F58">
+      <c r="D63">
+        <v>0</v>
+      </c>
+      <c r="E63">
+        <v>50276</v>
+      </c>
+      <c r="F63">
         <v>4279</v>
       </c>
-      <c r="G58">
-[...2 lines deleted...]
-      <c r="H58">
+      <c r="G63">
+        <v>54555</v>
+      </c>
+      <c r="H63">
         <v>4649</v>
       </c>
-      <c r="I58">
-[...13 lines deleted...]
-      <c r="A59" t="s">
+      <c r="I63">
+        <v>0</v>
+      </c>
+      <c r="J63">
+        <v>0</v>
+      </c>
+      <c r="K63">
+        <v>0</v>
+      </c>
+      <c r="M63">
+        <v>54555</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A64" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B59" t="s">
+      <c r="B64" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C59" t="s">
+      <c r="C64" s="106" t="s">
         <v>56</v>
       </c>
-      <c r="D59">
-[...28 lines deleted...]
-      <c r="A60" t="s">
+      <c r="D64">
+        <v>0</v>
+      </c>
+      <c r="E64">
+        <v>47106</v>
+      </c>
+      <c r="F64">
+        <v>4357</v>
+      </c>
+      <c r="G64">
+        <v>51463</v>
+      </c>
+      <c r="H64">
+        <v>4459</v>
+      </c>
+      <c r="I64">
+        <v>0</v>
+      </c>
+      <c r="J64">
+        <v>0</v>
+      </c>
+      <c r="K64">
+        <v>0</v>
+      </c>
+      <c r="M64">
+        <v>51463</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A65" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B60" t="s">
+      <c r="B65" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C60" t="s">
+      <c r="C65" s="106" t="s">
         <v>57</v>
       </c>
-      <c r="D60">
-[...28 lines deleted...]
-      <c r="A61" t="s">
+      <c r="D65">
+        <v>0</v>
+      </c>
+      <c r="E65">
+        <v>46027</v>
+      </c>
+      <c r="F65">
+        <v>4365</v>
+      </c>
+      <c r="G65">
+        <v>50392</v>
+      </c>
+      <c r="H65">
+        <v>5046</v>
+      </c>
+      <c r="I65">
+        <v>0</v>
+      </c>
+      <c r="J65">
+        <v>0</v>
+      </c>
+      <c r="K65">
+        <v>0</v>
+      </c>
+      <c r="M65">
+        <v>50392</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A66" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B61" t="s">
+      <c r="B66" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="C61" t="s">
+      <c r="C66" s="106" t="s">
         <v>72</v>
       </c>
-      <c r="D61">
-[...24 lines deleted...]
-        <v>49480</v>
+      <c r="D66">
+        <v>0</v>
+      </c>
+      <c r="E66">
+        <v>45489</v>
+      </c>
+      <c r="F66">
+        <v>4466</v>
+      </c>
+      <c r="G66">
+        <v>49955</v>
+      </c>
+      <c r="H66">
+        <v>4823</v>
+      </c>
+      <c r="I66">
+        <v>0</v>
+      </c>
+      <c r="J66">
+        <v>0</v>
+      </c>
+      <c r="K66">
+        <v>0</v>
+      </c>
+      <c r="M66">
+        <v>49955</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A67" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="B67" s="106" t="s">
+        <v>58</v>
+      </c>
+      <c r="C67" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="D67">
+        <v>0</v>
+      </c>
+      <c r="E67">
+        <v>45919</v>
+      </c>
+      <c r="F67">
+        <v>4562</v>
+      </c>
+      <c r="G67">
+        <v>50481</v>
+      </c>
+      <c r="H67">
+        <v>4941</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
+      </c>
+      <c r="J67">
+        <v>0</v>
+      </c>
+      <c r="K67">
+        <v>0</v>
+      </c>
+      <c r="M67">
+        <v>50481</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9DDAEEF-86DF-4DF7-9E7F-A4BEB4F6A370}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="53" t="s">
         <v>35</v>
       </c>
       <c r="B1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -11549,880 +11899,880 @@
       <c r="G3" s="14" t="s">
         <v>66</v>
       </c>
       <c r="H3" s="14" t="s">
         <v>67</v>
       </c>
       <c r="I3" s="14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="55"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" s="21">
-        <v>374</v>
+        <v>507</v>
       </c>
       <c r="C5" s="21">
-        <v>1525</v>
+        <v>1628</v>
       </c>
       <c r="D5" s="21">
-        <v>2172</v>
+        <v>1579</v>
       </c>
       <c r="E5" s="21">
-        <v>4072</v>
+        <v>3714</v>
       </c>
       <c r="F5" s="21">
-        <v>1818</v>
+        <v>1748</v>
       </c>
       <c r="G5" s="21">
-        <v>1747</v>
+        <v>1490</v>
       </c>
       <c r="H5" s="21">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="I5" s="55">
-        <v>0.27903780598108702</v>
+        <v>0.27264764857821999</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" s="21">
-        <v>507</v>
+        <v>477</v>
       </c>
       <c r="C6" s="21">
-        <v>1628</v>
+        <v>1507</v>
       </c>
       <c r="D6" s="21">
-        <v>1579</v>
+        <v>2089</v>
       </c>
       <c r="E6" s="21">
-        <v>3714</v>
+        <v>4073</v>
       </c>
       <c r="F6" s="21">
-        <v>1748</v>
+        <v>1692</v>
       </c>
       <c r="G6" s="21">
-        <v>1490</v>
+        <v>1605</v>
       </c>
       <c r="H6" s="21">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="I6" s="55">
-        <v>0.272616456496309</v>
+        <v>0.458497121988786</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" s="21">
-        <v>477</v>
+        <v>776</v>
       </c>
       <c r="C7" s="21">
-        <v>1507</v>
+        <v>1379</v>
       </c>
       <c r="D7" s="21">
-        <v>2089</v>
+        <v>1470</v>
       </c>
       <c r="E7" s="21">
-        <v>4073</v>
+        <v>3625</v>
       </c>
       <c r="F7" s="21">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="G7" s="21">
-        <v>1608</v>
+        <v>1426</v>
       </c>
       <c r="H7" s="21">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="I7" s="55">
-        <v>0.45942032504484598</v>
+        <v>0.30587953043569099</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B8" s="21">
-        <v>776</v>
+        <v>515</v>
       </c>
       <c r="C8" s="21">
-        <v>1379</v>
+        <v>1356</v>
       </c>
       <c r="D8" s="21">
-        <v>1470</v>
+        <v>1559</v>
       </c>
       <c r="E8" s="21">
-        <v>3625</v>
+        <v>3431</v>
       </c>
       <c r="F8" s="21">
-        <v>1689</v>
+        <v>1649</v>
       </c>
       <c r="G8" s="21">
-        <v>1421</v>
+        <v>1464</v>
       </c>
       <c r="H8" s="21">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="I8" s="55">
-        <v>0.304973995585407</v>
+        <v>0.19273924149531699</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B9" s="21">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="C9" s="21">
-        <v>1356</v>
+        <v>1317</v>
       </c>
       <c r="D9" s="21">
-        <v>1559</v>
+        <v>1688</v>
       </c>
       <c r="E9" s="21">
-        <v>3431</v>
+        <v>3323</v>
       </c>
       <c r="F9" s="21">
-        <v>1660</v>
+        <v>1598</v>
       </c>
       <c r="G9" s="21">
-        <v>1463</v>
+        <v>1502</v>
       </c>
       <c r="H9" s="21">
-        <v>308</v>
+        <v>223</v>
       </c>
       <c r="I9" s="55">
-        <v>0.185357717862493</v>
+        <v>0.13945873429348901</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" s="21">
-        <v>308</v>
+        <v>223</v>
       </c>
       <c r="C10" s="21">
-        <v>1317</v>
+        <v>1347</v>
       </c>
       <c r="D10" s="21">
-        <v>1688</v>
+        <v>1443</v>
       </c>
       <c r="E10" s="21">
-        <v>3313</v>
+        <v>3013</v>
       </c>
       <c r="F10" s="21">
-        <v>1606</v>
+        <v>1458</v>
       </c>
       <c r="G10" s="21">
-        <v>1494</v>
+        <v>1365</v>
       </c>
       <c r="H10" s="21">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="I10" s="55">
-        <v>0.13256277232581301</v>
+        <v>0.129991031365536</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" s="21">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="C11" s="21">
-        <v>1349</v>
+        <v>1280</v>
       </c>
       <c r="D11" s="21">
-        <v>1444</v>
+        <v>1239</v>
       </c>
       <c r="E11" s="21">
-        <v>3006</v>
+        <v>2708</v>
       </c>
       <c r="F11" s="21">
-        <v>1472</v>
+        <v>1353</v>
       </c>
       <c r="G11" s="21">
-        <v>1365</v>
+        <v>1128</v>
       </c>
       <c r="H11" s="21">
-        <v>170</v>
+        <v>227</v>
       </c>
       <c r="I11" s="55">
-        <v>0.115221234608836</v>
+        <v>0.16797771658559399</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B12" s="21">
-        <v>170</v>
+        <v>227</v>
       </c>
       <c r="C12" s="21">
-        <v>1278</v>
+        <v>1045</v>
       </c>
       <c r="D12" s="21">
-        <v>1382</v>
+        <v>1340</v>
       </c>
       <c r="E12" s="21">
-        <v>2831</v>
+        <v>2612</v>
       </c>
       <c r="F12" s="21">
-        <v>1389</v>
+        <v>1124</v>
       </c>
       <c r="G12" s="21">
-        <v>1266</v>
+        <v>1238</v>
       </c>
       <c r="H12" s="21">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="I12" s="55">
-        <v>0.12683411961178401</v>
+        <v>0.222640492125038</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B13" s="21">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="C13" s="21">
-        <v>1197</v>
+        <v>1089</v>
       </c>
       <c r="D13" s="21">
-        <v>1438</v>
+        <v>1351</v>
       </c>
       <c r="E13" s="21">
-        <v>2811</v>
+        <v>2690</v>
       </c>
       <c r="F13" s="21">
-        <v>1304</v>
+        <v>1168</v>
       </c>
       <c r="G13" s="21">
-        <v>1347</v>
+        <v>1273</v>
       </c>
       <c r="H13" s="21">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I13" s="55">
-        <v>0.122667670792068</v>
+        <v>0.21355418386979699</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="54" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="21"/>
       <c r="C14" s="21"/>
       <c r="D14" s="21"/>
       <c r="E14" s="21"/>
       <c r="F14" s="21"/>
       <c r="G14" s="21"/>
       <c r="H14" s="21"/>
       <c r="I14" s="55"/>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" s="21">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="C15" s="21">
-        <v>301</v>
+        <v>413</v>
       </c>
       <c r="D15" s="21">
-        <v>303</v>
+        <v>187</v>
       </c>
       <c r="E15" s="21">
-        <v>906</v>
+        <v>868</v>
       </c>
       <c r="F15" s="21">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="G15" s="21">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="H15" s="21">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="I15" s="55">
-        <v>0.46127366609294301</v>
+        <v>0.45629370629370603</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B16" s="21">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C16" s="21">
-        <v>413</v>
+        <v>346</v>
       </c>
       <c r="D16" s="21">
-        <v>187</v>
+        <v>329</v>
       </c>
       <c r="E16" s="21">
-        <v>868</v>
+        <v>936</v>
       </c>
       <c r="F16" s="21">
-        <v>572</v>
+        <v>530</v>
       </c>
       <c r="G16" s="21">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H16" s="21">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="I16" s="55">
-        <v>0.45629370629370603</v>
+        <v>0.70943396226415101</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B17" s="21">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="C17" s="21">
-        <v>346</v>
+        <v>210</v>
       </c>
       <c r="D17" s="21">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="E17" s="21">
-        <v>936</v>
+        <v>883</v>
       </c>
       <c r="F17" s="21">
-        <v>530</v>
+        <v>556</v>
       </c>
       <c r="G17" s="21">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H17" s="21">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="I17" s="55">
-        <v>0.70943396226415101</v>
+        <v>0.52697841726618699</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="21">
-        <v>376</v>
+        <v>293</v>
       </c>
       <c r="C18" s="21">
-        <v>210</v>
+        <v>290</v>
       </c>
       <c r="D18" s="21">
-        <v>297</v>
+        <v>230</v>
       </c>
       <c r="E18" s="21">
-        <v>883</v>
+        <v>813</v>
       </c>
       <c r="F18" s="21">
-        <v>556</v>
+        <v>542</v>
       </c>
       <c r="G18" s="21">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H18" s="21">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="I18" s="55">
-        <v>0.52697841726618699</v>
+        <v>0.44280442804428</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="21">
-        <v>293</v>
+        <v>240</v>
       </c>
       <c r="C19" s="21">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="D19" s="21">
-        <v>230</v>
+        <v>159</v>
       </c>
       <c r="E19" s="21">
-        <v>813</v>
+        <v>713</v>
       </c>
       <c r="F19" s="21">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="G19" s="21">
         <v>31</v>
       </c>
       <c r="H19" s="21">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="I19" s="55">
-        <v>0.44280442804428</v>
+        <v>0.29657794676806098</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B20" s="21">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="C20" s="21">
-        <v>314</v>
+        <v>406</v>
       </c>
       <c r="D20" s="21">
-        <v>159</v>
+        <v>84</v>
       </c>
       <c r="E20" s="21">
-        <v>713</v>
+        <v>646</v>
       </c>
       <c r="F20" s="21">
-        <v>526</v>
+        <v>486</v>
       </c>
       <c r="G20" s="21">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H20" s="21">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="I20" s="55">
-        <v>0.29657794676806098</v>
+        <v>0.27983539094650201</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B21" s="21">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="C21" s="21">
-        <v>406</v>
+        <v>393</v>
       </c>
       <c r="D21" s="21">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="E21" s="21">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="F21" s="21">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="G21" s="21">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H21" s="21">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I21" s="55">
-        <v>0.25352112676056299</v>
+        <v>0.25204918032786899</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B22" s="21">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C22" s="21">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="D22" s="21">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="E22" s="21">
-        <v>633</v>
+        <v>583</v>
       </c>
       <c r="F22" s="21">
-        <v>486</v>
+        <v>412</v>
       </c>
       <c r="G22" s="21">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H22" s="21">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="I22" s="55">
-        <v>0.248971193415638</v>
+        <v>0.34951456310679602</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" s="21">
+        <v>144</v>
+      </c>
+      <c r="C23" s="21">
+        <v>390</v>
+      </c>
+      <c r="D23" s="21">
         <v>72</v>
       </c>
-      <c r="B23" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="21">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="F23" s="21">
-        <v>486</v>
+        <v>440</v>
       </c>
       <c r="G23" s="21">
         <v>25</v>
       </c>
       <c r="H23" s="21">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="I23" s="55">
-        <v>0.18518518518518501</v>
+        <v>0.32045454545454499</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="54" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="21"/>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
       <c r="E24" s="21"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="55"/>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="21">
-        <v>6</v>
+        <v>185</v>
       </c>
       <c r="C25" s="21">
         <v>0</v>
       </c>
       <c r="D25" s="21">
-        <v>1447</v>
+        <v>1004</v>
       </c>
       <c r="E25" s="21">
-        <v>1453</v>
+        <v>1189</v>
       </c>
       <c r="F25" s="21">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G25" s="21">
-        <v>1230</v>
+        <v>989</v>
       </c>
       <c r="H25" s="21">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="I25" s="55">
-        <v>4.8684210526315796</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" s="21">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="C26" s="21">
         <v>0</v>
       </c>
       <c r="D26" s="21">
-        <v>1004</v>
+        <v>1324</v>
       </c>
       <c r="E26" s="21">
-        <v>1189</v>
+        <v>1484</v>
       </c>
       <c r="F26" s="21">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="G26" s="21">
-        <v>989</v>
+        <v>1120</v>
       </c>
       <c r="H26" s="21">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="I26" s="55">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="21">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="C27" s="21">
         <v>0</v>
       </c>
       <c r="D27" s="21">
-        <v>1324</v>
+        <v>938</v>
       </c>
       <c r="E27" s="21">
-        <v>1484</v>
+        <v>1250</v>
       </c>
       <c r="F27" s="21">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G27" s="21">
-        <v>1120</v>
+        <v>1036</v>
       </c>
       <c r="H27" s="21">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="I27" s="55">
-        <v>6</v>
+        <v>2.3968253968253999</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B28" s="21">
-        <v>312</v>
+        <v>151</v>
       </c>
       <c r="C28" s="21">
         <v>0</v>
       </c>
       <c r="D28" s="21">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="E28" s="21">
-        <v>1250</v>
+        <v>1095</v>
       </c>
       <c r="F28" s="21">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G28" s="21">
-        <v>1036</v>
+        <v>1010</v>
       </c>
       <c r="H28" s="21">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="I28" s="55">
-        <v>2.3968253968253999</v>
+        <v>0.214285714285714</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B29" s="21">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="C29" s="21">
         <v>0</v>
       </c>
       <c r="D29" s="21">
-        <v>944</v>
+        <v>1135</v>
       </c>
       <c r="E29" s="21">
-        <v>1095</v>
+        <v>1150</v>
       </c>
       <c r="F29" s="21">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G29" s="21">
-        <v>1010</v>
+        <v>1068</v>
       </c>
       <c r="H29" s="21">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I29" s="55">
-        <v>0.214285714285714</v>
+        <v>0.123287671232877</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B30" s="21">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C30" s="21">
         <v>0</v>
       </c>
       <c r="D30" s="21">
-        <v>1135</v>
+        <v>1080</v>
       </c>
       <c r="E30" s="21">
-        <v>1150</v>
+        <v>1089</v>
       </c>
       <c r="F30" s="21">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G30" s="21">
-        <v>1068</v>
+        <v>1006</v>
       </c>
       <c r="H30" s="21">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I30" s="55">
-        <v>0.123287671232877</v>
+        <v>0.10893333333333299</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" s="21">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C31" s="21">
         <v>0</v>
       </c>
       <c r="D31" s="21">
-        <v>1080</v>
+        <v>829</v>
       </c>
       <c r="E31" s="21">
-        <v>1089</v>
+        <v>837</v>
       </c>
       <c r="F31" s="21">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="G31" s="21">
-        <v>1006</v>
+        <v>777</v>
       </c>
       <c r="H31" s="21">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I31" s="55">
-        <v>0.10893333333333299</v>
+        <v>8.9090909090909096E-2</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B32" s="21">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C32" s="21">
         <v>0</v>
       </c>
       <c r="D32" s="21">
-        <v>930</v>
+        <v>1013</v>
       </c>
       <c r="E32" s="21">
-        <v>938</v>
+        <v>1018</v>
       </c>
       <c r="F32" s="21">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G32" s="21">
-        <v>874</v>
+        <v>954</v>
       </c>
       <c r="H32" s="21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I32" s="55">
-        <v>6.6666666666666693E-2</v>
+        <v>0.10172413793103401</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B33" s="21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C33" s="21">
         <v>0</v>
       </c>
       <c r="D33" s="21">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="E33" s="21">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="F33" s="21">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G33" s="21">
-        <v>954</v>
+        <v>973</v>
       </c>
       <c r="H33" s="21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I33" s="55">
-        <v>6.8965517241379296E-2</v>
+        <v>0.10221465076661</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EE7BC26-273E-4AA0-906E-879828C7F871}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I33"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="53" t="s">
         <v>35</v>
       </c>
       <c r="B1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
@@ -12439,632 +12789,632 @@
         <v>64</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>66</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" s="21">
-        <v>54022</v>
+        <v>48441</v>
       </c>
       <c r="C5" s="21">
-        <v>4374</v>
+        <v>4674</v>
       </c>
       <c r="D5" s="21">
-        <v>58396</v>
+        <v>53115</v>
       </c>
       <c r="E5" s="21">
-        <v>5042</v>
+        <v>5125</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" s="21">
-        <v>48441</v>
+        <v>54250</v>
       </c>
       <c r="C6" s="21">
-        <v>4674</v>
+        <v>4583</v>
       </c>
       <c r="D6" s="21">
-        <v>53115</v>
+        <v>58833</v>
       </c>
       <c r="E6" s="21">
-        <v>5125</v>
+        <v>5054</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" s="21">
-        <v>54250</v>
+        <v>46070</v>
       </c>
       <c r="C7" s="21">
-        <v>4583</v>
+        <v>4512</v>
       </c>
       <c r="D7" s="21">
-        <v>58833</v>
+        <v>50582</v>
       </c>
       <c r="E7" s="21">
-        <v>5054</v>
+        <v>4749</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B8" s="21">
-        <v>46078</v>
+        <v>48146</v>
       </c>
       <c r="C8" s="21">
-        <v>4512</v>
+        <v>4410</v>
       </c>
       <c r="D8" s="21">
-        <v>50590</v>
+        <v>52556</v>
       </c>
       <c r="E8" s="21">
-        <v>4749</v>
+        <v>4835</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B9" s="21">
-        <v>48173</v>
+        <v>50276</v>
       </c>
       <c r="C9" s="21">
-        <v>4410</v>
+        <v>4279</v>
       </c>
       <c r="D9" s="21">
-        <v>52583</v>
+        <v>54555</v>
       </c>
       <c r="E9" s="21">
-        <v>4835</v>
+        <v>4649</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" s="21">
-        <v>50319</v>
+        <v>47106</v>
       </c>
       <c r="C10" s="21">
-        <v>4279</v>
+        <v>4357</v>
       </c>
       <c r="D10" s="21">
-        <v>54598</v>
+        <v>51463</v>
       </c>
       <c r="E10" s="21">
-        <v>4649</v>
+        <v>4459</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" s="21">
-        <v>46983</v>
+        <v>46027</v>
       </c>
       <c r="C11" s="21">
-        <v>4358</v>
+        <v>4365</v>
       </c>
       <c r="D11" s="21">
-        <v>51341</v>
+        <v>50392</v>
       </c>
       <c r="E11" s="21">
-        <v>4458</v>
+        <v>5046</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B12" s="21">
-        <v>45886</v>
+        <v>45489</v>
       </c>
       <c r="C12" s="21">
-        <v>4190</v>
+        <v>4466</v>
       </c>
       <c r="D12" s="21">
-        <v>50076</v>
+        <v>49955</v>
       </c>
       <c r="E12" s="21">
-        <v>5010</v>
+        <v>4823</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B13" s="21">
-        <v>45224</v>
+        <v>45919</v>
       </c>
       <c r="C13" s="21">
-        <v>4256</v>
+        <v>4562</v>
       </c>
       <c r="D13" s="21">
-        <v>49480</v>
+        <v>50481</v>
       </c>
       <c r="E13" s="21">
-        <v>4708</v>
+        <v>4941</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="54" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="21"/>
       <c r="C14" s="21"/>
       <c r="D14" s="21"/>
       <c r="E14" s="21"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" s="21">
-        <v>4616</v>
+        <v>3515</v>
       </c>
       <c r="C15" s="21">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="D15" s="21">
-        <v>4798</v>
+        <v>3737</v>
       </c>
       <c r="E15" s="21">
-        <v>613</v>
+        <v>511</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B16" s="21">
-        <v>3515</v>
+        <v>4923</v>
       </c>
       <c r="C16" s="21">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="D16" s="21">
-        <v>3737</v>
+        <v>5116</v>
       </c>
       <c r="E16" s="21">
-        <v>511</v>
+        <v>479</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B17" s="21">
-        <v>4923</v>
+        <v>4766</v>
       </c>
       <c r="C17" s="21">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="D17" s="21">
-        <v>5116</v>
+        <v>4966</v>
       </c>
       <c r="E17" s="21">
-        <v>479</v>
+        <v>507</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="21">
-        <v>4766</v>
+        <v>3980</v>
       </c>
       <c r="C18" s="21">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="D18" s="21">
-        <v>4966</v>
+        <v>4198</v>
       </c>
       <c r="E18" s="21">
-        <v>507</v>
+        <v>467</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="21">
-        <v>3980</v>
+        <v>3108</v>
       </c>
       <c r="C19" s="21">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="D19" s="21">
-        <v>4198</v>
+        <v>3344</v>
       </c>
       <c r="E19" s="21">
-        <v>467</v>
+        <v>335</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B20" s="21">
-        <v>3108</v>
+        <v>2308</v>
       </c>
       <c r="C20" s="21">
-        <v>236</v>
+        <v>214</v>
       </c>
       <c r="D20" s="21">
-        <v>3344</v>
+        <v>2522</v>
       </c>
       <c r="E20" s="21">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B21" s="21">
-        <v>2312</v>
+        <v>2430</v>
       </c>
       <c r="C21" s="21">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="D21" s="21">
-        <v>2526</v>
+        <v>2664</v>
       </c>
       <c r="E21" s="21">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B22" s="21">
-        <v>2502</v>
+        <v>2172</v>
       </c>
       <c r="C22" s="21">
-        <v>234</v>
+        <v>267</v>
       </c>
       <c r="D22" s="21">
-        <v>2736</v>
+        <v>2439</v>
       </c>
       <c r="E22" s="21">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B23" s="21">
-        <v>2245</v>
+        <v>2176</v>
       </c>
       <c r="C23" s="21">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="D23" s="21">
-        <v>2505</v>
+        <v>2451</v>
       </c>
       <c r="E23" s="21">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="54" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="21"/>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
       <c r="E24" s="21"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="21">
-        <v>20890</v>
+        <v>15953</v>
       </c>
       <c r="C25" s="21">
+        <v>24</v>
+      </c>
+      <c r="D25" s="21">
+        <v>15977</v>
+      </c>
+      <c r="E25" s="21">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" s="21">
-        <v>15953</v>
+        <v>19298</v>
       </c>
       <c r="C26" s="21">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D26" s="21">
-        <v>15977</v>
+        <v>19327</v>
       </c>
       <c r="E26" s="21">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="21">
-        <v>19298</v>
+        <v>14870</v>
       </c>
       <c r="C27" s="21">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D27" s="21">
-        <v>19327</v>
+        <v>14891</v>
       </c>
       <c r="E27" s="21">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B28" s="21">
-        <v>14870</v>
+        <v>14676</v>
       </c>
       <c r="C28" s="21">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D28" s="21">
-        <v>14891</v>
+        <v>14700</v>
       </c>
       <c r="E28" s="21">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B29" s="21">
-        <v>14676</v>
+        <v>16932</v>
       </c>
       <c r="C29" s="21">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D29" s="21">
-        <v>14700</v>
+        <v>16960</v>
       </c>
       <c r="E29" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B30" s="21">
-        <v>16932</v>
+        <v>15469</v>
       </c>
       <c r="C30" s="21">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D30" s="21">
-        <v>16960</v>
+        <v>15509</v>
       </c>
       <c r="E30" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" s="21">
-        <v>15469</v>
+        <v>12300</v>
       </c>
       <c r="C31" s="21">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D31" s="21">
-        <v>15509</v>
+        <v>12354</v>
       </c>
       <c r="E31" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B32" s="21">
-        <v>12300</v>
+        <v>13000</v>
       </c>
       <c r="C32" s="21">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D32" s="21">
-        <v>12332</v>
+        <v>13040</v>
       </c>
       <c r="E32" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B33" s="21">
-        <v>13000</v>
+        <v>13500</v>
       </c>
       <c r="C33" s="21">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D33" s="21">
-        <v>13037</v>
+        <v>13555</v>
       </c>
       <c r="E33" s="21">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.17" top="1.1811023622047245" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Complexo Laranja</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 8 1 6 e 3 1 2 e - d 0 2 f - 4 7 d 4 - a 9 b 9 - 4 b 3 0 c d 6 a f b 4 2 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A J w E A A B Q S w M E F A A C A A g A V G i L W 7 A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A F R o i 1 s P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B U a I t b u H 0 x t J U B A A B U A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A f V L B a h s x E L 0 b / A 9 C u d i w G A I l h w Y f z M Z u T Q i U e k M O t l n G u 9 N a i a T Z S q O y x f h 7 Q r 7 D P 1 b t 2 m l L s v V e x M 5 7 8 9 6 b k T w W r M i K x f G 8 v O 7 3 + j 2 / B Y e l C L 6 E v C D r g 2 b I N T i w j y D G Q i P 3 e y J + M 7 K M s T C t C 9 S j B 3 J P G 6 K n w U x p H K U N Z t k P Z P p x d Q c V r F I y h x d X K I p 8 R q f I r d L p q j U 5 a Y 9 q 7 W s 5 T I Q N W i e C X c B h c r T q z J I v t o g c A 7 R B d s s 5 o x n L T q p M b p U t x 7 L t k O v 9 8 g Y Y 1 i f x C 5 n C B g / P o L f k x R d H h n 6 q k r y M 0 h l s 4 j R t j f E z Q o n O D 8 6 k S c T y R J 5 o v S g g g n 7 c T L I e / n H L V E V i o u M S o K S / J l m U 8 d / I m Z R 0 M D b 7 V a E f / D d b s t v J + F s G p l z G Z U W 2 Y K x 5 n 4 g I g P L v q x P b Q Z 1 6 p h 8 B 8 7 l V h Q I d 8 b n l q w + j x v 6 o 1 Z g U 0 L a + g e a m I s f Q D S 5 C 5 Z S J b 4 D y j L h L e V q f a U + b 9 R r K b 8 i g Z 1 X Q e 8 q 9 P w u / T j Z T t s v 9 K + r W + r s D e t 2 K D W a D 7 m 3 8 T 0 f G P / 3 7 Y b + n b P d 9 X v 8 G U E s B A i 0 A F A A C A A g A V G i L W 7 A 3 k f y l A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A F R o i 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A V G i L W 7 h 9 M b S V A Q A A V A M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A x A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + m B I A A A A A A A B 2 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N j A y N z N m M G Y t Y W Y 2 Z S 0 0 Z G Q x L T k 3 M j I t Y m I x M j A 4 M D Z k M T k x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 x M V Q x N j o w M j o z O S 4 5 O T Y 5 M T A x W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n W U d B d 0 1 E Q X d N R E F 3 T U Z B d z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 U H J v Z H V 0 b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 U G F p c 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q W 5 v X y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 l u a W N p Y W w m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H V j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 V X N v X 0 R v b W V z d G l j b y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 Z p b m F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F j Y W 9 f Z 3 J h b y Z x d W 9 0 O y w m c X V v d D t T d X B y a W 1 l b n R v X 0 d y Y W 8 m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N j A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T M s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t V c 2 9 f R G 9 t Z X N 0 a W N v L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y W N h b 1 9 n c m F v L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 H c m F v L D E y f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T M s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W 5 v X y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 1 R v d G F s L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 V z b 1 9 E b 2 1 l c 3 R p Y 2 8 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h Y 2 F v X 2 d y Y W 8 s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 0 d y Y W 8 s M T J 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A m 9 T M x k l N t v t m p Y K Z k L y Y u w A A A A A E g A A A o A A A A B A A A A A + j h T P K r A 6 R b A K X C E R D r V E U A A A A J I s Y x K H B S U B / F Z n / F 1 g s Z o O o N 7 j Y z / z 1 c x 2 f B O B O G D t w z 3 8 9 J o F J n P P y f D D a c B N H Y K u V H R L K B Z g j S U n g G T R S X v 7 J t q T I U 0 Y c 2 A m Z C X N U p 3 n F A A A A J 5 w i G p t U D e A U z 5 Q C R 4 A I T D 4 9 e 2 X < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 8 1 6 e 3 1 2 e - d 0 2 f - 4 7 d 4 - a 9 b 9 - 4 b 3 0 c d 6 a f b 4 2 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A J w E A A B Q S w M E F A A C A A g A 8 E x M X L A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A P B M T F w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D w T E x c u H 0 x t J U B A A B U A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A f V L B a h s x E L 0 b / A 9 C u d i w G A I l h w Y f z M Z u T Q i U e k M O t l n G u 9 N a i a T Z S q O y x f h 7 Q r 7 D P 1 b t 2 m l L s v V e x M 5 7 8 9 6 b k T w W r M i K x f G 8 v O 7 3 + j 2 / B Y e l C L 6 E v C D r g 2 b I N T i w j y D G Q i P 3 e y J + M 7 K M s T C t C 9 S j B 3 J P G 6 K n w U x p H K U N Z t k P Z P p x d Q c V r F I y h x d X K I p 8 R q f I r d L p q j U 5 a Y 9 q 7 W s 5 T I Q N W i e C X c B h c r T q z J I v t o g c A 7 R B d s s 5 o x n L T q p M b p U t x 7 L t k O v 9 8 g Y Y 1 i f x C 5 n C B g / P o L f k x R d H h n 6 q k r y M 0 h l s 4 j R t j f E z Q o n O D 8 6 k S c T y R J 5 o v S g g g n 7 c T L I e / n H L V E V i o u M S o K S / J l m U 8 d / I m Z R 0 M D b 7 V a E f / D d b s t v J + F s G p l z G Z U W 2 Y K x 5 n 4 g I g P L v q x P b Q Z 1 6 p h 8 B 8 7 l V h Q I d 8 b n l q w + j x v 6 o 1 Z g U 0 L a + g e a m I s f Q D S 5 C 5 Z S J b 4 D y j L h L e V q f a U + b 9 R r K b 8 i g Z 1 X Q e 8 q 9 P w u / T j Z T t s v 9 K + r W + r s D e t 2 K D W a D 7 m 3 8 T 0 f G P / 3 7 Y b + n b P d 9 X v 8 G U E s B A i 0 A F A A C A A g A 8 E x M X L A 3 k f y l A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A P B M T F w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A 8 E x M X L h 9 M b S V A Q A A V A M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A x A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + m B I A A A A A A A B 2 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N j A y N z N m M G Y t Y W Y 2 Z S 0 0 Z G Q x L T k 3 M j I t Y m I x M j A 4 M D Z k M T k x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N i 0 w M i 0 x M l Q x M j o z O T o z M i 4 0 M D U 4 M T E 4 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n W U d B d 0 1 E Q X d N R E F 3 T U Z B d z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 B y b 2 R 1 d G 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B h a X N f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F u b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t J b X B v c n R h Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t T d X B y a W 1 l b n R v X 1 R v d G F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V 4 c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V z b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C Z x d W 9 0 O y w m c X V v d D t S Z W x h Y 2 F v X 2 d y Y W 8 m c X V v d D s s J n F 1 b 3 Q 7 U 3 V w c m l t Z W 5 0 b 1 9 H c m F v J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N j Y i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E z L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V 0 b 1 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B h a X N f L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B b m 9 f L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 l u a W N p Y W w s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 Y 2 F v X y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W 1 w b 3 J 0 Y W N h b 1 8 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V X N v X 0 R v b W V z d G l j b y w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F j Y W 9 f Z 3 J h b y w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f R 3 J h b y w x M n 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E z L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t V c 2 9 f R G 9 t Z X N 0 a W N v L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f b G F y Y W 5 q Y S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y W N h b 1 9 n c m F v L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 H c m F v L D E y f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 s Y X J h b m p h L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 x h c m F u a m E v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A P o / S s 3 X B a e + h / x h S Z e G A P A A A A A A E g A A A o A A A A B A A A A B L + R r 4 E G N c A t m 4 d 6 i I f D J o U A A A A K h O k x l d j h n o W 0 S 1 E y Q F p l s z Y + I 1 K g g 5 W v P i v T T W N f P P N O H U q E 4 9 T F / g t H x C p Z A i M n G 9 2 Q t C 1 N b 4 H 4 A 0 a J 3 Z + m G z P j T c U W b H C z I X 1 Z Z z W i R 4 F A A A A L C g i c s a y 9 C E J U w Y y G b L F C h R E A i k < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED989F51-61AA-462E-B863-BD47650CC67C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>