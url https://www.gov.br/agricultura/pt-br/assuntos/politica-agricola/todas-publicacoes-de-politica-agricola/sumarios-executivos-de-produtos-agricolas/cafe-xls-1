--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -10,138 +10,150 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/xl/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Mapa\Sumários\Sumários\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AADDAD05-601D-4B67-8DDE-6CC76DCDBAFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3068F102-F7A9-429F-B922-00623B066D60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="usda_consulta_cafe" sheetId="29" state="hidden" r:id="rId1"/>
     <sheet name="base_cafe" sheetId="30" state="hidden" r:id="rId2"/>
     <sheet name="Capa" sheetId="31" r:id="rId3"/>
     <sheet name="Oferta e Demanda" sheetId="28" r:id="rId4"/>
     <sheet name="Área-Produção Café Arábica" sheetId="24" r:id="rId5"/>
     <sheet name="Área-Produção Café Robusta" sheetId="25" r:id="rId6"/>
     <sheet name="Área-Produção Café Total" sheetId="26" r:id="rId7"/>
     <sheet name="Exportação - Sacas" sheetId="21" r:id="rId8"/>
     <sheet name="Importação - Sacas" sheetId="27" r:id="rId9"/>
     <sheet name="Comércio Destino - Sacas" sheetId="22" r:id="rId10"/>
     <sheet name="Vendas, PM e Estoques" sheetId="6" r:id="rId11"/>
     <sheet name="Gráficos de Preços" sheetId="7" r:id="rId12"/>
     <sheet name="Custeio" sheetId="16" r:id="rId13"/>
     <sheet name="Preço Varejo Procon" sheetId="10" r:id="rId14"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId15"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Capa!$A$1:$A$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'Comércio Destino - Sacas'!$A$1:$U$32</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">Custeio!$A$1:$I$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Exportação - Sacas'!$A$5:$U$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'Gráficos de Preços'!$A$1:$J$97</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Importação - Sacas'!$A$5:$U$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Oferta e Demanda'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'Vendas, PM e Estoques'!$A$1:$M$10</definedName>
     <definedName name="DadosExternos_1" localSheetId="0" hidden="1">usda_consulta_cafe!$A$1:$O$45</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'Exportação - Sacas'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'Importação - Sacas'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
-    <pivotCache cacheId="41" r:id="rId16"/>
+    <pivotCache cacheId="0" r:id="rId16"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{01E2FB37-50E2-4E04-9D4A-83D20DCDFE8E}" keepAlive="1" name="Consulta - usda_consulta_cafe" description="Conexão com a consulta 'usda_consulta_cafe' na pasta de trabalho." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=usda_consulta_cafe;Extended Properties=&quot;&quot;" command="SELECT * FROM [usda_consulta_cafe]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="187">
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>GO</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>SP</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Safra 2017/2018</t>
   </si>
   <si>
@@ -342,56 +354,50 @@
   <si>
     <t>Qtde</t>
   </si>
   <si>
     <t>Importações de Café verde e derivados - Mensal - (milhões sacas 60 kg)</t>
   </si>
   <si>
     <t>Exportações de Café Verde - Destino - (milhões sacas 60 kg)</t>
   </si>
   <si>
     <t>Safra 2022/2023</t>
   </si>
   <si>
     <t xml:space="preserve">VAR. % </t>
   </si>
   <si>
     <t>PB</t>
   </si>
   <si>
     <t>SEM VINCULOS</t>
   </si>
   <si>
     <t>Safra 2023/2024</t>
   </si>
   <si>
-    <t>AM</t>
-[...4 lines deleted...]
-  <si>
     <t>Safra 2024/2025</t>
   </si>
   <si>
     <t>Produto_</t>
   </si>
   <si>
     <t>Pais_</t>
   </si>
   <si>
     <t>Ano_</t>
   </si>
   <si>
     <t>Estoque_Inicial</t>
   </si>
   <si>
     <t>Produção_Arabica</t>
   </si>
   <si>
     <t>Produção_Robusta</t>
   </si>
   <si>
     <t>Producao_</t>
   </si>
   <si>
     <t>Importacao_</t>
@@ -489,213 +495,213 @@
   <si>
     <t>Estoque Inicial</t>
   </si>
   <si>
     <t>Produção Arábica</t>
   </si>
   <si>
     <t>Produção Robusta</t>
   </si>
   <si>
     <t>Produção Total</t>
   </si>
   <si>
     <t>Importação</t>
   </si>
   <si>
     <t>Consumo Doméstico</t>
   </si>
   <si>
     <t>Exportação</t>
   </si>
   <si>
     <t>Estoque Final</t>
   </si>
   <si>
-    <t>RN</t>
-[...1 lines deleted...]
-  <si>
     <t>2024/2025</t>
   </si>
   <si>
-    <t>RS</t>
-[...4 lines deleted...]
-  <si>
     <t>Safra 2025</t>
-  </si>
-[...7 lines deleted...]
-    <t>Café Total (Arábica+Robusta) – Safras 2024 e 2025</t>
   </si>
   <si>
     <t>Crédito Agrícola para Café - Custeio - 2025</t>
   </si>
   <si>
     <t>Safra 2025/2026</t>
   </si>
   <si>
     <t>abril/2025 a março/2026</t>
   </si>
   <si>
-    <t>Crédito Agrícola para Café - Custeio - 2024</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Fonte: PROCON/DIEESE/SP - preço médio apurado nas pesquisas diárias em 70 supermercados paulistanos. </t>
   </si>
   <si>
     <t>2025 (*)</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
   <si>
-    <t>Obs.: última pesquisa disponível no portal do ProconSP é do mês de setembro-25</t>
+    <t>Fonte: Bacen - Sicor. Extraído em 12/02/2026 10:55, ref. ao período 01/01 a 11/02/2026.</t>
   </si>
   <si>
-    <t>Fonte: Bacen - Sicor. Extraído em 15/01/2026 10:40, ref. ao período 01/01 a 31/12/2025.</t>
+    <t>Fonte: Bacen - Sicor. Extraído em 13/01/2025 11:59, ref. ao período 01/01 a 31/12/2025.</t>
+  </si>
+  <si>
+    <t>Crédito Agrícola para Café - Custeio - 2026</t>
+  </si>
+  <si>
+    <t>Obs.: última pesquisa disponível no portal do ProconSP é do mês de dezembro-25</t>
+  </si>
+  <si>
+    <t>Café Arábica – Safras 2025 e 2026</t>
+  </si>
+  <si>
+    <t>Safra 2026</t>
+  </si>
+  <si>
+    <t>Café Total (Arábica+Robusta) – Safras 2025 e 2026</t>
+  </si>
+  <si>
+    <t>Café Robusta – Safras 2025 e 2026</t>
   </si>
   <si>
     <t>Valor  (US$ milhões)</t>
   </si>
   <si>
     <t>Estados Unidos</t>
   </si>
   <si>
     <t>Alemanha</t>
   </si>
   <si>
     <t>Bélgica</t>
   </si>
   <si>
     <t>Itália</t>
   </si>
   <si>
     <t>Japão</t>
   </si>
   <si>
     <t>Espanha</t>
   </si>
   <si>
     <t>Turquia</t>
   </si>
   <si>
     <t>Países Baixos (Holanda)</t>
   </si>
   <si>
     <t>Rússia</t>
   </si>
   <si>
     <t>Reino Unido</t>
   </si>
   <si>
     <t>Coreia do Sul</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Suécia</t>
   </si>
   <si>
     <t>França</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
-    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 31/12/2025, inclusive.</t>
+    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 31/01/2026, inclusive.</t>
   </si>
   <si>
     <t>Café Torrado</t>
   </si>
   <si>
     <t>Café solúvel</t>
   </si>
   <si>
     <t>REGIÃO/UF</t>
   </si>
   <si>
     <t>NORTE</t>
+  </si>
+  <si>
+    <t>AM</t>
   </si>
   <si>
     <t>NORDESTE</t>
   </si>
   <si>
     <t xml:space="preserve">     Cerrado</t>
   </si>
   <si>
     <t xml:space="preserve">     Planalto</t>
   </si>
   <si>
     <t xml:space="preserve">     Atlântico</t>
   </si>
   <si>
     <t>CENTRO-OESTE</t>
   </si>
   <si>
     <t>SUDESTE</t>
   </si>
   <si>
     <t xml:space="preserve">     Sul e Centro-Oeste</t>
   </si>
   <si>
     <t xml:space="preserve">     Triângulo, Alto Paranaiba e Noroeste</t>
   </si>
   <si>
     <t xml:space="preserve">     Zona da Mata, Rio Doce e Central </t>
   </si>
   <si>
     <t xml:space="preserve">     Norte, Jequitinhonha e Mucuri</t>
   </si>
   <si>
     <t>SUL</t>
   </si>
   <si>
     <t>OUTROS (*)</t>
   </si>
   <si>
     <t>NORTE/NORDESTE</t>
   </si>
   <si>
     <t>CENTRO-SUL</t>
   </si>
   <si>
     <t>BRASIL</t>
   </si>
   <si>
     <t>Legenda: (*) Acre, Pará, Ceará, Pernambuco, Mato Grosso do Sul e Distrito Federal</t>
   </si>
   <si>
-    <t>Fonte: Conab (www.conab.gov.br) - Safra 2025 - 4° Levantamento da safra de café - dezembro-2025</t>
+    <t>Fonte: Conab (www.conab.gov.br) - Safra 2026 - 1° Levantamento da safra de café - fevereiro-2026</t>
   </si>
   <si>
     <t>Legenda: Acre, Pará e Ceará</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Legenda: (*) Ceará, Pernambuco, Mato Grosso do Sul e Distrito Federal</t>
   </si>
   <si>
     <t>Fonte: Usda (www.usda.gov) - dezembro/2025 (divulgação semestral)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="16">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* \-?_);_(@_)"/>
@@ -1684,51 +1690,51 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="251">
+  <cellXfs count="250">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -2337,106 +2343,8609 @@
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal_aliceweb20110819100727378" xfId="6" xr:uid="{8C94703F-8E29-431A-96DB-3D8B7AE68F96}"/>
     <cellStyle name="Vírgula" xfId="4" builtinId="3"/>
     <cellStyle name="Vírgula 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="5">
     <dxf>
       <alignment wrapText="1"/>
     </dxf>
     <dxf>
       <alignment wrapText="1"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2C9841"/>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
+<file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="pt-BR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" b="1">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Preços médios mensais de café arábica - Nova Iorque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="1">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" b="1">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> 1ª entrega  - US$/Lp</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="pt-BR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>Café Arábica</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent6"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>[1]EXTERNO!$A$2:$A$200</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>42005</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>42036</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>42064</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>42095</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>42125</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42156</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42186</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>42217</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42248</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>42278</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>42309</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>42339</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>42370</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>42401</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>42430</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>42461</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>42491</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>42522</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>42552</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>42583</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>42614</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>42644</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>42675</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>42705</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>42736</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>42767</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>42795</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>42826</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>42856</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>42887</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>42917</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>42948</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>42979</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>43009</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>43040</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>43070</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>43101</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>43132</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>43160</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>43191</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>43221</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>43252</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>43282</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43313</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>43344</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>43374</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>43405</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43435</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>43466</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43497</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>43525</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>43556</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43586</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>43617</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>43647</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>43678</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>43709</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>43739</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>43770</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>43800</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>43831</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>43862</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>43891</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>43922</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>43952</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>43983</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>44013</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>44044</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>44075</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>44105</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>44136</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>44166</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44197</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>44228</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>44256</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>44287</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>44317</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44348</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>44378</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>44409</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>44440</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>44470</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>44501</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>44531</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>44562</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>44593</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>44621</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44652</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44682</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>44713</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>44743</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>44774</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>44805</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>44835</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>44866</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>44896</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>44927</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>44958</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>44986</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>45017</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>45047</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>45078</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>45108</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>45139</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>45170</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>45200</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>45231</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>45261</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>45292</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>45323</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>45352</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>45383</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>45413</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>45444</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>45474</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>45505</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>45536</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>45566</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>45597</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>46023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>46054</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>[1]EXTERNO!$F$2:$F$200</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>176.4023794</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>163.4305564</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>142.91904629999999</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>143.13000030000001</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>134.7400002</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>133.8761902</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>125.60217419999999</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>127.14761970000001</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>116.4624996</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>124.71428640000001</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>118.3410007</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>120.41190450000001</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>116.88499950000001</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>116.22631680000001</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>124.6909093</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>122.72499999999999</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>124.2428582</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>136.62045430000001</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>144.5523805</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>140.97954419999999</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>151.61250150000001</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>155.84499969999999</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>160.40250090000001</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>138.57727259999999</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>148.07749860000001</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>146.19285690000001</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>140.18571470000001</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>136.00277840000001</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>131.5250015</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>124.0095237</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>130.83809590000001</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>133.47380899999999</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>132.2375011</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>126.0880944</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>125.6900009</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>122.09749979999999</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>123.8840908</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>120.5283326</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>118.9333322</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>117.6861907</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>118.06428529999999</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>115.81428529999999</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>109.00238040000001</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>103.363478</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>97.63420988</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>114.9272728</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>111.29550020000001</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>99.955555390000001</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>103.4227278</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>99.416665399999999</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>94.378947210000007</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>91.747618900000006</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>91.893182229999994</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>116.72894890000001</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>106.76086960000001</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>94.584091189999995</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>97.354761400000001</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>97.413635249999999</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>110.0075001</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>128.54210459999999</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>113.28863699999999</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>103.7555555</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>115.21590980000001</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>113.8124996</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>106.52999990000001</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>96.723809739999993</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>105.18478260000001</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>118.9309525</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>122.80500069999999</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>107.5166668</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>112.47749899999999</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>121.3976193</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>124.5874989</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>127.47499929999999</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>129.06086930000001</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>132.48500060000001</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>149.86428620000001</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>156.22142830000001</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>169.13095240000001</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>181.9227267</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>189.03333459999999</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>202.25000080000001</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>223.2225014</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>234.73181640000001</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>236.4499984</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>247.56631630000001</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>222.89590939999999</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>225.23157939999999</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>218.83409119999999</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>231.49999919999999</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>216.9599983</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>224.20652039999999</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>225.76190550000001</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>199.13749999999999</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>164.3704994</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>165.21590839999999</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>158.94999899999999</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>183.0416658</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>179.62173859999999</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>191.26111259999999</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>186.97272699999999</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>177.66904700000001</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>179.50952369999999</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>155.06521810000001</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>168.11999969999999</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>155.63000030000001</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>176.44249880000001</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>194.79500049999999</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>186.9340904</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>191.88684480000001</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>189.85250020000001</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>224.3454548</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>209.8549988</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>227.05250090000001</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>236.33260780000001</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>242.9363625</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>255.47618829999999</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>254.11739119999999</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>279.03055319999999</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>323.3575012</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>334.11666870117188</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>402.36250000000001</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>390.92894865337172</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>376.33499908447266</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>372.25238182431178</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>336.88499755859374</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>296.83043504797894</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>338.47857230050221</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>385.49318209561437</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>393.16904703776044</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>407.21578818873354</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>375.71666463216144</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>356.15713936941967</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>317.55999755859375</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-5AEF-46C2-BB92-CFFC7D9D3917}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="590802832"/>
+        <c:axId val="590803816"/>
+      </c:lineChart>
+      <c:dateAx>
+        <c:axId val="590802832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="mmm\-yy" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="590803816"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblOffset val="100"/>
+        <c:baseTimeUnit val="months"/>
+        <c:majorUnit val="3"/>
+        <c:majorTimeUnit val="months"/>
+      </c:dateAx>
+      <c:valAx>
+        <c:axId val="590803816"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:min val="80"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="590802832"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+        <c:majorUnit val="20"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="pt-BR"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.511811024" r="0.511811024" t="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
+    <c:pageSetup orientation="portrait"/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="pt-BR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" b="1">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Preços médios mensais de café robusta - Londres</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="1">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" b="1">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> 1ª entrega  - US$/tonelada</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="pt-BR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>Café Robusta</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent6"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>[1]EXTERNO!$A$2:$A$200</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>42005</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>42036</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>42064</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>42095</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>42125</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42156</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42186</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>42217</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42248</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>42278</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>42309</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>42339</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>42370</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>42401</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>42430</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>42461</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>42491</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>42522</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>42552</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>42583</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>42614</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>42644</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>42675</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>42705</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>42736</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>42767</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>42795</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>42826</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>42856</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>42887</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>42917</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>42948</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>42979</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>43009</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>43040</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>43070</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>43101</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>43132</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>43160</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>43191</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>43221</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>43252</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>43282</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43313</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>43344</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>43374</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>43405</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43435</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>43466</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43497</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>43525</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>43556</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43586</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>43617</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>43647</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>43678</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>43709</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>43739</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>43770</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>43800</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>43831</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>43862</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>43891</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>43922</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>43952</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>43983</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>44013</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>44044</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>44075</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>44105</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>44136</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>44166</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44197</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>44228</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>44256</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>44287</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>44317</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44348</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>44378</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>44409</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>44440</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>44470</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>44501</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>44531</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>44562</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>44593</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>44621</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44652</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44682</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>44713</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>44743</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>44774</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>44805</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>44835</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>44866</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>44896</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>44927</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>44958</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>44986</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>45017</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>45047</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>45078</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>45108</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>45139</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>45170</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>45200</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>45231</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>45261</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>45292</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>45323</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>45352</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>45383</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>45413</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>45444</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>45474</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>45505</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>45536</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>45566</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>45597</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>46023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>46054</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>[1]EXTERNO!$K$2:$K$200</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>1930.7142859999999</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1925.444444</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1790.190476</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1784.7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1660.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1799.380952</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1819.3478259999999</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1649.857143</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1565.5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>1580.0476189999999</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>1544.65</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>1498.7619050000001</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>1389.85</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>1387.6315790000001</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>1415.636364</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>1521.25</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>1618.9047619999999</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>1658.136364</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>1792.333333</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>1798.818182</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>1936.05</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2080.3000000000002</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2143.35</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2075.5</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2213.6</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>2148.3571430000002</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>2151.380952</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>2080.2777780000001</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>1956.409091</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>2042.2380949999999</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>2148.2857140000001</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>2125.333333</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>2007.4</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>1996.0476189999999</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>1837.3</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>1723.85</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>1757.227273</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>1791.166667</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>1796.0476189999999</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>1727.9047619999999</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>1750.7619050000001</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>1720.9523810000001</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>1738.5238099999999</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>1644.2173909999999</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>1548.6315790000001</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>1679.090909</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>1625.65</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>1501.333333</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>1526.5</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>1527.7777779999999</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>1496.684211</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>1397</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>1349.5</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>1401.684211</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>1396.8260869999999</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>1302.727273</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>1302.9523810000001</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>1248.772727</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>1365.95</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>1390.9473680000001</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>1329.681818</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>1269.666667</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>1236.5454549999999</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>1161.0999999999999</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>1168.45</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>1172.4761900000001</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>1244.2173909999999</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>1443.619048</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>1457.35</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>1277.8888890000001</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>1367.75</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>1350.7142859999999</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>1324.3</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>1362.5</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>1380.6956520000001</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>1378.2</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>1484.2380949999999</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>1614.2857140000001</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>1792.0476189999999</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>1866.363636</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>2106.9523810000001</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>2155.75</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>2279.4</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>2414.0454549999999</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>2340.4761899999999</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>2268.2631580000002</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>2220.363636</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>2086.3157890000002</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>2079.5</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>2076.35</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>1973.1</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>2178.6521739999998</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>2247.8571430000002</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>2045.15</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>1845.75</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>1914.5454549999999</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>1959.818182</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>2077.5555559999998</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>2131.086957</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>2424.8888889999998</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>2622.363636</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>2742.7619049999998</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>2750.333333</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>2636.7391299999999</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>2613</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>2451.65</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>2620.5</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>2836.8</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>3211.909091</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>3191.578947</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>3384.65</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>4020.318182</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>3777.7</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>4281.3</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>4435.3043479999997</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>4717.9545449999996</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>5341.1428569999998</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>4753.5217389999998</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>4732.5555560000003</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>5109.3999999999996</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>5255.9523809523807</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>5623.55</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>5443.8421052631575</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>5217.45</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>4955.4761904761908</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>4198.6499999999996</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>3590.217391304348</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>4176.7142857142853</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>4594.772727272727</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>4504.4285714285716</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>4541.8421052631575</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>4121.2857142857147</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>4155.2857142857147</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>3893.6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-CDBC-45E1-AA47-B0F1B08BDE19}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="590802832"/>
+        <c:axId val="590803816"/>
+      </c:lineChart>
+      <c:dateAx>
+        <c:axId val="590802832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="mmm\-yy" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="590803816"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblOffset val="100"/>
+        <c:baseTimeUnit val="months"/>
+        <c:majorUnit val="3"/>
+        <c:majorTimeUnit val="months"/>
+      </c:dateAx>
+      <c:valAx>
+        <c:axId val="590803816"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:min val="1000"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="590802832"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+        <c:majorUnit val="300"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="pt-BR"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.511811024" r="0.511811024" t="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
+    <c:pageSetup orientation="portrait"/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="pt-BR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Preços médios mensais de Café Robusta - região</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> produtora ES</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-BR" sz="1000">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(Esalq - R$/60kg, robusta, bica corrida, tipo 6, peneira 13 acima, com 86 defeitos)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Região de referência: Colatina-ES e São Gabriel da Palha-ES</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.13998549730833199"/>
+          <c:y val="3.2000000000000002E-3"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="pt-BR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="7.8082906303378746E-2"/>
+          <c:y val="0.15592012598425198"/>
+          <c:w val="0.89228746406699166"/>
+          <c:h val="0.6538287874015748"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="34"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>Robusta, posto ES</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>[1]INTERNO!$A$2:$A$200</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>42005</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>42036</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>42064</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>42095</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>42125</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42156</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42186</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>42217</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42248</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>42278</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>42309</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>42339</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>42370</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>42401</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>42430</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>42461</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>42491</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>42522</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>42552</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>42583</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>42614</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>42644</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>42675</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>42705</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>42736</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>42767</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>42795</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>42826</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>42856</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>42887</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>42917</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>42948</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>42979</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>43009</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>43040</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>43070</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>43101</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>43132</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>43160</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>43191</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>43221</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>43252</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>43282</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43313</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>43344</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>43374</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>43405</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43435</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>43466</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43497</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>43525</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>43556</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43586</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>43617</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>43647</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>43678</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>43709</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>43739</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>43770</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>43800</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>43831</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>43862</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>43891</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>43922</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>43952</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>43983</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>44013</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>44044</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>44075</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>44105</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>44136</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>44166</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44197</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>44228</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>44256</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>44287</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>44317</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44348</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>44378</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>44409</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>44440</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>44470</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>44501</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>44531</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>44562</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>44593</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>44621</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44652</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44682</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>44713</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>44743</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>44774</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>44805</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>44835</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>44866</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>44896</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>44927</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>44958</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>44986</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>45017</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>45047</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>45078</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>45108</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>45139</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>45170</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>45200</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>45231</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>45261</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>45292</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>45323</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>45352</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>45383</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>45413</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>45444</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>45474</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>45505</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>45536</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>45566</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>45597</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>46023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>46054</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>[1]INTERNO!$K$2:$K$200</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>283.28618949999998</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>299.58055619999999</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>303.4418182</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>295.88450010000003</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>290.32600250000002</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>301.0295236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>307.28260870000003</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>325.68285700000001</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>340.8166678</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>363.942858</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>375.28050380000002</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>378.97683719999998</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>389.27050020000001</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>393.61105190000001</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>363.88045570000003</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>379.3314972</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>386.7166646</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>391.4081837</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>409.99095080000001</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>422.87652059999999</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>436.87571500000001</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>499.31315690000002</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>521.3145035</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>487.33050079999998</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>495.19772760000001</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>449.93555700000002</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>445.38904539999999</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>412.50823969999999</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>408.8163619</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>414.96190530000001</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>411.84142630000002</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>410.95363830000002</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>400.50499730000001</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>382.43809440000001</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>365.36100010000001</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>362.30736660000002</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>331.5709104</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>319.1294403</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>305.70000149999998</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>320.047619</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>330.7871457</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>335.35799709999998</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>332.38727219999998</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>319.25956530000002</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>319.38420830000001</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>331.70682040000003</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>332.35473469999999</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>309.44167069999997</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>304.21682179999999</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>305.14650269999998</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>302.8857888</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>288.40333340000001</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>279.4413619</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>289.42894380000001</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>283.47173939999999</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>281.8768144</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>288.81809629999998</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>288.12636359999999</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>305.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>311.78526069999998</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>303.4286333</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>308.08666649999998</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>320.77363589999999</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>331.59950409999999</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>354.69700010000003</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>338.9733334</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>354.19904869999999</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>390.1833307</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>395.33549799999997</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>399.43500089999998</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>409.987999</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>402.03667200000001</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>416.71400149999999</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>431.7706685</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>450.80956370000001</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>450.22350160000002</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>463.23666530000003</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>485.10095510000002</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>545.1238098</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>637.86999509999998</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>776.14705879999997</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>798.64999690000002</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>802.62200929999995</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>830.76809839999999</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>828.1604701</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>820.91444569999999</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>766.57818329999998</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>813.30388730000004</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>751.70272550000004</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>696.47250369999995</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>713.22450260000005</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>733.12652319999995</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>746.79237000000001</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>646.07650149999995</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>568.92250060000003</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>696.23817859999997</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>681.56500240000003</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>694.81111989999999</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>646.18772750000005</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>663.92945350000002</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>678.5218145</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>706.26285519999999</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>649.29143420000003</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>653.22826350000003</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>647.57369510000001</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>644.06550289999996</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>660.62500609999995</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>743.01631569999995</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>802.67226900000003</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>841.71895240000003</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>892.72999879999998</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>1099.6952510000001</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>1006.036188</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>1214.2155150000001</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>1270.405215</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>1497.458566</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>1497.458566</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>1417.98999</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>1581.5633270000001</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>1788.596497</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>1977.6781893643465</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>2050.0904846191406</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>2003.0205335115131</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>1692.3165100097656</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>1549.5885649181548</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>1260.4173583984375</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>1028.5321761421535</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>1250.337137858073</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>1373.3927223899148</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>1397.5590209960938</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>1384.45947265625</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>1305.9757196335565</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>1274.1318998790923</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>1094.2779785156249</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-D849-4B17-ADFE-AE864FD8071B}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="35"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:v>PM Café Robusta</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent6">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>[1]INTERNO!$A$2:$A$200</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>42005</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>42036</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>42064</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>42095</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>42125</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42156</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42186</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>42217</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42248</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>42278</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>42309</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>42339</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>42370</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>42401</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>42430</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>42461</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>42491</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>42522</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>42552</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>42583</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>42614</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>42644</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>42675</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>42705</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>42736</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>42767</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>42795</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>42826</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>42856</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>42887</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>42917</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>42948</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>42979</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>43009</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>43040</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>43070</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>43101</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>43132</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>43160</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>43191</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>43221</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>43252</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>43282</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43313</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>43344</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>43374</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>43405</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43435</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>43466</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43497</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>43525</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>43556</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43586</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>43617</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>43647</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>43678</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>43709</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>43739</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>43770</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>43800</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>43831</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>43862</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>43891</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>43922</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>43952</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>43983</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>44013</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>44044</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>44075</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>44105</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>44136</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>44166</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44197</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>44228</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>44256</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>44287</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>44317</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44348</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>44378</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>44409</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>44440</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>44470</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>44501</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>44531</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>44562</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>44593</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>44621</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44652</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44682</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>44713</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>44743</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>44774</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>44805</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>44835</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>44866</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>44896</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>44927</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>44958</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>44986</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>45017</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>45047</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>45078</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>45108</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>45139</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>45170</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>45200</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>45231</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>45261</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>45292</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>45323</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>45352</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>45383</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>45413</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>45444</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>45474</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>45505</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>45536</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>45566</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>45597</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>46023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>46054</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>[1]INTERNO!$L$2:$L$200</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>180.8000031</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>180.8000031</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>180.8000031</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>193.53999329999999</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>208.1900024</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>223.5899963</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>202.1900024</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>210.13000489999999</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>242.3099976</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>263.92999270000001</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>434.82000729999999</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>460.01998900000001</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>423.07998659999998</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>423.07998657226563</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-D849-4B17-ADFE-AE864FD8071B}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="589806832"/>
+        <c:axId val="589798304"/>
+      </c:lineChart>
+      <c:dateAx>
+        <c:axId val="589806832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="[$-416]mmm\-yy;@" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="589798304"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblOffset val="100"/>
+        <c:baseTimeUnit val="months"/>
+        <c:majorUnit val="3"/>
+        <c:majorTimeUnit val="months"/>
+      </c:dateAx>
+      <c:valAx>
+        <c:axId val="589798304"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="589806832"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+        <c:majorUnit val="100"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="pt-BR"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="pt-BR"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.511811024" r="0.511811024" t="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="pt-BR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0">
+              <a:defRPr lang="pt-BR" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Preços médios mensais de Café Arábica - posto SP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0">
+              <a:defRPr lang="pt-BR" sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>(Esalq - R$/60kg, arábica, bica corrida, tipo 6, bebida dura para melhor)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" rtl="0">
+              <a:defRPr lang="pt-BR" sz="1000">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Região de referência: Cerrado e Sul de MG, Mogiana-SP e noroeste do PR</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr" rtl="0">
+            <a:defRPr lang="pt-BR" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="pt-BR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="34"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>Arábica, posto SP</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>[1]INTERNO!$A$2:$A$200</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>42005</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>42036</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>42064</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>42095</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>42125</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42156</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42186</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>42217</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42248</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>42278</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>42309</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>42339</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>42370</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>42401</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>42430</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>42461</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>42491</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>42522</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>42552</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>42583</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>42614</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>42644</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>42675</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>42705</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>42736</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>42767</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>42795</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>42826</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>42856</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>42887</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>42917</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>42948</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>42979</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>43009</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>43040</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>43070</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>43101</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>43132</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>43160</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>43191</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>43221</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>43252</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>43282</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43313</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>43344</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>43374</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>43405</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43435</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>43466</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43497</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>43525</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>43556</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43586</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>43617</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>43647</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>43678</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>43709</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>43739</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>43770</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>43800</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>43831</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>43862</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>43891</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>43922</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>43952</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>43983</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>44013</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>44044</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>44075</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>44105</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>44136</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>44166</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44197</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>44228</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>44256</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>44287</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>44317</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44348</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>44378</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>44409</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>44440</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>44470</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>44501</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>44531</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>44562</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>44593</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>44621</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44652</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44682</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>44713</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>44743</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>44774</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>44805</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>44835</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>44866</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>44896</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>44927</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>44958</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>44986</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>45017</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>45047</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>45078</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>45108</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>45139</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>45170</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>45200</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>45231</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>45261</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>45292</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>45323</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>45352</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>45383</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>45413</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>45444</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>45474</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>45505</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>45536</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>45566</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>45597</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>46023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>46054</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>[1]INTERNO!$I$2:$I$200</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>465.9257144</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>459.99332850000002</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>447.10181770000003</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>445.68550260000001</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>421.94549710000001</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>424.02285769999997</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>414.49825920000001</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>454.98095119999999</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>456.95428179999999</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>478.10952320000001</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>469.39400180000001</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>479.50526350000001</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>491.31299899999999</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>489.82420910000002</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>491.06545469999998</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>466.70650180000001</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>460.36666719999999</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>484.87227280000002</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>498.51666699999998</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>479.0373907</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>502.94666840000002</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>509.52789310000003</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>556.74449770000001</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>502.43400270000001</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>514.23181150000005</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>508.65389340000002</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>485.46523610000003</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>468.21411490000003</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>455.68818249999998</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>445.8509507</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>451.9042852</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>459.35954559999999</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>453.46299900000002</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>445.95000199999998</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>452.8764999</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>447.36263229999997</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>446.42227170000001</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>438.3266686</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>430.09499970000002</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>430.71238349999999</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>451.01904880000001</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>452.1685013</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>439.24545289999998</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>421.15521510000002</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>415.39105219999999</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>441.2309113</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>441.65263290000001</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>420.32277929999998</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>410.87090790000002</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>407.69950260000002</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>395.60841770000002</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>384.35285729999998</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>389.03681949999998</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>411.93631779999998</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>423.6678268</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>408.74318490000002</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>430.62952239999998</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>421.8381819</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>475.11299739999998</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>545.17052899999999</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>493.03272729999998</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>481.90500220000001</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>556.28408809999996</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>584.55950319999999</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>574.15850220000004</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>483.24904959999998</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>506.29904759999999</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>578.84809510000002</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>565.79200130000004</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>536.68222379999997</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>565.46750180000004</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>594.63666929999999</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>639.71049800000003</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>688.52333169999997</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>731.86217199999999</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>744.13749689999997</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>822.23856899999998</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>850.96285869999997</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>917.5876174</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>1033.924538</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>1087.422945</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>1222.201495</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>1347.7280029999999</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>1452.1547559999999</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>1482.5890360000001</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>1488.1761140000001</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>1284.4104560000001</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>1252.3011140000001</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>1261.0818200000001</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>1330.2059999999999</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>1318.787</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>1302.1595669999999</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>1297.9300009999999</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>1135.4920070000001</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>962.21300350000001</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>1013.523179</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>1009.26954</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>1129.529446</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>1104.2145390000001</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>1106.3577680000001</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>1039.8772690000001</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>928.86143279999999</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>819.61094739999999</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>826.89043130000005</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>811.55947719999995</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>828.51949460000003</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>888.00400090000005</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>974.45578479999995</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>990.63636640000004</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>1008.881052</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>1013.917004</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>1222.457142</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>1175.4247580000001</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>1349.215015</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>1419.7169510000001</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>1472.7347589999999</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>1472.7347589999999</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>1489.826366</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>1790.4677730000001</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>2158.6480040000001</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>2332.867265181108</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>2627.7940185546877</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>2544.7152677837171</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>2523.9310058593751</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>2484.2919340587796</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>2133.983154296875</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>1777.8852114470108</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>2008.124767485119</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>2237.7954434481535</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>2230.9624755859377</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>2245.1557874177633</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>2202.2447567894346</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>2178.8228469122023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>1952.8560302734375</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-194F-4DD1-A991-8FD05A804B60}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="35"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:v>PM Café Arábica</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent6">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>[1]INTERNO!$A$2:$A$200</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>42005</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>42036</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>42064</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>42095</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>42125</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42156</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42186</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>42217</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42248</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>42278</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>42309</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>42339</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>42370</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>42401</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>42430</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>42461</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>42491</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>42522</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>42552</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>42583</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>42614</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>42644</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>42675</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>42705</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>42736</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>42767</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>42795</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>42826</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>42856</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>42887</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>42917</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>42948</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>42979</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>43009</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>43040</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>43070</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>43101</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>43132</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>43160</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>43191</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>43221</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>43252</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>43282</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43313</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>43344</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>43374</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>43405</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>43435</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>43466</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43497</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>43525</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>43556</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43586</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>43617</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>43647</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>43678</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>43709</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>43739</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>43770</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>43800</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>43831</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>43862</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>43891</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>43922</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>43952</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>43983</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>44013</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>44044</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>44075</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>44105</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>44136</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>44166</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>44197</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>44228</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>44256</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>44287</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>44317</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>44348</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>44378</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>44409</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>44440</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>44470</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>44501</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>44531</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>44562</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>44593</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>44621</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>44652</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>44682</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>44713</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>44743</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>44774</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>44805</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>44835</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>44866</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>44896</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>44927</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>44958</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>44986</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>45017</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>45047</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>45078</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>45108</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>45139</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>45170</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>45200</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>45231</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>45261</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>45292</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>45323</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>45352</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>45383</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>45413</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>45444</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>45474</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>45505</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>45536</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>45566</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>45597</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>46023</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>46054</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>[1]INTERNO!$J$2:$J$200</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="175"/>
+                <c:pt idx="0">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>307</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>330.23999020000002</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>333.02999879999999</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>341.2099915</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>362.52999879999999</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>364.0899963</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="81">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="82">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="83">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="84">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="85">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="86">
+                  <c:v>369.39999390000003</c:v>
+                </c:pt>
+                <c:pt idx="87">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="88">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="89">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="90">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="91">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="92">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="93">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="94">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="95">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="96">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="97">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="98">
+                  <c:v>606.6599731</c:v>
+                </c:pt>
+                <c:pt idx="99">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="100">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="101">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="102">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="103">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="104">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="105">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="106">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="107">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="108">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="109">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="110">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="111">
+                  <c:v>684.1599731</c:v>
+                </c:pt>
+                <c:pt idx="112">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="113">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="114">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="115">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="116">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="117">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="118">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="119">
+                  <c:v>637.9099731</c:v>
+                </c:pt>
+                <c:pt idx="120">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="121">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="122">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="123">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="124">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="125">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="126">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="127">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="128">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="129">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="130">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="131">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="132">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+                <c:pt idx="133">
+                  <c:v>637.90997314453125</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-194F-4DD1-A991-8FD05A804B60}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="589806832"/>
+        <c:axId val="589798304"/>
+      </c:lineChart>
+      <c:dateAx>
+        <c:axId val="589806832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="[$-416]mmm\-yy;@" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="589798304"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblOffset val="100"/>
+        <c:baseTimeUnit val="months"/>
+        <c:majorUnit val="3"/>
+        <c:majorTimeUnit val="months"/>
+      </c:dateAx>
+      <c:valAx>
+        <c:axId val="589798304"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="pt-BR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="589806832"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+        <c:majorUnit val="200"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="pt-BR"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="pt-BR"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.511811024" r="0.511811024" t="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="276">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="276">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>7905750</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>12211</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Imagem 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A45F280F-F151-FDD9-252F-F56C6A3EE027}"/>
             </a:ext>
           </a:extLst>
@@ -3125,110 +11634,218 @@
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
             <a:defRPr sz="1800" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:fld id="{2E3FEBE1-2F8F-41A6-BBE8-BB64FE5EE2F7}" type="TxLink">
             <a:rPr lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:pPr algn="ctr"/>
-            <a:t>janeiro-2026</a:t>
+            <a:t>fevereiro-2026</a:t>
           </a:fld>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>585742</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>91274</xdr:rowOff>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>85726</xdr:rowOff>
     </xdr:to>
-    <xdr:pic>
-[...1 lines deleted...]
-        <xdr:cNvPr id="2" name="Imagem 1">
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="5" name="Gráfico 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF1E0248-124C-494C-C86D-EE659AE46903}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6E0C947-45C7-43E9-87E8-8F0872DDC1CF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr>
-[...18 lines deleted...]
-    </xdr:pic>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>123826</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="9" name="Gráfico 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B63974B-F197-4C43-B979-74694E37CFD7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>144780</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>144780</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="10" name="Gráfico 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF9B4EEA-5E8B-41EB-8B36-CACD663B1029}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>79375</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>79375</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="11" name="Gráfico 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CA33136-5A46-42D8-AC46-33468E464F20}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Mapa\Sum&#225;rios\Atualizar\Pre&#231;os%20M&#233;dios%20Gr&#225;ficos.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Mapa/Sum&#225;rios/Atualizar/Pre&#231;os%20M&#233;dios%20Gr&#225;ficos.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="INTERNO"/>
       <sheetName val="EXTERNO"/>
       <sheetName val="Dt CAPA SUMARIOS"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="2">
           <cell r="A2">
             <v>41275</v>
@@ -5864,59 +14481,76 @@
             <v>423.07998657226563</v>
           </cell>
         </row>
         <row r="157">
           <cell r="A157">
             <v>45992</v>
           </cell>
           <cell r="I157">
             <v>2202.2447567894346</v>
           </cell>
           <cell r="J157">
             <v>637.90997314453125</v>
           </cell>
           <cell r="K157">
             <v>1305.9757196335565</v>
           </cell>
           <cell r="L157">
             <v>423.07998657226563</v>
           </cell>
         </row>
         <row r="158">
           <cell r="A158">
             <v>46023</v>
           </cell>
           <cell r="I158">
-            <v>2226.016642252604</v>
+            <v>2178.8228469122023</v>
           </cell>
           <cell r="J158">
             <v>637.90997314453125</v>
           </cell>
           <cell r="K158">
-            <v>1271.6333414713542</v>
+            <v>1274.1318998790923</v>
           </cell>
           <cell r="L158">
+            <v>423.07998657226563</v>
+          </cell>
+        </row>
+        <row r="159">
+          <cell r="A159">
+            <v>46054</v>
+          </cell>
+          <cell r="I159">
+            <v>1952.8560302734375</v>
+          </cell>
+          <cell r="J159">
+            <v>637.90997314453125</v>
+          </cell>
+          <cell r="K159">
+            <v>1094.2779785156249</v>
+          </cell>
+          <cell r="L159">
             <v>423.07998657226563</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1">
         <row r="2">
           <cell r="A2">
             <v>41275</v>
           </cell>
           <cell r="F2">
             <v>176.3681814</v>
           </cell>
           <cell r="K2">
             <v>1998.772727</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3">
             <v>41306</v>
           </cell>
           <cell r="F3">
             <v>172.52222190000001</v>
           </cell>
           <cell r="K3">
             <v>2048.166667</v>
@@ -7599,135 +16233,146 @@
             <v>45962</v>
           </cell>
           <cell r="F156">
             <v>407.21578818873354</v>
           </cell>
           <cell r="K156">
             <v>4541.8421052631575</v>
           </cell>
         </row>
         <row r="157">
           <cell r="A157">
             <v>45992</v>
           </cell>
           <cell r="F157">
             <v>375.71666463216144</v>
           </cell>
           <cell r="K157">
             <v>4121.2857142857147</v>
           </cell>
         </row>
         <row r="158">
           <cell r="A158">
             <v>46023</v>
           </cell>
           <cell r="F158">
-            <v>363.48333231608075</v>
+            <v>356.15713936941967</v>
           </cell>
           <cell r="K158">
-            <v>4106.333333333333</v>
+            <v>4155.2857142857147</v>
+          </cell>
+        </row>
+        <row r="159">
+          <cell r="A159">
+            <v>46054</v>
+          </cell>
+          <cell r="F159">
+            <v>317.55999755859375</v>
+          </cell>
+          <cell r="K159">
+            <v>3893.6</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46002.561439699071" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="44" xr:uid="{64E34988-DF49-4DC0-AD46-6FAFF7FE258C}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46065.447079861115" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="44" xr:uid="{64E34988-DF49-4DC0-AD46-6FAFF7FE258C}">
   <cacheSource type="worksheet">
     <worksheetSource name="usda_consulta_cafe"/>
   </cacheSource>
   <cacheFields count="15">
     <cacheField name="Produto_" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Pais_" numFmtId="0">
       <sharedItems count="4">
         <s v="Brasil"/>
         <s v="Colômbia"/>
         <s v="Vietnã"/>
         <s v="Mundo"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Ano_" numFmtId="0">
       <sharedItems count="12">
         <s v="2015/2016"/>
         <s v="2016/2017"/>
         <s v="2017/2018"/>
         <s v="2018/2019"/>
         <s v="2019/2020"/>
         <s v="2020/2021"/>
         <s v="2021/2022"/>
         <s v="2022/2023"/>
         <s v="2023/2024"/>
         <s v="2024/2025"/>
         <s v="2025/2026"/>
         <s v="2014/2015" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Estoque_Inicial" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.254" maxValue="43.131999999999998"/>
     </cacheField>
     <cacheField name="Produção_Arabica" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.95" maxValue="104.926"/>
     </cacheField>
     <cacheField name="Produção_Robusta" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0" maxValue="81.658000000000001"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0" maxValue="83.332999999999998"/>
     </cacheField>
     <cacheField name="Producao_" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="10.7" maxValue="178.68"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="10.7" maxValue="178.84800000000001"/>
     </cacheField>
     <cacheField name="Importacao_" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="6.0999999999999999E-2" maxValue="140.846"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="6.0999999999999999E-2" maxValue="143.94"/>
     </cacheField>
     <cacheField name="Suprimento_Total" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="13.645" maxValue="346.31299999999999"/>
     </cacheField>
     <cacheField name="Exportacao_" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="10.61" maxValue="148.53299999999999"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="10.61" maxValue="150.095"/>
     </cacheField>
     <cacheField name="Consumo_Domestico" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="1.415" maxValue="169.363"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="1.415" maxValue="173.852"/>
     </cacheField>
     <cacheField name="Estoque_Final" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.254" maxValue="37.494"/>
     </cacheField>
     <cacheField name="Exportação_Grao" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="9.4499999999999993" maxValue="122.253"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="9.4499999999999993" maxValue="123.825"/>
     </cacheField>
     <cacheField name="Exportação_Torrado" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.02" maxValue="6.5170000000000003"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.02" maxValue="6.7169999999999996"/>
     </cacheField>
     <cacheField name="Exportação_Soluvel" numFmtId="0">
-      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.8" maxValue="19.763000000000002"/>
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.8" maxValue="19.634"/>
     </cacheField>
   </cacheFields>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
       <x14:pivotCacheDefinition/>
     </ext>
   </extLst>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="44">
   <r>
     <s v="Café Verde"/>
     <x v="0"/>
     <x v="0"/>
     <n v="9.3049999999999997"/>
     <n v="36.1"/>
     <n v="13.3"/>
     <n v="49.4"/>
     <n v="6.5000000000000002E-2"/>
     <n v="58.77"/>
     <n v="35.542999999999999"/>
     <n v="20.855"/>
     <n v="2.3719999999999999"/>
@@ -7854,76 +16499,76 @@
     <n v="4.4999999999999998E-2"/>
     <n v="3.9"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="0"/>
     <x v="8"/>
     <n v="4.62"/>
     <n v="44.9"/>
     <n v="21.4"/>
     <n v="66.3"/>
     <n v="7.4999999999999997E-2"/>
     <n v="70.995000000000005"/>
     <n v="46.75"/>
     <n v="22.16"/>
     <n v="2.085"/>
     <n v="43.1"/>
     <n v="0.05"/>
     <n v="3.6"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="0"/>
     <x v="9"/>
     <n v="2.085"/>
-    <n v="43.7"/>
+    <n v="44"/>
     <n v="21"/>
-    <n v="64.7"/>
+    <n v="65"/>
     <n v="7.4999999999999997E-2"/>
-    <n v="66.86"/>
-    <n v="44.25"/>
+    <n v="67.16"/>
+    <n v="44.75"/>
     <n v="21.97"/>
-    <n v="0.64"/>
-    <n v="40.5"/>
+    <n v="0.44"/>
+    <n v="41"/>
     <n v="0.05"/>
     <n v="3.7"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="0"/>
     <x v="10"/>
-    <n v="0.64"/>
-[...2 lines deleted...]
-    <n v="65"/>
+    <n v="0.44"/>
+    <n v="38"/>
+    <n v="25"/>
+    <n v="63"/>
     <n v="7.4999999999999997E-2"/>
-    <n v="65.715000000000003"/>
-    <n v="41.75"/>
+    <n v="63.515000000000001"/>
+    <n v="40.75"/>
     <n v="22.28"/>
-    <n v="1.6850000000000001"/>
-    <n v="38"/>
+    <n v="0.48499999999999999"/>
+    <n v="37"/>
     <n v="0.05"/>
     <n v="3.7"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="1"/>
     <x v="0"/>
     <n v="0.67100000000000004"/>
     <n v="14"/>
     <n v="0"/>
     <n v="14"/>
     <n v="0.26500000000000001"/>
     <n v="14.936"/>
     <n v="12.39"/>
     <n v="1.415"/>
     <n v="1.131"/>
     <n v="11.49"/>
     <n v="0.1"/>
     <n v="0.8"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="1"/>
     <x v="1"/>
     <n v="1.131"/>
@@ -8027,92 +16672,92 @@
   <r>
     <s v="Café Verde"/>
     <x v="1"/>
     <x v="7"/>
     <n v="0.76"/>
     <n v="10.7"/>
     <n v="0"/>
     <n v="10.7"/>
     <n v="2.1850000000000001"/>
     <n v="13.645"/>
     <n v="10.61"/>
     <n v="2.15"/>
     <n v="0.88500000000000001"/>
     <n v="9.4499999999999993"/>
     <n v="0.21"/>
     <n v="0.95"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="1"/>
     <x v="8"/>
     <n v="0.88500000000000001"/>
     <n v="12.76"/>
     <n v="0"/>
     <n v="12.76"/>
-    <n v="1.0329999999999999"/>
-[...2 lines deleted...]
-    <n v="2.23"/>
+    <n v="1.018"/>
+    <n v="14.663"/>
+    <n v="11.77"/>
+    <n v="2.2250000000000001"/>
     <n v="0.66800000000000004"/>
     <n v="10.7"/>
     <n v="0.23"/>
-    <n v="0.85"/>
+    <n v="0.84"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="1"/>
     <x v="9"/>
     <n v="0.66800000000000004"/>
-    <n v="13.2"/>
+    <n v="14.8"/>
     <n v="0"/>
-    <n v="13.2"/>
-[...7 lines deleted...]
-    <n v="0.9"/>
+    <n v="14.8"/>
+    <n v="0.98"/>
+    <n v="16.448"/>
+    <n v="13.38"/>
+    <n v="2.15"/>
+    <n v="0.91800000000000004"/>
+    <n v="12.2"/>
+    <n v="0.22"/>
+    <n v="0.96"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="1"/>
     <x v="10"/>
-    <n v="0.47299999999999998"/>
-    <n v="12.5"/>
+    <n v="0.91800000000000004"/>
+    <n v="13.8"/>
     <n v="0"/>
-    <n v="12.5"/>
-[...5 lines deleted...]
-    <n v="10.7"/>
+    <n v="13.8"/>
+    <n v="1.0649999999999999"/>
+    <n v="15.782999999999999"/>
+    <n v="12.55"/>
+    <n v="2.27"/>
+    <n v="0.96299999999999997"/>
+    <n v="11.5"/>
     <n v="0.2"/>
-    <n v="0.9"/>
+    <n v="0.85"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="2"/>
     <x v="0"/>
     <n v="6.3360000000000003"/>
     <n v="1.1000000000000001"/>
     <n v="27.83"/>
     <n v="28.93"/>
     <n v="0.63"/>
     <n v="35.896000000000001"/>
     <n v="29.065000000000001"/>
     <n v="2.63"/>
     <n v="4.2009999999999996"/>
     <n v="26.515000000000001"/>
     <n v="0.55000000000000004"/>
     <n v="2"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="2"/>
     <x v="1"/>
     <n v="4.2009999999999996"/>
     <n v="1.1000000000000001"/>
     <n v="25.6"/>
@@ -8231,72 +16876,72 @@
   <r>
     <s v="Café Verde"/>
     <x v="2"/>
     <x v="8"/>
     <n v="0.83899999999999997"/>
     <n v="1"/>
     <n v="26.55"/>
     <n v="27.55"/>
     <n v="0.8"/>
     <n v="29.189"/>
     <n v="24.4"/>
     <n v="3.9"/>
     <n v="0.88900000000000001"/>
     <n v="22"/>
     <n v="0.4"/>
     <n v="2"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="2"/>
     <x v="9"/>
     <n v="0.88900000000000001"/>
     <n v="1"/>
     <n v="28"/>
     <n v="29"/>
-    <n v="0.85"/>
-[...4 lines deleted...]
-    <n v="23"/>
+    <n v="1.2"/>
+    <n v="31.088999999999999"/>
+    <n v="25.2"/>
+    <n v="4.8"/>
+    <n v="1.089"/>
+    <n v="22.35"/>
     <n v="0.5"/>
-    <n v="2.2999999999999998"/>
+    <n v="2.35"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="2"/>
     <x v="10"/>
-    <n v="0.93899999999999995"/>
-[...4 lines deleted...]
-    <n v="32.738999999999997"/>
+    <n v="1.089"/>
+    <n v="1.2"/>
+    <n v="29.6"/>
+    <n v="30.8"/>
+    <n v="1.3"/>
+    <n v="33.189"/>
     <n v="27.9"/>
-    <n v="4"/>
-    <n v="0.83899999999999997"/>
+    <n v="4.9000000000000004"/>
+    <n v="0.38900000000000001"/>
     <n v="24.6"/>
     <n v="0.7"/>
     <n v="2.6"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="0"/>
     <n v="43.131999999999998"/>
     <n v="86.135000000000005"/>
     <n v="66.293999999999997"/>
     <n v="152.429"/>
     <n v="126.42100000000001"/>
     <n v="321.98200000000003"/>
     <n v="133.845"/>
     <n v="153.18600000000001"/>
     <n v="34.951000000000001"/>
     <n v="112.36"/>
     <n v="4.1509999999999998"/>
     <n v="17.334"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="1"/>
@@ -8367,136 +17012,136 @@
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="5"/>
     <n v="35.808"/>
     <n v="102.11"/>
     <n v="74.438999999999993"/>
     <n v="176.54900000000001"/>
     <n v="132.126"/>
     <n v="344.483"/>
     <n v="144.89599999999999"/>
     <n v="162.09299999999999"/>
     <n v="37.494"/>
     <n v="121.158"/>
     <n v="5.516"/>
     <n v="18.222000000000001"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="6"/>
     <n v="37.494"/>
     <n v="87.088999999999999"/>
     <n v="77.954999999999998"/>
     <n v="165.04400000000001"/>
-    <n v="140.846"/>
-    <n v="343.38400000000001"/>
+    <n v="140.86099999999999"/>
+    <n v="343.399"/>
     <n v="143.57599999999999"/>
-    <n v="167.86799999999999"/>
+    <n v="167.88300000000001"/>
     <n v="31.94"/>
     <n v="118.953"/>
     <n v="5.7169999999999996"/>
     <n v="18.905999999999999"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="7"/>
     <n v="31.94"/>
     <n v="87.783000000000001"/>
     <n v="76.605999999999995"/>
     <n v="164.38900000000001"/>
-    <n v="133.953"/>
-    <n v="330.28199999999998"/>
+    <n v="133.91800000000001"/>
+    <n v="330.24700000000001"/>
     <n v="134.559"/>
-    <n v="168.78899999999999"/>
+    <n v="168.75399999999999"/>
     <n v="26.934000000000001"/>
     <n v="110.94"/>
     <n v="5.7140000000000004"/>
     <n v="17.905000000000001"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="8"/>
     <n v="26.934000000000001"/>
     <n v="97.24"/>
     <n v="72.105000000000004"/>
     <n v="169.345"/>
-    <n v="134.20500000000001"/>
-[...2 lines deleted...]
-    <n v="163.92099999999999"/>
+    <n v="134.27500000000001"/>
+    <n v="330.55399999999997"/>
+    <n v="143.465"/>
+    <n v="163.96799999999999"/>
     <n v="23.120999999999999"/>
-    <n v="119.127"/>
+    <n v="119.18"/>
     <n v="6.1589999999999998"/>
-    <n v="18.155999999999999"/>
+    <n v="18.126000000000001"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="9"/>
     <n v="23.120999999999999"/>
-    <n v="98.691999999999993"/>
-[...9 lines deleted...]
-    <n v="19.181999999999999"/>
+    <n v="100.203"/>
+    <n v="75.113"/>
+    <n v="175.316"/>
+    <n v="141.79900000000001"/>
+    <n v="340.23599999999999"/>
+    <n v="147.37299999999999"/>
+    <n v="171.55600000000001"/>
+    <n v="21.306999999999999"/>
+    <n v="121.488"/>
+    <n v="6.2510000000000003"/>
+    <n v="19.634"/>
   </r>
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="10"/>
-    <n v="21.751999999999999"/>
-[...10 lines deleted...]
-    <n v="19.763000000000002"/>
+    <n v="21.306999999999999"/>
+    <n v="95.515000000000001"/>
+    <n v="83.332999999999998"/>
+    <n v="178.84800000000001"/>
+    <n v="143.94"/>
+    <n v="344.09500000000003"/>
+    <n v="150.095"/>
+    <n v="173.852"/>
+    <n v="20.148"/>
+    <n v="123.825"/>
+    <n v="6.7169999999999996"/>
+    <n v="19.553000000000001"/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{4AF20F0C-E68D-4849-9767-345518F70C69}" name="Tabela dinâmica1" cacheId="41" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{4AF20F0C-E68D-4849-9767-345518F70C69}" name="Tabela dinâmica1" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:I36" firstHeaderRow="0" firstDataRow="1" firstDataCol="1"/>
   <pivotFields count="15">
     <pivotField showAll="0"/>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="4">
         <item x="2"/>
         <item x="3"/>
         <item x="1"/>
         <item h="1" x="0"/>
       </items>
       <autoSortScope>
         <pivotArea dataOnly="0" outline="0" fieldPosition="0">
           <references count="1">
             <reference field="4294967294" count="1" selected="0">
               <x v="3"/>
             </reference>
           </references>
         </pivotArea>
       </autoSortScope>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
       <items count="13">
         <item h="1" m="1" x="11"/>
         <item h="1" x="0"/>
         <item x="1"/>
@@ -9086,2150 +17731,2150 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05E33453-A0D7-4D10-9CB3-0AB2DFF16696}">
   <dimension ref="A1:O45"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView topLeftCell="A17" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="17" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C1" t="s">
         <v>84</v>
       </c>
-      <c r="B1" t="s">
+      <c r="D1" t="s">
         <v>85</v>
       </c>
-      <c r="C1" t="s">
+      <c r="E1" t="s">
         <v>86</v>
       </c>
-      <c r="D1" t="s">
+      <c r="F1" t="s">
         <v>87</v>
       </c>
-      <c r="E1" t="s">
+      <c r="G1" t="s">
         <v>88</v>
       </c>
-      <c r="F1" t="s">
+      <c r="H1" t="s">
         <v>89</v>
       </c>
-      <c r="G1" t="s">
+      <c r="I1" t="s">
         <v>90</v>
       </c>
-      <c r="H1" t="s">
+      <c r="J1" t="s">
         <v>91</v>
       </c>
-      <c r="I1" t="s">
+      <c r="K1" t="s">
         <v>92</v>
       </c>
-      <c r="J1" t="s">
+      <c r="L1" t="s">
         <v>93</v>
       </c>
-      <c r="K1" t="s">
+      <c r="M1" t="s">
         <v>94</v>
       </c>
-      <c r="L1" t="s">
+      <c r="N1" t="s">
         <v>95</v>
       </c>
-      <c r="M1" t="s">
+      <c r="O1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D2">
         <v>9.3049999999999997</v>
       </c>
       <c r="E2">
         <v>36.1</v>
       </c>
       <c r="F2">
         <v>13.3</v>
       </c>
       <c r="G2">
         <v>49.4</v>
       </c>
       <c r="H2">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="I2">
         <v>58.77</v>
       </c>
       <c r="J2">
         <v>35.542999999999999</v>
       </c>
       <c r="K2">
         <v>20.855</v>
       </c>
       <c r="L2">
         <v>2.3719999999999999</v>
       </c>
       <c r="M2">
         <v>31.87</v>
       </c>
       <c r="N2">
         <v>2.8000000000000001E-2</v>
       </c>
       <c r="O2">
         <v>3.645</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D3">
         <v>2.3719999999999999</v>
       </c>
       <c r="E3">
         <v>45.6</v>
       </c>
       <c r="F3">
         <v>10.5</v>
       </c>
       <c r="G3">
         <v>56.1</v>
       </c>
       <c r="H3">
         <v>6.2E-2</v>
       </c>
       <c r="I3">
         <v>58.533999999999999</v>
       </c>
       <c r="J3">
         <v>33.081000000000003</v>
       </c>
       <c r="K3">
         <v>21.625</v>
       </c>
       <c r="L3">
         <v>3.8279999999999998</v>
       </c>
       <c r="M3">
         <v>29.324999999999999</v>
       </c>
       <c r="N3">
         <v>3.1E-2</v>
       </c>
       <c r="O3">
         <v>3.7250000000000001</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D4">
         <v>3.8279999999999998</v>
       </c>
       <c r="E4">
         <v>39.5</v>
       </c>
       <c r="F4">
         <v>12.6</v>
       </c>
       <c r="G4">
         <v>52.1</v>
       </c>
       <c r="H4">
         <v>6.0999999999999999E-2</v>
       </c>
       <c r="I4">
         <v>55.988999999999997</v>
       </c>
       <c r="J4">
         <v>30.454000000000001</v>
       </c>
       <c r="K4">
         <v>22.42</v>
       </c>
       <c r="L4">
         <v>3.1150000000000002</v>
       </c>
       <c r="M4">
         <v>26.937999999999999</v>
       </c>
       <c r="N4">
         <v>0.02</v>
       </c>
       <c r="O4">
         <v>3.496</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D5">
         <v>3.1150000000000002</v>
       </c>
       <c r="E5">
         <v>49.7</v>
       </c>
       <c r="F5">
         <v>16.8</v>
       </c>
       <c r="G5">
         <v>66.5</v>
       </c>
       <c r="H5">
         <v>6.7000000000000004E-2</v>
       </c>
       <c r="I5">
         <v>69.682000000000002</v>
       </c>
       <c r="J5">
         <v>41.426000000000002</v>
       </c>
       <c r="K5">
         <v>23.2</v>
       </c>
       <c r="L5">
         <v>5.056</v>
       </c>
       <c r="M5">
         <v>37.378999999999998</v>
       </c>
       <c r="N5">
         <v>2.4E-2</v>
       </c>
       <c r="O5">
         <v>4.0229999999999997</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D6">
         <v>5.056</v>
       </c>
       <c r="E6">
         <v>42</v>
       </c>
       <c r="F6">
         <v>18.5</v>
       </c>
       <c r="G6">
         <v>60.5</v>
       </c>
       <c r="H6">
         <v>6.7000000000000004E-2</v>
       </c>
       <c r="I6">
         <v>65.623000000000005</v>
       </c>
       <c r="J6">
         <v>40.256</v>
       </c>
       <c r="K6">
         <v>22.994</v>
       </c>
       <c r="L6">
         <v>2.3730000000000002</v>
       </c>
       <c r="M6">
         <v>36.19</v>
       </c>
       <c r="N6">
         <v>2.5999999999999999E-2</v>
       </c>
       <c r="O6">
         <v>4.04</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D7">
         <v>2.3730000000000002</v>
       </c>
       <c r="E7">
         <v>49.7</v>
       </c>
       <c r="F7">
         <v>20.2</v>
       </c>
       <c r="G7">
         <v>69.900000000000006</v>
       </c>
       <c r="H7">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="I7">
         <v>72.344999999999999</v>
       </c>
       <c r="J7">
         <v>45.674999999999997</v>
       </c>
       <c r="K7">
         <v>22.28</v>
       </c>
       <c r="L7">
         <v>4.3899999999999997</v>
       </c>
       <c r="M7">
         <v>41.689</v>
       </c>
       <c r="N7">
         <v>3.2000000000000001E-2</v>
       </c>
       <c r="O7">
         <v>3.9540000000000002</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D8">
         <v>4.3899999999999997</v>
       </c>
       <c r="E8">
         <v>36.4</v>
       </c>
       <c r="F8">
         <v>21.7</v>
       </c>
       <c r="G8">
         <v>58.1</v>
       </c>
       <c r="H8">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="I8">
         <v>62.564999999999998</v>
       </c>
       <c r="J8">
         <v>39.685000000000002</v>
       </c>
       <c r="K8">
         <v>22.34</v>
       </c>
       <c r="L8">
         <v>0.54</v>
       </c>
       <c r="M8">
         <v>35.576000000000001</v>
       </c>
       <c r="N8">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="O8">
         <v>4.0549999999999997</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D9">
         <v>0.54</v>
       </c>
       <c r="E9">
         <v>39.799999999999997</v>
       </c>
       <c r="F9">
         <v>22.8</v>
       </c>
       <c r="G9">
         <v>62.6</v>
       </c>
       <c r="H9">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="I9">
         <v>63.215000000000003</v>
       </c>
       <c r="J9">
         <v>36.145000000000003</v>
       </c>
       <c r="K9">
         <v>22.45</v>
       </c>
       <c r="L9">
         <v>4.62</v>
       </c>
       <c r="M9">
         <v>32.200000000000003</v>
       </c>
       <c r="N9">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="O9">
         <v>3.9</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D10">
         <v>4.62</v>
       </c>
       <c r="E10">
         <v>44.9</v>
       </c>
       <c r="F10">
         <v>21.4</v>
       </c>
       <c r="G10">
         <v>66.3</v>
       </c>
       <c r="H10">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="I10">
         <v>70.995000000000005</v>
       </c>
       <c r="J10">
         <v>46.75</v>
       </c>
       <c r="K10">
         <v>22.16</v>
       </c>
       <c r="L10">
         <v>2.085</v>
       </c>
       <c r="M10">
         <v>43.1</v>
       </c>
       <c r="N10">
         <v>0.05</v>
       </c>
       <c r="O10">
         <v>3.6</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D11">
         <v>2.085</v>
       </c>
       <c r="E11">
         <v>44</v>
       </c>
       <c r="F11">
         <v>21</v>
       </c>
       <c r="G11">
         <v>65</v>
       </c>
       <c r="H11">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="I11">
         <v>67.16</v>
       </c>
       <c r="J11">
         <v>44.75</v>
       </c>
       <c r="K11">
         <v>21.97</v>
       </c>
       <c r="L11">
         <v>0.44</v>
       </c>
       <c r="M11">
         <v>41</v>
       </c>
       <c r="N11">
         <v>0.05</v>
       </c>
       <c r="O11">
         <v>3.7</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="D12">
         <v>0.44</v>
       </c>
       <c r="E12">
         <v>38</v>
       </c>
       <c r="F12">
         <v>25</v>
       </c>
       <c r="G12">
         <v>63</v>
       </c>
       <c r="H12">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="I12">
         <v>63.515000000000001</v>
       </c>
       <c r="J12">
         <v>40.75</v>
       </c>
       <c r="K12">
         <v>22.28</v>
       </c>
       <c r="L12">
         <v>0.48499999999999999</v>
       </c>
       <c r="M12">
         <v>37</v>
       </c>
       <c r="N12">
         <v>0.05</v>
       </c>
       <c r="O12">
         <v>3.7</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D13">
         <v>0.67100000000000004</v>
       </c>
       <c r="E13">
         <v>14</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>14</v>
       </c>
       <c r="H13">
         <v>0.26500000000000001</v>
       </c>
       <c r="I13">
         <v>14.936</v>
       </c>
       <c r="J13">
         <v>12.39</v>
       </c>
       <c r="K13">
         <v>1.415</v>
       </c>
       <c r="L13">
         <v>1.131</v>
       </c>
       <c r="M13">
         <v>11.49</v>
       </c>
       <c r="N13">
         <v>0.1</v>
       </c>
       <c r="O13">
         <v>0.8</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D14">
         <v>1.131</v>
       </c>
       <c r="E14">
         <v>14.6</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14">
         <v>14.6</v>
       </c>
       <c r="H14">
         <v>0.36</v>
       </c>
       <c r="I14">
         <v>16.091000000000001</v>
       </c>
       <c r="J14">
         <v>13.755000000000001</v>
       </c>
       <c r="K14">
         <v>1.45</v>
       </c>
       <c r="L14">
         <v>0.88600000000000001</v>
       </c>
       <c r="M14">
         <v>12.7</v>
       </c>
       <c r="N14">
         <v>0.155</v>
       </c>
       <c r="O14">
         <v>0.9</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D15">
         <v>0.88600000000000001</v>
       </c>
       <c r="E15">
         <v>13.824999999999999</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>13.824999999999999</v>
       </c>
       <c r="H15">
         <v>0.77500000000000002</v>
       </c>
       <c r="I15">
         <v>15.486000000000001</v>
       </c>
       <c r="J15">
         <v>12.725</v>
       </c>
       <c r="K15">
         <v>1.65</v>
       </c>
       <c r="L15">
         <v>1.111</v>
       </c>
       <c r="M15">
         <v>11.7</v>
       </c>
       <c r="N15">
         <v>0.17499999999999999</v>
       </c>
       <c r="O15">
         <v>0.85</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C16" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D16">
         <v>1.111</v>
       </c>
       <c r="E16">
         <v>13.87</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>13.87</v>
       </c>
       <c r="H16">
         <v>1.111</v>
       </c>
       <c r="I16">
         <v>16.091999999999999</v>
       </c>
       <c r="J16">
         <v>13.615</v>
       </c>
       <c r="K16">
         <v>1.925</v>
       </c>
       <c r="L16">
         <v>0.55200000000000005</v>
       </c>
       <c r="M16">
         <v>12.4</v>
       </c>
       <c r="N16">
         <v>0.315</v>
       </c>
       <c r="O16">
         <v>0.9</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B17" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C17" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D17">
         <v>0.55200000000000005</v>
       </c>
       <c r="E17">
         <v>14.1</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>14.1</v>
       </c>
       <c r="H17">
         <v>0.98</v>
       </c>
       <c r="I17">
         <v>15.632</v>
       </c>
       <c r="J17">
         <v>13.005000000000001</v>
       </c>
       <c r="K17">
         <v>1.7749999999999999</v>
       </c>
       <c r="L17">
         <v>0.85199999999999998</v>
       </c>
       <c r="M17">
         <v>11.77</v>
       </c>
       <c r="N17">
         <v>0.21</v>
       </c>
       <c r="O17">
         <v>1.0249999999999999</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D18">
         <v>0.85199999999999998</v>
       </c>
       <c r="E18">
         <v>13.4</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18">
         <v>13.4</v>
       </c>
       <c r="H18">
         <v>1.8180000000000001</v>
       </c>
       <c r="I18">
         <v>16.07</v>
       </c>
       <c r="J18">
         <v>12.755000000000001</v>
       </c>
       <c r="K18">
         <v>2.08</v>
       </c>
       <c r="L18">
         <v>1.2350000000000001</v>
       </c>
       <c r="M18">
         <v>11.5</v>
       </c>
       <c r="N18">
         <v>0.245</v>
       </c>
       <c r="O18">
         <v>1.01</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D19">
         <v>1.2350000000000001</v>
       </c>
       <c r="E19">
         <v>11.8</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
         <v>11.8</v>
       </c>
       <c r="H19">
         <v>2.2349999999999999</v>
       </c>
       <c r="I19">
         <v>15.27</v>
       </c>
       <c r="J19">
         <v>12.365</v>
       </c>
       <c r="K19">
         <v>2.145</v>
       </c>
       <c r="L19">
         <v>0.76</v>
       </c>
       <c r="M19">
         <v>11</v>
       </c>
       <c r="N19">
         <v>0.26500000000000001</v>
       </c>
       <c r="O19">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C20" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D20">
         <v>0.76</v>
       </c>
       <c r="E20">
         <v>10.7</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20">
         <v>10.7</v>
       </c>
       <c r="H20">
         <v>2.1850000000000001</v>
       </c>
       <c r="I20">
         <v>13.645</v>
       </c>
       <c r="J20">
         <v>10.61</v>
       </c>
       <c r="K20">
         <v>2.15</v>
       </c>
       <c r="L20">
         <v>0.88500000000000001</v>
       </c>
       <c r="M20">
         <v>9.4499999999999993</v>
       </c>
       <c r="N20">
         <v>0.21</v>
       </c>
       <c r="O20">
         <v>0.95</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B21" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C21" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D21">
         <v>0.88500000000000001</v>
       </c>
       <c r="E21">
         <v>12.76</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>12.76</v>
       </c>
       <c r="H21">
         <v>1.018</v>
       </c>
       <c r="I21">
         <v>14.663</v>
       </c>
       <c r="J21">
         <v>11.77</v>
       </c>
       <c r="K21">
         <v>2.2250000000000001</v>
       </c>
       <c r="L21">
         <v>0.66800000000000004</v>
       </c>
       <c r="M21">
         <v>10.7</v>
       </c>
       <c r="N21">
         <v>0.23</v>
       </c>
       <c r="O21">
         <v>0.84</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C22" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D22">
         <v>0.66800000000000004</v>
       </c>
       <c r="E22">
         <v>14.8</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>14.8</v>
       </c>
       <c r="H22">
         <v>0.98</v>
       </c>
       <c r="I22">
         <v>16.448</v>
       </c>
       <c r="J22">
         <v>13.38</v>
       </c>
       <c r="K22">
         <v>2.15</v>
       </c>
       <c r="L22">
         <v>0.91800000000000004</v>
       </c>
       <c r="M22">
         <v>12.2</v>
       </c>
       <c r="N22">
         <v>0.22</v>
       </c>
       <c r="O22">
         <v>0.96</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C23" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="D23">
         <v>0.91800000000000004</v>
       </c>
       <c r="E23">
         <v>13.8</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>13.8</v>
       </c>
       <c r="H23">
         <v>1.0649999999999999</v>
       </c>
       <c r="I23">
         <v>15.782999999999999</v>
       </c>
       <c r="J23">
         <v>12.55</v>
       </c>
       <c r="K23">
         <v>2.27</v>
       </c>
       <c r="L23">
         <v>0.96299999999999997</v>
       </c>
       <c r="M23">
         <v>11.5</v>
       </c>
       <c r="N23">
         <v>0.2</v>
       </c>
       <c r="O23">
         <v>0.85</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C24" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D24">
         <v>6.3360000000000003</v>
       </c>
       <c r="E24">
         <v>1.1000000000000001</v>
       </c>
       <c r="F24">
         <v>27.83</v>
       </c>
       <c r="G24">
         <v>28.93</v>
       </c>
       <c r="H24">
         <v>0.63</v>
       </c>
       <c r="I24">
         <v>35.896000000000001</v>
       </c>
       <c r="J24">
         <v>29.065000000000001</v>
       </c>
       <c r="K24">
         <v>2.63</v>
       </c>
       <c r="L24">
         <v>4.2009999999999996</v>
       </c>
       <c r="M24">
         <v>26.515000000000001</v>
       </c>
       <c r="N24">
         <v>0.55000000000000004</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D25">
         <v>4.2009999999999996</v>
       </c>
       <c r="E25">
         <v>1.1000000000000001</v>
       </c>
       <c r="F25">
         <v>25.6</v>
       </c>
       <c r="G25">
         <v>26.7</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25">
         <v>31.901</v>
       </c>
       <c r="J25">
         <v>26.45</v>
       </c>
       <c r="K25">
         <v>2.77</v>
       </c>
       <c r="L25">
         <v>2.681</v>
       </c>
       <c r="M25">
         <v>23.9</v>
       </c>
       <c r="N25">
         <v>0.55000000000000004</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B26" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D26">
         <v>2.681</v>
       </c>
       <c r="E26">
         <v>1.026</v>
       </c>
       <c r="F26">
         <v>28.274000000000001</v>
       </c>
       <c r="G26">
         <v>29.3</v>
       </c>
       <c r="H26">
         <v>1.06</v>
       </c>
       <c r="I26">
         <v>33.040999999999997</v>
       </c>
       <c r="J26">
         <v>29.907</v>
       </c>
       <c r="K26">
         <v>2.88</v>
       </c>
       <c r="L26">
         <v>0.254</v>
       </c>
       <c r="M26">
         <v>27.257000000000001</v>
       </c>
       <c r="N26">
         <v>0.55000000000000004</v>
       </c>
       <c r="O26">
         <v>2.1</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D27">
         <v>0.254</v>
       </c>
       <c r="E27">
         <v>1.0640000000000001</v>
       </c>
       <c r="F27">
         <v>29.335999999999999</v>
       </c>
       <c r="G27">
         <v>30.4</v>
       </c>
       <c r="H27">
         <v>1.1599999999999999</v>
       </c>
       <c r="I27">
         <v>31.814</v>
       </c>
       <c r="J27">
         <v>28.318000000000001</v>
       </c>
       <c r="K27">
         <v>2.94</v>
       </c>
       <c r="L27">
         <v>0.55600000000000005</v>
       </c>
       <c r="M27">
         <v>25.617999999999999</v>
       </c>
       <c r="N27">
         <v>0.55000000000000004</v>
       </c>
       <c r="O27">
         <v>2.15</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B28" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C28" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D28">
         <v>0.55600000000000005</v>
       </c>
       <c r="E28">
         <v>1.1000000000000001</v>
       </c>
       <c r="F28">
         <v>30.2</v>
       </c>
       <c r="G28">
         <v>31.3</v>
       </c>
       <c r="H28">
         <v>0.7</v>
       </c>
       <c r="I28">
         <v>32.555999999999997</v>
       </c>
       <c r="J28">
         <v>27.326000000000001</v>
       </c>
       <c r="K28">
         <v>3.1</v>
       </c>
       <c r="L28">
         <v>2.13</v>
       </c>
       <c r="M28">
         <v>24.526</v>
       </c>
       <c r="N28">
         <v>0.55000000000000004</v>
       </c>
       <c r="O28">
         <v>2.25</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B29" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C29" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D29">
         <v>2.13</v>
       </c>
       <c r="E29">
         <v>0.95</v>
       </c>
       <c r="F29">
         <v>28.05</v>
       </c>
       <c r="G29">
         <v>29</v>
       </c>
       <c r="H29">
         <v>0.55000000000000004</v>
       </c>
       <c r="I29">
         <v>31.68</v>
       </c>
       <c r="J29">
         <v>25.3</v>
       </c>
       <c r="K29">
         <v>2.72</v>
       </c>
       <c r="L29">
         <v>3.66</v>
       </c>
       <c r="M29">
         <v>22.45</v>
       </c>
       <c r="N29">
         <v>0.55000000000000004</v>
       </c>
       <c r="O29">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B30" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C30" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D30">
         <v>3.66</v>
       </c>
       <c r="E30">
         <v>1.1000000000000001</v>
       </c>
       <c r="F30">
         <v>30.48</v>
       </c>
       <c r="G30">
         <v>31.58</v>
       </c>
       <c r="H30">
         <v>0.55000000000000004</v>
       </c>
       <c r="I30">
         <v>35.79</v>
       </c>
       <c r="J30">
         <v>29.01</v>
       </c>
       <c r="K30">
         <v>3.2</v>
       </c>
       <c r="L30">
         <v>3.58</v>
       </c>
       <c r="M30">
         <v>26.11</v>
       </c>
       <c r="N30">
         <v>0.55000000000000004</v>
       </c>
       <c r="O30">
         <v>2.35</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B31" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D31">
         <v>3.58</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>27.3</v>
       </c>
       <c r="G31">
         <v>28.3</v>
       </c>
       <c r="H31">
         <v>0.499</v>
       </c>
       <c r="I31">
         <v>32.378999999999998</v>
       </c>
       <c r="J31">
         <v>28.34</v>
       </c>
       <c r="K31">
         <v>3.2</v>
       </c>
       <c r="L31">
         <v>0.83899999999999997</v>
       </c>
       <c r="M31">
         <v>26</v>
       </c>
       <c r="N31">
         <v>0.45</v>
       </c>
       <c r="O31">
         <v>1.89</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B32" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C32" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D32">
         <v>0.83899999999999997</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
         <v>26.55</v>
       </c>
       <c r="G32">
         <v>27.55</v>
       </c>
       <c r="H32">
         <v>0.8</v>
       </c>
       <c r="I32">
         <v>29.189</v>
       </c>
       <c r="J32">
         <v>24.4</v>
       </c>
       <c r="K32">
         <v>3.9</v>
       </c>
       <c r="L32">
         <v>0.88900000000000001</v>
       </c>
       <c r="M32">
         <v>22</v>
       </c>
       <c r="N32">
         <v>0.4</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B33" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C33" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D33">
         <v>0.88900000000000001</v>
       </c>
       <c r="E33">
         <v>1</v>
       </c>
       <c r="F33">
         <v>28</v>
       </c>
       <c r="G33">
         <v>29</v>
       </c>
       <c r="H33">
         <v>1.2</v>
       </c>
       <c r="I33">
         <v>31.088999999999999</v>
       </c>
       <c r="J33">
         <v>25.2</v>
       </c>
       <c r="K33">
         <v>4.8</v>
       </c>
       <c r="L33">
         <v>1.089</v>
       </c>
       <c r="M33">
         <v>22.35</v>
       </c>
       <c r="N33">
         <v>0.5</v>
       </c>
       <c r="O33">
         <v>2.35</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C34" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="D34">
         <v>1.089</v>
       </c>
       <c r="E34">
         <v>1.2</v>
       </c>
       <c r="F34">
         <v>29.6</v>
       </c>
       <c r="G34">
         <v>30.8</v>
       </c>
       <c r="H34">
         <v>1.3</v>
       </c>
       <c r="I34">
         <v>33.189</v>
       </c>
       <c r="J34">
         <v>27.9</v>
       </c>
       <c r="K34">
         <v>4.9000000000000004</v>
       </c>
       <c r="L34">
         <v>0.38900000000000001</v>
       </c>
       <c r="M34">
         <v>24.6</v>
       </c>
       <c r="N34">
         <v>0.7</v>
       </c>
       <c r="O34">
         <v>2.6</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B35" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C35" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D35">
         <v>43.131999999999998</v>
       </c>
       <c r="E35">
         <v>86.135000000000005</v>
       </c>
       <c r="F35">
         <v>66.293999999999997</v>
       </c>
       <c r="G35">
         <v>152.429</v>
       </c>
       <c r="H35">
         <v>126.42100000000001</v>
       </c>
       <c r="I35">
         <v>321.98200000000003</v>
       </c>
       <c r="J35">
         <v>133.845</v>
       </c>
       <c r="K35">
         <v>153.18600000000001</v>
       </c>
       <c r="L35">
         <v>34.951000000000001</v>
       </c>
       <c r="M35">
         <v>112.36</v>
       </c>
       <c r="N35">
         <v>4.1509999999999998</v>
       </c>
       <c r="O35">
         <v>17.334</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
+        <v>97</v>
+      </c>
+      <c r="B36" t="s">
+        <v>109</v>
+      </c>
+      <c r="C36" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D36">
         <v>34.951000000000001</v>
       </c>
       <c r="E36">
         <v>101.136</v>
       </c>
       <c r="F36">
         <v>59.942999999999998</v>
       </c>
       <c r="G36">
         <v>161.07900000000001</v>
       </c>
       <c r="H36">
         <v>129.13300000000001</v>
       </c>
       <c r="I36">
         <v>325.16300000000001</v>
       </c>
       <c r="J36">
         <v>133.60599999999999</v>
       </c>
       <c r="K36">
         <v>155.10400000000001</v>
       </c>
       <c r="L36">
         <v>36.453000000000003</v>
       </c>
       <c r="M36">
         <v>112.675</v>
       </c>
       <c r="N36">
         <v>4.3970000000000002</v>
       </c>
       <c r="O36">
         <v>16.533999999999999</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D37">
         <v>36.453000000000003</v>
       </c>
       <c r="E37">
         <v>95.224000000000004</v>
       </c>
       <c r="F37">
         <v>64.59</v>
       </c>
       <c r="G37">
         <v>159.81399999999999</v>
       </c>
       <c r="H37">
         <v>130.48500000000001</v>
       </c>
       <c r="I37">
         <v>326.75200000000001</v>
       </c>
       <c r="J37">
         <v>134.17400000000001</v>
       </c>
       <c r="K37">
         <v>160.62700000000001</v>
       </c>
       <c r="L37">
         <v>31.951000000000001</v>
       </c>
       <c r="M37">
         <v>112.919</v>
       </c>
       <c r="N37">
         <v>4.21</v>
       </c>
       <c r="O37">
         <v>17.045000000000002</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D38">
         <v>31.951000000000001</v>
       </c>
       <c r="E38">
         <v>104.926</v>
       </c>
       <c r="F38">
         <v>70.930000000000007</v>
       </c>
       <c r="G38">
         <v>175.85599999999999</v>
       </c>
       <c r="H38">
         <v>138.506</v>
       </c>
       <c r="I38">
         <v>346.31299999999999</v>
       </c>
       <c r="J38">
         <v>143.364</v>
       </c>
       <c r="K38">
         <v>166.00299999999999</v>
       </c>
       <c r="L38">
         <v>36.945999999999998</v>
       </c>
       <c r="M38">
         <v>121.25700000000001</v>
       </c>
       <c r="N38">
         <v>4.4050000000000002</v>
       </c>
       <c r="O38">
         <v>17.702000000000002</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D39">
         <v>36.945999999999998</v>
       </c>
       <c r="E39">
         <v>94.921000000000006</v>
       </c>
       <c r="F39">
         <v>74.108999999999995</v>
       </c>
       <c r="G39">
         <v>169.03</v>
       </c>
       <c r="H39">
         <v>131.18799999999999</v>
       </c>
       <c r="I39">
         <v>337.16399999999999</v>
       </c>
       <c r="J39">
         <v>139.001</v>
       </c>
       <c r="K39">
         <v>162.35499999999999</v>
       </c>
       <c r="L39">
         <v>35.808</v>
       </c>
       <c r="M39">
         <v>116.32</v>
       </c>
       <c r="N39">
         <v>4.9770000000000003</v>
       </c>
       <c r="O39">
         <v>17.704000000000001</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C40" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D40">
         <v>35.808</v>
       </c>
       <c r="E40">
         <v>102.11</v>
       </c>
       <c r="F40">
         <v>74.438999999999993</v>
       </c>
       <c r="G40">
         <v>176.54900000000001</v>
       </c>
       <c r="H40">
         <v>132.126</v>
       </c>
       <c r="I40">
         <v>344.483</v>
       </c>
       <c r="J40">
         <v>144.89599999999999</v>
       </c>
       <c r="K40">
         <v>162.09299999999999</v>
       </c>
       <c r="L40">
         <v>37.494</v>
       </c>
       <c r="M40">
         <v>121.158</v>
       </c>
       <c r="N40">
         <v>5.516</v>
       </c>
       <c r="O40">
         <v>18.222000000000001</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C41" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D41">
         <v>37.494</v>
       </c>
       <c r="E41">
         <v>87.088999999999999</v>
       </c>
       <c r="F41">
         <v>77.954999999999998</v>
       </c>
       <c r="G41">
         <v>165.04400000000001</v>
       </c>
       <c r="H41">
         <v>140.86099999999999</v>
       </c>
       <c r="I41">
         <v>343.399</v>
       </c>
       <c r="J41">
         <v>143.57599999999999</v>
       </c>
       <c r="K41">
         <v>167.88300000000001</v>
       </c>
       <c r="L41">
         <v>31.94</v>
       </c>
       <c r="M41">
         <v>118.953</v>
       </c>
       <c r="N41">
         <v>5.7169999999999996</v>
       </c>
       <c r="O41">
         <v>18.905999999999999</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B42" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D42">
         <v>31.94</v>
       </c>
       <c r="E42">
         <v>87.783000000000001</v>
       </c>
       <c r="F42">
         <v>76.605999999999995</v>
       </c>
       <c r="G42">
         <v>164.38900000000001</v>
       </c>
       <c r="H42">
         <v>133.91800000000001</v>
       </c>
       <c r="I42">
         <v>330.24700000000001</v>
       </c>
       <c r="J42">
         <v>134.559</v>
       </c>
       <c r="K42">
         <v>168.75399999999999</v>
       </c>
       <c r="L42">
         <v>26.934000000000001</v>
       </c>
       <c r="M42">
         <v>110.94</v>
       </c>
       <c r="N42">
         <v>5.7140000000000004</v>
       </c>
       <c r="O42">
         <v>17.905000000000001</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D43">
         <v>26.934000000000001</v>
       </c>
       <c r="E43">
         <v>97.24</v>
       </c>
       <c r="F43">
         <v>72.105000000000004</v>
       </c>
       <c r="G43">
         <v>169.345</v>
       </c>
       <c r="H43">
         <v>134.27500000000001</v>
       </c>
       <c r="I43">
         <v>330.55399999999997</v>
       </c>
       <c r="J43">
         <v>143.465</v>
       </c>
       <c r="K43">
         <v>163.96799999999999</v>
       </c>
       <c r="L43">
         <v>23.120999999999999</v>
       </c>
       <c r="M43">
         <v>119.18</v>
       </c>
       <c r="N43">
         <v>6.1589999999999998</v>
       </c>
       <c r="O43">
         <v>18.126000000000001</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C44" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D44">
         <v>23.120999999999999</v>
       </c>
       <c r="E44">
         <v>100.203</v>
       </c>
       <c r="F44">
         <v>75.113</v>
       </c>
       <c r="G44">
         <v>175.316</v>
       </c>
       <c r="H44">
         <v>141.79900000000001</v>
       </c>
       <c r="I44">
         <v>340.23599999999999</v>
       </c>
       <c r="J44">
         <v>147.37299999999999</v>
       </c>
       <c r="K44">
         <v>171.55600000000001</v>
       </c>
       <c r="L44">
         <v>21.306999999999999</v>
       </c>
       <c r="M44">
         <v>121.488</v>
       </c>
       <c r="N44">
         <v>6.2510000000000003</v>
       </c>
       <c r="O44">
         <v>19.634</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B45" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C45" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="D45">
         <v>21.306999999999999</v>
       </c>
       <c r="E45">
         <v>95.515000000000001</v>
       </c>
       <c r="F45">
         <v>83.332999999999998</v>
       </c>
       <c r="G45">
         <v>178.84800000000001</v>
       </c>
       <c r="H45">
         <v>143.94</v>
       </c>
       <c r="I45">
         <v>344.09500000000003</v>
       </c>
       <c r="J45">
         <v>150.095</v>
       </c>
       <c r="K45">
         <v>173.852</v>
       </c>
@@ -11240,51 +19885,51 @@
         <v>123.825</v>
       </c>
       <c r="N45">
         <v>6.7169999999999996</v>
       </c>
       <c r="O45">
         <v>19.553000000000001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31ED5B6D-3A17-41AA-9A8A-47C82B1B6202}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:W46"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="74" customWidth="1"/>
     <col min="2" max="2" width="9.7109375" style="74" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="74" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" style="74" customWidth="1"/>
     <col min="5" max="5" width="5.42578125" style="74" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="74" customWidth="1"/>
     <col min="7" max="7" width="5.42578125" style="74" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.7109375" style="74" customWidth="1"/>
     <col min="9" max="9" width="5.42578125" style="74" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.7109375" style="74" customWidth="1"/>
     <col min="11" max="11" width="5.42578125" style="74" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="5.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="9.7109375" style="1" customWidth="1"/>
     <col min="15" max="15" width="5.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="5.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="9.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="5.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="9.7109375" style="1" customWidth="1"/>
     <col min="21" max="21" width="5.42578125" style="1" bestFit="1" customWidth="1"/>
@@ -11303,1350 +19948,1350 @@
       <c r="D1" s="68"/>
       <c r="E1" s="68"/>
       <c r="F1" s="68"/>
       <c r="G1" s="68"/>
       <c r="H1" s="68"/>
       <c r="I1" s="68"/>
       <c r="J1" s="68"/>
       <c r="K1" s="68"/>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A2" s="68"/>
       <c r="B2" s="68"/>
       <c r="C2" s="68"/>
       <c r="D2" s="68"/>
       <c r="E2" s="68"/>
       <c r="F2" s="68"/>
       <c r="G2" s="68"/>
       <c r="H2" s="68"/>
       <c r="I2" s="68"/>
       <c r="J2" s="68"/>
       <c r="K2" s="68"/>
     </row>
     <row r="3" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="70"/>
       <c r="B3" s="222">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="D3" s="222">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="F3" s="222">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="H3" s="222">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="J3" s="222">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="K3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="L3" s="222">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="N3" s="222">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="P3" s="222">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="R3" s="222">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="S3" s="223" t="s">
         <v>73</v>
       </c>
       <c r="T3" s="222">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="U3" s="223" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="66" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="120" t="s">
         <v>65</v>
       </c>
       <c r="B4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C4" s="121" t="s">
         <v>73</v>
       </c>
       <c r="D4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E4" s="121" t="s">
         <v>73</v>
       </c>
       <c r="F4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G4" s="121" t="s">
         <v>73</v>
       </c>
       <c r="H4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I4" s="121" t="s">
         <v>73</v>
       </c>
       <c r="J4" s="95" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="K4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="L4" s="121" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="M4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="N4" s="121" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="P4" s="121" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="Q4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="R4" s="121" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="S4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="T4" s="121" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="U4" s="95" t="s">
         <v>73</v>
       </c>
       <c r="V4"/>
       <c r="W4"/>
     </row>
     <row r="5" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="67" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B5" s="117">
-        <v>938.97111399999994</v>
+        <v>916.702135</v>
       </c>
       <c r="C5" s="117">
-        <v>5.9582461833333333</v>
+        <v>5.5191280833333334</v>
       </c>
       <c r="D5" s="117">
-        <v>916.702135</v>
+        <v>772.09588199999996</v>
       </c>
       <c r="E5" s="117">
-        <v>5.5191280833333334</v>
+        <v>5.3501471166666663</v>
       </c>
       <c r="F5" s="117">
-        <v>772.09588199999996</v>
+        <v>908.55266400000005</v>
       </c>
       <c r="G5" s="117">
-        <v>5.3501471166666663</v>
+        <v>7.330041266666667</v>
       </c>
       <c r="H5" s="117">
-        <v>908.55266400000005</v>
+        <v>929.34582499999999</v>
       </c>
       <c r="I5" s="117">
-        <v>7.330041266666667</v>
+        <v>7.1593411666666666</v>
       </c>
       <c r="J5" s="118">
-        <v>929.34582499999999</v>
+        <v>1121.6120840000001</v>
       </c>
       <c r="K5" s="117">
-        <v>7.1593411666666666</v>
+        <v>7.4267959833333332</v>
       </c>
       <c r="L5" s="117">
-        <v>1121.6120840000001</v>
+        <v>1713.07014</v>
       </c>
       <c r="M5" s="117">
-        <v>7.4267959833333332</v>
+        <v>7.1911828500000006</v>
       </c>
       <c r="N5" s="117">
-        <v>1713.07014</v>
+        <v>1130.949625</v>
       </c>
       <c r="O5" s="117">
-        <v>7.1911828500000006</v>
+        <v>5.3855425666666674</v>
       </c>
       <c r="P5" s="117">
-        <v>1130.949625</v>
+        <v>1896.0203779999999</v>
       </c>
       <c r="Q5" s="117">
-        <v>5.3855425666666674</v>
+        <v>7.5538395666666664</v>
       </c>
       <c r="R5" s="117">
-        <v>1896.0203779999999</v>
+        <v>1909.2002</v>
       </c>
       <c r="S5" s="117">
-        <v>7.5538395666666664</v>
+        <v>4.8770172333333335</v>
       </c>
       <c r="T5" s="117">
-        <v>1909.2002</v>
+        <v>165.40413000000001</v>
       </c>
       <c r="U5" s="118">
-        <v>4.8770172333333335</v>
+        <v>0.38211183333333332</v>
       </c>
     </row>
     <row r="6" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="67" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B6" s="117">
-        <v>953.58013600000004</v>
+        <v>878.99735099999998</v>
       </c>
       <c r="C6" s="117">
-        <v>6.1800687333333331</v>
+        <v>5.4840695833333335</v>
       </c>
       <c r="D6" s="117">
-        <v>878.99735099999998</v>
+        <v>749.37754600000005</v>
       </c>
       <c r="E6" s="117">
-        <v>5.4840695833333335</v>
+        <v>5.3923410499999997</v>
       </c>
       <c r="F6" s="117">
-        <v>749.37754600000005</v>
+        <v>793.35808699999995</v>
       </c>
       <c r="G6" s="117">
-        <v>5.3923410499999997</v>
+        <v>6.3987251666666669</v>
       </c>
       <c r="H6" s="117">
-        <v>793.35808699999995</v>
+        <v>965.85626400000001</v>
       </c>
       <c r="I6" s="117">
-        <v>6.3987251666666669</v>
+        <v>7.3502290666666665</v>
       </c>
       <c r="J6" s="118">
-        <v>965.85626400000001</v>
+        <v>1064.62501</v>
       </c>
       <c r="K6" s="117">
-        <v>7.3502290666666665</v>
+        <v>6.734099566666667</v>
       </c>
       <c r="L6" s="117">
-        <v>1064.62501</v>
+        <v>1678.133787</v>
       </c>
       <c r="M6" s="117">
-        <v>6.734099566666667</v>
+        <v>6.7311840499999995</v>
       </c>
       <c r="N6" s="117">
-        <v>1678.133787</v>
+        <v>1070.3502619999999</v>
       </c>
       <c r="O6" s="117">
-        <v>6.7311840499999995</v>
+        <v>5.0828327833333331</v>
       </c>
       <c r="P6" s="117">
-        <v>1070.3502619999999</v>
+        <v>1805.718003</v>
       </c>
       <c r="Q6" s="117">
-        <v>5.0828327833333331</v>
+        <v>7.3440411166666673</v>
       </c>
       <c r="R6" s="117">
-        <v>1805.718003</v>
+        <v>2284.6245789999998</v>
       </c>
       <c r="S6" s="117">
-        <v>7.3440411166666673</v>
+        <v>5.6943382333333341</v>
       </c>
       <c r="T6" s="117">
-        <v>2284.6245789999998</v>
+        <v>140.58034699999999</v>
       </c>
       <c r="U6" s="118">
-        <v>5.6943382333333341</v>
+        <v>0.30816436666666663</v>
       </c>
     </row>
     <row r="7" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="67" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B7" s="117">
-        <v>342.34087599999998</v>
+        <v>304.90109200000001</v>
       </c>
       <c r="C7" s="117">
-        <v>2.0638060333333335</v>
+        <v>1.7165843666666667</v>
       </c>
       <c r="D7" s="117">
-        <v>304.90109200000001</v>
+        <v>303.94175999999999</v>
       </c>
       <c r="E7" s="117">
-        <v>1.7165843666666667</v>
+        <v>2.2073076666666664</v>
       </c>
       <c r="F7" s="117">
-        <v>303.94175999999999</v>
+        <v>306.70300700000001</v>
       </c>
       <c r="G7" s="117">
-        <v>2.2073076666666664</v>
+        <v>2.5208595499999999</v>
       </c>
       <c r="H7" s="117">
-        <v>306.70300700000001</v>
+        <v>467.39069599999999</v>
       </c>
       <c r="I7" s="117">
-        <v>2.5208595499999999</v>
+        <v>3.742426033333333</v>
       </c>
       <c r="J7" s="118">
-        <v>467.39069599999999</v>
+        <v>493.99068199999999</v>
       </c>
       <c r="K7" s="117">
-        <v>3.742426033333333</v>
+        <v>2.9263404333333329</v>
       </c>
       <c r="L7" s="117">
-        <v>493.99068199999999</v>
+        <v>737.57742800000005</v>
       </c>
       <c r="M7" s="117">
-        <v>2.9263404333333329</v>
+        <v>2.9387078833333335</v>
       </c>
       <c r="N7" s="117">
-        <v>737.57742800000005</v>
+        <v>460.02551999999997</v>
       </c>
       <c r="O7" s="117">
-        <v>2.9387078833333335</v>
+        <v>2.2033643999999999</v>
       </c>
       <c r="P7" s="117">
-        <v>460.02551999999997</v>
+        <v>1098.687635</v>
       </c>
       <c r="Q7" s="117">
-        <v>2.2033643999999999</v>
+        <v>4.3626523833333328</v>
       </c>
       <c r="R7" s="117">
-        <v>1098.687635</v>
+        <v>984.28141400000004</v>
       </c>
       <c r="S7" s="117">
-        <v>4.3626523833333328</v>
+        <v>2.483695533333333</v>
       </c>
       <c r="T7" s="117">
-        <v>984.28141400000004</v>
+        <v>66.066241000000005</v>
       </c>
       <c r="U7" s="118">
-        <v>2.483695533333333</v>
+        <v>0.14189100000000002</v>
       </c>
     </row>
     <row r="8" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="67" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B8" s="117">
-        <v>483.750069</v>
+        <v>490.626194</v>
       </c>
       <c r="C8" s="117">
-        <v>2.8694008333333332</v>
+        <v>2.7909296333333335</v>
       </c>
       <c r="D8" s="117">
-        <v>490.626194</v>
+        <v>461.56706400000002</v>
       </c>
       <c r="E8" s="117">
-        <v>2.7909296333333335</v>
+        <v>3.0630146999999996</v>
       </c>
       <c r="F8" s="117">
-        <v>461.56706400000002</v>
+        <v>471.81389100000001</v>
       </c>
       <c r="G8" s="117">
-        <v>3.0630146999999996</v>
+        <v>3.6058920333333333</v>
       </c>
       <c r="H8" s="117">
-        <v>471.81389100000001</v>
+        <v>417.44052299999998</v>
       </c>
       <c r="I8" s="117">
-        <v>3.6058920333333333</v>
+        <v>3.01793735</v>
       </c>
       <c r="J8" s="118">
-        <v>417.44052299999998</v>
+        <v>477.02652999999998</v>
       </c>
       <c r="K8" s="117">
-        <v>3.01793735</v>
+        <v>2.9075000500000003</v>
       </c>
       <c r="L8" s="117">
-        <v>477.02652999999998</v>
+        <v>812.37350400000003</v>
       </c>
       <c r="M8" s="117">
-        <v>2.9075000500000003</v>
+        <v>3.3400473333333331</v>
       </c>
       <c r="N8" s="117">
-        <v>812.37350400000003</v>
+        <v>663.61387999999999</v>
       </c>
       <c r="O8" s="117">
-        <v>3.3400473333333331</v>
+        <v>3.0736037666666665</v>
       </c>
       <c r="P8" s="117">
-        <v>663.61387999999999</v>
+        <v>954.058854</v>
       </c>
       <c r="Q8" s="117">
-        <v>3.0736037666666665</v>
+        <v>3.8796100833333331</v>
       </c>
       <c r="R8" s="117">
-        <v>954.058854</v>
+        <v>1330.28727</v>
       </c>
       <c r="S8" s="117">
-        <v>3.8796100833333331</v>
+        <v>3.2349643333333331</v>
       </c>
       <c r="T8" s="117">
-        <v>1330.28727</v>
+        <v>87.557565999999994</v>
       </c>
       <c r="U8" s="118">
-        <v>3.2349643333333331</v>
+        <v>0.19344855</v>
       </c>
     </row>
     <row r="9" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="67" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B9" s="117">
-        <v>412.59748999999999</v>
+        <v>323.38734799999997</v>
       </c>
       <c r="C9" s="117">
-        <v>2.2335056666666668</v>
+        <v>1.7905784333333334</v>
       </c>
       <c r="D9" s="117">
-        <v>323.38734799999997</v>
+        <v>323.015265</v>
       </c>
       <c r="E9" s="117">
-        <v>1.7905784333333334</v>
+        <v>2.0067670333333334</v>
       </c>
       <c r="F9" s="117">
-        <v>323.015265</v>
+        <v>343.85684199999997</v>
       </c>
       <c r="G9" s="117">
-        <v>2.0067670333333334</v>
+        <v>2.46753175</v>
       </c>
       <c r="H9" s="117">
-        <v>343.85684199999997</v>
+        <v>292.12297599999999</v>
       </c>
       <c r="I9" s="117">
-        <v>2.46753175</v>
+        <v>2.0145965666666665</v>
       </c>
       <c r="J9" s="118">
-        <v>292.12297599999999</v>
+        <v>402.34520099999997</v>
       </c>
       <c r="K9" s="117">
-        <v>2.0145965666666665</v>
+        <v>2.4868578333333331</v>
       </c>
       <c r="L9" s="117">
-        <v>402.34520099999997</v>
+        <v>384.54215299999998</v>
       </c>
       <c r="M9" s="117">
-        <v>2.4868578333333331</v>
+        <v>1.7122029333333333</v>
       </c>
       <c r="N9" s="117">
-        <v>384.54215299999998</v>
+        <v>436.05503099999999</v>
       </c>
       <c r="O9" s="117">
-        <v>1.7122029333333333</v>
+        <v>2.0321916833333331</v>
       </c>
       <c r="P9" s="117">
-        <v>436.05503099999999</v>
+        <v>562.01725999999996</v>
       </c>
       <c r="Q9" s="117">
-        <v>2.0321916833333331</v>
+        <v>2.2834108999999998</v>
       </c>
       <c r="R9" s="117">
-        <v>562.01725999999996</v>
+        <v>1031.3855209999999</v>
       </c>
       <c r="S9" s="117">
-        <v>2.2834108999999998</v>
+        <v>2.4882325666666669</v>
       </c>
       <c r="T9" s="117">
-        <v>1031.3855209999999</v>
+        <v>77.080602999999996</v>
       </c>
       <c r="U9" s="118">
-        <v>2.4882325666666669</v>
+        <v>0.17904776666666666</v>
       </c>
     </row>
     <row r="10" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="67" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B10" s="117">
-        <v>109.903071</v>
+        <v>109.62526699999999</v>
       </c>
       <c r="C10" s="117">
-        <v>0.67455881666666662</v>
+        <v>0.65092901666666658</v>
       </c>
       <c r="D10" s="117">
-        <v>109.62526699999999</v>
+        <v>94.700387000000006</v>
       </c>
       <c r="E10" s="117">
-        <v>0.65092901666666658</v>
+        <v>0.65473369999999997</v>
       </c>
       <c r="F10" s="117">
-        <v>94.700387000000006</v>
+        <v>98.227098999999995</v>
       </c>
       <c r="G10" s="117">
-        <v>0.65473369999999997</v>
+        <v>0.80155480000000001</v>
       </c>
       <c r="H10" s="117">
-        <v>98.227098999999995</v>
+        <v>106.835576</v>
       </c>
       <c r="I10" s="117">
-        <v>0.80155480000000001</v>
+        <v>0.8619266333333333</v>
       </c>
       <c r="J10" s="118">
-        <v>106.835576</v>
+        <v>138.564806</v>
       </c>
       <c r="K10" s="117">
-        <v>0.8619266333333333</v>
+        <v>0.94349208333333334</v>
       </c>
       <c r="L10" s="117">
-        <v>138.564806</v>
+        <v>233.97168300000001</v>
       </c>
       <c r="M10" s="117">
-        <v>0.94349208333333334</v>
+        <v>1.0689252166666667</v>
       </c>
       <c r="N10" s="117">
-        <v>233.97168300000001</v>
+        <v>183.92684199999999</v>
       </c>
       <c r="O10" s="117">
-        <v>1.0689252166666667</v>
+        <v>0.93839424999999999</v>
       </c>
       <c r="P10" s="117">
-        <v>183.92684199999999</v>
+        <v>363.77151500000002</v>
       </c>
       <c r="Q10" s="117">
-        <v>0.93839424999999999</v>
+        <v>1.5665043666666667</v>
       </c>
       <c r="R10" s="117">
-        <v>363.77151500000002</v>
+        <v>476.22021599999999</v>
       </c>
       <c r="S10" s="117">
-        <v>1.5665043666666667</v>
+        <v>1.2850103666666668</v>
       </c>
       <c r="T10" s="117">
-        <v>476.22021599999999</v>
+        <v>23.870342000000001</v>
       </c>
       <c r="U10" s="118">
-        <v>1.2850103666666668</v>
+        <v>5.6767816666666665E-2</v>
       </c>
     </row>
     <row r="11" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="67" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B11" s="117">
-        <v>116.368914</v>
+        <v>139.445841</v>
       </c>
       <c r="C11" s="117">
-        <v>0.77845238333333333</v>
+        <v>0.86865141666666668</v>
       </c>
       <c r="D11" s="117">
-        <v>139.445841</v>
+        <v>133.45529400000001</v>
       </c>
       <c r="E11" s="117">
-        <v>0.86865141666666668</v>
+        <v>0.95590278333333323</v>
       </c>
       <c r="F11" s="117">
-        <v>133.45529400000001</v>
+        <v>135.43809400000001</v>
       </c>
       <c r="G11" s="117">
-        <v>0.95590278333333323</v>
+        <v>1.1413748000000001</v>
       </c>
       <c r="H11" s="117">
-        <v>135.43809400000001</v>
+        <v>152.43185399999999</v>
       </c>
       <c r="I11" s="117">
-        <v>1.1413748000000001</v>
+        <v>1.3552932666666666</v>
       </c>
       <c r="J11" s="118">
-        <v>152.43185399999999</v>
+        <v>155.88820899999999</v>
       </c>
       <c r="K11" s="117">
-        <v>1.3552932666666666</v>
+        <v>0.99084231666666667</v>
       </c>
       <c r="L11" s="117">
-        <v>155.88820899999999</v>
+        <v>246.81099900000001</v>
       </c>
       <c r="M11" s="117">
-        <v>0.99084231666666667</v>
+        <v>0.94827926666666673</v>
       </c>
       <c r="N11" s="117">
-        <v>246.81099900000001</v>
+        <v>271.93385899999998</v>
       </c>
       <c r="O11" s="117">
-        <v>0.94827926666666673</v>
+        <v>1.2878767000000002</v>
       </c>
       <c r="P11" s="117">
-        <v>271.93385899999998</v>
+        <v>338.23434300000002</v>
       </c>
       <c r="Q11" s="117">
-        <v>1.2878767000000002</v>
+        <v>1.3642484666666665</v>
       </c>
       <c r="R11" s="117">
-        <v>338.23434300000002</v>
+        <v>588.46807100000001</v>
       </c>
       <c r="S11" s="117">
-        <v>1.3642484666666665</v>
+        <v>1.4946090000000001</v>
       </c>
       <c r="T11" s="117">
-        <v>588.46807100000001</v>
+        <v>39.586319000000003</v>
       </c>
       <c r="U11" s="118">
-        <v>1.4946090000000001</v>
+        <v>9.6257783333333333E-2</v>
       </c>
     </row>
     <row r="12" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="67" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B12" s="117">
-        <v>60.010407999999998</v>
+        <v>54.653424000000001</v>
       </c>
       <c r="C12" s="117">
-        <v>0.37552599999999997</v>
+        <v>0.32342033333333331</v>
       </c>
       <c r="D12" s="117">
-        <v>54.653424000000001</v>
+        <v>68.098535999999996</v>
       </c>
       <c r="E12" s="117">
-        <v>0.32342033333333331</v>
+        <v>0.49142851666666665</v>
       </c>
       <c r="F12" s="117">
-        <v>68.098535999999996</v>
+        <v>88.499609000000007</v>
       </c>
       <c r="G12" s="117">
-        <v>0.49142851666666665</v>
+        <v>0.93781838333333334</v>
       </c>
       <c r="H12" s="117">
-        <v>88.499609000000007</v>
+        <v>79.008622000000003</v>
       </c>
       <c r="I12" s="117">
-        <v>0.93781838333333334</v>
+        <v>0.60372663333333343</v>
       </c>
       <c r="J12" s="118">
-        <v>79.008622000000003</v>
+        <v>71.38973</v>
       </c>
       <c r="K12" s="117">
-        <v>0.60372663333333343</v>
+        <v>0.43561858333333336</v>
       </c>
       <c r="L12" s="117">
-        <v>71.38973</v>
+        <v>202.66099199999999</v>
       </c>
       <c r="M12" s="117">
-        <v>0.43561858333333336</v>
+        <v>0.82233721666666659</v>
       </c>
       <c r="N12" s="117">
-        <v>202.66099199999999</v>
+        <v>244.908669</v>
       </c>
       <c r="O12" s="117">
-        <v>0.82233721666666659</v>
+        <v>1.1300668166666665</v>
       </c>
       <c r="P12" s="117">
-        <v>244.908669</v>
+        <v>337.18099100000001</v>
       </c>
       <c r="Q12" s="117">
-        <v>1.1300668166666665</v>
+        <v>1.3235934833333334</v>
       </c>
       <c r="R12" s="117">
-        <v>337.18099100000001</v>
+        <v>574.34299599999997</v>
       </c>
       <c r="S12" s="117">
-        <v>1.3235934833333334</v>
+        <v>1.4198923166666666</v>
       </c>
       <c r="T12" s="117">
-        <v>574.34299599999997</v>
+        <v>35.154631999999999</v>
       </c>
       <c r="U12" s="118">
-        <v>1.4198923166666666</v>
+        <v>7.9790416666666669E-2</v>
       </c>
     </row>
     <row r="13" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="67" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B13" s="117">
-        <v>71.485810999999998</v>
+        <v>82.977897999999996</v>
       </c>
       <c r="C13" s="117">
-        <v>0.45950311666666666</v>
+        <v>0.50342789999999993</v>
       </c>
       <c r="D13" s="117">
-        <v>82.977897999999996</v>
+        <v>66.594127</v>
       </c>
       <c r="E13" s="117">
-        <v>0.50342789999999993</v>
+        <v>0.46298800000000001</v>
       </c>
       <c r="F13" s="117">
-        <v>66.594127</v>
+        <v>85.149630999999999</v>
       </c>
       <c r="G13" s="117">
-        <v>0.46298800000000001</v>
+        <v>0.71013148333333331</v>
       </c>
       <c r="H13" s="117">
-        <v>85.149630999999999</v>
+        <v>111.316166</v>
       </c>
       <c r="I13" s="117">
-        <v>0.71013148333333331</v>
+        <v>0.90796359999999998</v>
       </c>
       <c r="J13" s="118">
-        <v>111.316166</v>
+        <v>132.82387700000001</v>
       </c>
       <c r="K13" s="117">
-        <v>0.90796359999999998</v>
+        <v>0.90169069999999996</v>
       </c>
       <c r="L13" s="117">
-        <v>132.82387700000001</v>
+        <v>129.38317699999999</v>
       </c>
       <c r="M13" s="117">
-        <v>0.90169069999999996</v>
+        <v>0.53503421666666662</v>
       </c>
       <c r="N13" s="117">
-        <v>129.38317699999999</v>
+        <v>131.00068200000001</v>
       </c>
       <c r="O13" s="117">
-        <v>0.53503421666666662</v>
+        <v>0.63519771666666669</v>
       </c>
       <c r="P13" s="117">
-        <v>131.00068200000001</v>
+        <v>266.11783300000002</v>
       </c>
       <c r="Q13" s="117">
-        <v>0.63519771666666669</v>
+        <v>1.0332222333333332</v>
       </c>
       <c r="R13" s="117">
-        <v>266.11783300000002</v>
+        <v>458.45340800000002</v>
       </c>
       <c r="S13" s="117">
-        <v>1.0332222333333332</v>
+        <v>1.1863707333333333</v>
       </c>
       <c r="T13" s="117">
-        <v>458.45340800000002</v>
+        <v>35.656751999999997</v>
       </c>
       <c r="U13" s="118">
-        <v>1.1863707333333333</v>
+        <v>8.6378266666666662E-2</v>
       </c>
     </row>
     <row r="14" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="67" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B14" s="117">
-        <v>95.466575000000006</v>
+        <v>96.118138999999999</v>
       </c>
       <c r="C14" s="117">
-        <v>0.52049716666666668</v>
+        <v>0.50894753333333331</v>
       </c>
       <c r="D14" s="117">
-        <v>96.118138999999999</v>
+        <v>138.12105199999999</v>
       </c>
       <c r="E14" s="117">
-        <v>0.50894753333333331</v>
+        <v>1.0858528999999999</v>
       </c>
       <c r="F14" s="117">
-        <v>138.12105199999999</v>
+        <v>104.777902</v>
       </c>
       <c r="G14" s="117">
-        <v>1.0858528999999999</v>
+        <v>0.83793746666666669</v>
       </c>
       <c r="H14" s="117">
-        <v>104.777902</v>
+        <v>96.056625999999994</v>
       </c>
       <c r="I14" s="117">
-        <v>0.83793746666666669</v>
+        <v>0.70850133333333332</v>
       </c>
       <c r="J14" s="118">
-        <v>96.056625999999994</v>
+        <v>122.549888</v>
       </c>
       <c r="K14" s="117">
-        <v>0.70850133333333332</v>
+        <v>0.73429409999999995</v>
       </c>
       <c r="L14" s="117">
-        <v>122.549888</v>
+        <v>173.08673400000001</v>
       </c>
       <c r="M14" s="117">
-        <v>0.73429409999999995</v>
+        <v>0.6768173999999999</v>
       </c>
       <c r="N14" s="117">
-        <v>173.08673400000001</v>
+        <v>233.50463400000001</v>
       </c>
       <c r="O14" s="117">
-        <v>0.6768173999999999</v>
+        <v>1.2115086166666666</v>
       </c>
       <c r="P14" s="117">
-        <v>233.50463400000001</v>
+        <v>245.39330899999999</v>
       </c>
       <c r="Q14" s="117">
-        <v>1.2115086166666666</v>
+        <v>1.0207293333333334</v>
       </c>
       <c r="R14" s="117">
-        <v>245.39330899999999</v>
+        <v>350.33542699999998</v>
       </c>
       <c r="S14" s="117">
-        <v>1.0207293333333334</v>
+        <v>0.82384041666666663</v>
       </c>
       <c r="T14" s="117">
-        <v>350.33542699999998</v>
+        <v>15.180593</v>
       </c>
       <c r="U14" s="118">
-        <v>0.82384041666666663</v>
+        <v>3.2724099999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="67" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B15" s="117">
-        <v>79.918563000000006</v>
+        <v>72.849956000000006</v>
       </c>
       <c r="C15" s="117">
-        <v>0.4791111666666667</v>
+        <v>0.42164990000000002</v>
       </c>
       <c r="D15" s="117">
-        <v>72.849956000000006</v>
+        <v>72.290852999999998</v>
       </c>
       <c r="E15" s="117">
-        <v>0.42164990000000002</v>
+        <v>0.47609245</v>
       </c>
       <c r="F15" s="117">
-        <v>72.290852999999998</v>
+        <v>71.924554000000001</v>
       </c>
       <c r="G15" s="117">
-        <v>0.47609245</v>
+        <v>0.53622780000000003</v>
       </c>
       <c r="H15" s="117">
-        <v>71.924554000000001</v>
+        <v>83.387504000000007</v>
       </c>
       <c r="I15" s="117">
-        <v>0.53622780000000003</v>
+        <v>0.59291343333333335</v>
       </c>
       <c r="J15" s="118">
-        <v>83.387504000000007</v>
+        <v>109.081675</v>
       </c>
       <c r="K15" s="117">
-        <v>0.59291343333333335</v>
+        <v>0.63552221666666664</v>
       </c>
       <c r="L15" s="117">
-        <v>109.081675</v>
+        <v>200.56197800000001</v>
       </c>
       <c r="M15" s="117">
-        <v>0.63552221666666664</v>
+        <v>0.76740116666666658</v>
       </c>
       <c r="N15" s="117">
-        <v>200.56197800000001</v>
+        <v>195.72228999999999</v>
       </c>
       <c r="O15" s="117">
-        <v>0.76740116666666658</v>
+        <v>0.88354833333333338</v>
       </c>
       <c r="P15" s="117">
-        <v>195.72228999999999</v>
+        <v>241.730433</v>
       </c>
       <c r="Q15" s="117">
-        <v>0.88354833333333338</v>
+        <v>0.92820476666666674</v>
       </c>
       <c r="R15" s="117">
-        <v>241.730433</v>
+        <v>358.06305300000002</v>
       </c>
       <c r="S15" s="117">
-        <v>0.92820476666666674</v>
+        <v>0.88725926666666666</v>
       </c>
       <c r="T15" s="117">
-        <v>358.06305300000002</v>
+        <v>28.002271</v>
       </c>
       <c r="U15" s="118">
-        <v>0.88725926666666666</v>
+        <v>6.0627783333333331E-2</v>
       </c>
     </row>
     <row r="16" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="67" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B16" s="117">
-        <v>124.238438</v>
+        <v>115.824489</v>
       </c>
       <c r="C16" s="117">
-        <v>0.7705221166666667</v>
+        <v>0.68329683333333335</v>
       </c>
       <c r="D16" s="117">
-        <v>115.824489</v>
+        <v>113.796404</v>
       </c>
       <c r="E16" s="117">
-        <v>0.68329683333333335</v>
+        <v>0.72729396666666668</v>
       </c>
       <c r="F16" s="117">
-        <v>113.796404</v>
+        <v>110.086381</v>
       </c>
       <c r="G16" s="117">
-        <v>0.72729396666666668</v>
+        <v>0.80646969999999996</v>
       </c>
       <c r="H16" s="117">
-        <v>110.086381</v>
+        <v>102.696789</v>
       </c>
       <c r="I16" s="117">
-        <v>0.80646969999999996</v>
+        <v>0.73666498333333341</v>
       </c>
       <c r="J16" s="118">
-        <v>102.696789</v>
+        <v>109.65392799999999</v>
       </c>
       <c r="K16" s="117">
-        <v>0.73666498333333341</v>
+        <v>0.7145083333333333</v>
       </c>
       <c r="L16" s="117">
-        <v>109.65392799999999</v>
+        <v>155.96350000000001</v>
       </c>
       <c r="M16" s="117">
-        <v>0.7145083333333333</v>
+        <v>0.68967768333333335</v>
       </c>
       <c r="N16" s="117">
-        <v>155.96350000000001</v>
+        <v>110.786455</v>
       </c>
       <c r="O16" s="117">
-        <v>0.68967768333333335</v>
+        <v>0.51736113333333333</v>
       </c>
       <c r="P16" s="117">
-        <v>110.786455</v>
+        <v>231.347296</v>
       </c>
       <c r="Q16" s="117">
-        <v>0.51736113333333333</v>
+        <v>0.89860593333333338</v>
       </c>
       <c r="R16" s="117">
-        <v>231.347296</v>
+        <v>336.07087999999999</v>
       </c>
       <c r="S16" s="117">
-        <v>0.89860593333333338</v>
+        <v>0.8274971333333333</v>
       </c>
       <c r="T16" s="117">
-        <v>336.07087999999999</v>
+        <v>29.008096999999999</v>
       </c>
       <c r="U16" s="118">
-        <v>0.8274971333333333</v>
+        <v>6.322673333333334E-2</v>
       </c>
     </row>
     <row r="17" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="67" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B17" s="117">
-        <v>97.016812999999999</v>
+        <v>100.455822</v>
       </c>
       <c r="C17" s="117">
-        <v>0.65250299999999994</v>
+        <v>0.62133689999999997</v>
       </c>
       <c r="D17" s="117">
-        <v>100.455822</v>
+        <v>92.041977000000003</v>
       </c>
       <c r="E17" s="117">
-        <v>0.62133689999999997</v>
+        <v>0.64072413333333322</v>
       </c>
       <c r="F17" s="117">
-        <v>92.041977000000003</v>
+        <v>78.132940000000005</v>
       </c>
       <c r="G17" s="117">
-        <v>0.64072413333333322</v>
+        <v>0.63230618333333333</v>
       </c>
       <c r="H17" s="117">
-        <v>78.132940000000005</v>
+        <v>93.988609999999994</v>
       </c>
       <c r="I17" s="117">
-        <v>0.63230618333333333</v>
+        <v>0.70571243333333333</v>
       </c>
       <c r="J17" s="118">
-        <v>93.988609999999994</v>
+        <v>93.402190000000004</v>
       </c>
       <c r="K17" s="117">
-        <v>0.70571243333333333</v>
+        <v>0.6105552500000001</v>
       </c>
       <c r="L17" s="117">
-        <v>93.402190000000004</v>
+        <v>145.42759000000001</v>
       </c>
       <c r="M17" s="117">
-        <v>0.6105552500000001</v>
+        <v>0.63011466666666671</v>
       </c>
       <c r="N17" s="117">
-        <v>145.42759000000001</v>
+        <v>140.894409</v>
       </c>
       <c r="O17" s="117">
-        <v>0.63011466666666671</v>
+        <v>0.66401216666666663</v>
       </c>
       <c r="P17" s="117">
-        <v>140.894409</v>
+        <v>178.154944</v>
       </c>
       <c r="Q17" s="117">
-        <v>0.66401216666666663</v>
+        <v>0.69740083333333336</v>
       </c>
       <c r="R17" s="117">
-        <v>178.154944</v>
+        <v>288.80391700000001</v>
       </c>
       <c r="S17" s="117">
-        <v>0.69740083333333336</v>
+        <v>0.66824203333333332</v>
       </c>
       <c r="T17" s="117">
-        <v>288.80391700000001</v>
+        <v>15.622369000000001</v>
       </c>
       <c r="U17" s="118">
-        <v>0.66824203333333332</v>
+        <v>3.4549999999999997E-2</v>
       </c>
     </row>
     <row r="18" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="67" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B18" s="117">
-        <v>112.23928600000001</v>
+        <v>114.46343899999999</v>
       </c>
       <c r="C18" s="117">
-        <v>0.74756066666666665</v>
+        <v>0.70673331666666661</v>
       </c>
       <c r="D18" s="117">
-        <v>114.46343899999999</v>
+        <v>104.693286</v>
       </c>
       <c r="E18" s="117">
-        <v>0.70673331666666661</v>
+        <v>0.74500376666666668</v>
       </c>
       <c r="F18" s="117">
-        <v>104.693286</v>
+        <v>99.799785</v>
       </c>
       <c r="G18" s="117">
-        <v>0.74500376666666668</v>
+        <v>0.80566125</v>
       </c>
       <c r="H18" s="117">
-        <v>99.799785</v>
+        <v>104.63757200000001</v>
       </c>
       <c r="I18" s="117">
-        <v>0.80566125</v>
+        <v>0.82891641666666671</v>
       </c>
       <c r="J18" s="118">
-        <v>104.63757200000001</v>
+        <v>120.058643</v>
       </c>
       <c r="K18" s="117">
-        <v>0.82891641666666671</v>
+        <v>0.78772778333333326</v>
       </c>
       <c r="L18" s="117">
-        <v>120.058643</v>
+        <v>172.08615</v>
       </c>
       <c r="M18" s="117">
-        <v>0.78772778333333326</v>
+        <v>0.70666153333333337</v>
       </c>
       <c r="N18" s="117">
-        <v>172.08615</v>
+        <v>170.69545500000001</v>
       </c>
       <c r="O18" s="117">
-        <v>0.70666153333333337</v>
+        <v>0.78909921666666671</v>
       </c>
       <c r="P18" s="117">
-        <v>170.69545500000001</v>
+        <v>171.61126300000001</v>
       </c>
       <c r="Q18" s="117">
-        <v>0.78909921666666671</v>
+        <v>0.6862244666666667</v>
       </c>
       <c r="R18" s="117">
-        <v>171.61126300000001</v>
+        <v>365.798069</v>
       </c>
       <c r="S18" s="117">
-        <v>0.6862244666666667</v>
+        <v>0.88813315000000004</v>
       </c>
       <c r="T18" s="117">
-        <v>365.798069</v>
+        <v>30.164261</v>
       </c>
       <c r="U18" s="118">
-        <v>0.88813315000000004</v>
+        <v>7.1094883333333331E-2</v>
       </c>
     </row>
     <row r="19" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="67" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B19" s="117">
-        <v>0.78988400000000003</v>
+        <v>0.85467499999999996</v>
       </c>
       <c r="C19" s="117">
-        <v>7.8200000000000006E-3</v>
+        <v>6.28E-3</v>
       </c>
       <c r="D19" s="117">
-        <v>0.85467499999999996</v>
+        <v>43.513016</v>
       </c>
       <c r="E19" s="117">
-        <v>6.28E-3</v>
+        <v>0.42315025000000001</v>
       </c>
       <c r="F19" s="117">
-        <v>43.513016</v>
+        <v>34.468097999999998</v>
       </c>
       <c r="G19" s="117">
-        <v>0.42315025000000001</v>
+        <v>0.35881649999999998</v>
       </c>
       <c r="H19" s="117">
-        <v>34.468097999999998</v>
+        <v>65.394863999999998</v>
       </c>
       <c r="I19" s="117">
-        <v>0.35881649999999998</v>
+        <v>0.71373865000000003</v>
       </c>
       <c r="J19" s="118">
-        <v>65.394863999999998</v>
+        <v>125.20325699999999</v>
       </c>
       <c r="K19" s="117">
-        <v>0.71373865000000003</v>
+        <v>1.1132298666666667</v>
       </c>
       <c r="L19" s="117">
-        <v>125.20325699999999</v>
+        <v>303.89865200000003</v>
       </c>
       <c r="M19" s="117">
-        <v>1.1132298666666667</v>
+        <v>1.5859270000000001</v>
       </c>
       <c r="N19" s="117">
-        <v>303.89865200000003</v>
+        <v>186.96010200000001</v>
       </c>
       <c r="O19" s="117">
-        <v>1.5859270000000001</v>
+        <v>1.1123953</v>
       </c>
       <c r="P19" s="117">
-        <v>186.96010200000001</v>
+        <v>82.703385999999995</v>
       </c>
       <c r="Q19" s="117">
-        <v>1.1123953</v>
+        <v>0.43590839999999997</v>
       </c>
       <c r="R19" s="117">
-        <v>82.703385999999995</v>
+        <v>213.358135</v>
       </c>
       <c r="S19" s="117">
-        <v>0.43590839999999997</v>
+        <v>0.71310590000000007</v>
       </c>
       <c r="T19" s="117">
-        <v>213.358135</v>
+        <v>17.363116000000002</v>
       </c>
       <c r="U19" s="118">
-        <v>0.71310590000000007</v>
+        <v>6.0652999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="122" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B20" s="123">
-        <v>3998.6774479999999</v>
+        <v>3801.8830699999999</v>
       </c>
       <c r="C20" s="123">
-        <v>24.771081883333334</v>
+        <v>22.59596325</v>
       </c>
       <c r="D20" s="123">
-        <v>3801.8830699999999</v>
+        <v>3537.3024490000003</v>
       </c>
       <c r="E20" s="123">
-        <v>22.59596325</v>
+        <v>24.682748033333336</v>
       </c>
       <c r="F20" s="123">
-        <v>3537.3024490000003</v>
+        <v>3730.7885840000004</v>
       </c>
       <c r="G20" s="123">
-        <v>24.682748033333336</v>
+        <v>29.891348133333334</v>
       </c>
       <c r="H20" s="123">
-        <v>3730.7885840000004</v>
+        <v>4067.9104669999997</v>
       </c>
       <c r="I20" s="123">
-        <v>29.891348133333334</v>
+        <v>31.299887566666666</v>
       </c>
       <c r="J20" s="124">
-        <v>4067.9104669999997</v>
+        <v>4738.2157100000004</v>
       </c>
       <c r="K20" s="123">
-        <v>31.299887566666666</v>
+        <v>30.349075099999997</v>
       </c>
       <c r="L20" s="123">
-        <v>4738.2157100000004</v>
+        <v>7289.5484669999996</v>
       </c>
       <c r="M20" s="123">
-        <v>30.349075099999997</v>
+        <v>30.344500416666666</v>
       </c>
       <c r="N20" s="123">
-        <v>7289.5484669999996</v>
+        <v>5631.3277150000004</v>
       </c>
       <c r="O20" s="123">
-        <v>30.344500416666666</v>
+        <v>26.946995449999999</v>
       </c>
       <c r="P20" s="123">
-        <v>5631.3277150000004</v>
+        <v>8772.7474430000002</v>
       </c>
       <c r="Q20" s="123">
-        <v>26.946995449999999</v>
+        <v>35.378196333333335</v>
       </c>
       <c r="R20" s="123">
-        <v>8772.7474430000002</v>
+        <v>11549.693156000001</v>
       </c>
       <c r="S20" s="123">
-        <v>35.378196333333335</v>
+        <v>28.972208216666669</v>
       </c>
       <c r="T20" s="123">
-        <v>11549.693156000001</v>
+        <v>806.297639</v>
       </c>
       <c r="U20" s="124">
-        <v>28.972208216666669</v>
+        <v>1.8467343000000001</v>
       </c>
     </row>
     <row r="21" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="67" t="s">
         <v>69</v>
       </c>
       <c r="B21" s="117">
-        <v>844.06711899999982</v>
+        <v>798.3552550000004</v>
       </c>
       <c r="C21" s="117">
-        <v>5.6254183666666613</v>
+        <v>4.8675555833333313</v>
       </c>
       <c r="D21" s="117">
-        <v>798.3552550000004</v>
+        <v>822.70947399999977</v>
       </c>
       <c r="E21" s="117">
-        <v>4.8675555833333313</v>
+        <v>5.7674203999999989</v>
       </c>
       <c r="F21" s="117">
-        <v>822.70947399999977</v>
+        <v>844.23581399999921</v>
       </c>
       <c r="G21" s="117">
-        <v>5.7674203999999989</v>
+        <v>7.2898203666666639</v>
       </c>
       <c r="H21" s="117">
-        <v>844.23581399999921</v>
+        <v>905.81773900000007</v>
       </c>
       <c r="I21" s="117">
-        <v>7.2898203666666639</v>
+        <v>8.2435025333333307</v>
       </c>
       <c r="J21" s="118">
-        <v>905.81773900000007</v>
+        <v>1066.4695439999996</v>
       </c>
       <c r="K21" s="117">
-        <v>8.2435025333333307</v>
+        <v>7.6971422833333314</v>
       </c>
       <c r="L21" s="117">
-        <v>1066.4695439999996</v>
+        <v>1224.5471910000006</v>
       </c>
       <c r="M21" s="117">
-        <v>7.6971422833333314</v>
+        <v>5.1897817499999981</v>
       </c>
       <c r="N21" s="117">
-        <v>1224.5471910000006</v>
+        <v>1682.8571430000011</v>
       </c>
       <c r="O21" s="117">
-        <v>5.1897817499999981</v>
+        <v>8.3324084999999961</v>
       </c>
       <c r="P21" s="117">
-        <v>1682.8571430000011</v>
+        <v>2565.3284429999985</v>
       </c>
       <c r="Q21" s="117">
-        <v>8.3324084999999961</v>
+        <v>10.76690314999999</v>
       </c>
       <c r="R21" s="117">
-        <v>2565.3284429999985</v>
+        <v>3293.2174400000004</v>
       </c>
       <c r="S21" s="117">
-        <v>10.76690314999999</v>
+        <v>8.8437588833333329</v>
       </c>
       <c r="T21" s="117">
-        <v>3293.2174400000004</v>
+        <v>206.65085199999999</v>
       </c>
       <c r="U21" s="118">
-        <v>8.8437588833333329</v>
+        <v>0.50700605000000021</v>
       </c>
     </row>
     <row r="22" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B22" s="125">
-        <v>4842.7445669999997</v>
+        <v>4600.2383250000003</v>
       </c>
       <c r="C22" s="125">
-        <v>30.396500249999995</v>
+        <v>27.463518833333332</v>
       </c>
       <c r="D22" s="125">
-        <v>4600.2383250000003</v>
+        <v>4360.011923</v>
       </c>
       <c r="E22" s="125">
-        <v>27.463518833333332</v>
+        <v>30.450168433333335</v>
       </c>
       <c r="F22" s="125">
-        <v>4360.011923</v>
+        <v>4575.0243979999996</v>
       </c>
       <c r="G22" s="125">
-        <v>30.450168433333335</v>
+        <v>37.181168499999998</v>
       </c>
       <c r="H22" s="125">
-        <v>4575.0243979999996</v>
+        <v>4973.7282059999998</v>
       </c>
       <c r="I22" s="125">
-        <v>37.181168499999998</v>
+        <v>39.543390099999996</v>
       </c>
       <c r="J22" s="125">
-        <v>4973.7282059999998</v>
+        <v>5804.685254</v>
       </c>
       <c r="K22" s="125">
-        <v>39.543390099999996</v>
+        <v>38.046217383333328</v>
       </c>
       <c r="L22" s="125">
-        <v>5804.685254</v>
+        <v>8514.0956580000002</v>
       </c>
       <c r="M22" s="125">
-        <v>38.046217383333328</v>
+        <v>35.534282166666664</v>
       </c>
       <c r="N22" s="125">
-        <v>8514.0956580000002</v>
+        <v>7314.1848580000014</v>
       </c>
       <c r="O22" s="125">
-        <v>35.534282166666664</v>
+        <v>35.279403949999995</v>
       </c>
       <c r="P22" s="125">
-        <v>7314.1848580000014</v>
+        <v>11338.075885999999</v>
       </c>
       <c r="Q22" s="125">
-        <v>35.279403949999995</v>
+        <v>46.145099483333325</v>
       </c>
       <c r="R22" s="125">
-        <v>11338.075885999999</v>
+        <v>14842.910596000002</v>
       </c>
       <c r="S22" s="125">
-        <v>46.145099483333325</v>
+        <v>37.815967100000002</v>
       </c>
       <c r="T22" s="125">
-        <v>14842.910596000002</v>
+        <v>1012.948491</v>
       </c>
       <c r="U22" s="126">
-        <v>37.815967100000002</v>
+        <v>2.3537403500000003</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="94" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
     </row>
     <row r="24" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B24" s="32"/>
       <c r="C24" s="32"/>
       <c r="D24" s="32"/>
       <c r="E24" s="32"/>
       <c r="F24" s="32"/>
       <c r="G24" s="32"/>
@@ -13049,51 +21694,51 @@
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="1.4173228346456694" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A2:M9"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="9.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="13.28515625" style="4" customWidth="1"/>
     <col min="5" max="5" width="12.140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="4" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="8.140625" style="4" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="9" style="4" hidden="1" customWidth="1"/>
     <col min="9" max="12" width="9" style="4" customWidth="1"/>
     <col min="13" max="13" width="12.28515625" style="4" customWidth="1"/>
     <col min="14" max="16" width="9.140625" style="4"/>
     <col min="17" max="17" width="9" style="4" customWidth="1"/>
     <col min="18" max="258" width="9.140625" style="4"/>
     <col min="259" max="259" width="12.140625" style="4" customWidth="1"/>
     <col min="260" max="261" width="8.42578125" style="4" customWidth="1"/>
     <col min="262" max="262" width="8.85546875" style="4" customWidth="1"/>
     <col min="263" max="266" width="8.42578125" style="4" customWidth="1"/>
     <col min="267" max="267" width="9.140625" style="4"/>
     <col min="268" max="269" width="8.42578125" style="4" customWidth="1"/>
     <col min="270" max="272" width="9.140625" style="4"/>
     <col min="273" max="273" width="9" style="4" customWidth="1"/>
     <col min="274" max="514" width="9.140625" style="4"/>
@@ -13677,54 +22322,54 @@
       <c r="A3" s="224" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="224"/>
       <c r="C3" s="224"/>
       <c r="D3" s="225"/>
       <c r="E3" s="39" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="40" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="42" t="s">
         <v>62</v>
       </c>
       <c r="H3" s="41" t="s">
         <v>64</v>
       </c>
       <c r="I3" s="42" t="s">
         <v>76</v>
       </c>
       <c r="J3" s="41" t="s">
         <v>80</v>
       </c>
       <c r="K3" s="41" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L3" s="41" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="M3" s="43" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="231" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="231"/>
       <c r="C4" s="231"/>
       <c r="D4" s="231"/>
       <c r="E4" s="231"/>
       <c r="F4" s="231"/>
       <c r="G4" s="231"/>
       <c r="H4" s="231"/>
       <c r="I4" s="231"/>
       <c r="J4" s="231"/>
       <c r="K4" s="231"/>
       <c r="L4" s="231"/>
       <c r="M4" s="231"/>
     </row>
     <row r="5" spans="1:13" ht="36.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="226" t="s">
         <v>20</v>
@@ -13735,51 +22380,51 @@
       <c r="E5" s="38" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="44">
         <v>333.03</v>
       </c>
       <c r="G5" s="46">
         <v>364.09</v>
       </c>
       <c r="H5" s="45">
         <v>369.4</v>
       </c>
       <c r="I5" s="46">
         <v>606.66</v>
       </c>
       <c r="J5" s="45">
         <v>684.16</v>
       </c>
       <c r="K5" s="45">
         <v>637.91</v>
       </c>
       <c r="L5" s="214">
         <v>662.04</v>
       </c>
       <c r="M5" s="47" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="232" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="232"/>
       <c r="C6" s="232"/>
       <c r="D6" s="232"/>
       <c r="E6" s="232"/>
       <c r="F6" s="232"/>
       <c r="G6" s="232"/>
       <c r="H6" s="232"/>
       <c r="I6" s="232"/>
       <c r="J6" s="232"/>
       <c r="K6" s="232"/>
       <c r="L6" s="232"/>
       <c r="M6" s="232"/>
     </row>
     <row r="7" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="227" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="227"/>
       <c r="C7" s="227"/>
@@ -13787,51 +22432,51 @@
       <c r="E7" s="239" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="235">
         <v>223.59</v>
       </c>
       <c r="G7" s="237">
         <v>242.31</v>
       </c>
       <c r="H7" s="233">
         <v>263.93</v>
       </c>
       <c r="I7" s="237">
         <v>434.82</v>
       </c>
       <c r="J7" s="233">
         <v>462.02</v>
       </c>
       <c r="K7" s="233">
         <v>423.08</v>
       </c>
       <c r="L7" s="233">
         <v>498.79</v>
       </c>
       <c r="M7" s="229" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="228"/>
       <c r="B8" s="228"/>
       <c r="C8" s="228"/>
       <c r="D8" s="228"/>
       <c r="E8" s="240"/>
       <c r="F8" s="236"/>
       <c r="G8" s="238"/>
       <c r="H8" s="234"/>
       <c r="I8" s="238"/>
       <c r="J8" s="234"/>
       <c r="K8" s="234"/>
       <c r="L8" s="234"/>
       <c r="M8" s="230"/>
     </row>
     <row r="9" spans="1:13" ht="11.25" x14ac:dyDescent="0.15">
       <c r="A9" s="48" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="49"/>
       <c r="C9" s="49"/>
       <c r="D9" s="49"/>
       <c r="F9" s="8"/>
@@ -13855,1302 +22500,1214 @@
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="K7:K8"/>
     <mergeCell ref="I7:I8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="L7:L8"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.51181102362204722" right="0.23" top="1.4" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="115" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:K1"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="S23" sqref="S23"/>
+    <sheetView showGridLines="0" topLeftCell="A69" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.23" top="1.4" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="104" fitToWidth="2" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="45" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I35"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="6.5703125" style="3" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" style="3" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="3" customWidth="1"/>
     <col min="8" max="8" width="18.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.7109375" style="3" customWidth="1"/>
-    <col min="10" max="12" width="9.140625" style="3"/>
-[...691 lines deleted...]
-    <col min="16337" max="16384" width="9.140625" style="3"/>
+    <col min="10" max="244" width="9.140625" style="3"/>
+    <col min="245" max="245" width="16.28515625" style="3" customWidth="1"/>
+    <col min="246" max="246" width="9.7109375" style="3" customWidth="1"/>
+    <col min="247" max="247" width="14.7109375" style="3" customWidth="1"/>
+    <col min="248" max="248" width="7.140625" style="3" customWidth="1"/>
+    <col min="249" max="249" width="9.140625" style="3"/>
+    <col min="250" max="250" width="16.28515625" style="3" customWidth="1"/>
+    <col min="251" max="251" width="9.7109375" style="3" customWidth="1"/>
+    <col min="252" max="252" width="17.5703125" style="3" customWidth="1"/>
+    <col min="253" max="253" width="11.7109375" style="3" customWidth="1"/>
+    <col min="254" max="254" width="10.42578125" style="3" customWidth="1"/>
+    <col min="255" max="500" width="9.140625" style="3"/>
+    <col min="501" max="501" width="16.28515625" style="3" customWidth="1"/>
+    <col min="502" max="502" width="9.7109375" style="3" customWidth="1"/>
+    <col min="503" max="503" width="14.7109375" style="3" customWidth="1"/>
+    <col min="504" max="504" width="7.140625" style="3" customWidth="1"/>
+    <col min="505" max="505" width="9.140625" style="3"/>
+    <col min="506" max="506" width="16.28515625" style="3" customWidth="1"/>
+    <col min="507" max="507" width="9.7109375" style="3" customWidth="1"/>
+    <col min="508" max="508" width="17.5703125" style="3" customWidth="1"/>
+    <col min="509" max="509" width="11.7109375" style="3" customWidth="1"/>
+    <col min="510" max="510" width="10.42578125" style="3" customWidth="1"/>
+    <col min="511" max="756" width="9.140625" style="3"/>
+    <col min="757" max="757" width="16.28515625" style="3" customWidth="1"/>
+    <col min="758" max="758" width="9.7109375" style="3" customWidth="1"/>
+    <col min="759" max="759" width="14.7109375" style="3" customWidth="1"/>
+    <col min="760" max="760" width="7.140625" style="3" customWidth="1"/>
+    <col min="761" max="761" width="9.140625" style="3"/>
+    <col min="762" max="762" width="16.28515625" style="3" customWidth="1"/>
+    <col min="763" max="763" width="9.7109375" style="3" customWidth="1"/>
+    <col min="764" max="764" width="17.5703125" style="3" customWidth="1"/>
+    <col min="765" max="765" width="11.7109375" style="3" customWidth="1"/>
+    <col min="766" max="766" width="10.42578125" style="3" customWidth="1"/>
+    <col min="767" max="1012" width="9.140625" style="3"/>
+    <col min="1013" max="1013" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1014" max="1014" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1015" max="1015" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1016" max="1016" width="7.140625" style="3" customWidth="1"/>
+    <col min="1017" max="1017" width="9.140625" style="3"/>
+    <col min="1018" max="1018" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1019" max="1019" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1020" max="1020" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1021" max="1021" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1022" max="1022" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1023" max="1268" width="9.140625" style="3"/>
+    <col min="1269" max="1269" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1270" max="1270" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1271" max="1271" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1272" max="1272" width="7.140625" style="3" customWidth="1"/>
+    <col min="1273" max="1273" width="9.140625" style="3"/>
+    <col min="1274" max="1274" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1275" max="1275" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1276" max="1276" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1277" max="1277" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1278" max="1278" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1279" max="1524" width="9.140625" style="3"/>
+    <col min="1525" max="1525" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1526" max="1526" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1527" max="1527" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1528" max="1528" width="7.140625" style="3" customWidth="1"/>
+    <col min="1529" max="1529" width="9.140625" style="3"/>
+    <col min="1530" max="1530" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1531" max="1531" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1532" max="1532" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1533" max="1533" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1534" max="1534" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1535" max="1780" width="9.140625" style="3"/>
+    <col min="1781" max="1781" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1782" max="1782" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1783" max="1783" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1784" max="1784" width="7.140625" style="3" customWidth="1"/>
+    <col min="1785" max="1785" width="9.140625" style="3"/>
+    <col min="1786" max="1786" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1787" max="1787" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1788" max="1788" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1789" max="1789" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1790" max="1790" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1791" max="2036" width="9.140625" style="3"/>
+    <col min="2037" max="2037" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2038" max="2038" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2039" max="2039" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2040" max="2040" width="7.140625" style="3" customWidth="1"/>
+    <col min="2041" max="2041" width="9.140625" style="3"/>
+    <col min="2042" max="2042" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2043" max="2043" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2044" max="2044" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2045" max="2045" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2046" max="2046" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2047" max="2292" width="9.140625" style="3"/>
+    <col min="2293" max="2293" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2294" max="2294" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2295" max="2295" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2296" max="2296" width="7.140625" style="3" customWidth="1"/>
+    <col min="2297" max="2297" width="9.140625" style="3"/>
+    <col min="2298" max="2298" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2299" max="2299" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2300" max="2300" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2301" max="2301" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2302" max="2302" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2303" max="2548" width="9.140625" style="3"/>
+    <col min="2549" max="2549" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2550" max="2550" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2551" max="2551" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2552" max="2552" width="7.140625" style="3" customWidth="1"/>
+    <col min="2553" max="2553" width="9.140625" style="3"/>
+    <col min="2554" max="2554" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2555" max="2555" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2556" max="2556" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2557" max="2557" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2558" max="2558" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2559" max="2804" width="9.140625" style="3"/>
+    <col min="2805" max="2805" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2806" max="2806" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2807" max="2807" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2808" max="2808" width="7.140625" style="3" customWidth="1"/>
+    <col min="2809" max="2809" width="9.140625" style="3"/>
+    <col min="2810" max="2810" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2811" max="2811" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2812" max="2812" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2813" max="2813" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2814" max="2814" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2815" max="3060" width="9.140625" style="3"/>
+    <col min="3061" max="3061" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3062" max="3062" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3063" max="3063" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3064" max="3064" width="7.140625" style="3" customWidth="1"/>
+    <col min="3065" max="3065" width="9.140625" style="3"/>
+    <col min="3066" max="3066" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3067" max="3067" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3068" max="3068" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3069" max="3069" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3070" max="3070" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3071" max="3316" width="9.140625" style="3"/>
+    <col min="3317" max="3317" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3318" max="3318" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3319" max="3319" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3320" max="3320" width="7.140625" style="3" customWidth="1"/>
+    <col min="3321" max="3321" width="9.140625" style="3"/>
+    <col min="3322" max="3322" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3323" max="3323" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3324" max="3324" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3325" max="3325" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3326" max="3326" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3327" max="3572" width="9.140625" style="3"/>
+    <col min="3573" max="3573" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3574" max="3574" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3575" max="3575" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3576" max="3576" width="7.140625" style="3" customWidth="1"/>
+    <col min="3577" max="3577" width="9.140625" style="3"/>
+    <col min="3578" max="3578" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3579" max="3579" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3580" max="3580" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3581" max="3581" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3582" max="3582" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3583" max="3828" width="9.140625" style="3"/>
+    <col min="3829" max="3829" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3830" max="3830" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3831" max="3831" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3832" max="3832" width="7.140625" style="3" customWidth="1"/>
+    <col min="3833" max="3833" width="9.140625" style="3"/>
+    <col min="3834" max="3834" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3835" max="3835" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3836" max="3836" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3837" max="3837" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3838" max="3838" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3839" max="4084" width="9.140625" style="3"/>
+    <col min="4085" max="4085" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4086" max="4086" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4087" max="4087" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4088" max="4088" width="7.140625" style="3" customWidth="1"/>
+    <col min="4089" max="4089" width="9.140625" style="3"/>
+    <col min="4090" max="4090" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4091" max="4091" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4092" max="4092" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4093" max="4093" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4094" max="4094" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4095" max="4340" width="9.140625" style="3"/>
+    <col min="4341" max="4341" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4342" max="4342" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4343" max="4343" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4344" max="4344" width="7.140625" style="3" customWidth="1"/>
+    <col min="4345" max="4345" width="9.140625" style="3"/>
+    <col min="4346" max="4346" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4347" max="4347" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4348" max="4348" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4349" max="4349" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4350" max="4350" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4351" max="4596" width="9.140625" style="3"/>
+    <col min="4597" max="4597" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4598" max="4598" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4599" max="4599" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4600" max="4600" width="7.140625" style="3" customWidth="1"/>
+    <col min="4601" max="4601" width="9.140625" style="3"/>
+    <col min="4602" max="4602" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4603" max="4603" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4604" max="4604" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4605" max="4605" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4606" max="4606" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4607" max="4852" width="9.140625" style="3"/>
+    <col min="4853" max="4853" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4854" max="4854" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4855" max="4855" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4856" max="4856" width="7.140625" style="3" customWidth="1"/>
+    <col min="4857" max="4857" width="9.140625" style="3"/>
+    <col min="4858" max="4858" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4859" max="4859" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4860" max="4860" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4861" max="4861" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4862" max="4862" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4863" max="5108" width="9.140625" style="3"/>
+    <col min="5109" max="5109" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5110" max="5110" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5111" max="5111" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5112" max="5112" width="7.140625" style="3" customWidth="1"/>
+    <col min="5113" max="5113" width="9.140625" style="3"/>
+    <col min="5114" max="5114" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5115" max="5115" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5116" max="5116" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5117" max="5117" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5118" max="5118" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5119" max="5364" width="9.140625" style="3"/>
+    <col min="5365" max="5365" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5366" max="5366" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5367" max="5367" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5368" max="5368" width="7.140625" style="3" customWidth="1"/>
+    <col min="5369" max="5369" width="9.140625" style="3"/>
+    <col min="5370" max="5370" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5371" max="5371" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5372" max="5372" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5373" max="5373" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5374" max="5374" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5375" max="5620" width="9.140625" style="3"/>
+    <col min="5621" max="5621" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5622" max="5622" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5623" max="5623" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5624" max="5624" width="7.140625" style="3" customWidth="1"/>
+    <col min="5625" max="5625" width="9.140625" style="3"/>
+    <col min="5626" max="5626" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5627" max="5627" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5628" max="5628" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5629" max="5629" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5630" max="5630" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5631" max="5876" width="9.140625" style="3"/>
+    <col min="5877" max="5877" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5878" max="5878" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5879" max="5879" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5880" max="5880" width="7.140625" style="3" customWidth="1"/>
+    <col min="5881" max="5881" width="9.140625" style="3"/>
+    <col min="5882" max="5882" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5883" max="5883" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5884" max="5884" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5885" max="5885" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5886" max="5886" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5887" max="6132" width="9.140625" style="3"/>
+    <col min="6133" max="6133" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6134" max="6134" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6135" max="6135" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6136" max="6136" width="7.140625" style="3" customWidth="1"/>
+    <col min="6137" max="6137" width="9.140625" style="3"/>
+    <col min="6138" max="6138" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6139" max="6139" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6140" max="6140" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6141" max="6141" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6142" max="6142" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6143" max="6388" width="9.140625" style="3"/>
+    <col min="6389" max="6389" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6390" max="6390" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6391" max="6391" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6392" max="6392" width="7.140625" style="3" customWidth="1"/>
+    <col min="6393" max="6393" width="9.140625" style="3"/>
+    <col min="6394" max="6394" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6395" max="6395" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6396" max="6396" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6397" max="6397" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6398" max="6398" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6399" max="6644" width="9.140625" style="3"/>
+    <col min="6645" max="6645" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6646" max="6646" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6647" max="6647" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6648" max="6648" width="7.140625" style="3" customWidth="1"/>
+    <col min="6649" max="6649" width="9.140625" style="3"/>
+    <col min="6650" max="6650" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6651" max="6651" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6652" max="6652" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6653" max="6653" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6654" max="6654" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6655" max="6900" width="9.140625" style="3"/>
+    <col min="6901" max="6901" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6902" max="6902" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6903" max="6903" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6904" max="6904" width="7.140625" style="3" customWidth="1"/>
+    <col min="6905" max="6905" width="9.140625" style="3"/>
+    <col min="6906" max="6906" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6907" max="6907" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6908" max="6908" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6909" max="6909" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6910" max="6910" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6911" max="7156" width="9.140625" style="3"/>
+    <col min="7157" max="7157" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7158" max="7158" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7159" max="7159" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7160" max="7160" width="7.140625" style="3" customWidth="1"/>
+    <col min="7161" max="7161" width="9.140625" style="3"/>
+    <col min="7162" max="7162" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7163" max="7163" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7164" max="7164" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7165" max="7165" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7166" max="7166" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7167" max="7412" width="9.140625" style="3"/>
+    <col min="7413" max="7413" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7414" max="7414" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7415" max="7415" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7416" max="7416" width="7.140625" style="3" customWidth="1"/>
+    <col min="7417" max="7417" width="9.140625" style="3"/>
+    <col min="7418" max="7418" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7419" max="7419" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7420" max="7420" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7421" max="7421" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7422" max="7422" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7423" max="7668" width="9.140625" style="3"/>
+    <col min="7669" max="7669" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7670" max="7670" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7671" max="7671" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7672" max="7672" width="7.140625" style="3" customWidth="1"/>
+    <col min="7673" max="7673" width="9.140625" style="3"/>
+    <col min="7674" max="7674" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7675" max="7675" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7676" max="7676" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7677" max="7677" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7678" max="7678" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7679" max="7924" width="9.140625" style="3"/>
+    <col min="7925" max="7925" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7926" max="7926" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7927" max="7927" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7928" max="7928" width="7.140625" style="3" customWidth="1"/>
+    <col min="7929" max="7929" width="9.140625" style="3"/>
+    <col min="7930" max="7930" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7931" max="7931" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7932" max="7932" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7933" max="7933" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7934" max="7934" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7935" max="8180" width="9.140625" style="3"/>
+    <col min="8181" max="8181" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8182" max="8182" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8183" max="8183" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8184" max="8184" width="7.140625" style="3" customWidth="1"/>
+    <col min="8185" max="8185" width="9.140625" style="3"/>
+    <col min="8186" max="8186" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8187" max="8187" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8188" max="8188" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8189" max="8189" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8190" max="8190" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8191" max="8436" width="9.140625" style="3"/>
+    <col min="8437" max="8437" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8438" max="8438" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8439" max="8439" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8440" max="8440" width="7.140625" style="3" customWidth="1"/>
+    <col min="8441" max="8441" width="9.140625" style="3"/>
+    <col min="8442" max="8442" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8443" max="8443" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8444" max="8444" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8445" max="8445" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8446" max="8446" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8447" max="8692" width="9.140625" style="3"/>
+    <col min="8693" max="8693" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8694" max="8694" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8695" max="8695" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8696" max="8696" width="7.140625" style="3" customWidth="1"/>
+    <col min="8697" max="8697" width="9.140625" style="3"/>
+    <col min="8698" max="8698" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8699" max="8699" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8700" max="8700" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8701" max="8701" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8702" max="8702" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8703" max="8948" width="9.140625" style="3"/>
+    <col min="8949" max="8949" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8950" max="8950" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8951" max="8951" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8952" max="8952" width="7.140625" style="3" customWidth="1"/>
+    <col min="8953" max="8953" width="9.140625" style="3"/>
+    <col min="8954" max="8954" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8955" max="8955" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8956" max="8956" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8957" max="8957" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8958" max="8958" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8959" max="9204" width="9.140625" style="3"/>
+    <col min="9205" max="9205" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9206" max="9206" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9207" max="9207" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9208" max="9208" width="7.140625" style="3" customWidth="1"/>
+    <col min="9209" max="9209" width="9.140625" style="3"/>
+    <col min="9210" max="9210" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9211" max="9211" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9212" max="9212" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9213" max="9213" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9214" max="9214" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9215" max="9460" width="9.140625" style="3"/>
+    <col min="9461" max="9461" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9462" max="9462" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9463" max="9463" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9464" max="9464" width="7.140625" style="3" customWidth="1"/>
+    <col min="9465" max="9465" width="9.140625" style="3"/>
+    <col min="9466" max="9466" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9467" max="9467" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9468" max="9468" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9469" max="9469" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9470" max="9470" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9471" max="9716" width="9.140625" style="3"/>
+    <col min="9717" max="9717" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9718" max="9718" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9719" max="9719" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9720" max="9720" width="7.140625" style="3" customWidth="1"/>
+    <col min="9721" max="9721" width="9.140625" style="3"/>
+    <col min="9722" max="9722" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9723" max="9723" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9724" max="9724" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9725" max="9725" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9726" max="9726" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9727" max="9972" width="9.140625" style="3"/>
+    <col min="9973" max="9973" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9974" max="9974" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9975" max="9975" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9976" max="9976" width="7.140625" style="3" customWidth="1"/>
+    <col min="9977" max="9977" width="9.140625" style="3"/>
+    <col min="9978" max="9978" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9979" max="9979" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9980" max="9980" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9981" max="9981" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9982" max="9982" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9983" max="10228" width="9.140625" style="3"/>
+    <col min="10229" max="10229" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10230" max="10230" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10231" max="10231" width="14.7109375" style="3" customWidth="1"/>
+    <col min="10232" max="10232" width="7.140625" style="3" customWidth="1"/>
+    <col min="10233" max="10233" width="9.140625" style="3"/>
+    <col min="10234" max="10234" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10235" max="10235" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10236" max="10236" width="17.5703125" style="3" customWidth="1"/>
+    <col min="10237" max="10237" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10238" max="10238" width="10.42578125" style="3" customWidth="1"/>
+    <col min="10239" max="10484" width="9.140625" style="3"/>
+    <col min="10485" max="10485" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10486" max="10486" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10487" max="10487" width="14.7109375" style="3" customWidth="1"/>
+    <col min="10488" max="10488" width="7.140625" style="3" customWidth="1"/>
+    <col min="10489" max="10489" width="9.140625" style="3"/>
+    <col min="10490" max="10490" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10491" max="10491" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10492" max="10492" width="17.5703125" style="3" customWidth="1"/>
+    <col min="10493" max="10493" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10494" max="10494" width="10.42578125" style="3" customWidth="1"/>
+    <col min="10495" max="10740" width="9.140625" style="3"/>
+    <col min="10741" max="10741" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10742" max="10742" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10743" max="10743" width="14.7109375" style="3" customWidth="1"/>
+    <col min="10744" max="10744" width="7.140625" style="3" customWidth="1"/>
+    <col min="10745" max="10745" width="9.140625" style="3"/>
+    <col min="10746" max="10746" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10747" max="10747" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10748" max="10748" width="17.5703125" style="3" customWidth="1"/>
+    <col min="10749" max="10749" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10750" max="10750" width="10.42578125" style="3" customWidth="1"/>
+    <col min="10751" max="10996" width="9.140625" style="3"/>
+    <col min="10997" max="10997" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10998" max="10998" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10999" max="10999" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11000" max="11000" width="7.140625" style="3" customWidth="1"/>
+    <col min="11001" max="11001" width="9.140625" style="3"/>
+    <col min="11002" max="11002" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11003" max="11003" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11004" max="11004" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11005" max="11005" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11006" max="11006" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11007" max="11252" width="9.140625" style="3"/>
+    <col min="11253" max="11253" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11254" max="11254" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11255" max="11255" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11256" max="11256" width="7.140625" style="3" customWidth="1"/>
+    <col min="11257" max="11257" width="9.140625" style="3"/>
+    <col min="11258" max="11258" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11259" max="11259" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11260" max="11260" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11261" max="11261" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11262" max="11262" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11263" max="11508" width="9.140625" style="3"/>
+    <col min="11509" max="11509" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11510" max="11510" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11511" max="11511" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11512" max="11512" width="7.140625" style="3" customWidth="1"/>
+    <col min="11513" max="11513" width="9.140625" style="3"/>
+    <col min="11514" max="11514" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11515" max="11515" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11516" max="11516" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11517" max="11517" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11518" max="11518" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11519" max="11764" width="9.140625" style="3"/>
+    <col min="11765" max="11765" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11766" max="11766" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11767" max="11767" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11768" max="11768" width="7.140625" style="3" customWidth="1"/>
+    <col min="11769" max="11769" width="9.140625" style="3"/>
+    <col min="11770" max="11770" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11771" max="11771" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11772" max="11772" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11773" max="11773" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11774" max="11774" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11775" max="12020" width="9.140625" style="3"/>
+    <col min="12021" max="12021" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12022" max="12022" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12023" max="12023" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12024" max="12024" width="7.140625" style="3" customWidth="1"/>
+    <col min="12025" max="12025" width="9.140625" style="3"/>
+    <col min="12026" max="12026" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12027" max="12027" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12028" max="12028" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12029" max="12029" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12030" max="12030" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12031" max="12276" width="9.140625" style="3"/>
+    <col min="12277" max="12277" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12278" max="12278" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12279" max="12279" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12280" max="12280" width="7.140625" style="3" customWidth="1"/>
+    <col min="12281" max="12281" width="9.140625" style="3"/>
+    <col min="12282" max="12282" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12283" max="12283" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12284" max="12284" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12285" max="12285" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12286" max="12286" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12287" max="12532" width="9.140625" style="3"/>
+    <col min="12533" max="12533" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12534" max="12534" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12535" max="12535" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12536" max="12536" width="7.140625" style="3" customWidth="1"/>
+    <col min="12537" max="12537" width="9.140625" style="3"/>
+    <col min="12538" max="12538" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12539" max="12539" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12540" max="12540" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12541" max="12541" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12542" max="12542" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12543" max="12788" width="9.140625" style="3"/>
+    <col min="12789" max="12789" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12790" max="12790" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12791" max="12791" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12792" max="12792" width="7.140625" style="3" customWidth="1"/>
+    <col min="12793" max="12793" width="9.140625" style="3"/>
+    <col min="12794" max="12794" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12795" max="12795" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12796" max="12796" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12797" max="12797" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12798" max="12798" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12799" max="13044" width="9.140625" style="3"/>
+    <col min="13045" max="13045" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13046" max="13046" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13047" max="13047" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13048" max="13048" width="7.140625" style="3" customWidth="1"/>
+    <col min="13049" max="13049" width="9.140625" style="3"/>
+    <col min="13050" max="13050" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13051" max="13051" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13052" max="13052" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13053" max="13053" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13054" max="13054" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13055" max="13300" width="9.140625" style="3"/>
+    <col min="13301" max="13301" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13302" max="13302" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13303" max="13303" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13304" max="13304" width="7.140625" style="3" customWidth="1"/>
+    <col min="13305" max="13305" width="9.140625" style="3"/>
+    <col min="13306" max="13306" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13307" max="13307" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13308" max="13308" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13309" max="13309" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13310" max="13310" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13311" max="13556" width="9.140625" style="3"/>
+    <col min="13557" max="13557" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13558" max="13558" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13559" max="13559" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13560" max="13560" width="7.140625" style="3" customWidth="1"/>
+    <col min="13561" max="13561" width="9.140625" style="3"/>
+    <col min="13562" max="13562" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13563" max="13563" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13564" max="13564" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13565" max="13565" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13566" max="13566" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13567" max="13812" width="9.140625" style="3"/>
+    <col min="13813" max="13813" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13814" max="13814" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13815" max="13815" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13816" max="13816" width="7.140625" style="3" customWidth="1"/>
+    <col min="13817" max="13817" width="9.140625" style="3"/>
+    <col min="13818" max="13818" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13819" max="13819" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13820" max="13820" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13821" max="13821" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13822" max="13822" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13823" max="14068" width="9.140625" style="3"/>
+    <col min="14069" max="14069" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14070" max="14070" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14071" max="14071" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14072" max="14072" width="7.140625" style="3" customWidth="1"/>
+    <col min="14073" max="14073" width="9.140625" style="3"/>
+    <col min="14074" max="14074" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14075" max="14075" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14076" max="14076" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14077" max="14077" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14078" max="14078" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14079" max="14324" width="9.140625" style="3"/>
+    <col min="14325" max="14325" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14326" max="14326" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14327" max="14327" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14328" max="14328" width="7.140625" style="3" customWidth="1"/>
+    <col min="14329" max="14329" width="9.140625" style="3"/>
+    <col min="14330" max="14330" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14331" max="14331" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14332" max="14332" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14333" max="14333" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14334" max="14334" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14335" max="14580" width="9.140625" style="3"/>
+    <col min="14581" max="14581" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14582" max="14582" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14583" max="14583" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14584" max="14584" width="7.140625" style="3" customWidth="1"/>
+    <col min="14585" max="14585" width="9.140625" style="3"/>
+    <col min="14586" max="14586" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14587" max="14587" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14588" max="14588" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14589" max="14589" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14590" max="14590" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14591" max="14836" width="9.140625" style="3"/>
+    <col min="14837" max="14837" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14838" max="14838" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14839" max="14839" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14840" max="14840" width="7.140625" style="3" customWidth="1"/>
+    <col min="14841" max="14841" width="9.140625" style="3"/>
+    <col min="14842" max="14842" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14843" max="14843" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14844" max="14844" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14845" max="14845" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14846" max="14846" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14847" max="15092" width="9.140625" style="3"/>
+    <col min="15093" max="15093" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15094" max="15094" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15095" max="15095" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15096" max="15096" width="7.140625" style="3" customWidth="1"/>
+    <col min="15097" max="15097" width="9.140625" style="3"/>
+    <col min="15098" max="15098" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15099" max="15099" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15100" max="15100" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15101" max="15101" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15102" max="15102" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15103" max="15348" width="9.140625" style="3"/>
+    <col min="15349" max="15349" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15350" max="15350" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15351" max="15351" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15352" max="15352" width="7.140625" style="3" customWidth="1"/>
+    <col min="15353" max="15353" width="9.140625" style="3"/>
+    <col min="15354" max="15354" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15355" max="15355" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15356" max="15356" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15357" max="15357" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15358" max="15358" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15359" max="15604" width="9.140625" style="3"/>
+    <col min="15605" max="15605" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15606" max="15606" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15607" max="15607" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15608" max="15608" width="7.140625" style="3" customWidth="1"/>
+    <col min="15609" max="15609" width="9.140625" style="3"/>
+    <col min="15610" max="15610" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15611" max="15611" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15612" max="15612" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15613" max="15613" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15614" max="15614" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15615" max="15860" width="9.140625" style="3"/>
+    <col min="15861" max="15861" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15862" max="15862" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15863" max="15863" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15864" max="15864" width="7.140625" style="3" customWidth="1"/>
+    <col min="15865" max="15865" width="9.140625" style="3"/>
+    <col min="15866" max="15866" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15867" max="15867" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15868" max="15868" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15869" max="15869" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15870" max="15870" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15871" max="16195" width="9.140625" style="3"/>
+    <col min="16196" max="16201" width="9.140625" style="3" customWidth="1"/>
+    <col min="16202" max="16215" width="9.140625" style="3"/>
+    <col min="16216" max="16237" width="9.140625" style="3" customWidth="1"/>
+    <col min="16238" max="16250" width="9.140625" style="3"/>
+    <col min="16251" max="16262" width="9.140625" style="3" customWidth="1"/>
+    <col min="16263" max="16268" width="9.140625" style="3"/>
+    <col min="16269" max="16329" width="9.140625" style="3" customWidth="1"/>
+    <col min="16330" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="241" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="B1" s="241"/>
       <c r="C1" s="241"/>
       <c r="D1" s="241"/>
       <c r="F1" s="241" t="s">
         <v>138</v>
       </c>
       <c r="G1" s="241"/>
       <c r="H1" s="241"/>
       <c r="I1" s="241"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B2" s="50"/>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
     </row>
     <row r="3" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="144" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="145" t="s">
         <v>42</v>
       </c>
       <c r="C3" s="145" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="146" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="51" t="s">
         <v>40</v>
       </c>
       <c r="G3" s="52" t="s">
         <v>42</v>
       </c>
       <c r="H3" s="52" t="s">
         <v>41</v>
       </c>
       <c r="I3" s="53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="96" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="97">
-        <v>38704</v>
+        <v>38951</v>
       </c>
       <c r="C4" s="98">
-        <v>7334352060.54</v>
+        <v>7593759365.1099997</v>
       </c>
       <c r="D4" s="143">
-        <v>66.43830684562775</v>
+        <v>63.374272446145078</v>
       </c>
       <c r="F4" s="54" t="s">
         <v>3</v>
       </c>
       <c r="G4" s="55">
-        <v>38951</v>
+        <v>2411</v>
       </c>
       <c r="H4" s="56">
-        <v>7593759365.1099997</v>
+        <v>257804377.49000001</v>
       </c>
       <c r="I4" s="141">
-        <v>63.374272446145078</v>
+        <v>62.441839821979045</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="96" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="97">
-        <v>13112</v>
+        <v>15206</v>
       </c>
       <c r="C5" s="98">
-        <v>2065041764.7</v>
+        <v>2597412167</v>
       </c>
       <c r="D5" s="143">
-        <v>18.706202985580962</v>
+        <v>21.676892618259259</v>
       </c>
       <c r="F5" s="54" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="55">
-        <v>15206</v>
+        <v>810</v>
       </c>
       <c r="H5" s="56">
-        <v>2597412167</v>
+        <v>93092214.760000005</v>
       </c>
       <c r="I5" s="141">
-        <v>21.676892618259259</v>
+        <v>22.547519244286953</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="96" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="97">
-        <v>2673</v>
+        <v>2586</v>
       </c>
       <c r="C6" s="98">
-        <v>1137934517.55</v>
+        <v>1198477537.6700001</v>
       </c>
       <c r="D6" s="143">
-        <v>10.307992038447628</v>
+        <v>10.001981672194253</v>
       </c>
       <c r="F6" s="54" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="55">
-        <v>2586</v>
+        <v>189</v>
       </c>
       <c r="H6" s="56">
-        <v>1198477537.6700001</v>
+        <v>41967939.990000002</v>
       </c>
       <c r="I6" s="141">
-        <v>10.001981672194253</v>
+        <v>10.164898719051649</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="96" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="97">
-        <v>958</v>
+        <v>1006</v>
       </c>
       <c r="C7" s="98">
-        <v>353173450.79000002</v>
+        <v>393494383.44</v>
       </c>
       <c r="D7" s="143">
-        <v>3.1992254938996822</v>
+        <v>3.2839360668618189</v>
       </c>
       <c r="F7" s="54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" s="55">
-        <v>1006</v>
+        <v>32</v>
       </c>
       <c r="H7" s="56">
-        <v>393494383.44</v>
+        <v>2289549.4900000002</v>
       </c>
       <c r="I7" s="141">
-        <v>3.2839360668618189</v>
+        <v>0.55454327002115877</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="96" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B8" s="97">
-        <v>507</v>
+        <v>640</v>
       </c>
       <c r="C8" s="98">
-        <v>54461710.609999999</v>
+        <v>80931240.689999998</v>
       </c>
       <c r="D8" s="143">
-        <v>0.49334198999148615</v>
+        <v>0.67541756991377966</v>
       </c>
       <c r="F8" s="54" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="G8" s="55">
-        <v>640</v>
+        <v>56</v>
       </c>
       <c r="H8" s="56">
-        <v>80931240.689999998</v>
+        <v>11518876.460000001</v>
       </c>
       <c r="I8" s="141">
-        <v>0.67541756991377966</v>
+        <v>2.7899442431786654</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="96" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="97">
+        <v>490</v>
+      </c>
+      <c r="C9" s="98">
+        <v>54096976.369999997</v>
+      </c>
+      <c r="D9" s="143">
+        <v>0.45147026053220091</v>
+      </c>
+      <c r="F9" s="54" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="97">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="55">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="H9" s="56">
-        <v>54096976.369999997</v>
+        <v>3357967.23</v>
       </c>
       <c r="I9" s="141">
-        <v>0.45147026053220091</v>
+        <v>0.81332075872624721</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="96" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="147">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="C10" s="148">
-        <v>28274653.760000002</v>
+        <v>35040712.68</v>
       </c>
       <c r="D10" s="143">
-        <v>0.25612625450140364</v>
+        <v>0.29243482250602532</v>
       </c>
       <c r="F10" s="54" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G10" s="57">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="H10" s="58">
-        <v>35040712.68</v>
+        <v>2840281.17</v>
       </c>
       <c r="I10" s="141">
-        <v>0.29243482250602532</v>
+        <v>0.68793394275627673</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="96" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="97">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="C11" s="98">
-        <v>19629228.600000001</v>
+        <v>22557086.609999999</v>
       </c>
       <c r="D11" s="143">
-        <v>0.17781157791513952</v>
-[...10 lines deleted...]
-      <c r="I11" s="141">
         <v>0.18825181095170551</v>
       </c>
+      <c r="F11" s="54"/>
+      <c r="G11" s="55"/>
+      <c r="H11" s="56"/>
+      <c r="I11" s="141"/>
     </row>
     <row r="12" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="96" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B12" s="97">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="C12" s="98">
-        <v>1200000</v>
+        <v>3414667.94</v>
       </c>
       <c r="D12" s="143">
-        <v>1.0870212877248134E-2</v>
-[...10 lines deleted...]
-      <c r="I12" s="141">
         <v>2.8497360258339217E-2</v>
       </c>
+      <c r="F12" s="54"/>
+      <c r="G12" s="55"/>
+      <c r="H12" s="56"/>
+      <c r="I12" s="141"/>
     </row>
     <row r="13" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="96" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="B13" s="97">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C13" s="98">
-        <v>230871.58</v>
+        <v>1993000</v>
       </c>
       <c r="D13" s="143">
-        <v>2.0913526849221857E-3</v>
-[...10 lines deleted...]
-      <c r="I13" s="158">
         <v>1.6632726810581196E-2</v>
       </c>
+      <c r="F13" s="54"/>
+      <c r="G13" s="55"/>
+      <c r="H13" s="56"/>
+      <c r="I13" s="158"/>
     </row>
     <row r="14" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="96" t="s">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="B14" s="97">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C14" s="98">
-        <v>186000</v>
+        <v>793476.39</v>
       </c>
       <c r="D14" s="143">
-        <v>1.684882995973461E-3</v>
-[...10 lines deleted...]
-      <c r="I14" s="158">
         <v>6.6220150654872963E-3</v>
       </c>
+      <c r="F14" s="54"/>
+      <c r="G14" s="55"/>
+      <c r="H14" s="56"/>
+      <c r="I14" s="158"/>
     </row>
     <row r="15" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="96" t="s">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="B15" s="97">
         <v>2</v>
       </c>
       <c r="C15" s="98">
-        <v>174349.6</v>
+        <v>254552.47</v>
       </c>
       <c r="D15" s="149">
-        <v>1.5793477225525513E-3</v>
-[...10 lines deleted...]
-      <c r="I15" s="158">
         <v>2.1243861979270777E-3</v>
       </c>
+      <c r="F15" s="54"/>
+      <c r="G15" s="55"/>
+      <c r="H15" s="56"/>
+      <c r="I15" s="158"/>
     </row>
     <row r="16" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="96" t="s">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="B16" s="97">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C16" s="98">
-        <v>113501.67</v>
+        <v>120000</v>
       </c>
       <c r="D16" s="149">
-        <v>1.0281560956859736E-3</v>
-[...10 lines deleted...]
-      <c r="I16" s="158">
         <v>1.0014687492572723E-3</v>
       </c>
+      <c r="F16" s="54"/>
+      <c r="G16" s="55"/>
+      <c r="H16" s="56"/>
+      <c r="I16" s="158"/>
     </row>
     <row r="17" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="96" t="s">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="B17" s="97">
         <v>2</v>
       </c>
       <c r="C17" s="98">
-        <v>58028.75</v>
+        <v>55691.27</v>
       </c>
       <c r="D17" s="149">
-        <v>5.2565405458384392E-4</v>
-[...10 lines deleted...]
-      <c r="I17" s="158">
         <v>4.6477555426207537E-4</v>
       </c>
+      <c r="F17" s="96"/>
+      <c r="G17" s="97"/>
+      <c r="H17" s="98"/>
+      <c r="I17" s="158"/>
     </row>
     <row r="18" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="96" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A18" s="96"/>
+      <c r="B18" s="97"/>
+      <c r="C18" s="98"/>
+      <c r="D18" s="149"/>
       <c r="F18" s="54"/>
       <c r="G18" s="55"/>
       <c r="H18" s="56"/>
-      <c r="I18" s="158">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="158"/>
     </row>
     <row r="19" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="96" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A19" s="96"/>
+      <c r="B19" s="97"/>
+      <c r="C19" s="98"/>
+      <c r="D19" s="149"/>
       <c r="F19" s="96"/>
       <c r="G19" s="97"/>
       <c r="H19" s="98"/>
-      <c r="I19" s="158">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="158"/>
     </row>
     <row r="20" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="96" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A20" s="96"/>
+      <c r="B20" s="97"/>
+      <c r="C20" s="98"/>
+      <c r="D20" s="149"/>
       <c r="F20" s="96"/>
       <c r="G20" s="97"/>
       <c r="H20" s="98"/>
-      <c r="I20" s="158">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="158"/>
     </row>
     <row r="21" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="150" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="151">
-        <v>56664</v>
+        <v>59173</v>
       </c>
       <c r="C21" s="152">
-        <v>11039342224.030003</v>
+        <v>11982400857.640003</v>
       </c>
       <c r="D21" s="153">
         <v>100</v>
       </c>
       <c r="F21" s="59" t="s">
         <v>6</v>
       </c>
       <c r="G21" s="159">
-        <v>59173</v>
+        <v>3544</v>
       </c>
       <c r="H21" s="60">
-        <v>11982400857.640003</v>
+        <v>412871206.59000003</v>
       </c>
       <c r="I21" s="142">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="26"/>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28"/>
       <c r="F22" s="26"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="28"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="B23" s="30"/>
       <c r="C23" s="30"/>
       <c r="D23" s="31"/>
       <c r="F23" s="29"/>
       <c r="G23" s="30"/>
       <c r="H23" s="30"/>
       <c r="I23" s="31"/>
     </row>
     <row r="24" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A24" s="144" t="s">
         <v>45</v>
@@ -15160,266 +23717,266 @@
       </c>
       <c r="C24" s="145" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="146" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="51" t="s">
         <v>45</v>
       </c>
       <c r="G24" s="52" t="s">
         <v>46</v>
       </c>
       <c r="H24" s="52" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="139" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="97">
-        <v>10214</v>
+        <v>8081</v>
       </c>
       <c r="C25" s="98">
-        <v>4089050664.3000031</v>
+        <v>3178412927.0500031</v>
       </c>
       <c r="D25" s="154">
-        <v>37.040709322328269</v>
+        <v>26.525676822299268</v>
       </c>
       <c r="F25" s="61" t="s">
         <v>50</v>
       </c>
       <c r="G25" s="55">
-        <v>8081</v>
+        <v>216</v>
       </c>
       <c r="H25" s="56">
-        <v>3178412927.0500031</v>
+        <v>102358835.62</v>
       </c>
       <c r="I25" s="138">
-        <v>26.525676822299268</v>
+        <v>24.791953031892341</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="139" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="97">
-        <v>12633</v>
+        <v>13664</v>
       </c>
       <c r="C26" s="98">
-        <v>3871649666.5</v>
+        <v>4572656596.3999996</v>
       </c>
       <c r="D26" s="154">
-        <v>35.071380050818114</v>
+        <v>38.161439019831022</v>
       </c>
       <c r="F26" s="61" t="s">
         <v>47</v>
       </c>
       <c r="G26" s="55">
-        <v>13664</v>
+        <v>502</v>
       </c>
       <c r="H26" s="56">
-        <v>4572656596.3999996</v>
+        <v>116528407.03</v>
       </c>
       <c r="I26" s="138">
-        <v>38.161439019831022</v>
+        <v>28.223912244313524</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="139" t="s">
         <v>48</v>
       </c>
       <c r="B27" s="97">
-        <v>32815</v>
+        <v>36056</v>
       </c>
       <c r="C27" s="98">
-        <v>1980716887.79</v>
+        <v>2455929440.8699999</v>
       </c>
       <c r="D27" s="154">
-        <v>17.942345183198086</v>
+        <v>20.496138211768258</v>
       </c>
       <c r="F27" s="139" t="s">
         <v>48</v>
       </c>
       <c r="G27" s="97">
-        <v>36056</v>
+        <v>2765</v>
       </c>
       <c r="H27" s="98">
-        <v>2455929440.8699999</v>
+        <v>160213727.18000001</v>
       </c>
       <c r="I27" s="138">
-        <v>20.496138211768258</v>
+        <v>38.804771227144343</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="139" t="s">
         <v>49</v>
       </c>
       <c r="B28" s="97">
-        <v>1002</v>
+        <v>1372</v>
       </c>
       <c r="C28" s="98">
-        <v>1097925005.4400001</v>
+        <v>1775401893.3199999</v>
       </c>
       <c r="D28" s="154">
-        <v>9.9455654436555125</v>
+        <v>14.816745946101445</v>
       </c>
       <c r="F28" s="61" t="s">
         <v>49</v>
       </c>
       <c r="G28" s="55">
-        <v>1372</v>
+        <v>61</v>
       </c>
       <c r="H28" s="56">
-        <v>1775401893.3199999</v>
+        <v>33770236.759999998</v>
       </c>
       <c r="I28" s="138">
-        <v>14.816745946101445</v>
+        <v>8.1793634966497883</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="150" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="151">
-        <v>56664</v>
+        <v>59173</v>
       </c>
       <c r="C29" s="152">
-        <v>11039342224.030005</v>
+        <v>11982400857.640003</v>
       </c>
       <c r="D29" s="155">
         <v>100</v>
       </c>
       <c r="F29" s="62" t="s">
         <v>6</v>
       </c>
       <c r="G29" s="63">
-        <v>59173</v>
+        <v>3544</v>
       </c>
       <c r="H29" s="78">
-        <v>11982400857.640003</v>
+        <v>412871206.59000003</v>
       </c>
       <c r="I29" s="140">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="242" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B30" s="242"/>
       <c r="C30" s="242"/>
       <c r="D30" s="242"/>
       <c r="F30" s="242" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
       <c r="G30" s="242"/>
       <c r="H30" s="242"/>
       <c r="I30" s="242"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B31" s="36"/>
       <c r="C31" s="37"/>
       <c r="G31" s="36"/>
       <c r="H31" s="37"/>
     </row>
     <row r="32" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B32" s="36"/>
       <c r="C32" s="37"/>
       <c r="G32" s="136">
-        <v>51092</v>
+        <v>3328</v>
       </c>
       <c r="H32" s="136">
-        <v>8803987930.5900002</v>
+        <v>310512370.97000003</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="14.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="36"/>
       <c r="C33" s="37"/>
       <c r="F33" s="3" t="s">
         <v>79</v>
       </c>
       <c r="G33" s="36">
-        <v>8081</v>
+        <v>216</v>
       </c>
       <c r="H33" s="36">
-        <v>3178412927.0500031</v>
+        <v>102358835.62</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="34"/>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="34"/>
       <c r="E34" s="34"/>
       <c r="F34" s="34"/>
       <c r="G34" s="35"/>
       <c r="H34" s="35"/>
       <c r="I34" s="34"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="34"/>
       <c r="B35" s="34"/>
       <c r="C35" s="34"/>
       <c r="D35" s="34"/>
       <c r="E35" s="34"/>
       <c r="F35" s="34"/>
       <c r="G35" s="137"/>
       <c r="H35" s="137"/>
       <c r="I35" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="F1:I1"/>
     <mergeCell ref="F30:I30"/>
     <mergeCell ref="A30:D30"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="1.4173228346456694" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="96" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:T19"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="1" customWidth="1"/>
     <col min="2" max="6" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="7" max="10" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="243" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="243"/>
       <c r="C1" s="243"/>
       <c r="D1" s="243"/>
       <c r="E1" s="243"/>
       <c r="F1" s="243"/>
       <c r="G1" s="243"/>
       <c r="H1" s="243"/>
       <c r="I1" s="243"/>
       <c r="J1" s="243"/>
       <c r="K1" s="243"/>
       <c r="L1" s="243"/>
@@ -15469,51 +24026,51 @@
       <c r="L2" s="244">
         <v>2017</v>
       </c>
       <c r="M2" s="244">
         <v>2018</v>
       </c>
       <c r="N2" s="244">
         <v>2019</v>
       </c>
       <c r="O2" s="244">
         <v>2020</v>
       </c>
       <c r="P2" s="244">
         <v>2021</v>
       </c>
       <c r="Q2" s="244">
         <v>2022</v>
       </c>
       <c r="R2" s="244">
         <v>2023</v>
       </c>
       <c r="S2" s="244">
         <v>2024</v>
       </c>
       <c r="T2" s="244" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
     </row>
     <row r="3" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="249"/>
       <c r="B3" s="247"/>
       <c r="C3" s="247"/>
       <c r="D3" s="247"/>
       <c r="E3" s="247"/>
       <c r="F3" s="247"/>
       <c r="G3" s="247"/>
       <c r="H3" s="247"/>
       <c r="I3" s="247"/>
       <c r="J3" s="247"/>
       <c r="K3" s="247"/>
       <c r="L3" s="245"/>
       <c r="M3" s="245"/>
       <c r="N3" s="245"/>
       <c r="O3" s="245"/>
       <c r="P3" s="245"/>
       <c r="Q3" s="245"/>
       <c r="R3" s="245"/>
       <c r="S3" s="245"/>
       <c r="T3" s="245"/>
     </row>
     <row r="4" spans="1:20" ht="15" x14ac:dyDescent="0.25">
@@ -16110,51 +24667,53 @@
       </c>
       <c r="L13" s="14">
         <v>8.16</v>
       </c>
       <c r="M13" s="14">
         <v>7.38</v>
       </c>
       <c r="N13" s="14">
         <v>6.81</v>
       </c>
       <c r="O13" s="14">
         <v>7.29</v>
       </c>
       <c r="P13" s="14">
         <v>10.55</v>
       </c>
       <c r="Q13" s="14">
         <v>15.62</v>
       </c>
       <c r="R13" s="14">
         <v>14.19</v>
       </c>
       <c r="S13" s="14">
         <v>18.88</v>
       </c>
-      <c r="T13" s="14"/>
+      <c r="T13" s="14">
+        <v>29.68</v>
+      </c>
     </row>
     <row r="14" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>36</v>
       </c>
       <c r="B14" s="10">
         <v>3.7715789473684218</v>
       </c>
       <c r="C14" s="10">
         <v>4.09</v>
       </c>
       <c r="D14" s="10">
         <v>4.1089473684210525</v>
       </c>
       <c r="E14" s="10">
         <v>4.1100000000000003</v>
       </c>
       <c r="F14" s="10">
         <v>5.1100000000000003</v>
       </c>
       <c r="G14" s="10">
         <v>5.82</v>
       </c>
       <c r="H14" s="10">
         <v>5.28</v>
@@ -16170,51 +24729,53 @@
       </c>
       <c r="L14" s="11">
         <v>8.1300000000000008</v>
       </c>
       <c r="M14" s="11">
         <v>7.45</v>
       </c>
       <c r="N14" s="11">
         <v>6.87</v>
       </c>
       <c r="O14" s="11">
         <v>7.42</v>
       </c>
       <c r="P14" s="11">
         <v>11.49</v>
       </c>
       <c r="Q14" s="11">
         <v>15.79</v>
       </c>
       <c r="R14" s="11">
         <v>13.83</v>
       </c>
       <c r="S14" s="11">
         <v>19.510000000000002</v>
       </c>
-      <c r="T14" s="11"/>
+      <c r="T14" s="11">
+        <v>29.34</v>
+      </c>
     </row>
     <row r="15" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="16">
         <v>3.84</v>
       </c>
       <c r="C15" s="16">
         <v>4.18</v>
       </c>
       <c r="D15" s="16">
         <v>4.1100000000000003</v>
       </c>
       <c r="E15" s="16">
         <v>4.1500000000000004</v>
       </c>
       <c r="F15" s="16">
         <v>5.32</v>
       </c>
       <c r="G15" s="16">
         <v>5.98</v>
       </c>
       <c r="H15" s="16">
         <v>5.23</v>
@@ -16230,51 +24791,53 @@
       </c>
       <c r="L15" s="17">
         <v>8.06</v>
       </c>
       <c r="M15" s="17">
         <v>7.38</v>
       </c>
       <c r="N15" s="17">
         <v>7.39</v>
       </c>
       <c r="O15" s="17">
         <v>7.47</v>
       </c>
       <c r="P15" s="17">
         <v>12.39</v>
       </c>
       <c r="Q15" s="17">
         <v>15.48</v>
       </c>
       <c r="R15" s="17">
         <v>14.05</v>
       </c>
       <c r="S15" s="17">
         <v>20.69</v>
       </c>
-      <c r="T15" s="17"/>
+      <c r="T15" s="17">
+        <v>29.01</v>
+      </c>
     </row>
     <row r="16" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="18" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="19">
         <v>3.8342936235516341</v>
       </c>
       <c r="C16" s="19">
         <v>4.0264393939393939</v>
       </c>
       <c r="D16" s="19">
         <v>4.1525710108604841</v>
       </c>
       <c r="E16" s="19">
         <v>4.0999999999999996</v>
       </c>
       <c r="F16" s="19">
         <v>4.5908333333333333</v>
       </c>
       <c r="G16" s="19">
         <v>5.5699999999999994</v>
       </c>
       <c r="H16" s="19">
         <v>5.4794460678210681</v>
@@ -16291,51 +24854,51 @@
       <c r="L16" s="19">
         <v>8.1575000000000006</v>
       </c>
       <c r="M16" s="19">
         <v>7.6408333333333323</v>
       </c>
       <c r="N16" s="19">
         <v>7.1500000000000012</v>
       </c>
       <c r="O16" s="19">
         <v>7.2549999999999999</v>
       </c>
       <c r="P16" s="19">
         <v>9.1633333333333322</v>
       </c>
       <c r="Q16" s="19">
         <v>15.149999999999999</v>
       </c>
       <c r="R16" s="19">
         <v>14.781666666666668</v>
       </c>
       <c r="S16" s="19">
         <v>16.668333333333333</v>
       </c>
       <c r="T16" s="19">
-        <v>28.086666666666662</v>
+        <v>28.400833333333328</v>
       </c>
     </row>
     <row r="17" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="20" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="21">
         <v>15.61</v>
       </c>
       <c r="C17" s="22">
         <v>5.0112429889962007</v>
       </c>
       <c r="D17" s="22">
         <v>3.1325845140235842</v>
       </c>
       <c r="E17" s="22">
         <v>-1.2659870408715967</v>
       </c>
       <c r="F17" s="22">
         <v>11.97154471544717</v>
       </c>
       <c r="G17" s="22">
         <v>21.328734797603911</v>
       </c>
       <c r="H17" s="22">
@@ -16353,2189 +24916,2165 @@
       <c r="L17" s="23">
         <v>18.683317167798251</v>
       </c>
       <c r="M17" s="23">
         <v>-6.3336397997752814</v>
       </c>
       <c r="N17" s="23">
         <v>-6.4238193914276103</v>
       </c>
       <c r="O17" s="23">
         <v>1.4685314685314532</v>
       </c>
       <c r="P17" s="23">
         <v>26.30369859866757</v>
       </c>
       <c r="Q17" s="23">
         <v>65.332848308475803</v>
       </c>
       <c r="R17" s="23">
         <v>-2.43124312431241</v>
       </c>
       <c r="S17" s="23">
         <v>12.763558462058832</v>
       </c>
       <c r="T17" s="23">
-        <v>68.503149685031488</v>
+        <v>70.387961203879584</v>
       </c>
     </row>
     <row r="18" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="25"/>
       <c r="I18" s="24"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="24"/>
       <c r="M18" s="24"/>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="24"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="S2:S3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:I3"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="T2:T3"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="K2:K3"/>
     <mergeCell ref="L2:L3"/>
     <mergeCell ref="R2:R3"/>
     <mergeCell ref="M2:M3"/>
     <mergeCell ref="P2:P3"/>
     <mergeCell ref="Q2:Q3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.23" top="1.4" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="115" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2646955-D639-4CD8-8F1B-EA41C3B557A7}">
   <dimension ref="A3:I36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" s="157" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="156" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" s="157" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" s="157" t="s">
         <v>112</v>
       </c>
-      <c r="B3" s="157" t="s">
+      <c r="D3" s="157" t="s">
         <v>113</v>
       </c>
-      <c r="C3" s="157" t="s">
+      <c r="E3" s="157" t="s">
         <v>114</v>
       </c>
-      <c r="D3" s="157" t="s">
+      <c r="F3" s="157" t="s">
         <v>115</v>
       </c>
-      <c r="E3" s="157" t="s">
+      <c r="G3" s="157" t="s">
         <v>116</v>
       </c>
-      <c r="F3" s="157" t="s">
+      <c r="H3" s="157" t="s">
         <v>117</v>
       </c>
-      <c r="G3" s="157" t="s">
+      <c r="I3" s="157" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="69" t="s">
-        <v>111</v>
-[...8 lines deleted...]
-      <c r="I4" s="250"/>
+        <v>109</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="79" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B5" s="250">
+        <v>99</v>
+      </c>
+      <c r="B5">
         <v>34.951000000000001</v>
       </c>
-      <c r="C5" s="250">
+      <c r="C5">
         <v>101.136</v>
       </c>
-      <c r="D5" s="250">
+      <c r="D5">
         <v>59.942999999999998</v>
       </c>
-      <c r="E5" s="250">
+      <c r="E5">
         <v>161.07900000000001</v>
       </c>
-      <c r="F5" s="250">
+      <c r="F5">
         <v>129.13300000000001</v>
       </c>
-      <c r="G5" s="250">
+      <c r="G5">
         <v>155.10400000000001</v>
       </c>
-      <c r="H5" s="250">
+      <c r="H5">
         <v>133.60599999999999</v>
       </c>
-      <c r="I5" s="250">
+      <c r="I5">
         <v>36.453000000000003</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="79" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B6" s="250">
+        <v>100</v>
+      </c>
+      <c r="B6">
         <v>36.453000000000003</v>
       </c>
-      <c r="C6" s="250">
+      <c r="C6">
         <v>95.224000000000004</v>
       </c>
-      <c r="D6" s="250">
+      <c r="D6">
         <v>64.59</v>
       </c>
-      <c r="E6" s="250">
+      <c r="E6">
         <v>159.81399999999999</v>
       </c>
-      <c r="F6" s="250">
+      <c r="F6">
         <v>130.48500000000001</v>
       </c>
-      <c r="G6" s="250">
+      <c r="G6">
         <v>160.62700000000001</v>
       </c>
-      <c r="H6" s="250">
+      <c r="H6">
         <v>134.17400000000001</v>
       </c>
-      <c r="I6" s="250">
+      <c r="I6">
         <v>31.951000000000001</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="79" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B7" s="250">
+        <v>101</v>
+      </c>
+      <c r="B7">
         <v>31.951000000000001</v>
       </c>
-      <c r="C7" s="250">
+      <c r="C7">
         <v>104.926</v>
       </c>
-      <c r="D7" s="250">
+      <c r="D7">
         <v>70.930000000000007</v>
       </c>
-      <c r="E7" s="250">
+      <c r="E7">
         <v>175.85599999999999</v>
       </c>
-      <c r="F7" s="250">
+      <c r="F7">
         <v>138.506</v>
       </c>
-      <c r="G7" s="250">
+      <c r="G7">
         <v>166.00299999999999</v>
       </c>
-      <c r="H7" s="250">
+      <c r="H7">
         <v>143.364</v>
       </c>
-      <c r="I7" s="250">
+      <c r="I7">
         <v>36.945999999999998</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="79" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B8" s="250">
+        <v>102</v>
+      </c>
+      <c r="B8">
         <v>36.945999999999998</v>
       </c>
-      <c r="C8" s="250">
+      <c r="C8">
         <v>94.921000000000006</v>
       </c>
-      <c r="D8" s="250">
+      <c r="D8">
         <v>74.108999999999995</v>
       </c>
-      <c r="E8" s="250">
+      <c r="E8">
         <v>169.03</v>
       </c>
-      <c r="F8" s="250">
+      <c r="F8">
         <v>131.18799999999999</v>
       </c>
-      <c r="G8" s="250">
+      <c r="G8">
         <v>162.35499999999999</v>
       </c>
-      <c r="H8" s="250">
+      <c r="H8">
         <v>139.001</v>
       </c>
-      <c r="I8" s="250">
+      <c r="I8">
         <v>35.808</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="79" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B9" s="250">
+        <v>103</v>
+      </c>
+      <c r="B9">
         <v>35.808</v>
       </c>
-      <c r="C9" s="250">
+      <c r="C9">
         <v>102.11</v>
       </c>
-      <c r="D9" s="250">
+      <c r="D9">
         <v>74.438999999999993</v>
       </c>
-      <c r="E9" s="250">
+      <c r="E9">
         <v>176.54900000000001</v>
       </c>
-      <c r="F9" s="250">
+      <c r="F9">
         <v>132.126</v>
       </c>
-      <c r="G9" s="250">
+      <c r="G9">
         <v>162.09299999999999</v>
       </c>
-      <c r="H9" s="250">
+      <c r="H9">
         <v>144.89599999999999</v>
       </c>
-      <c r="I9" s="250">
+      <c r="I9">
         <v>37.494</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="79" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B10" s="250">
+        <v>104</v>
+      </c>
+      <c r="B10">
         <v>37.494</v>
       </c>
-      <c r="C10" s="250">
+      <c r="C10">
         <v>87.088999999999999</v>
       </c>
-      <c r="D10" s="250">
+      <c r="D10">
         <v>77.954999999999998</v>
       </c>
-      <c r="E10" s="250">
+      <c r="E10">
         <v>165.04400000000001</v>
       </c>
-      <c r="F10" s="250">
-[...5 lines deleted...]
-      <c r="H10" s="250">
+      <c r="F10">
+        <v>140.86099999999999</v>
+      </c>
+      <c r="G10">
+        <v>167.88300000000001</v>
+      </c>
+      <c r="H10">
         <v>143.57599999999999</v>
       </c>
-      <c r="I10" s="250">
+      <c r="I10">
         <v>31.94</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="79" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B11" s="250">
+        <v>105</v>
+      </c>
+      <c r="B11">
         <v>31.94</v>
       </c>
-      <c r="C11" s="250">
+      <c r="C11">
         <v>87.783000000000001</v>
       </c>
-      <c r="D11" s="250">
+      <c r="D11">
         <v>76.605999999999995</v>
       </c>
-      <c r="E11" s="250">
+      <c r="E11">
         <v>164.38900000000001</v>
       </c>
-      <c r="F11" s="250">
-[...5 lines deleted...]
-      <c r="H11" s="250">
+      <c r="F11">
+        <v>133.91800000000001</v>
+      </c>
+      <c r="G11">
+        <v>168.75399999999999</v>
+      </c>
+      <c r="H11">
         <v>134.559</v>
       </c>
-      <c r="I11" s="250">
+      <c r="I11">
         <v>26.934000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="79" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B12" s="250">
+        <v>106</v>
+      </c>
+      <c r="B12">
         <v>26.934000000000001</v>
       </c>
-      <c r="C12" s="250">
+      <c r="C12">
         <v>97.24</v>
       </c>
-      <c r="D12" s="250">
+      <c r="D12">
         <v>72.105000000000004</v>
       </c>
-      <c r="E12" s="250">
+      <c r="E12">
         <v>169.345</v>
       </c>
-      <c r="F12" s="250">
-[...8 lines deleted...]
-      <c r="I12" s="250">
+      <c r="F12">
+        <v>134.27500000000001</v>
+      </c>
+      <c r="G12">
+        <v>163.96799999999999</v>
+      </c>
+      <c r="H12">
+        <v>143.465</v>
+      </c>
+      <c r="I12">
         <v>23.120999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="79" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B13" s="250">
+        <v>128</v>
+      </c>
+      <c r="B13">
         <v>23.120999999999999</v>
       </c>
-      <c r="C13" s="250">
-[...18 lines deleted...]
-        <v>21.751999999999999</v>
+      <c r="C13">
+        <v>100.203</v>
+      </c>
+      <c r="D13">
+        <v>75.113</v>
+      </c>
+      <c r="E13">
+        <v>175.316</v>
+      </c>
+      <c r="F13">
+        <v>141.79900000000001</v>
+      </c>
+      <c r="G13">
+        <v>171.55600000000001</v>
+      </c>
+      <c r="H13">
+        <v>147.37299999999999</v>
+      </c>
+      <c r="I13">
+        <v>21.306999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="79" t="s">
-        <v>144</v>
-[...23 lines deleted...]
-        <v>22.818999999999999</v>
+        <v>135</v>
+      </c>
+      <c r="B14">
+        <v>21.306999999999999</v>
+      </c>
+      <c r="C14">
+        <v>95.515000000000001</v>
+      </c>
+      <c r="D14">
+        <v>83.332999999999998</v>
+      </c>
+      <c r="E14">
+        <v>178.84800000000001</v>
+      </c>
+      <c r="F14">
+        <v>143.94</v>
+      </c>
+      <c r="G14">
+        <v>173.852</v>
+      </c>
+      <c r="H14">
+        <v>150.095</v>
+      </c>
+      <c r="I14">
+        <v>20.148</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="69" t="s">
-        <v>110</v>
-[...8 lines deleted...]
-      <c r="I15" s="250"/>
+        <v>108</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="79" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B16" s="250">
+        <v>99</v>
+      </c>
+      <c r="B16">
         <v>4.2009999999999996</v>
       </c>
-      <c r="C16" s="250">
+      <c r="C16">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D16" s="250">
+      <c r="D16">
         <v>25.6</v>
       </c>
-      <c r="E16" s="250">
+      <c r="E16">
         <v>26.7</v>
       </c>
-      <c r="F16" s="250">
+      <c r="F16">
         <v>1</v>
       </c>
-      <c r="G16" s="250">
+      <c r="G16">
         <v>2.77</v>
       </c>
-      <c r="H16" s="250">
+      <c r="H16">
         <v>26.45</v>
       </c>
-      <c r="I16" s="250">
+      <c r="I16">
         <v>2.681</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="79" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B17" s="250">
+        <v>100</v>
+      </c>
+      <c r="B17">
         <v>2.681</v>
       </c>
-      <c r="C17" s="250">
+      <c r="C17">
         <v>1.026</v>
       </c>
-      <c r="D17" s="250">
+      <c r="D17">
         <v>28.274000000000001</v>
       </c>
-      <c r="E17" s="250">
+      <c r="E17">
         <v>29.3</v>
       </c>
-      <c r="F17" s="250">
+      <c r="F17">
         <v>1.06</v>
       </c>
-      <c r="G17" s="250">
+      <c r="G17">
         <v>2.88</v>
       </c>
-      <c r="H17" s="250">
+      <c r="H17">
         <v>29.907</v>
       </c>
-      <c r="I17" s="250">
+      <c r="I17">
         <v>0.254</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="79" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B18" s="250">
+        <v>101</v>
+      </c>
+      <c r="B18">
         <v>0.254</v>
       </c>
-      <c r="C18" s="250">
+      <c r="C18">
         <v>1.0640000000000001</v>
       </c>
-      <c r="D18" s="250">
+      <c r="D18">
         <v>29.335999999999999</v>
       </c>
-      <c r="E18" s="250">
+      <c r="E18">
         <v>30.4</v>
       </c>
-      <c r="F18" s="250">
+      <c r="F18">
         <v>1.1599999999999999</v>
       </c>
-      <c r="G18" s="250">
+      <c r="G18">
         <v>2.94</v>
       </c>
-      <c r="H18" s="250">
+      <c r="H18">
         <v>28.318000000000001</v>
       </c>
-      <c r="I18" s="250">
+      <c r="I18">
         <v>0.55600000000000005</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="79" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B19" s="250">
+        <v>102</v>
+      </c>
+      <c r="B19">
         <v>0.55600000000000005</v>
       </c>
-      <c r="C19" s="250">
+      <c r="C19">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D19" s="250">
+      <c r="D19">
         <v>30.2</v>
       </c>
-      <c r="E19" s="250">
+      <c r="E19">
         <v>31.3</v>
       </c>
-      <c r="F19" s="250">
+      <c r="F19">
         <v>0.7</v>
       </c>
-      <c r="G19" s="250">
+      <c r="G19">
         <v>3.1</v>
       </c>
-      <c r="H19" s="250">
+      <c r="H19">
         <v>27.326000000000001</v>
       </c>
-      <c r="I19" s="250">
+      <c r="I19">
         <v>2.13</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="79" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B20" s="250">
+        <v>103</v>
+      </c>
+      <c r="B20">
         <v>2.13</v>
       </c>
-      <c r="C20" s="250">
+      <c r="C20">
         <v>0.95</v>
       </c>
-      <c r="D20" s="250">
+      <c r="D20">
         <v>28.05</v>
       </c>
-      <c r="E20" s="250">
+      <c r="E20">
         <v>29</v>
       </c>
-      <c r="F20" s="250">
+      <c r="F20">
         <v>0.55000000000000004</v>
       </c>
-      <c r="G20" s="250">
+      <c r="G20">
         <v>2.72</v>
       </c>
-      <c r="H20" s="250">
+      <c r="H20">
         <v>25.3</v>
       </c>
-      <c r="I20" s="250">
+      <c r="I20">
         <v>3.66</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="79" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B21" s="250">
+        <v>104</v>
+      </c>
+      <c r="B21">
         <v>3.66</v>
       </c>
-      <c r="C21" s="250">
+      <c r="C21">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D21" s="250">
+      <c r="D21">
         <v>30.48</v>
       </c>
-      <c r="E21" s="250">
+      <c r="E21">
         <v>31.58</v>
       </c>
-      <c r="F21" s="250">
+      <c r="F21">
         <v>0.55000000000000004</v>
       </c>
-      <c r="G21" s="250">
+      <c r="G21">
         <v>3.2</v>
       </c>
-      <c r="H21" s="250">
+      <c r="H21">
         <v>29.01</v>
       </c>
-      <c r="I21" s="250">
+      <c r="I21">
         <v>3.58</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="79" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B22" s="250">
+        <v>105</v>
+      </c>
+      <c r="B22">
         <v>3.58</v>
       </c>
-      <c r="C22" s="250">
+      <c r="C22">
         <v>1</v>
       </c>
-      <c r="D22" s="250">
+      <c r="D22">
         <v>27.3</v>
       </c>
-      <c r="E22" s="250">
+      <c r="E22">
         <v>28.3</v>
       </c>
-      <c r="F22" s="250">
+      <c r="F22">
         <v>0.499</v>
       </c>
-      <c r="G22" s="250">
+      <c r="G22">
         <v>3.2</v>
       </c>
-      <c r="H22" s="250">
+      <c r="H22">
         <v>28.34</v>
       </c>
-      <c r="I22" s="250">
+      <c r="I22">
         <v>0.83899999999999997</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="79" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B23" s="250">
+        <v>106</v>
+      </c>
+      <c r="B23">
         <v>0.83899999999999997</v>
       </c>
-      <c r="C23" s="250">
+      <c r="C23">
         <v>1</v>
       </c>
-      <c r="D23" s="250">
+      <c r="D23">
         <v>26.55</v>
       </c>
-      <c r="E23" s="250">
+      <c r="E23">
         <v>27.55</v>
       </c>
-      <c r="F23" s="250">
+      <c r="F23">
         <v>0.8</v>
       </c>
-      <c r="G23" s="250">
+      <c r="G23">
         <v>3.9</v>
       </c>
-      <c r="H23" s="250">
+      <c r="H23">
         <v>24.4</v>
       </c>
-      <c r="I23" s="250">
+      <c r="I23">
         <v>0.88900000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="79" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B24" s="250">
+        <v>128</v>
+      </c>
+      <c r="B24">
         <v>0.88900000000000001</v>
       </c>
-      <c r="C24" s="250">
+      <c r="C24">
         <v>1</v>
       </c>
-      <c r="D24" s="250">
+      <c r="D24">
         <v>28</v>
       </c>
-      <c r="E24" s="250">
+      <c r="E24">
         <v>29</v>
       </c>
-      <c r="F24" s="250">
-[...9 lines deleted...]
-        <v>0.93899999999999995</v>
+      <c r="F24">
+        <v>1.2</v>
+      </c>
+      <c r="G24">
+        <v>4.8</v>
+      </c>
+      <c r="H24">
+        <v>25.2</v>
+      </c>
+      <c r="I24">
+        <v>1.089</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="79" t="s">
-        <v>144</v>
-[...19 lines deleted...]
-      <c r="H25" s="250">
+        <v>135</v>
+      </c>
+      <c r="B25">
+        <v>1.089</v>
+      </c>
+      <c r="C25">
+        <v>1.2</v>
+      </c>
+      <c r="D25">
+        <v>29.6</v>
+      </c>
+      <c r="E25">
+        <v>30.8</v>
+      </c>
+      <c r="F25">
+        <v>1.3</v>
+      </c>
+      <c r="G25">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="H25">
         <v>27.9</v>
       </c>
-      <c r="I25" s="250">
-        <v>0.83899999999999997</v>
+      <c r="I25">
+        <v>0.38900000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="69" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-      <c r="I26" s="250"/>
+        <v>107</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="79" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B27" s="250">
+        <v>99</v>
+      </c>
+      <c r="B27">
         <v>1.131</v>
       </c>
-      <c r="C27" s="250">
+      <c r="C27">
         <v>14.6</v>
       </c>
-      <c r="D27" s="250">
+      <c r="D27">
         <v>0</v>
       </c>
-      <c r="E27" s="250">
+      <c r="E27">
         <v>14.6</v>
       </c>
-      <c r="F27" s="250">
+      <c r="F27">
         <v>0.36</v>
       </c>
-      <c r="G27" s="250">
+      <c r="G27">
         <v>1.45</v>
       </c>
-      <c r="H27" s="250">
+      <c r="H27">
         <v>13.755000000000001</v>
       </c>
-      <c r="I27" s="250">
+      <c r="I27">
         <v>0.88600000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="79" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B28" s="250">
+        <v>100</v>
+      </c>
+      <c r="B28">
         <v>0.88600000000000001</v>
       </c>
-      <c r="C28" s="250">
+      <c r="C28">
         <v>13.824999999999999</v>
       </c>
-      <c r="D28" s="250">
+      <c r="D28">
         <v>0</v>
       </c>
-      <c r="E28" s="250">
+      <c r="E28">
         <v>13.824999999999999</v>
       </c>
-      <c r="F28" s="250">
+      <c r="F28">
         <v>0.77500000000000002</v>
       </c>
-      <c r="G28" s="250">
+      <c r="G28">
         <v>1.65</v>
       </c>
-      <c r="H28" s="250">
+      <c r="H28">
         <v>12.725</v>
       </c>
-      <c r="I28" s="250">
+      <c r="I28">
         <v>1.111</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="79" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B29" s="250">
+        <v>101</v>
+      </c>
+      <c r="B29">
         <v>1.111</v>
       </c>
-      <c r="C29" s="250">
+      <c r="C29">
         <v>13.87</v>
       </c>
-      <c r="D29" s="250">
+      <c r="D29">
         <v>0</v>
       </c>
-      <c r="E29" s="250">
+      <c r="E29">
         <v>13.87</v>
       </c>
-      <c r="F29" s="250">
+      <c r="F29">
         <v>1.111</v>
       </c>
-      <c r="G29" s="250">
+      <c r="G29">
         <v>1.925</v>
       </c>
-      <c r="H29" s="250">
+      <c r="H29">
         <v>13.615</v>
       </c>
-      <c r="I29" s="250">
+      <c r="I29">
         <v>0.55200000000000005</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="79" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B30" s="250">
+        <v>102</v>
+      </c>
+      <c r="B30">
         <v>0.55200000000000005</v>
       </c>
-      <c r="C30" s="250">
+      <c r="C30">
         <v>14.1</v>
       </c>
-      <c r="D30" s="250">
+      <c r="D30">
         <v>0</v>
       </c>
-      <c r="E30" s="250">
+      <c r="E30">
         <v>14.1</v>
       </c>
-      <c r="F30" s="250">
+      <c r="F30">
         <v>0.98</v>
       </c>
-      <c r="G30" s="250">
+      <c r="G30">
         <v>1.7749999999999999</v>
       </c>
-      <c r="H30" s="250">
+      <c r="H30">
         <v>13.005000000000001</v>
       </c>
-      <c r="I30" s="250">
+      <c r="I30">
         <v>0.85199999999999998</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="79" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B31" s="250">
+        <v>103</v>
+      </c>
+      <c r="B31">
         <v>0.85199999999999998</v>
       </c>
-      <c r="C31" s="250">
+      <c r="C31">
         <v>13.4</v>
       </c>
-      <c r="D31" s="250">
+      <c r="D31">
         <v>0</v>
       </c>
-      <c r="E31" s="250">
+      <c r="E31">
         <v>13.4</v>
       </c>
-      <c r="F31" s="250">
+      <c r="F31">
         <v>1.8180000000000001</v>
       </c>
-      <c r="G31" s="250">
+      <c r="G31">
         <v>2.08</v>
       </c>
-      <c r="H31" s="250">
+      <c r="H31">
         <v>12.755000000000001</v>
       </c>
-      <c r="I31" s="250">
+      <c r="I31">
         <v>1.2350000000000001</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="79" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B32" s="250">
+        <v>104</v>
+      </c>
+      <c r="B32">
         <v>1.2350000000000001</v>
       </c>
-      <c r="C32" s="250">
+      <c r="C32">
         <v>11.8</v>
       </c>
-      <c r="D32" s="250">
+      <c r="D32">
         <v>0</v>
       </c>
-      <c r="E32" s="250">
+      <c r="E32">
         <v>11.8</v>
       </c>
-      <c r="F32" s="250">
+      <c r="F32">
         <v>2.2349999999999999</v>
       </c>
-      <c r="G32" s="250">
+      <c r="G32">
         <v>2.145</v>
       </c>
-      <c r="H32" s="250">
+      <c r="H32">
         <v>12.365</v>
       </c>
-      <c r="I32" s="250">
+      <c r="I32">
         <v>0.76</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="79" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B33" s="250">
+        <v>105</v>
+      </c>
+      <c r="B33">
         <v>0.76</v>
       </c>
-      <c r="C33" s="250">
+      <c r="C33">
         <v>10.7</v>
       </c>
-      <c r="D33" s="250">
+      <c r="D33">
         <v>0</v>
       </c>
-      <c r="E33" s="250">
+      <c r="E33">
         <v>10.7</v>
       </c>
-      <c r="F33" s="250">
+      <c r="F33">
         <v>2.1850000000000001</v>
       </c>
-      <c r="G33" s="250">
+      <c r="G33">
         <v>2.15</v>
       </c>
-      <c r="H33" s="250">
+      <c r="H33">
         <v>10.61</v>
       </c>
-      <c r="I33" s="250">
+      <c r="I33">
         <v>0.88500000000000001</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="79" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B34" s="250">
+        <v>106</v>
+      </c>
+      <c r="B34">
         <v>0.88500000000000001</v>
       </c>
-      <c r="C34" s="250">
+      <c r="C34">
         <v>12.76</v>
       </c>
-      <c r="D34" s="250">
+      <c r="D34">
         <v>0</v>
       </c>
-      <c r="E34" s="250">
+      <c r="E34">
         <v>12.76</v>
       </c>
-      <c r="F34" s="250">
-[...8 lines deleted...]
-      <c r="I34" s="250">
+      <c r="F34">
+        <v>1.018</v>
+      </c>
+      <c r="G34">
+        <v>2.2250000000000001</v>
+      </c>
+      <c r="H34">
+        <v>11.77</v>
+      </c>
+      <c r="I34">
         <v>0.66800000000000004</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="79" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B35" s="250">
+        <v>128</v>
+      </c>
+      <c r="B35">
         <v>0.66800000000000004</v>
       </c>
-      <c r="C35" s="250">
-[...2 lines deleted...]
-      <c r="D35" s="250">
+      <c r="C35">
+        <v>14.8</v>
+      </c>
+      <c r="D35">
         <v>0</v>
       </c>
-      <c r="E35" s="250">
-[...12 lines deleted...]
-        <v>0.47299999999999998</v>
+      <c r="E35">
+        <v>14.8</v>
+      </c>
+      <c r="F35">
+        <v>0.98</v>
+      </c>
+      <c r="G35">
+        <v>2.15</v>
+      </c>
+      <c r="H35">
+        <v>13.38</v>
+      </c>
+      <c r="I35">
+        <v>0.91800000000000004</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="79" t="s">
-        <v>144</v>
-[...7 lines deleted...]
-      <c r="D36" s="250">
+        <v>135</v>
+      </c>
+      <c r="B36">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="C36">
+        <v>13.8</v>
+      </c>
+      <c r="D36">
         <v>0</v>
       </c>
-      <c r="E36" s="250">
-[...12 lines deleted...]
-        <v>0.45800000000000002</v>
+      <c r="E36">
+        <v>13.8</v>
+      </c>
+      <c r="F36">
+        <v>1.0649999999999999</v>
+      </c>
+      <c r="G36">
+        <v>2.27</v>
+      </c>
+      <c r="H36">
+        <v>12.55</v>
+      </c>
+      <c r="I36">
+        <v>0.96299999999999997</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{584647B8-44A3-4883-927E-E3A815758274}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A10" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
-      <selection activeCell="K29" sqref="K29"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="118.7109375" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F14CA8B5-48C0-4E70-BF89-9B667F71EAFB}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="11.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="89" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="100" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" s="81" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" s="81" t="s">
         <v>121</v>
       </c>
-      <c r="B3" s="81" t="s">
+      <c r="D3" s="81" t="s">
         <v>122</v>
       </c>
-      <c r="C3" s="81" t="s">
+      <c r="E3" s="81" t="s">
         <v>123</v>
       </c>
-      <c r="D3" s="81" t="s">
+      <c r="F3" s="81" t="s">
         <v>124</v>
       </c>
-      <c r="E3" s="81" t="s">
+      <c r="G3" s="81" t="s">
         <v>125</v>
       </c>
-      <c r="F3" s="81" t="s">
+      <c r="H3" s="81" t="s">
         <v>126</v>
       </c>
-      <c r="G3" s="81" t="s">
+      <c r="I3" s="82" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="83" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B4" s="84"/>
       <c r="C4" s="84"/>
       <c r="D4" s="84"/>
       <c r="E4" s="84"/>
       <c r="F4" s="84"/>
       <c r="G4" s="84"/>
       <c r="H4" s="84"/>
       <c r="I4" s="84"/>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B5" s="71">
         <v>34.951000000000001</v>
       </c>
       <c r="C5" s="71">
         <v>101.136</v>
       </c>
       <c r="D5" s="71">
         <v>59.942999999999998</v>
       </c>
       <c r="E5" s="71">
         <v>161.07900000000001</v>
       </c>
       <c r="F5" s="71">
         <v>129.13300000000001</v>
       </c>
       <c r="G5" s="71">
         <v>155.10400000000001</v>
       </c>
       <c r="H5" s="71">
         <v>133.60599999999999</v>
       </c>
       <c r="I5" s="72">
         <v>36.453000000000003</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="79" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B6" s="71">
         <v>36.453000000000003</v>
       </c>
       <c r="C6" s="71">
         <v>95.224000000000004</v>
       </c>
       <c r="D6" s="71">
         <v>64.59</v>
       </c>
       <c r="E6" s="71">
         <v>159.81399999999999</v>
       </c>
       <c r="F6" s="71">
         <v>130.48500000000001</v>
       </c>
       <c r="G6" s="71">
         <v>160.62700000000001</v>
       </c>
       <c r="H6" s="71">
         <v>134.17400000000001</v>
       </c>
       <c r="I6" s="72">
         <v>31.951000000000001</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="79" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B7" s="71">
         <v>31.951000000000001</v>
       </c>
       <c r="C7" s="71">
         <v>104.926</v>
       </c>
       <c r="D7" s="71">
         <v>70.930000000000007</v>
       </c>
       <c r="E7" s="71">
         <v>175.85599999999999</v>
       </c>
       <c r="F7" s="71">
         <v>138.506</v>
       </c>
       <c r="G7" s="71">
         <v>166.00299999999999</v>
       </c>
       <c r="H7" s="71">
         <v>143.364</v>
       </c>
       <c r="I7" s="72">
         <v>36.945999999999998</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="79" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B8" s="71">
         <v>36.945999999999998</v>
       </c>
       <c r="C8" s="71">
         <v>94.921000000000006</v>
       </c>
       <c r="D8" s="71">
         <v>74.108999999999995</v>
       </c>
       <c r="E8" s="71">
         <v>169.03</v>
       </c>
       <c r="F8" s="71">
         <v>131.18799999999999</v>
       </c>
       <c r="G8" s="71">
         <v>162.35499999999999</v>
       </c>
       <c r="H8" s="71">
         <v>139.001</v>
       </c>
       <c r="I8" s="72">
         <v>35.808</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="79" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B9" s="71">
         <v>35.808</v>
       </c>
       <c r="C9" s="71">
         <v>102.11</v>
       </c>
       <c r="D9" s="71">
         <v>74.438999999999993</v>
       </c>
       <c r="E9" s="71">
         <v>176.54900000000001</v>
       </c>
       <c r="F9" s="71">
         <v>132.126</v>
       </c>
       <c r="G9" s="71">
         <v>162.09299999999999</v>
       </c>
       <c r="H9" s="71">
         <v>144.89599999999999</v>
       </c>
       <c r="I9" s="72">
         <v>37.494</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="79" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B10" s="71">
         <v>37.494</v>
       </c>
       <c r="C10" s="71">
         <v>87.088999999999999</v>
       </c>
       <c r="D10" s="71">
         <v>77.954999999999998</v>
       </c>
       <c r="E10" s="71">
         <v>165.04400000000001</v>
       </c>
       <c r="F10" s="71">
-        <v>140.846</v>
+        <v>140.86099999999999</v>
       </c>
       <c r="G10" s="71">
-        <v>167.86799999999999</v>
+        <v>167.88300000000001</v>
       </c>
       <c r="H10" s="71">
         <v>143.57599999999999</v>
       </c>
       <c r="I10" s="72">
         <v>31.94</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="79" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B11" s="71">
         <v>31.94</v>
       </c>
       <c r="C11" s="71">
         <v>87.783000000000001</v>
       </c>
       <c r="D11" s="71">
         <v>76.605999999999995</v>
       </c>
       <c r="E11" s="71">
         <v>164.38900000000001</v>
       </c>
       <c r="F11" s="71">
-        <v>133.953</v>
+        <v>133.91800000000001</v>
       </c>
       <c r="G11" s="71">
-        <v>168.78899999999999</v>
+        <v>168.75399999999999</v>
       </c>
       <c r="H11" s="71">
         <v>134.559</v>
       </c>
       <c r="I11" s="72">
         <v>26.934000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="79" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B12" s="71">
         <v>26.934000000000001</v>
       </c>
       <c r="C12" s="71">
         <v>97.24</v>
       </c>
       <c r="D12" s="71">
         <v>72.105000000000004</v>
       </c>
       <c r="E12" s="71">
         <v>169.345</v>
       </c>
       <c r="F12" s="71">
-        <v>134.20500000000001</v>
+        <v>134.27500000000001</v>
       </c>
       <c r="G12" s="71">
-        <v>163.92099999999999</v>
+        <v>163.96799999999999</v>
       </c>
       <c r="H12" s="71">
-        <v>143.44200000000001</v>
+        <v>143.465</v>
       </c>
       <c r="I12" s="72">
         <v>23.120999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="79" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B13" s="71">
         <v>23.120999999999999</v>
       </c>
       <c r="C13" s="71">
-        <v>98.691999999999993</v>
+        <v>100.203</v>
       </c>
       <c r="D13" s="71">
-        <v>75.703000000000003</v>
+        <v>75.113</v>
       </c>
       <c r="E13" s="71">
-        <v>174.39500000000001</v>
+        <v>175.316</v>
       </c>
       <c r="F13" s="71">
-        <v>137.91200000000001</v>
+        <v>141.79900000000001</v>
       </c>
       <c r="G13" s="71">
-        <v>166.51499999999999</v>
+        <v>171.55600000000001</v>
       </c>
       <c r="H13" s="71">
-        <v>147.161</v>
+        <v>147.37299999999999</v>
       </c>
       <c r="I13" s="72">
-        <v>21.751999999999999</v>
+        <v>21.306999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="79" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B14" s="71">
-        <v>21.751999999999999</v>
+        <v>21.306999999999999</v>
       </c>
       <c r="C14" s="71">
-        <v>97.022000000000006</v>
+        <v>95.515000000000001</v>
       </c>
       <c r="D14" s="71">
-        <v>81.658000000000001</v>
+        <v>83.332999999999998</v>
       </c>
       <c r="E14" s="71">
-        <v>178.68</v>
+        <v>178.84800000000001</v>
       </c>
       <c r="F14" s="71">
-        <v>140.28299999999999</v>
+        <v>143.94</v>
       </c>
       <c r="G14" s="71">
-        <v>169.363</v>
+        <v>173.852</v>
       </c>
       <c r="H14" s="71">
-        <v>148.53299999999999</v>
+        <v>150.095</v>
       </c>
       <c r="I14" s="72">
-        <v>22.818999999999999</v>
+        <v>20.148</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="85" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B15" s="87"/>
       <c r="C15" s="87"/>
       <c r="D15" s="87"/>
       <c r="E15" s="87"/>
       <c r="F15" s="87"/>
       <c r="G15" s="87"/>
       <c r="H15" s="87"/>
       <c r="I15" s="87"/>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B16" s="71">
         <v>4.2009999999999996</v>
       </c>
       <c r="C16" s="71">
         <v>1.1000000000000001</v>
       </c>
       <c r="D16" s="71">
         <v>25.6</v>
       </c>
       <c r="E16" s="71">
         <v>26.7</v>
       </c>
       <c r="F16" s="71">
         <v>1</v>
       </c>
       <c r="G16" s="71">
         <v>2.77</v>
       </c>
       <c r="H16" s="71">
         <v>26.45</v>
       </c>
       <c r="I16" s="72">
         <v>2.681</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="79" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B17" s="71">
         <v>2.681</v>
       </c>
       <c r="C17" s="71">
         <v>1.026</v>
       </c>
       <c r="D17" s="71">
         <v>28.274000000000001</v>
       </c>
       <c r="E17" s="71">
         <v>29.3</v>
       </c>
       <c r="F17" s="71">
         <v>1.06</v>
       </c>
       <c r="G17" s="71">
         <v>2.88</v>
       </c>
       <c r="H17" s="71">
         <v>29.907</v>
       </c>
       <c r="I17" s="72">
         <v>0.254</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="79" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B18" s="71">
         <v>0.254</v>
       </c>
       <c r="C18" s="71">
         <v>1.0640000000000001</v>
       </c>
       <c r="D18" s="71">
         <v>29.335999999999999</v>
       </c>
       <c r="E18" s="71">
         <v>30.4</v>
       </c>
       <c r="F18" s="71">
         <v>1.1599999999999999</v>
       </c>
       <c r="G18" s="71">
         <v>2.94</v>
       </c>
       <c r="H18" s="71">
         <v>28.318000000000001</v>
       </c>
       <c r="I18" s="72">
         <v>0.55600000000000005</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="79" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B19" s="71">
         <v>0.55600000000000005</v>
       </c>
       <c r="C19" s="71">
         <v>1.1000000000000001</v>
       </c>
       <c r="D19" s="71">
         <v>30.2</v>
       </c>
       <c r="E19" s="71">
         <v>31.3</v>
       </c>
       <c r="F19" s="71">
         <v>0.7</v>
       </c>
       <c r="G19" s="71">
         <v>3.1</v>
       </c>
       <c r="H19" s="71">
         <v>27.326000000000001</v>
       </c>
       <c r="I19" s="72">
         <v>2.13</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="79" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B20" s="71">
         <v>2.13</v>
       </c>
       <c r="C20" s="71">
         <v>0.95</v>
       </c>
       <c r="D20" s="71">
         <v>28.05</v>
       </c>
       <c r="E20" s="71">
         <v>29</v>
       </c>
       <c r="F20" s="71">
         <v>0.55000000000000004</v>
       </c>
       <c r="G20" s="71">
         <v>2.72</v>
       </c>
       <c r="H20" s="71">
         <v>25.3</v>
       </c>
       <c r="I20" s="72">
         <v>3.66</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="79" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B21" s="71">
         <v>3.66</v>
       </c>
       <c r="C21" s="71">
         <v>1.1000000000000001</v>
       </c>
       <c r="D21" s="71">
         <v>30.48</v>
       </c>
       <c r="E21" s="71">
         <v>31.58</v>
       </c>
       <c r="F21" s="71">
         <v>0.55000000000000004</v>
       </c>
       <c r="G21" s="71">
         <v>3.2</v>
       </c>
       <c r="H21" s="71">
         <v>29.01</v>
       </c>
       <c r="I21" s="72">
         <v>3.58</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="79" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B22" s="71">
         <v>3.58</v>
       </c>
       <c r="C22" s="71">
         <v>1</v>
       </c>
       <c r="D22" s="71">
         <v>27.3</v>
       </c>
       <c r="E22" s="71">
         <v>28.3</v>
       </c>
       <c r="F22" s="71">
         <v>0.499</v>
       </c>
       <c r="G22" s="71">
         <v>3.2</v>
       </c>
       <c r="H22" s="71">
         <v>28.34</v>
       </c>
       <c r="I22" s="72">
         <v>0.83899999999999997</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="79" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B23" s="71">
         <v>0.83899999999999997</v>
       </c>
       <c r="C23" s="71">
         <v>1</v>
       </c>
       <c r="D23" s="71">
         <v>26.55</v>
       </c>
       <c r="E23" s="71">
         <v>27.55</v>
       </c>
       <c r="F23" s="71">
         <v>0.8</v>
       </c>
       <c r="G23" s="71">
         <v>3.9</v>
       </c>
       <c r="H23" s="71">
         <v>24.4</v>
       </c>
       <c r="I23" s="72">
         <v>0.88900000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="79" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B24" s="71">
         <v>0.88900000000000001</v>
       </c>
       <c r="C24" s="71">
         <v>1</v>
       </c>
       <c r="D24" s="71">
         <v>28</v>
       </c>
       <c r="E24" s="71">
         <v>29</v>
       </c>
       <c r="F24" s="71">
-        <v>0.85</v>
+        <v>1.2</v>
       </c>
       <c r="G24" s="71">
-        <v>4</v>
+        <v>4.8</v>
       </c>
       <c r="H24" s="71">
-        <v>25.8</v>
+        <v>25.2</v>
       </c>
       <c r="I24" s="72">
-        <v>0.93899999999999995</v>
+        <v>1.089</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="79" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B25" s="71">
-        <v>0.93899999999999995</v>
+        <v>1.089</v>
       </c>
       <c r="C25" s="71">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="D25" s="71">
-        <v>30</v>
+        <v>29.6</v>
       </c>
       <c r="E25" s="71">
-        <v>31</v>
+        <v>30.8</v>
       </c>
       <c r="F25" s="71">
-        <v>0.8</v>
+        <v>1.3</v>
       </c>
       <c r="G25" s="71">
-        <v>4</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H25" s="71">
         <v>27.9</v>
       </c>
       <c r="I25" s="72">
-        <v>0.83899999999999997</v>
+        <v>0.38900000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="86" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B26" s="88"/>
       <c r="C26" s="88"/>
       <c r="D26" s="88"/>
       <c r="E26" s="88"/>
       <c r="F26" s="88"/>
       <c r="G26" s="88"/>
       <c r="H26" s="88"/>
       <c r="I26" s="88"/>
     </row>
     <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B27" s="71">
         <v>1.131</v>
       </c>
       <c r="C27" s="71">
         <v>14.6</v>
       </c>
       <c r="D27" s="71">
         <v>0</v>
       </c>
       <c r="E27" s="71">
         <v>14.6</v>
       </c>
       <c r="F27" s="71">
         <v>0.36</v>
       </c>
       <c r="G27" s="71">
         <v>1.45</v>
       </c>
       <c r="H27" s="71">
         <v>13.755000000000001</v>
       </c>
       <c r="I27" s="72">
         <v>0.88600000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="79" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B28" s="71">
         <v>0.88600000000000001</v>
       </c>
       <c r="C28" s="71">
         <v>13.824999999999999</v>
       </c>
       <c r="D28" s="71">
         <v>0</v>
       </c>
       <c r="E28" s="71">
         <v>13.824999999999999</v>
       </c>
       <c r="F28" s="71">
         <v>0.77500000000000002</v>
       </c>
       <c r="G28" s="71">
         <v>1.65</v>
       </c>
       <c r="H28" s="71">
         <v>12.725</v>
       </c>
       <c r="I28" s="72">
         <v>1.111</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="79" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B29" s="71">
         <v>1.111</v>
       </c>
       <c r="C29" s="71">
         <v>13.87</v>
       </c>
       <c r="D29" s="71">
         <v>0</v>
       </c>
       <c r="E29" s="71">
         <v>13.87</v>
       </c>
       <c r="F29" s="71">
         <v>1.111</v>
       </c>
       <c r="G29" s="71">
         <v>1.925</v>
       </c>
       <c r="H29" s="71">
         <v>13.615</v>
       </c>
       <c r="I29" s="72">
         <v>0.55200000000000005</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="79" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B30" s="71">
         <v>0.55200000000000005</v>
       </c>
       <c r="C30" s="71">
         <v>14.1</v>
       </c>
       <c r="D30" s="71">
         <v>0</v>
       </c>
       <c r="E30" s="71">
         <v>14.1</v>
       </c>
       <c r="F30" s="71">
         <v>0.98</v>
       </c>
       <c r="G30" s="71">
         <v>1.7749999999999999</v>
       </c>
       <c r="H30" s="71">
         <v>13.005000000000001</v>
       </c>
       <c r="I30" s="72">
         <v>0.85199999999999998</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="79" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B31" s="71">
         <v>0.85199999999999998</v>
       </c>
       <c r="C31" s="71">
         <v>13.4</v>
       </c>
       <c r="D31" s="71">
         <v>0</v>
       </c>
       <c r="E31" s="71">
         <v>13.4</v>
       </c>
       <c r="F31" s="71">
         <v>1.8180000000000001</v>
       </c>
       <c r="G31" s="71">
         <v>2.08</v>
       </c>
       <c r="H31" s="71">
         <v>12.755000000000001</v>
       </c>
       <c r="I31" s="72">
         <v>1.2350000000000001</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="79" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B32" s="71">
         <v>1.2350000000000001</v>
       </c>
       <c r="C32" s="71">
         <v>11.8</v>
       </c>
       <c r="D32" s="71">
         <v>0</v>
       </c>
       <c r="E32" s="71">
         <v>11.8</v>
       </c>
       <c r="F32" s="71">
         <v>2.2349999999999999</v>
       </c>
       <c r="G32" s="71">
         <v>2.145</v>
       </c>
       <c r="H32" s="71">
         <v>12.365</v>
       </c>
       <c r="I32" s="72">
         <v>0.76</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="79" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B33" s="71">
         <v>0.76</v>
       </c>
       <c r="C33" s="71">
         <v>10.7</v>
       </c>
       <c r="D33" s="71">
         <v>0</v>
       </c>
       <c r="E33" s="71">
         <v>10.7</v>
       </c>
       <c r="F33" s="71">
         <v>2.1850000000000001</v>
       </c>
       <c r="G33" s="71">
         <v>2.15</v>
       </c>
       <c r="H33" s="71">
         <v>10.61</v>
       </c>
       <c r="I33" s="72">
         <v>0.88500000000000001</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="79" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B34" s="71">
         <v>0.88500000000000001</v>
       </c>
       <c r="C34" s="71">
         <v>12.76</v>
       </c>
       <c r="D34" s="71">
         <v>0</v>
       </c>
       <c r="E34" s="71">
         <v>12.76</v>
       </c>
       <c r="F34" s="71">
-        <v>1.0329999999999999</v>
+        <v>1.018</v>
       </c>
       <c r="G34" s="71">
-        <v>2.23</v>
+        <v>2.2250000000000001</v>
       </c>
       <c r="H34" s="71">
-        <v>11.78</v>
+        <v>11.77</v>
       </c>
       <c r="I34" s="72">
         <v>0.66800000000000004</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="79" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B35" s="71">
         <v>0.66800000000000004</v>
       </c>
       <c r="C35" s="71">
-        <v>13.2</v>
+        <v>14.8</v>
       </c>
       <c r="D35" s="71">
         <v>0</v>
       </c>
       <c r="E35" s="71">
-        <v>13.2</v>
+        <v>14.8</v>
       </c>
       <c r="F35" s="71">
-        <v>1.125</v>
+        <v>0.98</v>
       </c>
       <c r="G35" s="71">
-        <v>2.2200000000000002</v>
+        <v>2.15</v>
       </c>
       <c r="H35" s="71">
-        <v>12.3</v>
+        <v>13.38</v>
       </c>
       <c r="I35" s="72">
-        <v>0.47299999999999998</v>
+        <v>0.91800000000000004</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="80" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B36" s="75">
-        <v>0.47299999999999998</v>
+        <v>0.91800000000000004</v>
       </c>
       <c r="C36" s="75">
-        <v>12.5</v>
+        <v>13.8</v>
       </c>
       <c r="D36" s="75">
         <v>0</v>
       </c>
       <c r="E36" s="75">
-        <v>12.5</v>
+        <v>13.8</v>
       </c>
       <c r="F36" s="75">
-        <v>1.5049999999999999</v>
+        <v>1.0649999999999999</v>
       </c>
       <c r="G36" s="75">
-        <v>2.2200000000000002</v>
+        <v>2.27</v>
       </c>
       <c r="H36" s="75">
-        <v>11.8</v>
+        <v>12.55</v>
       </c>
       <c r="I36" s="73">
-        <v>0.45800000000000002</v>
+        <v>0.96299999999999997</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="99" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.23622047244094491" top="1.2204724409448819" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF84D776-17E7-4798-B899-D92B043787EE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.140625" style="91" customWidth="1"/>
     <col min="2" max="3" width="10.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="9.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="9.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="4.85546875" style="91" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="91"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="90" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="90" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:10" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="216" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B5" s="217" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="217"/>
       <c r="D5" s="217"/>
       <c r="E5" s="217" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="217"/>
       <c r="G5" s="217"/>
       <c r="H5" s="215" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="215"/>
       <c r="J5" s="218"/>
     </row>
     <row r="6" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="216"/>
       <c r="B6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="C6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D6" s="215" t="s">
         <v>77</v>
       </c>
       <c r="E6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="F6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G6" s="215" t="s">
         <v>77</v>
       </c>
       <c r="H6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="I6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J6" s="218" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="216"/>
       <c r="B7" s="215"/>
       <c r="C7" s="215"/>
       <c r="D7" s="215"/>
       <c r="E7" s="215"/>
       <c r="F7" s="215"/>
       <c r="G7" s="215"/>
       <c r="H7" s="215"/>
       <c r="I7" s="215"/>
       <c r="J7" s="218"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="216"/>
       <c r="B8" s="215"/>
       <c r="C8" s="215"/>
       <c r="D8" s="215"/>
       <c r="E8" s="215"/>
       <c r="F8" s="215"/>
       <c r="G8" s="215"/>
       <c r="H8" s="215"/>
       <c r="I8" s="215"/>
       <c r="J8" s="218"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="101" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B9" s="102">
         <v>0</v>
       </c>
       <c r="C9" s="102">
         <v>0</v>
       </c>
       <c r="D9" s="102">
         <v>0</v>
       </c>
       <c r="E9" s="102">
         <v>0</v>
       </c>
       <c r="F9" s="102">
         <v>0</v>
       </c>
       <c r="G9" s="102">
         <v>0</v>
       </c>
       <c r="H9" s="102">
         <v>0</v>
       </c>
       <c r="I9" s="102">
         <v>0</v>
       </c>
@@ -18555,1610 +27094,1610 @@
       </c>
       <c r="D10" s="106">
         <v>0</v>
       </c>
       <c r="E10" s="107">
         <v>0</v>
       </c>
       <c r="F10" s="108">
         <v>0</v>
       </c>
       <c r="G10" s="108">
         <v>0</v>
       </c>
       <c r="H10" s="109">
         <v>0</v>
       </c>
       <c r="I10" s="109">
         <v>0</v>
       </c>
       <c r="J10" s="110">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="111" t="s">
-        <v>81</v>
+        <v>165</v>
       </c>
       <c r="B11" s="112">
         <v>0</v>
       </c>
       <c r="C11" s="112">
         <v>0</v>
       </c>
       <c r="D11" s="112">
         <v>0</v>
       </c>
       <c r="E11" s="112">
         <v>0</v>
       </c>
       <c r="F11" s="112">
         <v>0</v>
       </c>
       <c r="G11" s="112">
         <v>0</v>
       </c>
       <c r="H11" s="112">
         <v>0</v>
       </c>
       <c r="I11" s="112">
         <v>0</v>
       </c>
       <c r="J11" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A12" s="103" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B12" s="104">
         <v>0</v>
       </c>
       <c r="C12" s="105">
         <v>0</v>
       </c>
       <c r="D12" s="106">
         <v>0</v>
       </c>
       <c r="E12" s="107">
         <v>0</v>
       </c>
       <c r="F12" s="108">
         <v>0</v>
       </c>
       <c r="G12" s="108">
         <v>0</v>
       </c>
       <c r="H12" s="109">
         <v>0</v>
       </c>
       <c r="I12" s="109">
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="113" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B13" s="114">
-        <v>57045</v>
+        <v>56245</v>
       </c>
       <c r="C13" s="114">
-        <v>56245</v>
+        <v>55350</v>
       </c>
       <c r="D13" s="114">
-        <v>-1.4024016127618499</v>
+        <v>-1.5912525557827406</v>
       </c>
       <c r="E13" s="114">
-        <v>19.57752651415549</v>
+        <v>20.348475420037335</v>
       </c>
       <c r="F13" s="114">
-        <v>20.348475420037335</v>
+        <v>21.342366757000903</v>
       </c>
       <c r="G13" s="114">
-        <v>3.9379280386846238</v>
+        <v>4.8843528394509228</v>
       </c>
       <c r="H13" s="114">
-        <v>1116.8</v>
+        <v>1144.5</v>
       </c>
       <c r="I13" s="114">
-        <v>1144.5</v>
+        <v>1181.3</v>
       </c>
       <c r="J13" s="114">
-        <v>2.4803008595988496</v>
+        <v>3.2153778942769717</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="112">
-        <v>57045</v>
+        <v>56245</v>
       </c>
       <c r="C14" s="112">
-        <v>56245</v>
+        <v>55350</v>
       </c>
       <c r="D14" s="112">
-        <v>-1.4024016127618499</v>
+        <v>-1.5912525557827406</v>
       </c>
       <c r="E14" s="112">
-        <v>19.57752651415549</v>
+        <v>20.348475420037335</v>
       </c>
       <c r="F14" s="112">
-        <v>20.348475420037335</v>
+        <v>21.342366757000903</v>
       </c>
       <c r="G14" s="112">
-        <v>3.9379280386846238</v>
+        <v>4.8843528394509228</v>
       </c>
       <c r="H14" s="112">
-        <v>1116.8</v>
+        <v>1144.5</v>
       </c>
       <c r="I14" s="112">
-        <v>1144.5</v>
+        <v>1181.3</v>
       </c>
       <c r="J14" s="112">
-        <v>2.4803008595988496</v>
+        <v>3.2153778942769717</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="111" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B15" s="112">
-        <v>5200</v>
+        <v>6000</v>
       </c>
       <c r="C15" s="112">
-        <v>6000</v>
+        <v>6500</v>
       </c>
       <c r="D15" s="112">
-        <v>15.384615384615374</v>
+        <v>8.333333333333325</v>
       </c>
       <c r="E15" s="112">
-        <v>43</v>
+        <v>44.166666666666664</v>
       </c>
       <c r="F15" s="112">
-        <v>44.166666666666664</v>
+        <v>40</v>
       </c>
       <c r="G15" s="112">
-        <v>2.7131782945736482</v>
+        <v>-9.4339622641509422</v>
       </c>
       <c r="H15" s="112">
-        <v>223.6</v>
+        <v>265</v>
       </c>
       <c r="I15" s="112">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="J15" s="112">
-        <v>18.515205724508043</v>
+        <v>-1.8867924528301883</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="111" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B16" s="112">
-        <v>51845</v>
+        <v>50245</v>
       </c>
       <c r="C16" s="112">
-        <v>50245</v>
+        <v>48850</v>
       </c>
       <c r="D16" s="112">
-        <v>-3.086122094705368</v>
+        <v>-2.7763956612598228</v>
       </c>
       <c r="E16" s="112">
-        <v>17.228276593692737</v>
+        <v>17.50422927654493</v>
       </c>
       <c r="F16" s="112">
-        <v>17.50422927654493</v>
+        <v>18.859774820880247</v>
       </c>
       <c r="G16" s="112">
-        <v>1.6017428171150927</v>
+        <v>7.7441029988775556</v>
       </c>
       <c r="H16" s="112">
-        <v>893.2</v>
+        <v>879.5</v>
       </c>
       <c r="I16" s="112">
-        <v>879.5</v>
+        <v>921.3</v>
       </c>
       <c r="J16" s="112">
-        <v>-1.5338110165696417</v>
+        <v>4.7527003979533688</v>
       </c>
     </row>
     <row r="17" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A17" s="111" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B17" s="112">
         <v>0</v>
       </c>
       <c r="C17" s="112">
         <v>0</v>
       </c>
       <c r="D17" s="112">
         <v>0</v>
       </c>
       <c r="E17" s="112">
         <v>0</v>
       </c>
       <c r="F17" s="112">
         <v>0</v>
       </c>
       <c r="G17" s="112">
         <v>0</v>
       </c>
       <c r="H17" s="112">
         <v>0</v>
       </c>
       <c r="I17" s="112">
         <v>0</v>
       </c>
       <c r="J17" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="113" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B18" s="114">
-        <v>5972</v>
+        <v>5579</v>
       </c>
       <c r="C18" s="114">
-        <v>5579</v>
+        <v>6031</v>
       </c>
       <c r="D18" s="114">
-        <v>-6.5807099799062296</v>
+        <v>8.1018103602796145</v>
       </c>
       <c r="E18" s="114">
-        <v>42.799732083054252</v>
+        <v>38.62699408496146</v>
       </c>
       <c r="F18" s="114">
-        <v>38.62699408496146</v>
+        <v>41.983087381860386</v>
       </c>
       <c r="G18" s="114">
-        <v>-9.7494488750430985</v>
+        <v>8.6884661268673327</v>
       </c>
       <c r="H18" s="114">
-        <v>255.6</v>
+        <v>215.5</v>
       </c>
       <c r="I18" s="114">
-        <v>215.5</v>
+        <v>253.2</v>
       </c>
       <c r="J18" s="114">
-        <v>-15.688575899843505</v>
+        <v>17.494199535962874</v>
       </c>
     </row>
     <row r="19" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A19" s="111" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="112">
         <v>0</v>
       </c>
       <c r="C19" s="112">
         <v>0</v>
       </c>
       <c r="D19" s="112">
         <v>0</v>
       </c>
       <c r="E19" s="112">
         <v>0</v>
       </c>
       <c r="F19" s="112">
         <v>0</v>
       </c>
       <c r="G19" s="112">
         <v>0</v>
       </c>
       <c r="H19" s="112">
         <v>0</v>
       </c>
       <c r="I19" s="112">
         <v>0</v>
       </c>
       <c r="J19" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="112">
-        <v>5972</v>
+        <v>5579</v>
       </c>
       <c r="C20" s="112">
-        <v>5579</v>
+        <v>6031</v>
       </c>
       <c r="D20" s="112">
-        <v>-6.5807099799062296</v>
+        <v>8.1018103602796145</v>
       </c>
       <c r="E20" s="112">
-        <v>42.799732083054252</v>
+        <v>38.62699408496146</v>
       </c>
       <c r="F20" s="112">
-        <v>38.62699408496146</v>
+        <v>41.983087381860386</v>
       </c>
       <c r="G20" s="112">
-        <v>-9.7494488750430985</v>
+        <v>8.6884661268673327</v>
       </c>
       <c r="H20" s="112">
-        <v>255.6</v>
+        <v>215.5</v>
       </c>
       <c r="I20" s="112">
-        <v>215.5</v>
+        <v>253.2</v>
       </c>
       <c r="J20" s="112">
-        <v>-15.688575899843505</v>
+        <v>17.494199535962874</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="113" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B21" s="114">
-        <v>1417654</v>
+        <v>1396798</v>
       </c>
       <c r="C21" s="114">
-        <v>1396798</v>
+        <v>1457985</v>
       </c>
       <c r="D21" s="114">
-        <v>-1.4711629212769806</v>
+        <v>4.3805188724497013</v>
       </c>
       <c r="E21" s="114">
-        <v>26.467248002686127</v>
+        <v>24.070839162140839</v>
       </c>
       <c r="F21" s="114">
-        <v>24.070839162140839</v>
+        <v>28.720682016618827</v>
       </c>
       <c r="G21" s="114">
-        <v>-9.0542425880547839</v>
+        <v>19.317327589440115</v>
       </c>
       <c r="H21" s="114">
-        <v>37521.4</v>
+        <v>33622.1</v>
       </c>
       <c r="I21" s="114">
-        <v>33622.1</v>
+        <v>41874.32357</v>
       </c>
       <c r="J21" s="114">
-        <v>-10.392202849573851</v>
+        <v>24.544045642598178</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="111" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="112">
-        <v>1091647</v>
+        <v>1066783</v>
       </c>
       <c r="C22" s="112">
-        <v>1066783</v>
+        <v>1122043</v>
       </c>
       <c r="D22" s="112">
-        <v>-2.2776593532524703</v>
+        <v>5.1800600497008187</v>
       </c>
       <c r="E22" s="112">
-        <v>25.382106120385071</v>
+        <v>23.595145404454328</v>
       </c>
       <c r="F22" s="112">
-        <v>23.595145404454328</v>
+        <v>28.360588676191554</v>
       </c>
       <c r="G22" s="112">
-        <v>-7.04023814042597</v>
+        <v>20.196710764230332</v>
       </c>
       <c r="H22" s="112">
-        <v>27708.3</v>
+        <v>25170.9</v>
       </c>
       <c r="I22" s="112">
-        <v>25170.9</v>
+        <v>31821.8</v>
       </c>
       <c r="J22" s="112">
-        <v>-9.1575448511817648</v>
+        <v>26.422972559582682</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B23" s="112">
-        <v>547083</v>
+        <v>521815</v>
       </c>
       <c r="C23" s="112">
-        <v>521815</v>
+        <v>542410</v>
       </c>
       <c r="D23" s="112">
-        <v>-4.6186776046779006</v>
+        <v>3.9468010693445077</v>
       </c>
       <c r="E23" s="112">
-        <v>24.657501695355183</v>
+        <v>23.114130486858368</v>
       </c>
       <c r="F23" s="112">
-        <v>23.114130486858368</v>
+        <v>26.995630611530025</v>
       </c>
       <c r="G23" s="112">
-        <v>-6.2592359419265335</v>
+        <v>16.792758554679345</v>
       </c>
       <c r="H23" s="112">
-        <v>13489.7</v>
+        <v>12061.3</v>
       </c>
       <c r="I23" s="112">
-        <v>12061.3</v>
+        <v>14642.7</v>
       </c>
       <c r="J23" s="112">
-        <v>-10.588819617930723</v>
+        <v>21.402336398232368</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="111" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B24" s="112">
-        <v>195258</v>
+        <v>195941</v>
       </c>
       <c r="C24" s="112">
-        <v>195941</v>
+        <v>219461</v>
       </c>
       <c r="D24" s="112">
-        <v>0.34979360640792212</v>
+        <v>12.003613332584816</v>
       </c>
       <c r="E24" s="112">
-        <v>27.434471314875704</v>
+        <v>24.352228476939487</v>
       </c>
       <c r="F24" s="112">
-        <v>24.352228476939487</v>
+        <v>31.860786198914614</v>
       </c>
       <c r="G24" s="112">
-        <v>-11.234927046926336</v>
+        <v>30.833144199042838</v>
       </c>
       <c r="H24" s="112">
-        <v>5356.8</v>
+        <v>4771.6000000000004</v>
       </c>
       <c r="I24" s="112">
-        <v>4771.6000000000004</v>
+        <v>6992.2</v>
       </c>
       <c r="J24" s="112">
-        <v>-10.924432497013136</v>
+        <v>46.537848939559034</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B25" s="112">
-        <v>324934</v>
+        <v>319734</v>
       </c>
       <c r="C25" s="112">
-        <v>319734</v>
+        <v>329943</v>
       </c>
       <c r="D25" s="112">
-        <v>-1.6003249890747084</v>
+        <v>3.1929666535307488</v>
       </c>
       <c r="E25" s="112">
-        <v>24.934909858617441</v>
+        <v>23.357853715901342</v>
       </c>
       <c r="F25" s="112">
-        <v>23.357853715901342</v>
+        <v>27.701148380174757</v>
       </c>
       <c r="G25" s="112">
-        <v>-6.3246915736134941</v>
+        <v>18.594579438249625</v>
       </c>
       <c r="H25" s="112">
-        <v>8102.2</v>
+        <v>7468.3</v>
       </c>
       <c r="I25" s="112">
-        <v>7468.3</v>
+        <v>9139.7999999999993</v>
       </c>
       <c r="J25" s="112">
-        <v>-7.8238009429537625</v>
+        <v>22.381264812607938</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B26" s="112">
-        <v>24372</v>
+        <v>29293</v>
       </c>
       <c r="C26" s="112">
-        <v>29293</v>
+        <v>30229</v>
       </c>
       <c r="D26" s="112">
-        <v>20.191203019858861</v>
+        <v>3.1953026320281186</v>
       </c>
       <c r="E26" s="112">
-        <v>31.166912850812409</v>
+        <v>29.689686955928039</v>
       </c>
       <c r="F26" s="112">
-        <v>29.689686955928039</v>
+        <v>34.638922888616889</v>
       </c>
       <c r="G26" s="112">
-        <v>-4.7397247906953428</v>
+        <v>16.669882508480448</v>
       </c>
       <c r="H26" s="112">
-        <v>759.6</v>
+        <v>869.7</v>
       </c>
       <c r="I26" s="112">
-        <v>869.7</v>
+        <v>1047.0999999999999</v>
       </c>
       <c r="J26" s="112">
-        <v>14.494470774091628</v>
+        <v>20.39783833505804</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="111" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="112">
-        <v>128363</v>
+        <v>121611</v>
       </c>
       <c r="C27" s="112">
-        <v>121611</v>
+        <v>127538</v>
       </c>
       <c r="D27" s="112">
-        <v>-5.2600827341212071</v>
+        <v>4.8737367507873497</v>
       </c>
       <c r="E27" s="112">
-        <v>31.333016523453018</v>
+        <v>27.045250840795653</v>
       </c>
       <c r="F27" s="112">
-        <v>27.045250840795653</v>
+        <v>32.617729617839387</v>
       </c>
       <c r="G27" s="112">
-        <v>-13.684496924986266</v>
+        <v>20.604278399363494</v>
       </c>
       <c r="H27" s="112">
-        <v>4022</v>
+        <v>3289</v>
       </c>
       <c r="I27" s="112">
-        <v>3289</v>
+        <v>4160</v>
       </c>
       <c r="J27" s="112">
-        <v>-18.224763799104927</v>
+        <v>26.48221343873518</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="111" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="112">
-        <v>11503</v>
+        <v>12379</v>
       </c>
       <c r="C28" s="112">
         <v>12379</v>
       </c>
       <c r="D28" s="112">
-        <v>7.6154046770407824</v>
+        <v>0</v>
       </c>
       <c r="E28" s="112">
-        <v>30.122576719116751</v>
+        <v>34.114225704822687</v>
       </c>
       <c r="F28" s="112">
-        <v>34.114225704822687</v>
+        <v>31.830000000000002</v>
       </c>
       <c r="G28" s="112">
-        <v>13.251353039704306</v>
+        <v>-6.6958157707790678</v>
       </c>
       <c r="H28" s="112">
-        <v>346.5</v>
+        <v>422.3</v>
       </c>
       <c r="I28" s="112">
-        <v>422.3</v>
+        <v>394.02357000000001</v>
       </c>
       <c r="J28" s="112">
-        <v>21.875901875901871</v>
+        <v>-6.6958157707790678</v>
       </c>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="111" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="112">
-        <v>186141</v>
+        <v>196025</v>
       </c>
       <c r="C29" s="112">
         <v>196025</v>
       </c>
       <c r="D29" s="112">
-        <v>5.3099532075147282</v>
+        <v>0</v>
       </c>
       <c r="E29" s="112">
-        <v>29.249869722414729</v>
+        <v>24.180079071546995</v>
       </c>
       <c r="F29" s="112">
-        <v>24.180079071546995</v>
+        <v>28.049993623262338</v>
       </c>
       <c r="G29" s="112">
-        <v>-17.332694808492288</v>
+        <v>16.004557058165791</v>
       </c>
       <c r="H29" s="112">
-        <v>5444.6</v>
+        <v>4739.8999999999996</v>
       </c>
       <c r="I29" s="112">
-        <v>4739.8999999999996</v>
+        <v>5498.5</v>
       </c>
       <c r="J29" s="112">
-        <v>-12.943099584909834</v>
+        <v>16.004557058165791</v>
       </c>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B30" s="114">
-        <v>25281</v>
+        <v>25404</v>
       </c>
       <c r="C30" s="114">
-        <v>25404</v>
+        <v>26155</v>
       </c>
       <c r="D30" s="114">
-        <v>0.48653138720777811</v>
+        <v>2.9562273657691707</v>
       </c>
       <c r="E30" s="114">
-        <v>26.711759819627389</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="F30" s="114">
-        <v>29.467800346402143</v>
+        <v>28.698145670043967</v>
       </c>
       <c r="G30" s="114">
-        <v>10.317704806366446</v>
+        <v>-2.6118497726693946</v>
       </c>
       <c r="H30" s="114">
-        <v>675.3</v>
+        <v>748.6</v>
       </c>
       <c r="I30" s="114">
-        <v>748.6</v>
+        <v>750.6</v>
       </c>
       <c r="J30" s="114">
-        <v>10.85443506589665</v>
+        <v>0.26716537536735085</v>
       </c>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="111" t="s">
         <v>5</v>
       </c>
       <c r="B31" s="112">
-        <v>25281</v>
+        <v>25404</v>
       </c>
       <c r="C31" s="112">
-        <v>25404</v>
+        <v>26155</v>
       </c>
       <c r="D31" s="112">
-        <v>0.48653138720777811</v>
+        <v>2.9562273657691707</v>
       </c>
       <c r="E31" s="112">
-        <v>26.711759819627389</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="F31" s="112">
-        <v>29.467800346402143</v>
+        <v>28.698145670043967</v>
       </c>
       <c r="G31" s="112">
-        <v>10.317704806366446</v>
+        <v>-2.6118497726693946</v>
       </c>
       <c r="H31" s="112">
-        <v>675.3</v>
+        <v>748.6</v>
       </c>
       <c r="I31" s="112">
-        <v>748.6</v>
+        <v>750.6</v>
       </c>
       <c r="J31" s="112">
-        <v>10.85443506589665</v>
+        <v>0.26716537536735085</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B32" s="114">
-        <v>2792</v>
+        <v>2811</v>
       </c>
       <c r="C32" s="114">
-        <v>2811</v>
+        <v>2850</v>
       </c>
       <c r="D32" s="114">
-        <v>0.68051575931231678</v>
+        <v>1.3874066168623189</v>
       </c>
       <c r="E32" s="114">
-        <v>10.494269340974212</v>
+        <v>11.526147278548558</v>
       </c>
       <c r="F32" s="114">
-        <v>11.526147278548558</v>
+        <v>11.087719298245615</v>
       </c>
       <c r="G32" s="114">
-        <v>9.8327754324490702</v>
+        <v>-3.80376868096165</v>
       </c>
       <c r="H32" s="114">
-        <v>29.3</v>
+        <v>32.4</v>
       </c>
       <c r="I32" s="114">
-        <v>32.4</v>
+        <v>31.6</v>
       </c>
       <c r="J32" s="114">
-        <v>10.580204778156999</v>
+        <v>-2.4691358024691246</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B33" s="114">
-        <v>57045</v>
+        <v>56245</v>
       </c>
       <c r="C33" s="114">
-        <v>56245</v>
+        <v>55350</v>
       </c>
       <c r="D33" s="114">
-        <v>-1.4024016127618499</v>
+        <v>-1.5912525557827406</v>
       </c>
       <c r="E33" s="114">
-        <v>19.57752651415549</v>
+        <v>20.348475420037335</v>
       </c>
       <c r="F33" s="114">
-        <v>20.348475420037335</v>
+        <v>21.342366757000903</v>
       </c>
       <c r="G33" s="114">
-        <v>3.9379280386846238</v>
+        <v>4.8843528394509228</v>
       </c>
       <c r="H33" s="114">
-        <v>1116.8</v>
+        <v>1144.5</v>
       </c>
       <c r="I33" s="114">
-        <v>1144.5</v>
+        <v>1181.3</v>
       </c>
       <c r="J33" s="114">
-        <v>2.4803008595988496</v>
+        <v>3.2153778942769717</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="113" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B34" s="114">
-        <v>1448907</v>
+        <v>1427781</v>
       </c>
       <c r="C34" s="114">
-        <v>1427781</v>
+        <v>1490171</v>
       </c>
       <c r="D34" s="114">
-        <v>-1.4580645962784411</v>
+        <v>4.369717764839276</v>
       </c>
       <c r="E34" s="114">
-        <v>26.538832375024761</v>
+        <v>24.22374299700024</v>
       </c>
       <c r="F34" s="114">
-        <v>24.22374299700024</v>
+        <v>28.773961894306083</v>
       </c>
       <c r="G34" s="114">
-        <v>-8.7234032956295842</v>
+        <v>18.784128026248137</v>
       </c>
       <c r="H34" s="114">
-        <v>38452.300000000003</v>
+        <v>34586.199999999997</v>
       </c>
       <c r="I34" s="114">
-        <v>34586.199999999997</v>
+        <v>42878.123569999996</v>
       </c>
       <c r="J34" s="114">
-        <v>-10.054275036863869</v>
+        <v>23.974659170420566</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="115" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B35" s="116">
-        <v>1508744</v>
+        <v>1486837</v>
       </c>
       <c r="C35" s="116">
-        <v>1486837</v>
+        <v>1548371</v>
       </c>
       <c r="D35" s="116">
-        <v>-1.4520024603246195</v>
+        <v>4.1385841218640751</v>
       </c>
       <c r="E35" s="116">
-        <v>26.245937017810842</v>
+        <v>24.053140996625721</v>
       </c>
       <c r="F35" s="116">
-        <v>24.053140996625721</v>
+        <v>28.47574875142973</v>
       </c>
       <c r="G35" s="116">
-        <v>-8.3548018106461956</v>
+        <v>18.386820064059116</v>
       </c>
       <c r="H35" s="116">
-        <v>39598.400000000001</v>
+        <v>35763.1</v>
       </c>
       <c r="I35" s="116">
-        <v>35763.1</v>
+        <v>44091.023569999998</v>
       </c>
       <c r="J35" s="116">
-        <v>-9.6854923431249791</v>
+        <v>23.286358201610046</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="92" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="93"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="94" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="E6:E8"/>
     <mergeCell ref="F6:F8"/>
     <mergeCell ref="G6:G8"/>
     <mergeCell ref="J6:J8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="1.299212598425197" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C683B79-DCB6-4D90-8C7A-2CEB2A406F92}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.140625" style="91" customWidth="1"/>
     <col min="2" max="3" width="9.42578125" style="91" customWidth="1"/>
     <col min="4" max="4" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="9.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="9.42578125" style="91" customWidth="1"/>
     <col min="10" max="10" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="91"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="90" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="90" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:10" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="216" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B5" s="217" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="217"/>
       <c r="D5" s="217"/>
       <c r="E5" s="217" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="217"/>
       <c r="G5" s="217"/>
       <c r="H5" s="215" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="215"/>
       <c r="J5" s="218"/>
     </row>
     <row r="6" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="216"/>
       <c r="B6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="C6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D6" s="215" t="s">
         <v>77</v>
       </c>
       <c r="E6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="F6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G6" s="215" t="s">
         <v>77</v>
       </c>
       <c r="H6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="I6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J6" s="218" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="216"/>
       <c r="B7" s="215"/>
       <c r="C7" s="215"/>
       <c r="D7" s="215"/>
       <c r="E7" s="215"/>
       <c r="F7" s="215"/>
       <c r="G7" s="215"/>
       <c r="H7" s="215"/>
       <c r="I7" s="215"/>
       <c r="J7" s="218"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="216"/>
       <c r="B8" s="215"/>
       <c r="C8" s="215"/>
       <c r="D8" s="215"/>
       <c r="E8" s="215"/>
       <c r="F8" s="215"/>
       <c r="G8" s="215"/>
       <c r="H8" s="215"/>
       <c r="I8" s="215"/>
       <c r="J8" s="218"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="101" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B9" s="102">
-        <v>40333.599999999999</v>
+        <v>41747.5</v>
       </c>
       <c r="C9" s="102">
-        <v>41747.5</v>
+        <v>44198.7</v>
       </c>
       <c r="D9" s="102">
-        <v>3.5055140131305063</v>
+        <v>5.8714893107371546</v>
       </c>
       <c r="E9" s="102">
-        <v>52.375686772318865</v>
+        <v>56.420144918857403</v>
       </c>
       <c r="F9" s="102">
-        <v>56.420144918857403</v>
+        <v>62.974702875876432</v>
       </c>
       <c r="G9" s="102">
-        <v>7.7220145372415061</v>
+        <v>11.617407162717663</v>
       </c>
       <c r="H9" s="102">
-        <v>2112.5</v>
+        <v>2355.3999999999996</v>
       </c>
       <c r="I9" s="102">
-        <v>2355.3999999999996</v>
+        <v>2783.3999999999996</v>
       </c>
       <c r="J9" s="102">
-        <v>11.498224852070994</v>
+        <v>18.171011293198603</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="111" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="112">
-        <v>39805</v>
+        <v>40762</v>
       </c>
       <c r="C10" s="112">
-        <v>40762</v>
+        <v>43155</v>
       </c>
       <c r="D10" s="112">
-        <v>2.4042205753046053</v>
+        <v>5.8706638535891198</v>
       </c>
       <c r="E10" s="112">
-        <v>52.598919733701791</v>
+        <v>56.92066140032383</v>
       </c>
       <c r="F10" s="112">
-        <v>56.92066140032383</v>
+        <v>63.600973236009729</v>
       </c>
       <c r="G10" s="112">
-        <v>8.2164076534312578</v>
+        <v>11.736180977770383</v>
       </c>
       <c r="H10" s="112">
-        <v>2093.6999999999998</v>
+        <v>2320.1999999999998</v>
       </c>
       <c r="I10" s="112">
-        <v>2320.1999999999998</v>
+        <v>2744.7</v>
       </c>
       <c r="J10" s="112">
-        <v>10.818168792090566</v>
+        <v>18.295836565813282</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="111" t="s">
-        <v>81</v>
+        <v>165</v>
       </c>
       <c r="B11" s="112">
-        <v>528.6</v>
+        <v>985.5</v>
       </c>
       <c r="C11" s="112">
-        <v>985.5</v>
+        <v>1043.7</v>
       </c>
       <c r="D11" s="112">
-        <v>86.43586833144154</v>
+        <v>5.9056316590563318</v>
       </c>
       <c r="E11" s="112">
-        <v>35.565645100264852</v>
+        <v>35.717909690512428</v>
       </c>
       <c r="F11" s="112">
-        <v>35.717909690512428</v>
+        <v>37.079620580626617</v>
       </c>
       <c r="G11" s="112">
-        <v>0.42812267236631563</v>
+        <v>3.8124036426350427</v>
       </c>
       <c r="H11" s="112">
-        <v>18.8</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="I11" s="112">
-        <v>35.200000000000003</v>
+        <v>38.700000000000003</v>
       </c>
       <c r="J11" s="112">
-        <v>87.2340425531915</v>
+        <v>9.943181818181813</v>
       </c>
     </row>
     <row r="12" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A12" s="103">
         <v>0</v>
       </c>
       <c r="B12" s="104">
         <v>0</v>
       </c>
       <c r="C12" s="105">
         <v>0</v>
       </c>
       <c r="D12" s="106">
         <v>0</v>
       </c>
       <c r="E12" s="107">
         <v>0</v>
       </c>
       <c r="F12" s="108">
         <v>0</v>
       </c>
       <c r="G12" s="108">
         <v>0</v>
       </c>
       <c r="H12" s="109">
         <v>0</v>
       </c>
       <c r="I12" s="109">
         <v>0</v>
       </c>
       <c r="J12" s="109">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="113" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B13" s="114">
-        <v>44330</v>
+        <v>47000</v>
       </c>
       <c r="C13" s="114">
-        <v>47000</v>
+        <v>47940</v>
       </c>
       <c r="D13" s="114">
-        <v>6.0230092488156917</v>
+        <v>2.0000000000000018</v>
       </c>
       <c r="E13" s="114">
-        <v>44.001804646965937</v>
+        <v>70</v>
       </c>
       <c r="F13" s="114">
-        <v>70</v>
+        <v>71.533166458072586</v>
       </c>
       <c r="G13" s="114">
-        <v>59.084384292012729</v>
+        <v>2.1902377972465414</v>
       </c>
       <c r="H13" s="114">
-        <v>1950.6</v>
+        <v>3290</v>
       </c>
       <c r="I13" s="114">
-        <v>3290</v>
+        <v>3429.3</v>
       </c>
       <c r="J13" s="114">
-        <v>68.666051471342143</v>
+        <v>4.234042553191486</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="112">
-        <v>44330</v>
+        <v>47000</v>
       </c>
       <c r="C14" s="112">
-        <v>47000</v>
+        <v>47940</v>
       </c>
       <c r="D14" s="112">
-        <v>6.0230092488156917</v>
+        <v>2.0000000000000018</v>
       </c>
       <c r="E14" s="112">
-        <v>44.001804646965937</v>
+        <v>70</v>
       </c>
       <c r="F14" s="112">
-        <v>70</v>
+        <v>71.533166458072586</v>
       </c>
       <c r="G14" s="112">
-        <v>59.084384292012729</v>
+        <v>2.1902377972465414</v>
       </c>
       <c r="H14" s="112">
-        <v>1950.6</v>
+        <v>3290</v>
       </c>
       <c r="I14" s="112">
-        <v>3290</v>
+        <v>3429.3</v>
       </c>
       <c r="J14" s="112">
-        <v>68.666051471342143</v>
+        <v>4.234042553191486</v>
       </c>
     </row>
     <row r="15" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A15" s="111" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B15" s="112">
         <v>0</v>
       </c>
       <c r="C15" s="112">
         <v>0</v>
       </c>
       <c r="D15" s="112">
         <v>0</v>
       </c>
       <c r="E15" s="112">
         <v>0</v>
       </c>
       <c r="F15" s="112">
         <v>0</v>
       </c>
       <c r="G15" s="112">
         <v>0</v>
       </c>
       <c r="H15" s="112">
         <v>0</v>
       </c>
       <c r="I15" s="112">
         <v>0</v>
       </c>
       <c r="J15" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A16" s="111" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B16" s="112">
         <v>0</v>
       </c>
       <c r="C16" s="112">
         <v>0</v>
       </c>
       <c r="D16" s="112">
         <v>0</v>
       </c>
       <c r="E16" s="112">
         <v>0</v>
       </c>
       <c r="F16" s="112">
         <v>0</v>
       </c>
       <c r="G16" s="112">
         <v>0</v>
       </c>
       <c r="H16" s="112">
         <v>0</v>
       </c>
       <c r="I16" s="112">
         <v>0</v>
       </c>
       <c r="J16" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="111" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B17" s="112">
-        <v>44330</v>
+        <v>47000</v>
       </c>
       <c r="C17" s="112">
-        <v>47000</v>
+        <v>47940</v>
       </c>
       <c r="D17" s="112">
-        <v>6.0230092488156917</v>
+        <v>2.0000000000000018</v>
       </c>
       <c r="E17" s="112">
-        <v>44.001804646965937</v>
+        <v>70</v>
       </c>
       <c r="F17" s="112">
-        <v>70</v>
+        <v>71.533166458072586</v>
       </c>
       <c r="G17" s="112">
-        <v>59.084384292012729</v>
+        <v>2.1902377972465414</v>
       </c>
       <c r="H17" s="112">
-        <v>1950.6</v>
+        <v>3290</v>
       </c>
       <c r="I17" s="112">
-        <v>3290</v>
+        <v>3429.3</v>
       </c>
       <c r="J17" s="112">
-        <v>68.666051471342143</v>
+        <v>4.234042553191486</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="113" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B18" s="114">
-        <v>11606</v>
+        <v>11825</v>
       </c>
       <c r="C18" s="114">
-        <v>11825</v>
+        <v>11940</v>
       </c>
       <c r="D18" s="114">
-        <v>1.8869550232638366</v>
+        <v>0.9725158562367886</v>
       </c>
       <c r="E18" s="114">
-        <v>23.12596932621058</v>
+        <v>23.568710359408033</v>
       </c>
       <c r="F18" s="114">
-        <v>23.568710359408033</v>
+        <v>25.01675041876047</v>
       </c>
       <c r="G18" s="114">
-        <v>1.9144755705251981</v>
+        <v>6.1439087555947403</v>
       </c>
       <c r="H18" s="114">
-        <v>268.39999999999998</v>
+        <v>278.7</v>
       </c>
       <c r="I18" s="114">
-        <v>278.7</v>
+        <v>298.7</v>
       </c>
       <c r="J18" s="114">
-        <v>3.8375558867362214</v>
+        <v>7.1761750986724104</v>
       </c>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="111" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="112">
-        <v>11606</v>
+        <v>11825</v>
       </c>
       <c r="C19" s="112">
-        <v>11825</v>
+        <v>11940</v>
       </c>
       <c r="D19" s="112">
-        <v>1.8869550232638366</v>
+        <v>0.9725158562367886</v>
       </c>
       <c r="E19" s="112">
-        <v>23.12596932621058</v>
+        <v>23.568710359408033</v>
       </c>
       <c r="F19" s="112">
-        <v>23.568710359408033</v>
+        <v>25.01675041876047</v>
       </c>
       <c r="G19" s="112">
-        <v>1.9144755705251981</v>
+        <v>6.1439087555947403</v>
       </c>
       <c r="H19" s="112">
-        <v>268.39999999999998</v>
+        <v>278.7</v>
       </c>
       <c r="I19" s="112">
-        <v>278.7</v>
+        <v>298.7</v>
       </c>
       <c r="J19" s="112">
-        <v>3.8375558867362214</v>
+        <v>7.1761750986724104</v>
       </c>
     </row>
     <row r="20" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A20" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="112">
         <v>0</v>
       </c>
       <c r="C20" s="112">
         <v>0</v>
       </c>
       <c r="D20" s="112">
         <v>0</v>
       </c>
       <c r="E20" s="112">
         <v>0</v>
       </c>
       <c r="F20" s="112">
         <v>0</v>
       </c>
       <c r="G20" s="112">
         <v>0</v>
       </c>
       <c r="H20" s="112">
         <v>0</v>
       </c>
       <c r="I20" s="112">
         <v>0</v>
       </c>
       <c r="J20" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="113" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B21" s="114">
-        <v>274885</v>
+        <v>269232</v>
       </c>
       <c r="C21" s="114">
-        <v>269232</v>
+        <v>280563</v>
       </c>
       <c r="D21" s="114">
-        <v>-2.0564963530203539</v>
+        <v>4.2086379033695831</v>
       </c>
       <c r="E21" s="114">
-        <v>37.222474853120396</v>
+        <v>54.760206810483155</v>
       </c>
       <c r="F21" s="114">
-        <v>54.760206810483155</v>
+        <v>55.122022504749381</v>
       </c>
       <c r="G21" s="114">
-        <v>47.115975030049761</v>
+        <v>0.66072740652425299</v>
       </c>
       <c r="H21" s="114">
-        <v>10231.9</v>
+        <v>14743.2</v>
       </c>
       <c r="I21" s="114">
-        <v>14743.2</v>
+        <v>15465.2</v>
       </c>
       <c r="J21" s="114">
-        <v>44.090540368846455</v>
+        <v>4.8971729339627679</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="111" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="112">
-        <v>11897</v>
+        <v>11021</v>
       </c>
       <c r="C22" s="112">
-        <v>11021</v>
+        <v>11114</v>
       </c>
       <c r="D22" s="112">
-        <v>-7.3632008069261179</v>
+        <v>0.84384357136375598</v>
       </c>
       <c r="E22" s="112">
-        <v>32.688913171387746</v>
+        <v>53.007894020506306</v>
       </c>
       <c r="F22" s="112">
-        <v>53.007894020506306</v>
+        <v>54.183912182832451</v>
       </c>
       <c r="G22" s="112">
-        <v>62.158630795053618</v>
+        <v>2.218571750598497</v>
       </c>
       <c r="H22" s="112">
-        <v>388.9</v>
+        <v>584.20000000000005</v>
       </c>
       <c r="I22" s="112">
-        <v>584.20000000000005</v>
+        <v>602.19999999999993</v>
       </c>
       <c r="J22" s="112">
-        <v>50.218565183851908</v>
+        <v>3.081136597055778</v>
       </c>
     </row>
     <row r="23" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B23" s="112">
         <v>0</v>
       </c>
       <c r="C23" s="112">
         <v>0</v>
       </c>
       <c r="D23" s="112">
         <v>0</v>
       </c>
       <c r="E23" s="112">
         <v>0</v>
       </c>
       <c r="F23" s="112">
         <v>0</v>
       </c>
       <c r="G23" s="112">
         <v>0</v>
       </c>
       <c r="H23" s="112">
         <v>0</v>
       </c>
       <c r="I23" s="112">
         <v>0</v>
       </c>
       <c r="J23" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A24" s="111" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B24" s="112">
         <v>0</v>
       </c>
       <c r="C24" s="112">
         <v>0</v>
       </c>
       <c r="D24" s="112">
         <v>0</v>
       </c>
       <c r="E24" s="112">
         <v>0</v>
       </c>
       <c r="F24" s="112">
         <v>0</v>
       </c>
       <c r="G24" s="112">
         <v>0</v>
       </c>
       <c r="H24" s="112">
         <v>0</v>
       </c>
       <c r="I24" s="112">
         <v>0</v>
       </c>
       <c r="J24" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B25" s="112">
-        <v>7733</v>
+        <v>10716</v>
       </c>
       <c r="C25" s="112">
-        <v>10716</v>
+        <v>10809</v>
       </c>
       <c r="D25" s="112">
-        <v>38.574938574938564</v>
+        <v>0.86786114221724109</v>
       </c>
       <c r="E25" s="112">
-        <v>32.691064270011637</v>
+        <v>53.350130645763343</v>
       </c>
       <c r="F25" s="112">
-        <v>53.350130645763343</v>
+        <v>54.621149042464616</v>
       </c>
       <c r="G25" s="112">
-        <v>63.194841884370234</v>
+        <v>2.3824091549852877</v>
       </c>
       <c r="H25" s="112">
-        <v>252.8</v>
+        <v>571.70000000000005</v>
       </c>
       <c r="I25" s="112">
-        <v>571.70000000000005</v>
+        <v>590.4</v>
       </c>
       <c r="J25" s="112">
-        <v>126.14715189873418</v>
+        <v>3.2709463005072381</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B26" s="112">
-        <v>4164</v>
+        <v>305</v>
       </c>
       <c r="C26" s="112">
         <v>305</v>
       </c>
       <c r="D26" s="112">
-        <v>-92.675312199807877</v>
+        <v>0</v>
       </c>
       <c r="E26" s="112">
-        <v>32.684918347742553</v>
+        <v>40.983606557377051</v>
       </c>
       <c r="F26" s="112">
-        <v>40.983606557377051</v>
+        <v>38.688524590163937</v>
       </c>
       <c r="G26" s="112">
-        <v>25.38996157598681</v>
+        <v>-5.600000000000005</v>
       </c>
       <c r="H26" s="112">
-        <v>136.1</v>
+        <v>12.5</v>
       </c>
       <c r="I26" s="112">
-        <v>12.5</v>
+        <v>11.8</v>
       </c>
       <c r="J26" s="112">
-        <v>-90.815576781778105</v>
+        <v>-5.5999999999999943</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="111" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="112">
-        <v>262988</v>
+        <v>258211</v>
       </c>
       <c r="C27" s="112">
-        <v>258211</v>
+        <v>269449</v>
       </c>
       <c r="D27" s="112">
-        <v>-1.8164326889439808</v>
+        <v>4.352254551510204</v>
       </c>
       <c r="E27" s="112">
-        <v>37.427563234824405</v>
+        <v>54.834999283531687</v>
       </c>
       <c r="F27" s="112">
-        <v>54.834999283531687</v>
+        <v>55.160716870353944</v>
       </c>
       <c r="G27" s="112">
-        <v>46.509669730543848</v>
+        <v>0.59399578932808339</v>
       </c>
       <c r="H27" s="112">
-        <v>9843</v>
+        <v>14159</v>
       </c>
       <c r="I27" s="112">
-        <v>14159</v>
+        <v>14863</v>
       </c>
       <c r="J27" s="112">
-        <v>43.848420197094384</v>
+        <v>4.9721025496150872</v>
       </c>
     </row>
     <row r="28" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A28" s="111" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="112">
         <v>0</v>
       </c>
       <c r="C28" s="112">
         <v>0</v>
       </c>
       <c r="D28" s="112">
         <v>0</v>
       </c>
       <c r="E28" s="112">
         <v>0</v>
       </c>
       <c r="F28" s="112">
         <v>0</v>
       </c>
       <c r="G28" s="112">
         <v>0</v>
       </c>
       <c r="H28" s="112">
@@ -20183,51 +28722,51 @@
       </c>
       <c r="D29" s="112">
         <v>0</v>
       </c>
       <c r="E29" s="112">
         <v>0</v>
       </c>
       <c r="F29" s="112">
         <v>0</v>
       </c>
       <c r="G29" s="112">
         <v>0</v>
       </c>
       <c r="H29" s="112">
         <v>0</v>
       </c>
       <c r="I29" s="112">
         <v>0</v>
       </c>
       <c r="J29" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B30" s="114">
         <v>0</v>
       </c>
       <c r="C30" s="114">
         <v>0</v>
       </c>
       <c r="D30" s="114">
         <v>0</v>
       </c>
       <c r="E30" s="114">
         <v>0</v>
       </c>
       <c r="F30" s="114">
         <v>0</v>
       </c>
       <c r="G30" s="114">
         <v>0</v>
       </c>
       <c r="H30" s="114">
         <v>0</v>
       </c>
       <c r="I30" s="114">
         <v>0</v>
       </c>
@@ -20247,1273 +28786,1273 @@
       </c>
       <c r="D31" s="112">
         <v>0</v>
       </c>
       <c r="E31" s="112">
         <v>0</v>
       </c>
       <c r="F31" s="112">
         <v>0</v>
       </c>
       <c r="G31" s="112">
         <v>0</v>
       </c>
       <c r="H31" s="112">
         <v>0</v>
       </c>
       <c r="I31" s="112">
         <v>0</v>
       </c>
       <c r="J31" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B32" s="114">
-        <v>1275</v>
+        <v>2052</v>
       </c>
       <c r="C32" s="114">
-        <v>2052</v>
+        <v>2184</v>
       </c>
       <c r="D32" s="114">
-        <v>60.941176470588232</v>
+        <v>6.4327485380117011</v>
       </c>
       <c r="E32" s="114">
-        <v>41.803921568627452</v>
+        <v>51.120857699805072</v>
       </c>
       <c r="F32" s="114">
-        <v>51.120857699805072</v>
+        <v>54.349816849816847</v>
       </c>
       <c r="G32" s="114">
-        <v>22.28722995731982</v>
+        <v>6.3163242858190305</v>
       </c>
       <c r="H32" s="114">
-        <v>53.3</v>
+        <v>104.9</v>
       </c>
       <c r="I32" s="114">
-        <v>104.9</v>
+        <v>118.7</v>
       </c>
       <c r="J32" s="114">
-        <v>96.810506566604147</v>
+        <v>13.155386081982833</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B33" s="114">
-        <v>84663.6</v>
+        <v>88747.5</v>
       </c>
       <c r="C33" s="114">
-        <v>88747.5</v>
+        <v>92138.7</v>
       </c>
       <c r="D33" s="114">
-        <v>4.8236786529275877</v>
+        <v>3.8211780613538471</v>
       </c>
       <c r="E33" s="114">
-        <v>47.991108339357169</v>
+        <v>63.611932730499454</v>
       </c>
       <c r="F33" s="114">
-        <v>63.611932730499454</v>
+        <v>67.427693249416365</v>
       </c>
       <c r="G33" s="114">
-        <v>32.549413696978036</v>
+        <v>5.9984980099298202</v>
       </c>
       <c r="H33" s="114">
-        <v>4063.1</v>
+        <v>5645.4</v>
       </c>
       <c r="I33" s="114">
-        <v>5645.4</v>
+        <v>6212.7</v>
       </c>
       <c r="J33" s="114">
-        <v>38.943171470059788</v>
+        <v>10.048889361249881</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="113" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B34" s="114">
-        <v>286491</v>
+        <v>281057</v>
       </c>
       <c r="C34" s="114">
-        <v>281057</v>
+        <v>292503</v>
       </c>
       <c r="D34" s="114">
-        <v>-1.8967437022454403</v>
+        <v>4.0724835175782959</v>
       </c>
       <c r="E34" s="114">
-        <v>36.651413133396858</v>
+        <v>53.447877121011047</v>
       </c>
       <c r="F34" s="114">
-        <v>53.447877121011047</v>
+        <v>53.893122463701232</v>
       </c>
       <c r="G34" s="114">
-        <v>45.827602680643189</v>
+        <v>0.83304588820638514</v>
       </c>
       <c r="H34" s="114">
-        <v>10500.3</v>
+        <v>15021.900000000001</v>
       </c>
       <c r="I34" s="114">
-        <v>15021.900000000001</v>
+        <v>15763.900000000001</v>
       </c>
       <c r="J34" s="114">
-        <v>43.061626810662567</v>
+        <v>4.9394550622757327</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="115" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B35" s="116">
-        <v>372429.6</v>
+        <v>371856.5</v>
       </c>
       <c r="C35" s="116">
-        <v>371856.5</v>
+        <v>386825.7</v>
       </c>
       <c r="D35" s="116">
-        <v>-0.15388143155108391</v>
+        <v>4.0255313541648574</v>
       </c>
       <c r="E35" s="116">
-        <v>39.246880484257964</v>
+        <v>55.860795763957334</v>
       </c>
       <c r="F35" s="116">
-        <v>55.860795763957334</v>
+        <v>57.119524374931665</v>
       </c>
       <c r="G35" s="116">
-        <v>42.331811024734201</v>
+        <v>2.2533309698865578</v>
       </c>
       <c r="H35" s="116">
-        <v>14616.699999999999</v>
+        <v>20772.2</v>
       </c>
       <c r="I35" s="116">
-        <v>20772.2</v>
+        <v>22095.300000000003</v>
       </c>
       <c r="J35" s="116">
-        <v>42.112788796376762</v>
+        <v>6.3695708687572905</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="92" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="93"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="94" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="E6:E8"/>
     <mergeCell ref="G6:G8"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="J6:J8"/>
     <mergeCell ref="F6:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="1.4173228346456694" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A117E479-132D-40AC-9A2C-F21CF735FD3A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.140625" style="91" customWidth="1"/>
     <col min="2" max="3" width="10.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="9.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="9.28515625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="6.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="91"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="90" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="90" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:10" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="216" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B5" s="217" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="217"/>
       <c r="D5" s="217"/>
       <c r="E5" s="217" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="217"/>
       <c r="G5" s="217"/>
       <c r="H5" s="215" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="215"/>
       <c r="J5" s="218"/>
     </row>
     <row r="6" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="216"/>
       <c r="B6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="C6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D6" s="215" t="s">
         <v>77</v>
       </c>
       <c r="E6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="F6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G6" s="215" t="s">
         <v>77</v>
       </c>
       <c r="H6" s="215" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="I6" s="215" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J6" s="218" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="216"/>
       <c r="B7" s="215"/>
       <c r="C7" s="215"/>
       <c r="D7" s="215"/>
       <c r="E7" s="215"/>
       <c r="F7" s="215"/>
       <c r="G7" s="215"/>
       <c r="H7" s="215"/>
       <c r="I7" s="215"/>
       <c r="J7" s="218"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="216"/>
       <c r="B8" s="215"/>
       <c r="C8" s="215"/>
       <c r="D8" s="215"/>
       <c r="E8" s="215"/>
       <c r="F8" s="215"/>
       <c r="G8" s="215"/>
       <c r="H8" s="215"/>
       <c r="I8" s="215"/>
       <c r="J8" s="218"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="101" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B9" s="102">
-        <v>40333.599999999999</v>
+        <v>41747.5</v>
       </c>
       <c r="C9" s="102">
-        <v>41747.5</v>
+        <v>44198.7</v>
       </c>
       <c r="D9" s="102">
-        <v>3.5055140131305063</v>
+        <v>5.8714893107371546</v>
       </c>
       <c r="E9" s="102">
-        <v>52.375686772318865</v>
+        <v>56.420144918857403</v>
       </c>
       <c r="F9" s="102">
-        <v>56.420144918857403</v>
+        <v>62.974702875876432</v>
       </c>
       <c r="G9" s="102">
-        <v>7.7220145372415061</v>
+        <v>11.617407162717663</v>
       </c>
       <c r="H9" s="102">
-        <v>2112.5</v>
+        <v>2355.3999999999996</v>
       </c>
       <c r="I9" s="102">
-        <v>2355.3999999999996</v>
+        <v>2783.3999999999996</v>
       </c>
       <c r="J9" s="102">
-        <v>11.498224852070994</v>
+        <v>18.171011293198603</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="111" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="112">
-        <v>39805</v>
+        <v>40762</v>
       </c>
       <c r="C10" s="112">
-        <v>40762</v>
+        <v>43155</v>
       </c>
       <c r="D10" s="112">
-        <v>2.4042205753046053</v>
+        <v>5.8706638535891198</v>
       </c>
       <c r="E10" s="112">
-        <v>52.598919733701791</v>
+        <v>56.92066140032383</v>
       </c>
       <c r="F10" s="112">
-        <v>56.92066140032383</v>
+        <v>63.600973236009729</v>
       </c>
       <c r="G10" s="112">
-        <v>8.2164076534312578</v>
+        <v>11.736180977770383</v>
       </c>
       <c r="H10" s="112">
-        <v>2093.6999999999998</v>
+        <v>2320.1999999999998</v>
       </c>
       <c r="I10" s="112">
-        <v>2320.1999999999998</v>
+        <v>2744.7</v>
       </c>
       <c r="J10" s="112">
-        <v>10.818168792090566</v>
+        <v>18.295836565813282</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="111" t="s">
-        <v>81</v>
+        <v>165</v>
       </c>
       <c r="B11" s="112">
-        <v>528.6</v>
+        <v>985.5</v>
       </c>
       <c r="C11" s="112">
-        <v>985.5</v>
+        <v>1043.7</v>
       </c>
       <c r="D11" s="112">
-        <v>86.43586833144154</v>
+        <v>5.9056316590563318</v>
       </c>
       <c r="E11" s="112">
-        <v>35.565645100264852</v>
+        <v>35.717909690512428</v>
       </c>
       <c r="F11" s="112">
-        <v>35.717909690512428</v>
+        <v>37.079620580626617</v>
       </c>
       <c r="G11" s="112">
-        <v>0.42812267236631563</v>
+        <v>3.8124036426350427</v>
       </c>
       <c r="H11" s="112">
-        <v>18.8</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="I11" s="112">
-        <v>35.200000000000003</v>
+        <v>38.700000000000003</v>
       </c>
       <c r="J11" s="112">
-        <v>87.2340425531915</v>
+        <v>9.943181818181813</v>
       </c>
     </row>
     <row r="12" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A12" s="103">
         <v>0</v>
       </c>
       <c r="B12" s="104">
         <v>0</v>
       </c>
       <c r="C12" s="105">
         <v>0</v>
       </c>
       <c r="D12" s="106">
         <v>0</v>
       </c>
       <c r="E12" s="107">
         <v>0</v>
       </c>
       <c r="F12" s="108">
         <v>0</v>
       </c>
       <c r="G12" s="108">
         <v>0</v>
       </c>
       <c r="H12" s="109">
         <v>0</v>
       </c>
       <c r="I12" s="109">
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="113" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B13" s="114">
-        <v>101375</v>
+        <v>103245</v>
       </c>
       <c r="C13" s="114">
-        <v>103245</v>
+        <v>103290</v>
       </c>
       <c r="D13" s="114">
-        <v>1.8446362515412984</v>
+        <v>4.3585645793986494E-2</v>
       </c>
       <c r="E13" s="114">
-        <v>30.257953144266335</v>
+        <v>42.951232505206065</v>
       </c>
       <c r="F13" s="114">
-        <v>42.951232505206065</v>
+        <v>44.637428599089944</v>
       </c>
       <c r="G13" s="114">
-        <v>41.95022479022186</v>
+        <v>3.9258386675620871</v>
       </c>
       <c r="H13" s="114">
-        <v>3067.3999999999996</v>
+        <v>4434.5</v>
       </c>
       <c r="I13" s="114">
-        <v>4434.5</v>
+        <v>4610.6000000000004</v>
       </c>
       <c r="J13" s="114">
-        <v>44.568690095846655</v>
+        <v>3.9711354154921663</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="112">
-        <v>101375</v>
+        <v>103245</v>
       </c>
       <c r="C14" s="112">
-        <v>103245</v>
+        <v>103290</v>
       </c>
       <c r="D14" s="112">
-        <v>1.8446362515412984</v>
+        <v>4.3585645793986494E-2</v>
       </c>
       <c r="E14" s="112">
-        <v>30.257953144266335</v>
+        <v>42.951232505206065</v>
       </c>
       <c r="F14" s="112">
-        <v>42.951232505206065</v>
+        <v>44.637428599089944</v>
       </c>
       <c r="G14" s="112">
-        <v>41.95022479022186</v>
+        <v>3.9258386675620871</v>
       </c>
       <c r="H14" s="112">
-        <v>3067.3999999999996</v>
+        <v>4434.5</v>
       </c>
       <c r="I14" s="112">
-        <v>4434.5</v>
+        <v>4610.6000000000004</v>
       </c>
       <c r="J14" s="112">
-        <v>44.568690095846655</v>
+        <v>3.9711354154921663</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="111" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B15" s="112">
-        <v>5200</v>
+        <v>6000</v>
       </c>
       <c r="C15" s="112">
-        <v>6000</v>
+        <v>6500</v>
       </c>
       <c r="D15" s="112">
-        <v>15.384615384615374</v>
+        <v>8.333333333333325</v>
       </c>
       <c r="E15" s="112">
-        <v>43</v>
+        <v>44.166666666666664</v>
       </c>
       <c r="F15" s="112">
-        <v>44.166666666666664</v>
+        <v>40</v>
       </c>
       <c r="G15" s="112">
-        <v>2.7131782945736482</v>
+        <v>-9.4339622641509422</v>
       </c>
       <c r="H15" s="112">
-        <v>223.6</v>
+        <v>265</v>
       </c>
       <c r="I15" s="112">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="J15" s="112">
-        <v>18.515205724508043</v>
+        <v>-1.8867924528301883</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="111" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B16" s="112">
-        <v>51845</v>
+        <v>50245</v>
       </c>
       <c r="C16" s="112">
-        <v>50245</v>
+        <v>48850</v>
       </c>
       <c r="D16" s="112">
-        <v>-3.086122094705368</v>
+        <v>-2.7763956612598228</v>
       </c>
       <c r="E16" s="112">
-        <v>17.228276593692737</v>
+        <v>17.50422927654493</v>
       </c>
       <c r="F16" s="112">
-        <v>17.50422927654493</v>
+        <v>18.859774820880247</v>
       </c>
       <c r="G16" s="112">
-        <v>1.6017428171150927</v>
+        <v>7.7441029988775556</v>
       </c>
       <c r="H16" s="112">
-        <v>893.2</v>
+        <v>879.5</v>
       </c>
       <c r="I16" s="112">
-        <v>879.5</v>
+        <v>921.3</v>
       </c>
       <c r="J16" s="112">
-        <v>-1.5338110165696417</v>
+        <v>4.7527003979533688</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="111" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B17" s="112">
-        <v>44330</v>
+        <v>47000</v>
       </c>
       <c r="C17" s="112">
-        <v>47000</v>
+        <v>47940</v>
       </c>
       <c r="D17" s="112">
-        <v>6.0230092488156917</v>
+        <v>2.0000000000000018</v>
       </c>
       <c r="E17" s="112">
-        <v>44.001804646965937</v>
+        <v>70</v>
       </c>
       <c r="F17" s="112">
-        <v>70</v>
+        <v>71.533166458072586</v>
       </c>
       <c r="G17" s="112">
-        <v>59.084384292012729</v>
+        <v>2.1902377972465414</v>
       </c>
       <c r="H17" s="112">
-        <v>1950.6</v>
+        <v>3290</v>
       </c>
       <c r="I17" s="112">
-        <v>3290</v>
+        <v>3429.3</v>
       </c>
       <c r="J17" s="112">
-        <v>68.666051471342143</v>
+        <v>4.234042553191486</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="113" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B18" s="114">
-        <v>17578</v>
+        <v>17404</v>
       </c>
       <c r="C18" s="114">
-        <v>17404</v>
+        <v>17971</v>
       </c>
       <c r="D18" s="114">
-        <v>-0.98987370576857359</v>
+        <v>3.2578717536198676</v>
       </c>
       <c r="E18" s="114">
-        <v>29.809989759927181</v>
+        <v>28.395771087106411</v>
       </c>
       <c r="F18" s="114">
-        <v>28.395771087106411</v>
+        <v>30.710589282733292</v>
       </c>
       <c r="G18" s="114">
-        <v>-4.7441098913823421</v>
+        <v>8.1519821684925553</v>
       </c>
       <c r="H18" s="114">
-        <v>524</v>
+        <v>494.2</v>
       </c>
       <c r="I18" s="114">
-        <v>494.2</v>
+        <v>551.9</v>
       </c>
       <c r="J18" s="114">
-        <v>-5.6870229007633615</v>
+        <v>11.67543504653985</v>
       </c>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="111" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="112">
-        <v>11606</v>
+        <v>11825</v>
       </c>
       <c r="C19" s="112">
-        <v>11825</v>
+        <v>11940</v>
       </c>
       <c r="D19" s="112">
-        <v>1.8869550232638366</v>
+        <v>0.9725158562367886</v>
       </c>
       <c r="E19" s="112">
-        <v>23.12596932621058</v>
+        <v>23.568710359408033</v>
       </c>
       <c r="F19" s="112">
-        <v>23.568710359408033</v>
+        <v>25.01675041876047</v>
       </c>
       <c r="G19" s="112">
-        <v>1.9144755705251981</v>
+        <v>6.1439087555947403</v>
       </c>
       <c r="H19" s="112">
-        <v>268.39999999999998</v>
+        <v>278.7</v>
       </c>
       <c r="I19" s="112">
-        <v>278.7</v>
+        <v>298.7</v>
       </c>
       <c r="J19" s="112">
-        <v>3.8375558867362214</v>
+        <v>7.1761750986724104</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="112">
-        <v>5972</v>
+        <v>5579</v>
       </c>
       <c r="C20" s="112">
-        <v>5579</v>
+        <v>6031</v>
       </c>
       <c r="D20" s="112">
-        <v>-6.5807099799062296</v>
+        <v>8.1018103602796145</v>
       </c>
       <c r="E20" s="112">
-        <v>42.799732083054252</v>
+        <v>38.62699408496146</v>
       </c>
       <c r="F20" s="112">
-        <v>38.62699408496146</v>
+        <v>41.983087381860386</v>
       </c>
       <c r="G20" s="112">
-        <v>-9.7494488750430985</v>
+        <v>8.6884661268673327</v>
       </c>
       <c r="H20" s="112">
-        <v>255.6</v>
+        <v>215.5</v>
       </c>
       <c r="I20" s="112">
-        <v>215.5</v>
+        <v>253.2</v>
       </c>
       <c r="J20" s="112">
-        <v>-15.688575899843505</v>
+        <v>17.494199535962874</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="113" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B21" s="114">
-        <v>1692539</v>
+        <v>1666030</v>
       </c>
       <c r="C21" s="114">
-        <v>1666030</v>
+        <v>1738548</v>
       </c>
       <c r="D21" s="114">
-        <v>-1.5662268343595076</v>
+        <v>4.3527427477296321</v>
       </c>
       <c r="E21" s="114">
-        <v>28.214002749715075</v>
+        <v>29.030269562973057</v>
       </c>
       <c r="F21" s="114">
-        <v>29.030269562973057</v>
+        <v>32.98127148056885</v>
       </c>
       <c r="G21" s="114">
-        <v>2.8931265815029583</v>
+        <v>13.609938788288535</v>
       </c>
       <c r="H21" s="114">
-        <v>47753.3</v>
+        <v>48365.3</v>
       </c>
       <c r="I21" s="114">
-        <v>48365.3</v>
+        <v>57339.523570000005</v>
       </c>
       <c r="J21" s="114">
-        <v>1.281586822271974</v>
+        <v>18.555087159595818</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="111" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="112">
-        <v>1103544</v>
+        <v>1077804</v>
       </c>
       <c r="C22" s="112">
-        <v>1077804</v>
+        <v>1133157</v>
       </c>
       <c r="D22" s="112">
-        <v>-2.3324851569126337</v>
+        <v>5.135720409276634</v>
       </c>
       <c r="E22" s="112">
-        <v>25.460878768766811</v>
+        <v>23.895903151222303</v>
       </c>
       <c r="F22" s="112">
-        <v>23.895903151222303</v>
+        <v>28.613863745270955</v>
       </c>
       <c r="G22" s="112">
-        <v>-6.1465891721863226</v>
+        <v>19.743805304999839</v>
       </c>
       <c r="H22" s="112">
-        <v>28097.200000000001</v>
+        <v>25755.100000000002</v>
       </c>
       <c r="I22" s="112">
-        <v>25755.100000000002</v>
+        <v>32424</v>
       </c>
       <c r="J22" s="112">
-        <v>-8.3357060490013239</v>
+        <v>25.893512352893211</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B23" s="112">
-        <v>547083</v>
+        <v>521815</v>
       </c>
       <c r="C23" s="112">
-        <v>521815</v>
+        <v>542410</v>
       </c>
       <c r="D23" s="112">
-        <v>-4.6186776046779006</v>
+        <v>3.9468010693445077</v>
       </c>
       <c r="E23" s="112">
-        <v>24.657501695355183</v>
+        <v>23.114130486858368</v>
       </c>
       <c r="F23" s="112">
-        <v>23.114130486858368</v>
+        <v>26.995630611530025</v>
       </c>
       <c r="G23" s="112">
-        <v>-6.2592359419265335</v>
+        <v>16.792758554679345</v>
       </c>
       <c r="H23" s="112">
-        <v>13489.7</v>
+        <v>12061.3</v>
       </c>
       <c r="I23" s="112">
-        <v>12061.3</v>
+        <v>14642.7</v>
       </c>
       <c r="J23" s="112">
-        <v>-10.588819617930723</v>
+        <v>21.402336398232368</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="111" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B24" s="112">
-        <v>195258</v>
+        <v>195941</v>
       </c>
       <c r="C24" s="112">
-        <v>195941</v>
+        <v>219461</v>
       </c>
       <c r="D24" s="112">
-        <v>0.34979360640792212</v>
+        <v>12.003613332584816</v>
       </c>
       <c r="E24" s="112">
-        <v>27.434471314875704</v>
+        <v>24.352228476939487</v>
       </c>
       <c r="F24" s="112">
-        <v>24.352228476939487</v>
+        <v>31.860786198914614</v>
       </c>
       <c r="G24" s="112">
-        <v>-11.234927046926336</v>
+        <v>30.833144199042838</v>
       </c>
       <c r="H24" s="112">
-        <v>5356.8</v>
+        <v>4771.6000000000004</v>
       </c>
       <c r="I24" s="112">
-        <v>4771.6000000000004</v>
+        <v>6992.2</v>
       </c>
       <c r="J24" s="112">
-        <v>-10.924432497013136</v>
+        <v>46.537848939559034</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B25" s="112">
-        <v>332667</v>
+        <v>330450</v>
       </c>
       <c r="C25" s="112">
-        <v>330450</v>
+        <v>340752</v>
       </c>
       <c r="D25" s="112">
-        <v>-0.66643219796372888</v>
+        <v>3.1175669541534168</v>
       </c>
       <c r="E25" s="112">
-        <v>25.115205295385476</v>
+        <v>24.330458465728551</v>
       </c>
       <c r="F25" s="112">
-        <v>24.330458465728551</v>
+        <v>28.555078180025351</v>
       </c>
       <c r="G25" s="112">
-        <v>-3.124588552740637</v>
+        <v>17.363502295887791</v>
       </c>
       <c r="H25" s="112">
-        <v>8355</v>
+        <v>8040</v>
       </c>
       <c r="I25" s="112">
-        <v>8040</v>
+        <v>9730.1999999999989</v>
       </c>
       <c r="J25" s="112">
-        <v>-3.7701974865350096</v>
+        <v>21.02238805970147</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B26" s="112">
-        <v>28536</v>
+        <v>29598</v>
       </c>
       <c r="C26" s="112">
-        <v>29598</v>
+        <v>30534</v>
       </c>
       <c r="D26" s="112">
-        <v>3.7216148023549112</v>
+        <v>3.1623758362051557</v>
       </c>
       <c r="E26" s="112">
-        <v>31.38842164283712</v>
+        <v>29.806067977566052</v>
       </c>
       <c r="F26" s="112">
-        <v>29.806067977566052</v>
+        <v>34.679373812798836</v>
       </c>
       <c r="G26" s="112">
-        <v>-5.041201763109882</v>
+        <v>16.350046033917476</v>
       </c>
       <c r="H26" s="112">
-        <v>895.7</v>
+        <v>882.2</v>
       </c>
       <c r="I26" s="112">
-        <v>882.2</v>
+        <v>1058.8999999999999</v>
       </c>
       <c r="J26" s="112">
-        <v>-1.507201071787434</v>
+        <v>20.029471775107655</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="111" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="112">
-        <v>391351</v>
+        <v>379822</v>
       </c>
       <c r="C27" s="112">
-        <v>379822</v>
+        <v>396987</v>
       </c>
       <c r="D27" s="112">
-        <v>-2.9459487774401993</v>
+        <v>4.5192221619600792</v>
       </c>
       <c r="E27" s="112">
-        <v>35.42855390685088</v>
+        <v>45.937307475606993</v>
       </c>
       <c r="F27" s="112">
-        <v>45.937307475606993</v>
+        <v>47.91844569217632</v>
       </c>
       <c r="G27" s="112">
-        <v>29.661819097629106</v>
+        <v>4.312699906543993</v>
       </c>
       <c r="H27" s="112">
-        <v>13865</v>
+        <v>17448</v>
       </c>
       <c r="I27" s="112">
-        <v>17448</v>
+        <v>19023</v>
       </c>
       <c r="J27" s="112">
-        <v>25.842048323115762</v>
+        <v>9.0268225584594131</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="111" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="112">
-        <v>11503</v>
+        <v>12379</v>
       </c>
       <c r="C28" s="112">
         <v>12379</v>
       </c>
       <c r="D28" s="112">
-        <v>7.6154046770407824</v>
+        <v>0</v>
       </c>
       <c r="E28" s="112">
-        <v>30.122576719116751</v>
+        <v>34.114225704822687</v>
       </c>
       <c r="F28" s="112">
-        <v>34.114225704822687</v>
+        <v>31.830000000000002</v>
       </c>
       <c r="G28" s="112">
-        <v>13.251353039704306</v>
+        <v>-6.6958157707790678</v>
       </c>
       <c r="H28" s="112">
-        <v>346.5</v>
+        <v>422.3</v>
       </c>
       <c r="I28" s="112">
-        <v>422.3</v>
+        <v>394.02357000000001</v>
       </c>
       <c r="J28" s="112">
-        <v>21.875901875901871</v>
+        <v>-6.6958157707790678</v>
       </c>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="111" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="112">
-        <v>186141</v>
+        <v>196025</v>
       </c>
       <c r="C29" s="112">
         <v>196025</v>
       </c>
       <c r="D29" s="112">
-        <v>5.3099532075147282</v>
+        <v>0</v>
       </c>
       <c r="E29" s="112">
-        <v>29.249869722414729</v>
+        <v>24.180079071546995</v>
       </c>
       <c r="F29" s="112">
-        <v>24.180079071546995</v>
+        <v>28.049993623262338</v>
       </c>
       <c r="G29" s="112">
-        <v>-17.332694808492288</v>
+        <v>16.004557058165791</v>
       </c>
       <c r="H29" s="112">
-        <v>5444.6</v>
+        <v>4739.8999999999996</v>
       </c>
       <c r="I29" s="112">
-        <v>4739.8999999999996</v>
+        <v>5498.5</v>
       </c>
       <c r="J29" s="112">
-        <v>-12.943099584909834</v>
+        <v>16.004557058165791</v>
       </c>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B30" s="114">
-        <v>25281</v>
+        <v>25404</v>
       </c>
       <c r="C30" s="114">
-        <v>25404</v>
+        <v>26155</v>
       </c>
       <c r="D30" s="114">
-        <v>0.48653138720777811</v>
+        <v>2.9562273657691707</v>
       </c>
       <c r="E30" s="114">
-        <v>26.711759819627389</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="F30" s="114">
-        <v>29.467800346402143</v>
+        <v>28.698145670043967</v>
       </c>
       <c r="G30" s="114">
-        <v>10.317704806366446</v>
+        <v>-2.6118497726693946</v>
       </c>
       <c r="H30" s="114">
-        <v>675.3</v>
+        <v>748.6</v>
       </c>
       <c r="I30" s="114">
-        <v>748.6</v>
+        <v>750.6</v>
       </c>
       <c r="J30" s="114">
-        <v>10.85443506589665</v>
+        <v>0.26716537536735085</v>
       </c>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="111" t="s">
         <v>5</v>
       </c>
       <c r="B31" s="112">
-        <v>25281</v>
+        <v>25404</v>
       </c>
       <c r="C31" s="112">
-        <v>25404</v>
+        <v>26155</v>
       </c>
       <c r="D31" s="112">
-        <v>0.48653138720777811</v>
+        <v>2.9562273657691707</v>
       </c>
       <c r="E31" s="112">
-        <v>26.711759819627389</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="F31" s="112">
-        <v>29.467800346402143</v>
+        <v>28.698145670043967</v>
       </c>
       <c r="G31" s="112">
-        <v>10.317704806366446</v>
+        <v>-2.6118497726693946</v>
       </c>
       <c r="H31" s="112">
-        <v>675.3</v>
+        <v>748.6</v>
       </c>
       <c r="I31" s="112">
-        <v>748.6</v>
+        <v>750.6</v>
       </c>
       <c r="J31" s="112">
-        <v>10.85443506589665</v>
+        <v>0.26716537536735085</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B32" s="114">
-        <v>4067</v>
+        <v>4863</v>
       </c>
       <c r="C32" s="114">
-        <v>4863</v>
+        <v>5034</v>
       </c>
       <c r="D32" s="114">
-        <v>19.572166215883936</v>
+        <v>3.5163479333744529</v>
       </c>
       <c r="E32" s="114">
-        <v>20.309810671256454</v>
+        <v>28.233600658030024</v>
       </c>
       <c r="F32" s="114">
-        <v>28.233600658030024</v>
+        <v>29.856972586412397</v>
       </c>
       <c r="G32" s="114">
-        <v>39.014593070469857</v>
+        <v>5.7497870995800948</v>
       </c>
       <c r="H32" s="114">
-        <v>82.6</v>
+        <v>137.30000000000001</v>
       </c>
       <c r="I32" s="114">
-        <v>137.30000000000001</v>
+        <v>150.30000000000001</v>
       </c>
       <c r="J32" s="114">
-        <v>66.222760290556934</v>
+        <v>9.4683175528040842</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B33" s="114">
-        <v>141708.6</v>
+        <v>144992.5</v>
       </c>
       <c r="C33" s="114">
-        <v>144992.5</v>
+        <v>147488.70000000001</v>
       </c>
       <c r="D33" s="114">
-        <v>2.3173611199320154</v>
+        <v>1.7216062899805262</v>
       </c>
       <c r="E33" s="114">
-        <v>36.553180258643437</v>
+        <v>46.829318757866787</v>
       </c>
       <c r="F33" s="114">
-        <v>46.829318757866787</v>
+        <v>50.132654230459686</v>
       </c>
       <c r="G33" s="114">
-        <v>28.112843879824755</v>
+        <v>7.0539900220905505</v>
       </c>
       <c r="H33" s="114">
-        <v>5179.8999999999996</v>
+        <v>6789.9</v>
       </c>
       <c r="I33" s="114">
-        <v>6789.9</v>
+        <v>7394</v>
       </c>
       <c r="J33" s="114">
-        <v>31.081681113535019</v>
+        <v>8.8970382479859786</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="113" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B34" s="114">
-        <v>1735398</v>
+        <v>1708838</v>
       </c>
       <c r="C34" s="114">
-        <v>1708838</v>
+        <v>1782674</v>
       </c>
       <c r="D34" s="114">
-        <v>-1.5304846496308033</v>
+        <v>4.3208308803994289</v>
       </c>
       <c r="E34" s="114">
-        <v>28.208284209155483</v>
+        <v>29.030311825930838</v>
       </c>
       <c r="F34" s="114">
-        <v>29.030311825930838</v>
+        <v>32.895539829492101</v>
       </c>
       <c r="G34" s="114">
-        <v>2.9141354741049952</v>
+        <v>13.314455685965854</v>
       </c>
       <c r="H34" s="114">
-        <v>48952.600000000006</v>
+        <v>49608.1</v>
       </c>
       <c r="I34" s="114">
-        <v>49608.1</v>
+        <v>58642.023569999998</v>
       </c>
       <c r="J34" s="114">
-        <v>1.3390504283735449</v>
+        <v>18.210581679201574</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="115" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B35" s="116">
-        <v>1881173.6</v>
+        <v>1858693.5</v>
       </c>
       <c r="C35" s="116">
-        <v>1858693.5</v>
+        <v>1935196.7</v>
       </c>
       <c r="D35" s="116">
-        <v>-1.1950040123888672</v>
+        <v>4.1159664032827337</v>
       </c>
       <c r="E35" s="116">
-        <v>28.819828217874203</v>
+        <v>30.416687850901724</v>
       </c>
       <c r="F35" s="116">
-        <v>30.416687850901724</v>
+        <v>34.20134168790181</v>
       </c>
       <c r="G35" s="116">
-        <v>5.5408367494610644</v>
+        <v>12.442688880366992</v>
       </c>
       <c r="H35" s="116">
-        <v>54215.1</v>
+        <v>56535.3</v>
       </c>
       <c r="I35" s="116">
-        <v>56535.3</v>
+        <v>66186.323570000008</v>
       </c>
       <c r="J35" s="116">
-        <v>4.2796195155962113</v>
+        <v>17.070792177630612</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="92" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="93"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="94" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="E6:E8"/>
     <mergeCell ref="F6:F8"/>
     <mergeCell ref="G6:G8"/>
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="J6:J8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="1.1811023622047245" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2264BBBE-164F-4386-B473-E11A43F65A3A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BM50"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+    <sheetView showGridLines="0" topLeftCell="A13" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="6.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.7109375" style="1" customWidth="1"/>
     <col min="15" max="15" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="8.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="9.85546875" style="1" customWidth="1"/>
     <col min="17" max="17" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.42578125" style="196" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.5703125" style="1" customWidth="1"/>
     <col min="23" max="23" width="7.5703125" style="1" customWidth="1"/>
     <col min="24" max="24" width="11.5703125" style="1" customWidth="1"/>
     <col min="25" max="25" width="7.5703125" style="1" customWidth="1"/>
     <col min="26" max="26" width="11.5703125" style="1" customWidth="1"/>
     <col min="27" max="27" width="7.5703125" style="1" customWidth="1"/>
     <col min="28" max="28" width="11.5703125" style="1" customWidth="1"/>
     <col min="29" max="29" width="7.5703125" style="1" customWidth="1"/>
     <col min="30" max="30" width="22.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="15.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="28" style="1" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="21.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="41" max="41" width="11" style="1" bestFit="1" customWidth="1"/>
@@ -21540,150 +30079,150 @@
     <col min="62" max="62" width="28.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="63" max="63" width="21.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="64" max="64" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="65" max="65" width="15.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="66" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:65" x14ac:dyDescent="0.25">
       <c r="A1" s="64" t="s">
         <v>72</v>
       </c>
       <c r="B1" s="64"/>
       <c r="C1" s="185"/>
       <c r="D1" s="64"/>
       <c r="E1" s="185"/>
       <c r="F1" s="64"/>
       <c r="G1" s="185"/>
       <c r="H1" s="64"/>
       <c r="I1" s="185"/>
       <c r="J1" s="64"/>
       <c r="K1" s="64"/>
     </row>
     <row r="3" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="65"/>
       <c r="B3" s="219">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C3" s="220"/>
       <c r="D3" s="219">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="220"/>
       <c r="F3" s="219">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G3" s="220"/>
       <c r="H3" s="219">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I3" s="220"/>
       <c r="J3" s="219">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="K3" s="220"/>
       <c r="L3" s="219">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M3" s="220"/>
       <c r="N3" s="219">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O3" s="220"/>
       <c r="P3" s="219">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q3" s="220"/>
       <c r="R3" s="219">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="S3" s="220"/>
       <c r="T3" s="219">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="U3" s="221"/>
     </row>
     <row r="4" spans="1:65" s="66" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A4" s="119" t="s">
         <v>71</v>
       </c>
       <c r="B4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="D4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="F4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="H4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="J4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="K4" s="95" t="s">
         <v>73</v>
       </c>
       <c r="L4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="M4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="N4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="P4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="Q4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="R4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="S4" s="186" t="s">
         <v>73</v>
       </c>
       <c r="T4" s="76" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="U4" s="197" t="s">
         <v>73</v>
       </c>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
@@ -21691,2769 +30230,2769 @@
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4"/>
       <c r="BA4"/>
       <c r="BB4"/>
       <c r="BC4"/>
       <c r="BD4"/>
       <c r="BE4"/>
       <c r="BF4"/>
       <c r="BG4"/>
       <c r="BH4"/>
       <c r="BI4"/>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4"/>
     </row>
     <row r="5" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="132" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B5" s="161">
-        <v>4842.7445669999997</v>
+        <v>4600.2383250000003</v>
       </c>
       <c r="C5" s="187">
-        <v>30.396500249999995</v>
+        <v>27.463518833333332</v>
       </c>
       <c r="D5" s="161">
-        <v>4600.2383250000003</v>
+        <v>4360.011923</v>
       </c>
       <c r="E5" s="187">
-        <v>27.463518833333332</v>
+        <v>30.450168433333335</v>
       </c>
       <c r="F5" s="161">
-        <v>4360.011923</v>
+        <v>4575.0243979999996</v>
       </c>
       <c r="G5" s="187">
-        <v>30.450168433333335</v>
+        <v>37.181168499999998</v>
       </c>
       <c r="H5" s="161">
-        <v>4575.0243979999996</v>
+        <v>4973.7282059999998</v>
       </c>
       <c r="I5" s="187">
-        <v>37.181168499999998</v>
+        <v>39.543390099999996</v>
       </c>
       <c r="J5" s="161">
-        <v>4973.7282059999998</v>
+        <v>5804.685254</v>
       </c>
       <c r="K5" s="161">
-        <v>39.543390099999996</v>
+        <v>38.046217383333328</v>
       </c>
       <c r="L5" s="161">
-        <v>5804.685254</v>
+        <v>8514.0956580000002</v>
       </c>
       <c r="M5" s="187">
-        <v>38.046217383333328</v>
+        <v>35.534282166666664</v>
       </c>
       <c r="N5" s="162">
-        <v>8514.0956580000002</v>
+        <v>7314.1848580000014</v>
       </c>
       <c r="O5" s="187">
-        <v>35.534282166666664</v>
+        <v>35.279403949999995</v>
       </c>
       <c r="P5" s="162">
-        <v>7314.1848580000014</v>
+        <v>11338.075885999999</v>
       </c>
       <c r="Q5" s="187">
-        <v>35.279403949999995</v>
+        <v>46.145099483333325</v>
       </c>
       <c r="R5" s="162">
-        <v>11338.075885999999</v>
+        <v>14842.910596000002</v>
       </c>
       <c r="S5" s="187">
-        <v>46.145099483333325</v>
+        <v>37.815967100000002</v>
       </c>
       <c r="T5" s="162">
-        <v>14842.910596000002</v>
+        <v>1012.948491</v>
       </c>
       <c r="U5" s="198">
-        <v>37.815967100000002</v>
+        <v>2.3537403500000003</v>
       </c>
     </row>
     <row r="6" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="131" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="163">
-        <v>363.39892800000001</v>
+        <v>431.09901400000001</v>
       </c>
       <c r="C6" s="188">
-        <v>2.4851133000000001</v>
+        <v>2.4612068166666665</v>
       </c>
       <c r="D6" s="163">
-        <v>431.09901400000001</v>
+        <v>417.76797800000003</v>
       </c>
       <c r="E6" s="188">
-        <v>2.4612068166666665</v>
+        <v>2.6180762500000001</v>
       </c>
       <c r="F6" s="163">
-        <v>417.76797800000003</v>
+        <v>408.16890000000001</v>
       </c>
       <c r="G6" s="188">
-        <v>2.6180762500000001</v>
+        <v>3.0333719166666668</v>
       </c>
       <c r="H6" s="163">
-        <v>408.16890000000001</v>
+        <v>358.14793700000001</v>
       </c>
       <c r="I6" s="188">
-        <v>3.0333719166666668</v>
+        <v>2.7234498</v>
       </c>
       <c r="J6" s="163">
-        <v>358.14793700000001</v>
+        <v>466.54001099999999</v>
       </c>
       <c r="K6" s="163">
-        <v>2.7234498</v>
+        <v>3.6994389500000002</v>
       </c>
       <c r="L6" s="163">
-        <v>466.54001099999999</v>
+        <v>659.38874599999997</v>
       </c>
       <c r="M6" s="188">
-        <v>3.6994389500000002</v>
+        <v>2.9675232</v>
       </c>
       <c r="N6" s="164">
-        <v>659.38874599999997</v>
+        <v>626.85167000000001</v>
       </c>
       <c r="O6" s="188">
-        <v>2.9675232</v>
+        <v>2.8258342999999999</v>
       </c>
       <c r="P6" s="164">
-        <v>626.85167000000001</v>
+        <v>739.23352599999998</v>
       </c>
       <c r="Q6" s="188">
-        <v>2.8258342999999999</v>
+        <v>3.7329186666666669</v>
       </c>
       <c r="R6" s="164">
-        <v>739.23352599999998</v>
+        <v>1325.8328859999999</v>
       </c>
       <c r="S6" s="188">
-        <v>3.7329186666666669</v>
+        <v>4.0880230333333332</v>
       </c>
       <c r="T6" s="164">
-        <v>1325.8328859999999</v>
+        <v>1012.948491</v>
       </c>
       <c r="U6" s="199">
-        <v>4.0880230333333332</v>
+        <v>2.3537403500000003</v>
       </c>
     </row>
     <row r="7" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="128" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="163">
-        <v>396.76455900000002</v>
+        <v>407.33502600000003</v>
       </c>
       <c r="C7" s="188">
-        <v>2.6674826499999997</v>
+        <v>2.3081974999999999</v>
       </c>
       <c r="D7" s="163">
-        <v>407.33502600000003</v>
+        <v>361.808697</v>
       </c>
       <c r="E7" s="188">
-        <v>2.3081974999999999</v>
+        <v>2.2712744666666667</v>
       </c>
       <c r="F7" s="163">
-        <v>361.808697</v>
+        <v>407.113902</v>
       </c>
       <c r="G7" s="188">
-        <v>2.2712744666666667</v>
+        <v>3.0958091666666667</v>
       </c>
       <c r="H7" s="163">
-        <v>407.113902</v>
+        <v>380.49701700000003</v>
       </c>
       <c r="I7" s="188">
-        <v>3.0958091666666667</v>
+        <v>2.8101847000000002</v>
       </c>
       <c r="J7" s="163">
-        <v>380.49701700000003</v>
+        <v>413.54503899999997</v>
       </c>
       <c r="K7" s="163">
-        <v>2.8101847000000002</v>
+        <v>3.1849902666666665</v>
       </c>
       <c r="L7" s="163">
-        <v>413.54503899999997</v>
+        <v>828.17157299999997</v>
       </c>
       <c r="M7" s="188">
-        <v>3.1849902666666665</v>
+        <v>3.4713202166666668</v>
       </c>
       <c r="N7" s="164">
-        <v>828.17157299999997</v>
+        <v>437.57691499999999</v>
       </c>
       <c r="O7" s="188">
-        <v>3.4713202166666668</v>
+        <v>2.0400769999999997</v>
       </c>
       <c r="P7" s="164">
-        <v>437.57691499999999</v>
+        <v>750.77849500000002</v>
       </c>
       <c r="Q7" s="188">
-        <v>2.0400769999999997</v>
+        <v>3.6086459333333334</v>
       </c>
       <c r="R7" s="164">
-        <v>750.77849500000002</v>
+        <v>1030.87636</v>
       </c>
       <c r="S7" s="188">
-        <v>3.6086459333333334</v>
+        <v>2.8695016333333334</v>
       </c>
       <c r="T7" s="164">
-        <v>1030.87636</v>
+        <v>0</v>
       </c>
       <c r="U7" s="199">
-        <v>2.8695016333333334</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="128" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="163">
-        <v>405.94865399999998</v>
+        <v>435.48525899999999</v>
       </c>
       <c r="C8" s="188">
-        <v>2.7752688000000001</v>
+        <v>2.4913988333333332</v>
       </c>
       <c r="D8" s="163">
-        <v>435.48525899999999</v>
+        <v>353.318332</v>
       </c>
       <c r="E8" s="188">
-        <v>2.4913988333333332</v>
+        <v>2.2688465833333336</v>
       </c>
       <c r="F8" s="163">
-        <v>353.318332</v>
+        <v>412.20330999999999</v>
       </c>
       <c r="G8" s="188">
-        <v>2.2688465833333336</v>
+        <v>3.2079954666666666</v>
       </c>
       <c r="H8" s="163">
-        <v>412.20330999999999</v>
+        <v>410.12766900000003</v>
       </c>
       <c r="I8" s="188">
-        <v>3.2079954666666666</v>
+        <v>3.0435988166666665</v>
       </c>
       <c r="J8" s="163">
-        <v>410.12766900000003</v>
+        <v>535.84221700000001</v>
       </c>
       <c r="K8" s="163">
-        <v>3.0435988166666665</v>
+        <v>4.0267651166666667</v>
       </c>
       <c r="L8" s="163">
-        <v>535.84221700000001</v>
+        <v>823.54193999999995</v>
       </c>
       <c r="M8" s="188">
-        <v>4.0267651166666667</v>
+        <v>3.3830669499999999</v>
       </c>
       <c r="N8" s="164">
-        <v>823.54193999999995</v>
+        <v>600.77621499999998</v>
       </c>
       <c r="O8" s="188">
-        <v>3.3830669499999999</v>
+        <v>2.7240729666666668</v>
       </c>
       <c r="P8" s="164">
-        <v>600.77621499999998</v>
+        <v>739.28378699999996</v>
       </c>
       <c r="Q8" s="188">
-        <v>2.7240729666666668</v>
+        <v>3.4715826500000002</v>
       </c>
       <c r="R8" s="164">
-        <v>739.28378699999996</v>
+        <v>1424.705915</v>
       </c>
       <c r="S8" s="188">
-        <v>3.4715826500000002</v>
+        <v>3.6522106833333337</v>
       </c>
       <c r="T8" s="164">
-        <v>1424.705915</v>
+        <v>0</v>
       </c>
       <c r="U8" s="199">
-        <v>3.6522106833333337</v>
+        <v>0</v>
       </c>
       <c r="Y8" s="160"/>
     </row>
     <row r="9" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="128" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="163">
-        <v>325.534852</v>
+        <v>329.77531299999998</v>
       </c>
       <c r="C9" s="188">
-        <v>2.232313683333333</v>
+        <v>1.9288891166666666</v>
       </c>
       <c r="D9" s="163">
-        <v>329.77531299999998</v>
+        <v>295.73843599999998</v>
       </c>
       <c r="E9" s="188">
-        <v>1.9288891166666666</v>
+        <v>1.9490252666666665</v>
       </c>
       <c r="F9" s="163">
-        <v>295.73843599999998</v>
+        <v>339.51232299999998</v>
       </c>
       <c r="G9" s="188">
-        <v>1.9490252666666665</v>
+        <v>2.7637271500000002</v>
       </c>
       <c r="H9" s="163">
-        <v>339.51232299999998</v>
+        <v>365.78522900000002</v>
       </c>
       <c r="I9" s="188">
-        <v>2.7637271500000002</v>
+        <v>2.7513896999999998</v>
       </c>
       <c r="J9" s="163">
-        <v>365.78522900000002</v>
+        <v>464.92321199999998</v>
       </c>
       <c r="K9" s="163">
-        <v>2.7513896999999998</v>
+        <v>3.4528346666666669</v>
       </c>
       <c r="L9" s="163">
-        <v>464.92321199999998</v>
+        <v>680.04431</v>
       </c>
       <c r="M9" s="188">
-        <v>3.4528346666666669</v>
+        <v>2.7624106333333334</v>
       </c>
       <c r="N9" s="164">
-        <v>680.04431</v>
+        <v>522.12551299999996</v>
       </c>
       <c r="O9" s="188">
-        <v>2.7624106333333334</v>
+        <v>2.3003083166666665</v>
       </c>
       <c r="P9" s="164">
-        <v>522.12551299999996</v>
+        <v>917.575425</v>
       </c>
       <c r="Q9" s="188">
-        <v>2.3003083166666665</v>
+        <v>4.2351490500000004</v>
       </c>
       <c r="R9" s="164">
-        <v>917.575425</v>
+        <v>1250.9199000000001</v>
       </c>
       <c r="S9" s="188">
-        <v>4.2351490500000004</v>
+        <v>2.8842524000000003</v>
       </c>
       <c r="T9" s="164">
-        <v>1250.9199000000001</v>
+        <v>0</v>
       </c>
       <c r="U9" s="199">
-        <v>2.8842524000000003</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="128" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="163">
-        <v>314.61920600000002</v>
+        <v>386.24589600000002</v>
       </c>
       <c r="C10" s="188">
-        <v>2.1678430500000001</v>
+        <v>2.2960239000000002</v>
       </c>
       <c r="D10" s="163">
-        <v>386.24589600000002</v>
+        <v>214.488654</v>
       </c>
       <c r="E10" s="188">
-        <v>2.2960239000000002</v>
+        <v>1.4147083166666665</v>
       </c>
       <c r="F10" s="163">
-        <v>214.488654</v>
+        <v>389.16535299999998</v>
       </c>
       <c r="G10" s="188">
-        <v>1.4147083166666665</v>
+        <v>3.2834197833333336</v>
       </c>
       <c r="H10" s="163">
-        <v>389.16535299999998</v>
+        <v>467.73505399999999</v>
       </c>
       <c r="I10" s="188">
-        <v>3.2834197833333336</v>
+        <v>3.5948255333333337</v>
       </c>
       <c r="J10" s="163">
-        <v>467.73505399999999</v>
+        <v>432.80032399999999</v>
       </c>
       <c r="K10" s="163">
-        <v>3.5948255333333337</v>
+        <v>3.168638633333333</v>
       </c>
       <c r="L10" s="163">
-        <v>432.80032399999999</v>
+        <v>585.451234</v>
       </c>
       <c r="M10" s="188">
-        <v>3.168638633333333</v>
+        <v>2.3744581999999999</v>
       </c>
       <c r="N10" s="164">
-        <v>585.451234</v>
+        <v>537.09107900000004</v>
       </c>
       <c r="O10" s="188">
-        <v>2.3744581999999999</v>
+        <v>2.3514290500000001</v>
       </c>
       <c r="P10" s="164">
-        <v>537.09107900000004</v>
+        <v>929.04107999999997</v>
       </c>
       <c r="Q10" s="188">
-        <v>2.3514290500000001</v>
+        <v>4.0620006000000002</v>
       </c>
       <c r="R10" s="164">
-        <v>929.04107999999997</v>
+        <v>1212.3973510000001</v>
       </c>
       <c r="S10" s="188">
-        <v>4.0620006000000002</v>
+        <v>2.8373016333333334</v>
       </c>
       <c r="T10" s="164">
-        <v>1212.3973510000001</v>
+        <v>0</v>
       </c>
       <c r="U10" s="199">
-        <v>2.8373016333333334</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="128" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="163">
-        <v>303.31853899999999</v>
+        <v>309.29632299999997</v>
       </c>
       <c r="C11" s="188">
-        <v>2.0643393166666666</v>
+        <v>1.9051018500000001</v>
       </c>
       <c r="D11" s="163">
-        <v>309.29632299999997</v>
+        <v>310.34227199999998</v>
       </c>
       <c r="E11" s="188">
-        <v>1.9051018500000001</v>
+        <v>2.1573640666666667</v>
       </c>
       <c r="F11" s="163">
-        <v>310.34227199999998</v>
+        <v>321.00968</v>
       </c>
       <c r="G11" s="188">
-        <v>2.1573640666666667</v>
+        <v>2.8257999666666667</v>
       </c>
       <c r="H11" s="163">
-        <v>321.00968</v>
+        <v>281.39836400000002</v>
       </c>
       <c r="I11" s="188">
-        <v>2.8257999666666667</v>
+        <v>2.3592987333333335</v>
       </c>
       <c r="J11" s="163">
-        <v>281.39836400000002</v>
+        <v>408.31512500000002</v>
       </c>
       <c r="K11" s="163">
-        <v>2.3592987333333335</v>
+        <v>2.9049521166666663</v>
       </c>
       <c r="L11" s="163">
-        <v>408.31512500000002</v>
+        <v>721.84611900000004</v>
       </c>
       <c r="M11" s="188">
-        <v>2.9049521166666663</v>
+        <v>3.0145237833333334</v>
       </c>
       <c r="N11" s="164">
-        <v>721.84611900000004</v>
+        <v>532.70428900000002</v>
       </c>
       <c r="O11" s="188">
-        <v>3.0145237833333334</v>
+        <v>2.3135985333333333</v>
       </c>
       <c r="P11" s="164">
-        <v>532.70428900000002</v>
+        <v>801.95290799999998</v>
       </c>
       <c r="Q11" s="188">
-        <v>2.3135985333333333</v>
+        <v>3.3879815</v>
       </c>
       <c r="R11" s="164">
-        <v>801.95290799999998</v>
+        <v>934.36408699999902</v>
       </c>
       <c r="S11" s="188">
-        <v>3.3879815</v>
+        <v>2.2310493833333336</v>
       </c>
       <c r="T11" s="164">
-        <v>934.36408699999902</v>
+        <v>0</v>
       </c>
       <c r="U11" s="199">
-        <v>2.2310493833333336</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="128" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="163">
-        <v>271.39805699999999</v>
+        <v>254.669603</v>
       </c>
       <c r="C12" s="188">
-        <v>1.7374067833333333</v>
+        <v>1.5999481</v>
       </c>
       <c r="D12" s="163">
-        <v>254.669603</v>
+        <v>181.794534</v>
       </c>
       <c r="E12" s="188">
-        <v>1.5999481</v>
+        <v>1.2433049333333335</v>
       </c>
       <c r="F12" s="163">
-        <v>181.794534</v>
+        <v>338.08987500000001</v>
       </c>
       <c r="G12" s="188">
-        <v>1.2433049333333335</v>
+        <v>2.9164647666666665</v>
       </c>
       <c r="H12" s="163">
-        <v>338.08987500000001</v>
+        <v>323.40322200000003</v>
       </c>
       <c r="I12" s="188">
-        <v>2.9164647666666665</v>
+        <v>2.7965321333333337</v>
       </c>
       <c r="J12" s="163">
-        <v>323.40322200000003</v>
+        <v>334.95286900000002</v>
       </c>
       <c r="K12" s="163">
-        <v>2.7965321333333337</v>
+        <v>2.3819146</v>
       </c>
       <c r="L12" s="163">
-        <v>334.95286900000002</v>
+        <v>589.83453999999995</v>
       </c>
       <c r="M12" s="188">
-        <v>2.3819146</v>
+        <v>2.4466305333333334</v>
       </c>
       <c r="N12" s="164">
-        <v>589.83453999999995</v>
+        <v>515.27333099999998</v>
       </c>
       <c r="O12" s="188">
-        <v>2.4466305333333334</v>
+        <v>2.3409088000000002</v>
       </c>
       <c r="P12" s="164">
-        <v>515.27333099999998</v>
+        <v>832.08042699999999</v>
       </c>
       <c r="Q12" s="188">
-        <v>2.3409088000000002</v>
+        <v>3.3711128666666665</v>
       </c>
       <c r="R12" s="164">
-        <v>832.08042699999999</v>
+        <v>1043.396164</v>
       </c>
       <c r="S12" s="188">
-        <v>3.3711128666666665</v>
+        <v>2.6839696166666664</v>
       </c>
       <c r="T12" s="164">
-        <v>1043.396164</v>
+        <v>0</v>
       </c>
       <c r="U12" s="199">
-        <v>2.6839696166666664</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="128" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="163">
-        <v>422.16977900000001</v>
+        <v>384.63227499999999</v>
       </c>
       <c r="C13" s="188">
-        <v>2.6246242333333334</v>
+        <v>2.3754529333333334</v>
       </c>
       <c r="D13" s="163">
-        <v>384.63227499999999</v>
+        <v>320.069682</v>
       </c>
       <c r="E13" s="188">
-        <v>2.3754529333333334</v>
+        <v>2.2573158499999999</v>
       </c>
       <c r="F13" s="163">
-        <v>320.069682</v>
+        <v>373.94813199999999</v>
       </c>
       <c r="G13" s="188">
-        <v>2.2573158499999999</v>
+        <v>3.1485264499999999</v>
       </c>
       <c r="H13" s="163">
-        <v>373.94813199999999</v>
+        <v>370.83947000000001</v>
       </c>
       <c r="I13" s="188">
-        <v>3.1485264499999999</v>
+        <v>3.1854099666666666</v>
       </c>
       <c r="J13" s="163">
-        <v>370.83947000000001</v>
+        <v>428.712041</v>
       </c>
       <c r="K13" s="163">
-        <v>3.1854099666666666</v>
+        <v>2.8737421333333333</v>
       </c>
       <c r="L13" s="163">
-        <v>428.712041</v>
+        <v>557.10248100000001</v>
       </c>
       <c r="M13" s="188">
-        <v>2.8737421333333333</v>
+        <v>2.3314596499999998</v>
       </c>
       <c r="N13" s="164">
-        <v>557.10248100000001</v>
+        <v>653.88593400000002</v>
       </c>
       <c r="O13" s="188">
-        <v>2.3314596499999998</v>
+        <v>3.2911910666666668</v>
       </c>
       <c r="P13" s="164">
-        <v>653.88593400000002</v>
+        <v>872.75460799999996</v>
       </c>
       <c r="Q13" s="188">
-        <v>3.2911910666666668</v>
+        <v>3.4511839499999999</v>
       </c>
       <c r="R13" s="164">
-        <v>872.75460799999996</v>
+        <v>882.76154099999997</v>
       </c>
       <c r="S13" s="188">
-        <v>3.4511839499999999</v>
+        <v>2.3808068333333332</v>
       </c>
       <c r="T13" s="164">
-        <v>882.76154099999997</v>
+        <v>0</v>
       </c>
       <c r="U13" s="199">
-        <v>2.3808068333333332</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:65" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="128" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="163">
-        <v>458.75989900000002</v>
+        <v>359.61248699999999</v>
       </c>
       <c r="C14" s="188">
-        <v>2.7554381999999999</v>
+        <v>2.1771701333333335</v>
       </c>
       <c r="D14" s="163">
-        <v>359.61248699999999</v>
+        <v>402.62373200000002</v>
       </c>
       <c r="E14" s="188">
-        <v>2.1771701333333335</v>
+        <v>2.9948486833333332</v>
       </c>
       <c r="F14" s="163">
-        <v>402.62373200000002</v>
+        <v>383.232214</v>
       </c>
       <c r="G14" s="188">
-        <v>2.9948486833333332</v>
+        <v>3.1220547166666668</v>
       </c>
       <c r="H14" s="163">
-        <v>383.232214</v>
+        <v>434.47445199999999</v>
       </c>
       <c r="I14" s="188">
-        <v>3.1220547166666668</v>
+        <v>3.6826094500000002</v>
       </c>
       <c r="J14" s="163">
-        <v>434.47445199999999</v>
+        <v>470.268011</v>
       </c>
       <c r="K14" s="163">
-        <v>3.6826094500000002</v>
+        <v>2.8264736333333333</v>
       </c>
       <c r="L14" s="163">
-        <v>470.268011</v>
+        <v>671.08258999999998</v>
       </c>
       <c r="M14" s="188">
-        <v>2.8264736333333333</v>
+        <v>2.81131485</v>
       </c>
       <c r="N14" s="164">
-        <v>671.08258999999998</v>
+        <v>573.25754800000004</v>
       </c>
       <c r="O14" s="188">
-        <v>2.81131485</v>
+        <v>2.9614235500000001</v>
       </c>
       <c r="P14" s="164">
-        <v>573.25754800000004</v>
+        <v>1071.122807</v>
       </c>
       <c r="Q14" s="188">
-        <v>2.9614235500000001</v>
+        <v>4.0516886000000003</v>
       </c>
       <c r="R14" s="164">
-        <v>1071.122807</v>
+        <v>1188.991749</v>
       </c>
       <c r="S14" s="188">
-        <v>4.0516886000000003</v>
+        <v>3.2633974333333331</v>
       </c>
       <c r="T14" s="164">
-        <v>1188.991749</v>
+        <v>0</v>
       </c>
       <c r="U14" s="199">
-        <v>3.2633974333333331</v>
+        <v>0</v>
       </c>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
     </row>
     <row r="15" spans="1:65" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="128" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="163">
-        <v>512.52229299999999</v>
+        <v>440.70094899999998</v>
       </c>
       <c r="C15" s="188">
-        <v>2.9744707666666668</v>
+        <v>2.6439412333333334</v>
       </c>
       <c r="D15" s="163">
-        <v>440.70094899999998</v>
+        <v>433.42912999999999</v>
       </c>
       <c r="E15" s="188">
-        <v>2.6439412333333334</v>
+        <v>3.2776225833333332</v>
       </c>
       <c r="F15" s="163">
-        <v>433.42912999999999</v>
+        <v>397.00430299999999</v>
       </c>
       <c r="G15" s="188">
-        <v>3.2776225833333332</v>
+        <v>3.3245549999999997</v>
       </c>
       <c r="H15" s="163">
-        <v>397.00430299999999</v>
+        <v>463.69453399999998</v>
       </c>
       <c r="I15" s="188">
-        <v>3.3245549999999997</v>
+        <v>3.7561919833333333</v>
       </c>
       <c r="J15" s="163">
-        <v>463.69453399999998</v>
+        <v>558.33817099999999</v>
       </c>
       <c r="K15" s="163">
-        <v>3.7561919833333333</v>
+        <v>3.1473841999999999</v>
       </c>
       <c r="L15" s="163">
-        <v>558.33817099999999</v>
+        <v>816.42935600000101</v>
       </c>
       <c r="M15" s="188">
-        <v>3.1473841999999999</v>
+        <v>3.3307605166666665</v>
       </c>
       <c r="N15" s="164">
-        <v>816.42935600000101</v>
+        <v>803.63023999999996</v>
       </c>
       <c r="O15" s="188">
-        <v>3.3307605166666665</v>
+        <v>4.1594574499999997</v>
       </c>
       <c r="P15" s="164">
-        <v>803.63023999999996</v>
+        <v>1307.8544959999999</v>
       </c>
       <c r="Q15" s="188">
-        <v>4.1594574499999997</v>
+        <v>4.653887216666666</v>
       </c>
       <c r="R15" s="164">
-        <v>1307.8544959999999</v>
+        <v>1516.971305</v>
       </c>
       <c r="S15" s="188">
-        <v>4.653887216666666</v>
+        <v>3.8849111833333336</v>
       </c>
       <c r="T15" s="164">
-        <v>1516.971305</v>
+        <v>0</v>
       </c>
       <c r="U15" s="199">
-        <v>3.8849111833333336</v>
+        <v>0</v>
       </c>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
     </row>
     <row r="16" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="128" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="163">
-        <v>535.87801300000001</v>
+        <v>442.291698</v>
       </c>
       <c r="C16" s="188">
-        <v>2.9994833000000001</v>
+        <v>2.6957993666666669</v>
       </c>
       <c r="D16" s="163">
-        <v>442.291698</v>
+        <v>515.70454400000006</v>
       </c>
       <c r="E16" s="188">
-        <v>2.6957993666666669</v>
+        <v>3.8964713500000001</v>
       </c>
       <c r="F16" s="163">
-        <v>515.70454400000006</v>
+        <v>407.10415899999998</v>
       </c>
       <c r="G16" s="188">
-        <v>3.8964713500000001</v>
+        <v>3.2955823</v>
       </c>
       <c r="H16" s="163">
-        <v>407.10415899999998</v>
+        <v>577.82058700000005</v>
       </c>
       <c r="I16" s="188">
-        <v>3.2955823</v>
+        <v>4.5973579500000001</v>
       </c>
       <c r="J16" s="163">
-        <v>577.82058700000005</v>
+        <v>570.41672400000004</v>
       </c>
       <c r="K16" s="163">
-        <v>4.5973579500000001</v>
+        <v>2.9184068666666665</v>
       </c>
       <c r="L16" s="163">
-        <v>570.41672400000004</v>
+        <v>884.68887099999995</v>
       </c>
       <c r="M16" s="188">
-        <v>2.9184068666666665</v>
+        <v>3.6057957333333333</v>
       </c>
       <c r="N16" s="164">
-        <v>884.68887099999995</v>
+        <v>735.48034399999995</v>
       </c>
       <c r="O16" s="188">
-        <v>3.6057957333333333</v>
+        <v>3.9117695500000003</v>
       </c>
       <c r="P16" s="164">
-        <v>735.48034399999995</v>
+        <v>1372.3065509999999</v>
       </c>
       <c r="Q16" s="188">
-        <v>3.9117695500000003</v>
+        <v>4.7548132000000001</v>
       </c>
       <c r="R16" s="164">
-        <v>1372.3065509999999</v>
+        <v>1496.522735</v>
       </c>
       <c r="S16" s="188">
-        <v>4.7548132000000001</v>
+        <v>3.5358488833333337</v>
       </c>
       <c r="T16" s="164">
-        <v>1496.522735</v>
+        <v>0</v>
       </c>
       <c r="U16" s="199">
-        <v>3.5358488833333337</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="128" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="163">
-        <v>532.43178799999998</v>
+        <v>419.09448200000003</v>
       </c>
       <c r="C17" s="188">
-        <v>2.9127161666666668</v>
+        <v>2.58038905</v>
       </c>
       <c r="D17" s="163">
-        <v>419.09448200000003</v>
+        <v>552.92593199999999</v>
       </c>
       <c r="E17" s="188">
-        <v>2.58038905</v>
+        <v>4.1013100833333338</v>
       </c>
       <c r="F17" s="163">
-        <v>552.92593199999999</v>
+        <v>398.47224699999998</v>
       </c>
       <c r="G17" s="188">
-        <v>4.1013100833333338</v>
+        <v>3.1638618166666665</v>
       </c>
       <c r="H17" s="163">
-        <v>398.47224699999998</v>
+        <v>539.80467099999998</v>
       </c>
       <c r="I17" s="188">
-        <v>3.1638618166666665</v>
+        <v>4.2425413333333335</v>
       </c>
       <c r="J17" s="163">
-        <v>539.80467099999998</v>
+        <v>720.03151000000003</v>
       </c>
       <c r="K17" s="163">
-        <v>4.2425413333333335</v>
+        <v>3.4606762</v>
       </c>
       <c r="L17" s="163">
-        <v>720.03151000000003</v>
+        <v>696.51389800000004</v>
       </c>
       <c r="M17" s="188">
-        <v>3.4606762</v>
+        <v>3.0350179000000002</v>
       </c>
       <c r="N17" s="164">
-        <v>696.51389800000004</v>
+        <v>775.53178000000003</v>
       </c>
       <c r="O17" s="188">
-        <v>3.0350179000000002</v>
+        <v>4.0593333666666664</v>
       </c>
       <c r="P17" s="164">
-        <v>775.53178000000003</v>
+        <v>1004.091776</v>
       </c>
       <c r="Q17" s="188">
-        <v>4.0593333666666664</v>
+        <v>3.3641352499999999</v>
       </c>
       <c r="R17" s="164">
-        <v>1004.091776</v>
+        <v>1535.170603</v>
       </c>
       <c r="S17" s="188">
-        <v>3.3641352499999999</v>
+        <v>3.5046943833333333</v>
       </c>
       <c r="T17" s="164">
-        <v>1535.170603</v>
+        <v>0</v>
       </c>
       <c r="U17" s="199">
-        <v>3.5046943833333333</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="133" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B18" s="165">
-        <v>615.99599699999999</v>
+        <v>659.81563700000015</v>
       </c>
       <c r="C18" s="189">
-        <v>3.9962260333333335</v>
+        <v>3.8036845333333336</v>
       </c>
       <c r="D18" s="165">
-        <v>659.81563700000015</v>
+        <v>590.33993200000009</v>
       </c>
       <c r="E18" s="189">
-        <v>3.8036845333333336</v>
+        <v>3.8556566999999999</v>
       </c>
       <c r="F18" s="165">
-        <v>590.33993200000009</v>
+        <v>582.53943500000003</v>
       </c>
       <c r="G18" s="189">
-        <v>3.8556566999999999</v>
+        <v>4.2931591666666673</v>
       </c>
       <c r="H18" s="165">
-        <v>582.53943500000003</v>
+        <v>533.21459500000003</v>
       </c>
       <c r="I18" s="189">
-        <v>4.2931591666666673</v>
+        <v>4.2270543666666676</v>
       </c>
       <c r="J18" s="165">
-        <v>533.21459500000003</v>
+        <v>540.219787</v>
       </c>
       <c r="K18" s="165">
-        <v>4.2270543666666676</v>
+        <v>4.2826466333333331</v>
       </c>
       <c r="L18" s="165">
-        <v>540.219787</v>
+        <v>700.90497300000015</v>
       </c>
       <c r="M18" s="189">
-        <v>4.2826466333333331</v>
+        <v>4.1456635632743195</v>
       </c>
       <c r="N18" s="166">
-        <v>700.90497300000015</v>
+        <v>737.39213199999983</v>
       </c>
       <c r="O18" s="189">
-        <v>4.1456635632743195</v>
+        <v>3.3426625061265005</v>
       </c>
       <c r="P18" s="166">
-        <v>737.39213199999983</v>
+        <v>966.95186999999987</v>
       </c>
       <c r="Q18" s="189">
-        <v>3.3426625061265005</v>
+        <v>4.3030961559970198</v>
       </c>
       <c r="R18" s="166">
-        <v>966.95186999999987</v>
+        <v>1164.0729649999998</v>
       </c>
       <c r="S18" s="189">
-        <v>4.3030961559970198</v>
+        <v>3.701485065495234</v>
       </c>
       <c r="T18" s="166">
-        <v>1164.0729649999998</v>
+        <v>79.033187999999996</v>
       </c>
       <c r="U18" s="200">
-        <v>3.701485065495234</v>
+        <v>0.29152617223117333</v>
       </c>
     </row>
     <row r="19" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="130" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="167">
-        <v>39.565886999999996</v>
+        <v>31.633144999999999</v>
       </c>
       <c r="C19" s="190">
-        <v>0.26757749999999997</v>
+        <v>0.18239648333333333</v>
       </c>
       <c r="D19" s="167">
-        <v>31.633144999999999</v>
+        <v>33.509155999999997</v>
       </c>
       <c r="E19" s="190">
-        <v>0.18239648333333333</v>
+        <v>0.21643966666666667</v>
       </c>
       <c r="F19" s="167">
-        <v>33.509155999999997</v>
+        <v>38.640948999999999</v>
       </c>
       <c r="G19" s="190">
-        <v>0.21643966666666667</v>
+        <v>0.27145408333333332</v>
       </c>
       <c r="H19" s="167">
-        <v>38.640948999999999</v>
+        <v>43.232247000000001</v>
       </c>
       <c r="I19" s="190">
-        <v>0.27145408333333332</v>
+        <v>0.32692034999999997</v>
       </c>
       <c r="J19" s="167">
-        <v>43.232247000000001</v>
+        <v>41.451039000000002</v>
       </c>
       <c r="K19" s="167">
-        <v>0.32692034999999997</v>
+        <v>0.33759838333333331</v>
       </c>
       <c r="L19" s="167">
-        <v>41.451039000000002</v>
+        <v>58.379994000000003</v>
       </c>
       <c r="M19" s="190">
-        <v>0.33759838333333331</v>
+        <v>0.40480795454762836</v>
       </c>
       <c r="N19" s="168">
-        <v>58.379994000000003</v>
+        <v>68.007964999999999</v>
       </c>
       <c r="O19" s="190">
-        <v>0.40480795454762836</v>
+        <v>0.35858978780826001</v>
       </c>
       <c r="P19" s="168">
-        <v>68.007964999999999</v>
+        <v>65.270113000000094</v>
       </c>
       <c r="Q19" s="190">
-        <v>0.35858978780826001</v>
+        <v>0.33726112358715504</v>
       </c>
       <c r="R19" s="168">
-        <v>65.270113000000094</v>
+        <v>121.762291</v>
       </c>
       <c r="S19" s="190">
-        <v>0.33726112358715504</v>
+        <v>0.17273373333333333</v>
       </c>
       <c r="T19" s="168">
-        <v>121.762291</v>
+        <v>79.033187999999996</v>
       </c>
       <c r="U19" s="201">
-        <v>0.17273373333333333</v>
+        <v>0.29152617223117333</v>
       </c>
     </row>
     <row r="20" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="128" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="163">
-        <v>49.464647999999997</v>
+        <v>50.481236000000003</v>
       </c>
       <c r="C20" s="188">
-        <v>0.33806693333333337</v>
+        <v>0.28264204999999998</v>
       </c>
       <c r="D20" s="163">
-        <v>50.481236000000003</v>
+        <v>47.087974000000003</v>
       </c>
       <c r="E20" s="188">
-        <v>0.28264204999999998</v>
+        <v>0.28824471666666668</v>
       </c>
       <c r="F20" s="163">
-        <v>47.087974000000003</v>
+        <v>42.580658999999997</v>
       </c>
       <c r="G20" s="188">
-        <v>0.28824471666666668</v>
+        <v>0.30523810000000001</v>
       </c>
       <c r="H20" s="163">
-        <v>42.580658999999997</v>
+        <v>39.913862999999999</v>
       </c>
       <c r="I20" s="188">
-        <v>0.30523810000000001</v>
+        <v>0.2999322166666667</v>
       </c>
       <c r="J20" s="163">
-        <v>39.913862999999999</v>
+        <v>37.929433000000003</v>
       </c>
       <c r="K20" s="163">
-        <v>0.2999322166666667</v>
+        <v>0.30840021666666667</v>
       </c>
       <c r="L20" s="163">
-        <v>37.929433000000003</v>
+        <v>50.736637000000002</v>
       </c>
       <c r="M20" s="188">
-        <v>0.30840021666666667</v>
+        <v>0.32302096631314664</v>
       </c>
       <c r="N20" s="164">
-        <v>50.736637000000002</v>
+        <v>48.785584999999898</v>
       </c>
       <c r="O20" s="188">
-        <v>0.32302096631314664</v>
+        <v>0.26685299242264499</v>
       </c>
       <c r="P20" s="164">
-        <v>48.785584999999898</v>
+        <v>59.240167</v>
       </c>
       <c r="Q20" s="188">
-        <v>0.26685299242264499</v>
+        <v>0.29674510613532834</v>
       </c>
       <c r="R20" s="164">
-        <v>59.240167</v>
+        <v>83.181353999999999</v>
       </c>
       <c r="S20" s="188">
-        <v>0.29674510613532834</v>
+        <v>0.287236819156305</v>
       </c>
       <c r="T20" s="164">
-        <v>83.181353999999999</v>
+        <v>0</v>
       </c>
       <c r="U20" s="199">
-        <v>0.287236819156305</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="128" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="163">
-        <v>48.274135999999999</v>
+        <v>73.024608000000001</v>
       </c>
       <c r="C21" s="188">
-        <v>0.32956294999999997</v>
+        <v>0.40711235000000001</v>
       </c>
       <c r="D21" s="163">
-        <v>73.024608000000001</v>
+        <v>61.825505</v>
       </c>
       <c r="E21" s="188">
-        <v>0.40711235000000001</v>
+        <v>0.38646389999999997</v>
       </c>
       <c r="F21" s="163">
-        <v>61.825505</v>
+        <v>53.251786000000003</v>
       </c>
       <c r="G21" s="188">
-        <v>0.38646389999999997</v>
+        <v>0.38179234999999995</v>
       </c>
       <c r="H21" s="163">
-        <v>53.251786000000003</v>
+        <v>47.447996000000003</v>
       </c>
       <c r="I21" s="188">
-        <v>0.38179234999999995</v>
+        <v>0.37079128333333333</v>
       </c>
       <c r="J21" s="163">
-        <v>47.447996000000003</v>
+        <v>41.515861999999998</v>
       </c>
       <c r="K21" s="163">
-        <v>0.37079128333333333</v>
+        <v>0.34770439999999997</v>
       </c>
       <c r="L21" s="163">
-        <v>41.515861999999998</v>
+        <v>53.647703999999997</v>
       </c>
       <c r="M21" s="188">
-        <v>0.34770439999999997</v>
+        <v>0.38425564993503836</v>
       </c>
       <c r="N21" s="164">
-        <v>53.647703999999997</v>
+        <v>64.613913999999994</v>
       </c>
       <c r="O21" s="188">
-        <v>0.38425564993503836</v>
+        <v>0.35037985724672505</v>
       </c>
       <c r="P21" s="164">
-        <v>64.613913999999994</v>
+        <v>63.217706999999997</v>
       </c>
       <c r="Q21" s="188">
-        <v>0.35037985724672505</v>
+        <v>0.32572856251990834</v>
       </c>
       <c r="R21" s="164">
-        <v>63.217706999999997</v>
+        <v>90.567894999999993</v>
       </c>
       <c r="S21" s="188">
-        <v>0.32572856251990834</v>
+        <v>0.30662463039417165</v>
       </c>
       <c r="T21" s="164">
-        <v>90.567894999999993</v>
+        <v>0</v>
       </c>
       <c r="U21" s="199">
-        <v>0.30662463039417165</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="128" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="163">
-        <v>44.885413</v>
+        <v>53.209445000000002</v>
       </c>
       <c r="C22" s="188">
-        <v>0.30638270000000001</v>
+        <v>0.28540133333333334</v>
       </c>
       <c r="D22" s="163">
-        <v>53.209445000000002</v>
+        <v>52.808926999999997</v>
       </c>
       <c r="E22" s="188">
-        <v>0.28540133333333334</v>
+        <v>0.33190126666666669</v>
       </c>
       <c r="F22" s="163">
-        <v>52.808926999999997</v>
+        <v>48.642822000000002</v>
       </c>
       <c r="G22" s="188">
-        <v>0.33190126666666669</v>
+        <v>0.35033178333333331</v>
       </c>
       <c r="H22" s="163">
-        <v>48.642822000000002</v>
+        <v>43.973156000000003</v>
       </c>
       <c r="I22" s="188">
-        <v>0.35033178333333331</v>
+        <v>0.34322088333333334</v>
       </c>
       <c r="J22" s="163">
-        <v>43.973156000000003</v>
+        <v>44.957917000000002</v>
       </c>
       <c r="K22" s="163">
-        <v>0.34322088333333334</v>
+        <v>0.36474623333333334</v>
       </c>
       <c r="L22" s="163">
-        <v>44.957917000000002</v>
+        <v>51.811432000000003</v>
       </c>
       <c r="M22" s="188">
-        <v>0.36474623333333334</v>
+        <v>0.33972063691058169</v>
       </c>
       <c r="N22" s="164">
-        <v>51.811432000000003</v>
+        <v>57.375920999999998</v>
       </c>
       <c r="O22" s="188">
-        <v>0.33972063691058169</v>
+        <v>0.31302816897528168</v>
       </c>
       <c r="P22" s="164">
-        <v>57.375920999999998</v>
+        <v>77.748369999999994</v>
       </c>
       <c r="Q22" s="188">
-        <v>0.31302816897528168</v>
+        <v>0.375273342371305</v>
       </c>
       <c r="R22" s="164">
-        <v>77.748369999999994</v>
+        <v>99.626319000000095</v>
       </c>
       <c r="S22" s="188">
-        <v>0.375273342371305</v>
+        <v>0.32077240130978335</v>
       </c>
       <c r="T22" s="164">
-        <v>99.626319000000095</v>
+        <v>0</v>
       </c>
       <c r="U22" s="199">
-        <v>0.32077240130978335</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="128" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="163">
-        <v>46.314714000000002</v>
+        <v>54.840680999999996</v>
       </c>
       <c r="C23" s="188">
-        <v>0.31099128333333331</v>
+        <v>0.30275351666666667</v>
       </c>
       <c r="D23" s="163">
-        <v>54.840680999999996</v>
+        <v>40.488241000000002</v>
       </c>
       <c r="E23" s="188">
-        <v>0.30275351666666667</v>
+        <v>0.26263111666666666</v>
       </c>
       <c r="F23" s="163">
-        <v>40.488241000000002</v>
+        <v>51.050882999999999</v>
       </c>
       <c r="G23" s="188">
-        <v>0.26263111666666666</v>
+        <v>0.37888500000000003</v>
       </c>
       <c r="H23" s="163">
-        <v>51.050882999999999</v>
+        <v>49.144469000000001</v>
       </c>
       <c r="I23" s="188">
-        <v>0.37888500000000003</v>
+        <v>0.39240956666666665</v>
       </c>
       <c r="J23" s="163">
-        <v>49.144469000000001</v>
+        <v>39.341655000000003</v>
       </c>
       <c r="K23" s="163">
-        <v>0.39240956666666665</v>
+        <v>0.31861613333333333</v>
       </c>
       <c r="L23" s="163">
-        <v>39.341655000000003</v>
+        <v>49.905344999999997</v>
       </c>
       <c r="M23" s="188">
-        <v>0.31861613333333333</v>
+        <v>0.30834370521013665</v>
       </c>
       <c r="N23" s="164">
-        <v>49.905344999999997</v>
+        <v>64.368723000000003</v>
       </c>
       <c r="O23" s="188">
-        <v>0.30834370521013665</v>
+        <v>0.33243244320751836</v>
       </c>
       <c r="P23" s="164">
-        <v>64.368723000000003</v>
+        <v>86.912011000000007</v>
       </c>
       <c r="Q23" s="188">
-        <v>0.33243244320751836</v>
+        <v>0.42021169896980831</v>
       </c>
       <c r="R23" s="164">
-        <v>86.912011000000007</v>
+        <v>125.09652699999999</v>
       </c>
       <c r="S23" s="188">
-        <v>0.42021169896980831</v>
+        <v>0.4165896373397267</v>
       </c>
       <c r="T23" s="164">
-        <v>125.09652699999999</v>
+        <v>0</v>
       </c>
       <c r="U23" s="199">
-        <v>0.4165896373397267</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="128" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="163">
-        <v>49.510544000000003</v>
+        <v>58.414575999999997</v>
       </c>
       <c r="C24" s="188">
-        <v>0.34407064999999998</v>
+        <v>0.3194346833333333</v>
       </c>
       <c r="D24" s="163">
-        <v>58.414575999999997</v>
+        <v>43.858736</v>
       </c>
       <c r="E24" s="188">
-        <v>0.3194346833333333</v>
+        <v>0.28503346666666668</v>
       </c>
       <c r="F24" s="163">
-        <v>43.858736</v>
+        <v>51.858085000000003</v>
       </c>
       <c r="G24" s="188">
-        <v>0.28503346666666668</v>
+        <v>0.38482995000000003</v>
       </c>
       <c r="H24" s="163">
-        <v>51.858085000000003</v>
+        <v>41.785046999999999</v>
       </c>
       <c r="I24" s="188">
-        <v>0.38482995000000003</v>
+        <v>0.33170143333333335</v>
       </c>
       <c r="J24" s="163">
-        <v>41.785046999999999</v>
+        <v>43.424411999999997</v>
       </c>
       <c r="K24" s="163">
-        <v>0.33170143333333335</v>
+        <v>0.34329571666666669</v>
       </c>
       <c r="L24" s="163">
-        <v>43.424411999999997</v>
+        <v>64.118331999999995</v>
       </c>
       <c r="M24" s="188">
-        <v>0.34329571666666669</v>
+        <v>0.39355155616756332</v>
       </c>
       <c r="N24" s="164">
-        <v>64.118331999999995</v>
+        <v>59.687094000000002</v>
       </c>
       <c r="O24" s="188">
-        <v>0.39355155616756332</v>
+        <v>0.3289960833333333</v>
       </c>
       <c r="P24" s="164">
-        <v>59.687094000000002</v>
+        <v>65.563174000000004</v>
       </c>
       <c r="Q24" s="188">
-        <v>0.3289960833333333</v>
+        <v>0.30074369170657833</v>
       </c>
       <c r="R24" s="164">
-        <v>65.563174000000004</v>
+        <v>86.443248999999994</v>
       </c>
       <c r="S24" s="188">
-        <v>0.30074369170657833</v>
+        <v>0.28281833817624163</v>
       </c>
       <c r="T24" s="164">
-        <v>86.443248999999994</v>
+        <v>0</v>
       </c>
       <c r="U24" s="199">
-        <v>0.28281833817624163</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="128" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="163">
-        <v>50.754196</v>
+        <v>53.713709000000001</v>
       </c>
       <c r="C25" s="188">
-        <v>0.33685806666666662</v>
+        <v>0.30392188333333336</v>
       </c>
       <c r="D25" s="163">
-        <v>53.713709000000001</v>
+        <v>44.664641000000003</v>
       </c>
       <c r="E25" s="188">
-        <v>0.30392188333333336</v>
+        <v>0.2903794666666667</v>
       </c>
       <c r="F25" s="163">
-        <v>44.664641000000003</v>
+        <v>53.097527999999997</v>
       </c>
       <c r="G25" s="188">
-        <v>0.2903794666666667</v>
+        <v>0.39377049999999997</v>
       </c>
       <c r="H25" s="163">
-        <v>53.097527999999997</v>
+        <v>52.721477</v>
       </c>
       <c r="I25" s="188">
-        <v>0.39377049999999997</v>
+        <v>0.4282875333333333</v>
       </c>
       <c r="J25" s="163">
-        <v>52.721477</v>
+        <v>37.064028</v>
       </c>
       <c r="K25" s="163">
-        <v>0.4282875333333333</v>
+        <v>0.28656198333333338</v>
       </c>
       <c r="L25" s="163">
-        <v>37.064028</v>
+        <v>66.945582000000002</v>
       </c>
       <c r="M25" s="188">
-        <v>0.28656198333333338</v>
+        <v>0.40612294818035</v>
       </c>
       <c r="N25" s="164">
-        <v>66.945582000000002</v>
+        <v>63.512203000000099</v>
       </c>
       <c r="O25" s="188">
-        <v>0.40612294818035</v>
+        <v>0.33534648298864334</v>
       </c>
       <c r="P25" s="164">
-        <v>63.512203000000099</v>
+        <v>79.207950999999994</v>
       </c>
       <c r="Q25" s="188">
-        <v>0.33534648298864334</v>
+        <v>0.3536585847300367</v>
       </c>
       <c r="R25" s="164">
-        <v>79.207950999999994</v>
+        <v>95.907287999999994</v>
       </c>
       <c r="S25" s="188">
-        <v>0.3536585847300367</v>
+        <v>0.31062529214255002</v>
       </c>
       <c r="T25" s="164">
-        <v>95.907287999999994</v>
+        <v>0</v>
       </c>
       <c r="U25" s="199">
-        <v>0.31062529214255002</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="128" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="163">
-        <v>53.627037999999999</v>
+        <v>60.385258999999998</v>
       </c>
       <c r="C26" s="188">
-        <v>0.34224431666666671</v>
+        <v>0.35472345</v>
       </c>
       <c r="D26" s="163">
-        <v>60.385258999999998</v>
+        <v>56.368130999999998</v>
       </c>
       <c r="E26" s="188">
-        <v>0.35472345</v>
+        <v>0.37500311666666669</v>
       </c>
       <c r="F26" s="163">
-        <v>56.368130999999998</v>
+        <v>51.082391999999899</v>
       </c>
       <c r="G26" s="188">
-        <v>0.37500311666666669</v>
+        <v>0.37779351666666666</v>
       </c>
       <c r="H26" s="163">
-        <v>51.082391999999899</v>
+        <v>44.453862999999998</v>
       </c>
       <c r="I26" s="188">
-        <v>0.37779351666666666</v>
+        <v>0.3495650666666667</v>
       </c>
       <c r="J26" s="163">
-        <v>44.453862999999998</v>
+        <v>47.790872</v>
       </c>
       <c r="K26" s="163">
-        <v>0.3495650666666667</v>
+        <v>0.39628243333333329</v>
       </c>
       <c r="L26" s="163">
-        <v>47.790872</v>
+        <v>61.422770999999997</v>
       </c>
       <c r="M26" s="188">
-        <v>0.39628243333333329</v>
+        <v>0.33053886902732832</v>
       </c>
       <c r="N26" s="164">
-        <v>61.422770999999997</v>
+        <v>75.456196000000006</v>
       </c>
       <c r="O26" s="188">
-        <v>0.33053886902732832</v>
+        <v>0.39204771259396837</v>
       </c>
       <c r="P26" s="164">
-        <v>75.456196000000006</v>
+        <v>75.858538999999894</v>
       </c>
       <c r="Q26" s="188">
-        <v>0.39204771259396837</v>
+        <v>0.31233371129117837</v>
       </c>
       <c r="R26" s="164">
-        <v>75.858538999999894</v>
+        <v>83.573646999999994</v>
       </c>
       <c r="S26" s="188">
-        <v>0.31233371129117837</v>
+        <v>0.27517931930443501</v>
       </c>
       <c r="T26" s="164">
-        <v>83.573646999999994</v>
+        <v>0</v>
       </c>
       <c r="U26" s="199">
-        <v>0.27517931930443501</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="128" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="163">
-        <v>56.661695000000002</v>
+        <v>50.716752999999997</v>
       </c>
       <c r="C27" s="188">
-        <v>0.36794470000000001</v>
+        <v>0.30283158333333332</v>
       </c>
       <c r="D27" s="163">
-        <v>50.716752999999997</v>
+        <v>55.249200999999999</v>
       </c>
       <c r="E27" s="188">
-        <v>0.30283158333333332</v>
+        <v>0.36717255000000004</v>
       </c>
       <c r="F27" s="163">
-        <v>55.249200999999999</v>
+        <v>51.170566999999998</v>
       </c>
       <c r="G27" s="188">
-        <v>0.36717255000000004</v>
+        <v>0.38232673333333334</v>
       </c>
       <c r="H27" s="163">
-        <v>51.170566999999998</v>
+        <v>39.523418999999997</v>
       </c>
       <c r="I27" s="188">
-        <v>0.38232673333333334</v>
+        <v>0.32563618333333333</v>
       </c>
       <c r="J27" s="163">
-        <v>39.523418999999997</v>
+        <v>47.189892</v>
       </c>
       <c r="K27" s="163">
-        <v>0.32563618333333333</v>
+        <v>0.37219411666666669</v>
       </c>
       <c r="L27" s="163">
-        <v>47.189892</v>
+        <v>62.281477000000002</v>
       </c>
       <c r="M27" s="188">
-        <v>0.37219411666666669</v>
+        <v>0.32099968168366</v>
       </c>
       <c r="N27" s="164">
-        <v>62.281477000000002</v>
+        <v>63.922837000000001</v>
       </c>
       <c r="O27" s="188">
-        <v>0.32099968168366</v>
+        <v>0.33388316088345837</v>
       </c>
       <c r="P27" s="164">
-        <v>63.922837000000001</v>
+        <v>105.340234</v>
       </c>
       <c r="Q27" s="188">
-        <v>0.33388316088345837</v>
+        <v>0.43311172468293502</v>
       </c>
       <c r="R27" s="164">
-        <v>105.340234</v>
+        <v>96.581517000000005</v>
       </c>
       <c r="S27" s="188">
-        <v>0.43311172468293502</v>
+        <v>0.32878013943817669</v>
       </c>
       <c r="T27" s="164">
-        <v>96.581517000000005</v>
+        <v>0</v>
       </c>
       <c r="U27" s="199">
-        <v>0.32878013943817669</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="128" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="163">
-        <v>57.479163999999997</v>
+        <v>58.950654999999998</v>
       </c>
       <c r="C28" s="188">
-        <v>0.35086756666666663</v>
+        <v>0.35643756666666671</v>
       </c>
       <c r="D28" s="163">
-        <v>58.950654999999998</v>
+        <v>50.688893</v>
       </c>
       <c r="E28" s="188">
-        <v>0.35643756666666671</v>
+        <v>0.32987329999999998</v>
       </c>
       <c r="F28" s="163">
-        <v>50.688893</v>
+        <v>47.801642000000001</v>
       </c>
       <c r="G28" s="188">
-        <v>0.32987329999999998</v>
+        <v>0.35613976666666669</v>
       </c>
       <c r="H28" s="163">
-        <v>47.801642000000001</v>
+        <v>41.865282999999998</v>
       </c>
       <c r="I28" s="188">
-        <v>0.35613976666666669</v>
+        <v>0.33853281666666668</v>
       </c>
       <c r="J28" s="163">
-        <v>41.865282999999998</v>
+        <v>46.525801000000001</v>
       </c>
       <c r="K28" s="163">
-        <v>0.33853281666666668</v>
+        <v>0.35439950000000003</v>
       </c>
       <c r="L28" s="163">
-        <v>46.525801000000001</v>
+        <v>59.837788000000003</v>
       </c>
       <c r="M28" s="188">
-        <v>0.35439950000000003</v>
+        <v>0.31213446372856335</v>
       </c>
       <c r="N28" s="164">
-        <v>59.837788000000003</v>
+        <v>59.576290999999998</v>
       </c>
       <c r="O28" s="188">
-        <v>0.31213446372856335</v>
+        <v>0.1156141</v>
       </c>
       <c r="P28" s="164">
-        <v>59.576290999999998</v>
+        <v>85.418502000000004</v>
       </c>
       <c r="Q28" s="188">
-        <v>0.1156141</v>
+        <v>0.35949094939540166</v>
       </c>
       <c r="R28" s="164">
-        <v>85.418502000000004</v>
+        <v>106.248948</v>
       </c>
       <c r="S28" s="188">
-        <v>0.35949094939540166</v>
+        <v>0.37046719751329332</v>
       </c>
       <c r="T28" s="164">
-        <v>106.248948</v>
+        <v>0</v>
       </c>
       <c r="U28" s="199">
-        <v>0.37046719751329332</v>
+        <v>0</v>
       </c>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
     </row>
     <row r="29" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="128" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="163">
-        <v>54.354501999999997</v>
+        <v>50.013216</v>
       </c>
       <c r="C29" s="188">
-        <v>0.32956578333333331</v>
+        <v>0.30832743333333329</v>
       </c>
       <c r="D29" s="163">
-        <v>50.013216</v>
+        <v>48.486387999999998</v>
       </c>
       <c r="E29" s="188">
-        <v>0.30832743333333329</v>
+        <v>0.33488168333333335</v>
       </c>
       <c r="F29" s="163">
-        <v>48.486387999999998</v>
+        <v>44.264591000000003</v>
       </c>
       <c r="G29" s="188">
-        <v>0.33488168333333335</v>
+        <v>0.33895219999999998</v>
       </c>
       <c r="H29" s="163">
-        <v>44.264591000000003</v>
+        <v>42.371214000000002</v>
       </c>
       <c r="I29" s="188">
-        <v>0.33895219999999998</v>
+        <v>0.34596591666666665</v>
       </c>
       <c r="J29" s="163">
-        <v>42.371214000000002</v>
+        <v>45.027994</v>
       </c>
       <c r="K29" s="163">
-        <v>0.34596591666666665</v>
+        <v>0.3367392666666667</v>
       </c>
       <c r="L29" s="163">
-        <v>45.027994</v>
+        <v>60.671404000000003</v>
       </c>
       <c r="M29" s="188">
-        <v>0.3367392666666667</v>
+        <v>0.29950175778961169</v>
       </c>
       <c r="N29" s="164">
-        <v>60.671404000000003</v>
+        <v>57.42351</v>
       </c>
       <c r="O29" s="188">
-        <v>0.29950175778961169</v>
+        <v>0.1103204</v>
       </c>
       <c r="P29" s="164">
-        <v>57.42351</v>
+        <v>90.789506000000003</v>
       </c>
       <c r="Q29" s="188">
-        <v>0.1103204</v>
+        <v>0.36287771019033499</v>
       </c>
       <c r="R29" s="164">
-        <v>90.789506000000003</v>
+        <v>83.7413319999999</v>
       </c>
       <c r="S29" s="188">
-        <v>0.36287771019033499</v>
+        <v>0.29749182664210833</v>
       </c>
       <c r="T29" s="164">
-        <v>83.7413319999999</v>
+        <v>0</v>
       </c>
       <c r="U29" s="199">
-        <v>0.29749182664210833</v>
+        <v>0</v>
       </c>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
     </row>
     <row r="30" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="128" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="163">
-        <v>65.104060000000004</v>
+        <v>64.432354000000004</v>
       </c>
       <c r="C30" s="188">
-        <v>0.37209358333333331</v>
+        <v>0.39770220000000001</v>
       </c>
       <c r="D30" s="163">
-        <v>64.432354000000004</v>
+        <v>55.304138999999999</v>
       </c>
       <c r="E30" s="188">
-        <v>0.39770220000000001</v>
+        <v>0.38763245000000002</v>
       </c>
       <c r="F30" s="163">
-        <v>55.304138999999999</v>
+        <v>49.097530999999996</v>
       </c>
       <c r="G30" s="188">
-        <v>0.38763245000000002</v>
+        <v>0.37164518333333335</v>
       </c>
       <c r="H30" s="163">
-        <v>49.097530999999996</v>
+        <v>46.782561000000001</v>
       </c>
       <c r="I30" s="188">
-        <v>0.37164518333333335</v>
+        <v>0.37409111666666667</v>
       </c>
       <c r="J30" s="163">
-        <v>46.782561000000001</v>
+        <v>68.000882000000004</v>
       </c>
       <c r="K30" s="163">
-        <v>0.37409111666666667</v>
+        <v>0.51610824999999994</v>
       </c>
       <c r="L30" s="163">
-        <v>68.000882000000004</v>
+        <v>61.146507</v>
       </c>
       <c r="M30" s="188">
-        <v>0.51610824999999994</v>
+        <v>0.3226653737807117</v>
       </c>
       <c r="N30" s="164">
-        <v>61.146507</v>
+        <v>54.661892999999999</v>
       </c>
       <c r="O30" s="188">
-        <v>0.3226653737807117</v>
+        <v>0.10517131666666667</v>
       </c>
       <c r="P30" s="164">
-        <v>54.661892999999999</v>
+        <v>112.38559600000001</v>
       </c>
       <c r="Q30" s="188">
-        <v>0.10517131666666667</v>
+        <v>0.42565995041705001</v>
       </c>
       <c r="R30" s="164">
-        <v>112.38559600000001</v>
+        <v>91.342597999999995</v>
       </c>
       <c r="S30" s="188">
-        <v>0.42565995041705001</v>
+        <v>0.33216573074510836</v>
       </c>
       <c r="T30" s="164">
-        <v>91.342597999999995</v>
+        <v>0</v>
       </c>
       <c r="U30" s="199">
-        <v>0.33216573074510836</v>
+        <v>0</v>
       </c>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
     </row>
     <row r="31" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="134" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B31" s="169">
-        <v>12.784637</v>
+        <v>13.175662000000001</v>
       </c>
       <c r="C31" s="191">
-        <v>4.2312800000000005E-2</v>
+        <v>3.52629E-2</v>
       </c>
       <c r="D31" s="169">
-        <v>13.175662000000001</v>
+        <v>11.668724999999998</v>
       </c>
       <c r="E31" s="191">
-        <v>3.52629E-2</v>
+        <v>3.6722033333333334E-2</v>
       </c>
       <c r="F31" s="169">
-        <v>11.668724999999998</v>
+        <v>9.7658540000000009</v>
       </c>
       <c r="G31" s="191">
-        <v>3.6722033333333334E-2</v>
+        <v>3.8399216666666666E-2</v>
       </c>
       <c r="H31" s="169">
-        <v>9.7658540000000009</v>
+        <v>22.516658</v>
       </c>
       <c r="I31" s="191">
-        <v>3.8399216666666666E-2</v>
+        <v>0.12779053333333332</v>
       </c>
       <c r="J31" s="169">
-        <v>22.516658</v>
+        <v>28.463187999999995</v>
       </c>
       <c r="K31" s="179">
-        <v>0.12779053333333332</v>
+        <v>0.10960620000000001</v>
       </c>
       <c r="L31" s="169">
-        <v>28.463187999999995</v>
+        <v>28.325065000000002</v>
       </c>
       <c r="M31" s="191">
-        <v>0.10960620000000001</v>
+        <v>6.6412388372055681E-2</v>
       </c>
       <c r="N31" s="170">
-        <v>28.325065000000002</v>
+        <v>35.364129000000005</v>
       </c>
       <c r="O31" s="191">
-        <v>6.6412388372055681E-2</v>
+        <v>8.3852416710726393E-2</v>
       </c>
       <c r="P31" s="170">
-        <v>35.364129000000005</v>
+        <v>35.424352000000006</v>
       </c>
       <c r="Q31" s="191">
-        <v>8.3852416710726393E-2</v>
+        <v>8.0989803969049437E-2</v>
       </c>
       <c r="R31" s="170">
-        <v>35.424352000000006</v>
+        <v>55.152001999999989</v>
       </c>
       <c r="S31" s="191">
-        <v>8.0989803969049437E-2</v>
+        <v>9.977538366705975E-2</v>
       </c>
       <c r="T31" s="170">
-        <v>55.152001999999989</v>
+        <v>3.082554</v>
       </c>
       <c r="U31" s="202">
-        <v>9.977538366705975E-2</v>
+        <v>5.8283802547931668E-3</v>
       </c>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
     </row>
     <row r="32" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="129" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="163">
-        <v>0.59652300000000003</v>
+        <v>1.7526409999999999</v>
       </c>
       <c r="C32" s="188">
-        <v>2.2572833333333333E-3</v>
+        <v>4.7662E-3</v>
       </c>
       <c r="D32" s="163">
-        <v>1.7526409999999999</v>
+        <v>1.0537259999999999</v>
       </c>
       <c r="E32" s="188">
-        <v>4.7662E-3</v>
+        <v>2.4858333333333334E-3</v>
       </c>
       <c r="F32" s="163">
-        <v>1.0537259999999999</v>
+        <v>0.941106</v>
       </c>
       <c r="G32" s="188">
-        <v>2.4858333333333334E-3</v>
+        <v>3.8538499999999998E-3</v>
       </c>
       <c r="H32" s="163">
-        <v>0.941106</v>
+        <v>0.64755200000000002</v>
       </c>
       <c r="I32" s="188">
-        <v>3.8538499999999998E-3</v>
+        <v>2.4351333333333331E-3</v>
       </c>
       <c r="J32" s="163">
-        <v>0.64755200000000002</v>
+        <v>1.8837140000000001</v>
       </c>
       <c r="K32" s="176">
-        <v>2.4351333333333331E-3</v>
+        <v>8.9180166666666671E-3</v>
       </c>
       <c r="L32" s="163">
-        <v>1.8837140000000001</v>
+        <v>1.7693589999999999</v>
       </c>
       <c r="M32" s="188">
-        <v>8.9180166666666671E-3</v>
+        <v>5.18595499328375E-3</v>
       </c>
       <c r="N32" s="164">
-        <v>1.7693589999999999</v>
+        <v>2.0598369999999999</v>
       </c>
       <c r="O32" s="188">
-        <v>5.18595499328375E-3</v>
+        <v>4.7953317266265496E-3</v>
       </c>
       <c r="P32" s="164">
-        <v>2.0598369999999999</v>
+        <v>1.925419</v>
       </c>
       <c r="Q32" s="188">
-        <v>4.7953317266265496E-3</v>
+        <v>4.4992512791951498E-3</v>
       </c>
       <c r="R32" s="164">
-        <v>1.925419</v>
+        <v>4.43736</v>
       </c>
       <c r="S32" s="188">
-        <v>4.4992512791951498E-3</v>
+        <v>7.6240666666666668E-3</v>
       </c>
       <c r="T32" s="164">
-        <v>4.43736</v>
+        <v>3.082554</v>
       </c>
       <c r="U32" s="199">
-        <v>7.6240666666666668E-3</v>
+        <v>5.8283802547931668E-3</v>
       </c>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
     </row>
     <row r="33" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="128" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="163">
-        <v>1.116133</v>
+        <v>1.0439430000000001</v>
       </c>
       <c r="C33" s="188">
-        <v>3.670583333333333E-3</v>
+        <v>3.0204166666666665E-3</v>
       </c>
       <c r="D33" s="163">
-        <v>1.0439430000000001</v>
+        <v>0.82183099999999998</v>
       </c>
       <c r="E33" s="188">
-        <v>3.0204166666666665E-3</v>
+        <v>2.0961499999999997E-3</v>
       </c>
       <c r="F33" s="163">
-        <v>0.82183099999999998</v>
+        <v>0.49346499999999999</v>
       </c>
       <c r="G33" s="188">
-        <v>2.0961499999999997E-3</v>
+        <v>1.5090833333333334E-3</v>
       </c>
       <c r="H33" s="163">
-        <v>0.49346499999999999</v>
+        <v>0.92223699999999997</v>
       </c>
       <c r="I33" s="188">
-        <v>1.5090833333333334E-3</v>
+        <v>3.6422333333333335E-3</v>
       </c>
       <c r="J33" s="163">
-        <v>0.92223699999999997</v>
+        <v>2.4011089999999999</v>
       </c>
       <c r="K33" s="176">
-        <v>3.6422333333333335E-3</v>
+        <v>1.4378483333333332E-2</v>
       </c>
       <c r="L33" s="163">
-        <v>2.4011089999999999</v>
+        <v>1.976647</v>
       </c>
       <c r="M33" s="188">
-        <v>1.4378483333333332E-2</v>
+        <v>4.4203583652655341E-3</v>
       </c>
       <c r="N33" s="164">
-        <v>1.976647</v>
+        <v>2.941818</v>
       </c>
       <c r="O33" s="188">
-        <v>4.4203583652655341E-3</v>
+        <v>7.3360282054305004E-3</v>
       </c>
       <c r="P33" s="164">
-        <v>2.941818</v>
+        <v>2.1186799999999999</v>
       </c>
       <c r="Q33" s="188">
-        <v>7.3360282054305004E-3</v>
+        <v>5.723642343731716E-3</v>
       </c>
       <c r="R33" s="164">
-        <v>2.1186799999999999</v>
+        <v>3.7745190000000002</v>
       </c>
       <c r="S33" s="188">
-        <v>5.723642343731716E-3</v>
+        <v>7.8553856180071831E-3</v>
       </c>
       <c r="T33" s="164">
-        <v>3.7745190000000002</v>
+        <v>0</v>
       </c>
       <c r="U33" s="199">
-        <v>7.8553856180071831E-3</v>
+        <v>0</v>
       </c>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
     </row>
     <row r="34" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="128" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="163">
-        <v>0.59602900000000003</v>
+        <v>0.948156</v>
       </c>
       <c r="C34" s="188">
-        <v>2.2187833333333334E-3</v>
+        <v>2.0322999999999999E-3</v>
       </c>
       <c r="D34" s="163">
-        <v>0.948156</v>
+        <v>1.002969</v>
       </c>
       <c r="E34" s="188">
-        <v>2.0322999999999999E-3</v>
+        <v>3.2365333333333334E-3</v>
       </c>
       <c r="F34" s="163">
-        <v>1.002969</v>
+        <v>0.93912499999999999</v>
       </c>
       <c r="G34" s="188">
-        <v>3.2365333333333334E-3</v>
+        <v>3.0225833333333333E-3</v>
       </c>
       <c r="H34" s="163">
-        <v>0.93912499999999999</v>
+        <v>1.20895</v>
       </c>
       <c r="I34" s="188">
-        <v>3.0225833333333333E-3</v>
+        <v>4.3957666666666661E-3</v>
       </c>
       <c r="J34" s="163">
-        <v>1.20895</v>
+        <v>2.3073350000000001</v>
       </c>
       <c r="K34" s="176">
-        <v>4.3957666666666661E-3</v>
+        <v>1.0838666666666667E-2</v>
       </c>
       <c r="L34" s="163">
-        <v>2.3073350000000001</v>
+        <v>2.0903239999999998</v>
       </c>
       <c r="M34" s="188">
-        <v>1.0838666666666667E-2</v>
+        <v>5.0167366669058838E-3</v>
       </c>
       <c r="N34" s="164">
-        <v>2.0903239999999998</v>
+        <v>1.9467859999999999</v>
       </c>
       <c r="O34" s="188">
-        <v>5.0167366669058838E-3</v>
+        <v>3.9685383607546499E-3</v>
       </c>
       <c r="P34" s="164">
-        <v>1.9467859999999999</v>
+        <v>2.4849359999999998</v>
       </c>
       <c r="Q34" s="188">
-        <v>3.9685383607546499E-3</v>
+        <v>7.1408794648766503E-3</v>
       </c>
       <c r="R34" s="164">
-        <v>2.4849359999999998</v>
+        <v>4.2271539999999996</v>
       </c>
       <c r="S34" s="188">
-        <v>7.1408794648766503E-3</v>
+        <v>7.1836674706498831E-3</v>
       </c>
       <c r="T34" s="164">
-        <v>4.2271539999999996</v>
+        <v>0</v>
       </c>
       <c r="U34" s="199">
-        <v>7.1836674706498831E-3</v>
+        <v>0</v>
       </c>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
     </row>
     <row r="35" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="128" t="s">
         <v>29</v>
       </c>
       <c r="B35" s="163">
-        <v>0.97671399999999997</v>
+        <v>0.92489299999999997</v>
       </c>
       <c r="C35" s="188">
-        <v>3.0994333333333331E-3</v>
+        <v>2.3687833333333333E-3</v>
       </c>
       <c r="D35" s="163">
-        <v>0.92489299999999997</v>
+        <v>1.382414</v>
       </c>
       <c r="E35" s="188">
-        <v>2.3687833333333333E-3</v>
+        <v>3.5032166666666667E-3</v>
       </c>
       <c r="F35" s="163">
-        <v>1.382414</v>
+        <v>0.70025300000000001</v>
       </c>
       <c r="G35" s="188">
-        <v>3.5032166666666667E-3</v>
+        <v>2.3960000000000001E-3</v>
       </c>
       <c r="H35" s="163">
-        <v>0.70025300000000001</v>
+        <v>1.0236190000000001</v>
       </c>
       <c r="I35" s="188">
-        <v>2.3960000000000001E-3</v>
+        <v>4.4984833333333333E-3</v>
       </c>
       <c r="J35" s="163">
-        <v>1.0236190000000001</v>
+        <v>1.783161</v>
       </c>
       <c r="K35" s="176">
-        <v>4.4984833333333333E-3</v>
+        <v>7.3729333333333331E-3</v>
       </c>
       <c r="L35" s="163">
-        <v>1.783161</v>
+        <v>2.954488</v>
       </c>
       <c r="M35" s="188">
-        <v>7.3729333333333331E-3</v>
+        <v>7.0940650049845337E-3</v>
       </c>
       <c r="N35" s="164">
-        <v>2.954488</v>
+        <v>3.1117499999999998</v>
       </c>
       <c r="O35" s="188">
-        <v>7.0940650049845337E-3</v>
+        <v>7.51880003564755E-3</v>
       </c>
       <c r="P35" s="164">
-        <v>3.1117499999999998</v>
+        <v>2.8366730000000002</v>
       </c>
       <c r="Q35" s="188">
-        <v>7.51880003564755E-3</v>
+        <v>6.6143560388088165E-3</v>
       </c>
       <c r="R35" s="164">
-        <v>2.8366730000000002</v>
+        <v>4.5806610000000001</v>
       </c>
       <c r="S35" s="188">
-        <v>6.6143560388088165E-3</v>
+        <v>9.1541415464878005E-3</v>
       </c>
       <c r="T35" s="164">
-        <v>4.5806610000000001</v>
+        <v>0</v>
       </c>
       <c r="U35" s="199">
-        <v>9.1541415464878005E-3</v>
+        <v>0</v>
       </c>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
     </row>
     <row r="36" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="128" t="s">
         <v>30</v>
       </c>
       <c r="B36" s="163">
-        <v>0.48433999999999999</v>
+        <v>1.3805810000000001</v>
       </c>
       <c r="C36" s="188">
-        <v>1.7554999999999999E-3</v>
+        <v>3.3908333333333334E-3</v>
       </c>
       <c r="D36" s="163">
-        <v>1.3805810000000001</v>
+        <v>0.26084499999999999</v>
       </c>
       <c r="E36" s="188">
-        <v>3.3908333333333334E-3</v>
+        <v>7.4258333333333327E-4</v>
       </c>
       <c r="F36" s="163">
-        <v>0.26084499999999999</v>
+        <v>0.587615</v>
       </c>
       <c r="G36" s="188">
-        <v>7.4258333333333327E-4</v>
+        <v>2.1052833333333335E-3</v>
       </c>
       <c r="H36" s="163">
-        <v>0.587615</v>
+        <v>1.1903189999999999</v>
       </c>
       <c r="I36" s="188">
-        <v>2.1052833333333335E-3</v>
+        <v>6.0355000000000001E-3</v>
       </c>
       <c r="J36" s="163">
-        <v>1.1903189999999999</v>
+        <v>2.4196049999999998</v>
       </c>
       <c r="K36" s="176">
-        <v>6.0355000000000001E-3</v>
+        <v>1.02576E-2</v>
       </c>
       <c r="L36" s="163">
-        <v>2.4196049999999998</v>
+        <v>2.060038</v>
       </c>
       <c r="M36" s="188">
-        <v>1.02576E-2</v>
+        <v>4.6931816145340671E-3</v>
       </c>
       <c r="N36" s="164">
-        <v>2.060038</v>
+        <v>2.9482309999999998</v>
       </c>
       <c r="O36" s="188">
-        <v>4.6931816145340671E-3</v>
+        <v>7.4048083488265663E-3</v>
       </c>
       <c r="P36" s="164">
-        <v>2.9482309999999998</v>
+        <v>2.7396530000000001</v>
       </c>
       <c r="Q36" s="188">
-        <v>7.4048083488265663E-3</v>
+        <v>6.4258037880221995E-3</v>
       </c>
       <c r="R36" s="164">
-        <v>2.7396530000000001</v>
+        <v>4.3215139999999996</v>
       </c>
       <c r="S36" s="188">
-        <v>6.4258037880221995E-3</v>
+        <v>7.5508807126840006E-3</v>
       </c>
       <c r="T36" s="164">
-        <v>4.3215139999999996</v>
+        <v>0</v>
       </c>
       <c r="U36" s="199">
-        <v>7.5508807126840006E-3</v>
+        <v>0</v>
       </c>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
     </row>
     <row r="37" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="128" t="s">
         <v>31</v>
       </c>
       <c r="B37" s="163">
-        <v>1.148199</v>
+        <v>1.2323500000000001</v>
       </c>
       <c r="C37" s="188">
-        <v>4.407833333333333E-3</v>
+        <v>3.2394500000000001E-3</v>
       </c>
       <c r="D37" s="163">
-        <v>1.2323500000000001</v>
+        <v>0.80261899999999997</v>
       </c>
       <c r="E37" s="188">
-        <v>3.2394500000000001E-3</v>
+        <v>2.4123833333333333E-3</v>
       </c>
       <c r="F37" s="163">
-        <v>0.80261899999999997</v>
+        <v>0.76641899999999996</v>
       </c>
       <c r="G37" s="188">
-        <v>2.4123833333333333E-3</v>
+        <v>1.9656166666666666E-3</v>
       </c>
       <c r="H37" s="163">
-        <v>0.76641899999999996</v>
+        <v>1.3825860000000001</v>
       </c>
       <c r="I37" s="188">
-        <v>1.9656166666666666E-3</v>
+        <v>7.3461999999999998E-3</v>
       </c>
       <c r="J37" s="163">
-        <v>1.3825860000000001</v>
+        <v>2.7185899999999998</v>
       </c>
       <c r="K37" s="176">
-        <v>7.3461999999999998E-3</v>
+        <v>1.221875E-2</v>
       </c>
       <c r="L37" s="163">
-        <v>2.7185899999999998</v>
+        <v>3.123291</v>
       </c>
       <c r="M37" s="188">
-        <v>1.221875E-2</v>
+        <v>6.6379416700601502E-3</v>
       </c>
       <c r="N37" s="164">
-        <v>3.123291</v>
+        <v>2.5803690000000001</v>
       </c>
       <c r="O37" s="188">
-        <v>6.6379416700601502E-3</v>
+        <v>5.5561666666666667E-3</v>
       </c>
       <c r="P37" s="164">
-        <v>2.5803690000000001</v>
+        <v>2.5808460000000002</v>
       </c>
       <c r="Q37" s="188">
-        <v>5.5561666666666667E-3</v>
+        <v>5.7376643578132E-3</v>
       </c>
       <c r="R37" s="164">
-        <v>2.5808460000000002</v>
+        <v>3.388852</v>
       </c>
       <c r="S37" s="188">
-        <v>5.7376643578132E-3</v>
+        <v>6.0652744849403663E-3</v>
       </c>
       <c r="T37" s="164">
-        <v>3.388852</v>
+        <v>0</v>
       </c>
       <c r="U37" s="199">
-        <v>6.0652744849403663E-3</v>
+        <v>0</v>
       </c>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
     </row>
     <row r="38" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="128" t="s">
         <v>32</v>
       </c>
       <c r="B38" s="163">
-        <v>0.88063999999999998</v>
+        <v>0.86006300000000002</v>
       </c>
       <c r="C38" s="188">
-        <v>2.9345E-3</v>
+        <v>2.2685333333333337E-3</v>
       </c>
       <c r="D38" s="163">
-        <v>0.86006300000000002</v>
+        <v>1.0103629999999999</v>
       </c>
       <c r="E38" s="188">
-        <v>2.2685333333333337E-3</v>
+        <v>2.7794833333333333E-3</v>
       </c>
       <c r="F38" s="163">
-        <v>1.0103629999999999</v>
+        <v>1.1470320000000001</v>
       </c>
       <c r="G38" s="188">
-        <v>2.7794833333333333E-3</v>
+        <v>6.4029500000000001E-3</v>
       </c>
       <c r="H38" s="163">
-        <v>1.1470320000000001</v>
+        <v>2.2997200000000002</v>
       </c>
       <c r="I38" s="188">
-        <v>6.4029500000000001E-3</v>
+        <v>1.43944E-2</v>
       </c>
       <c r="J38" s="163">
-        <v>2.2997200000000002</v>
+        <v>2.3881459999999999</v>
       </c>
       <c r="K38" s="176">
-        <v>1.43944E-2</v>
+        <v>9.1250499999999991E-3</v>
       </c>
       <c r="L38" s="163">
-        <v>2.3881459999999999</v>
+        <v>2.6839050000000002</v>
       </c>
       <c r="M38" s="188">
-        <v>9.1250499999999991E-3</v>
+        <v>6.1982417735179174E-3</v>
       </c>
       <c r="N38" s="164">
-        <v>2.6839050000000002</v>
+        <v>2.7677170000000002</v>
       </c>
       <c r="O38" s="188">
-        <v>6.1982417735179174E-3</v>
+        <v>5.8867338021198834E-3</v>
       </c>
       <c r="P38" s="164">
-        <v>2.7677170000000002</v>
+        <v>2.871105</v>
       </c>
       <c r="Q38" s="188">
-        <v>5.8867338021198834E-3</v>
+        <v>6.5789414155920335E-3</v>
       </c>
       <c r="R38" s="164">
-        <v>2.871105</v>
+        <v>6.1560139999999999</v>
       </c>
       <c r="S38" s="188">
-        <v>6.5789414155920335E-3</v>
+        <v>9.9506464219172829E-3</v>
       </c>
       <c r="T38" s="164">
-        <v>6.1560139999999999</v>
+        <v>0</v>
       </c>
       <c r="U38" s="199">
-        <v>9.9506464219172829E-3</v>
+        <v>0</v>
       </c>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
     </row>
     <row r="39" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="128" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="163">
-        <v>1.003881</v>
+        <v>1.138927</v>
       </c>
       <c r="C39" s="188">
-        <v>3.5678000000000003E-3</v>
+        <v>2.8037500000000003E-3</v>
       </c>
       <c r="D39" s="163">
-        <v>1.138927</v>
+        <v>1.28592</v>
       </c>
       <c r="E39" s="188">
-        <v>2.8037500000000003E-3</v>
+        <v>4.3817333333333337E-3</v>
       </c>
       <c r="F39" s="163">
-        <v>1.28592</v>
+        <v>0.67305499999999996</v>
       </c>
       <c r="G39" s="188">
-        <v>4.3817333333333337E-3</v>
+        <v>2.5580833333333336E-3</v>
       </c>
       <c r="H39" s="163">
-        <v>0.67305499999999996</v>
+        <v>1.734907</v>
       </c>
       <c r="I39" s="188">
-        <v>2.5580833333333336E-3</v>
+        <v>9.0909333333333339E-3</v>
       </c>
       <c r="J39" s="163">
-        <v>1.734907</v>
+        <v>2.8176350000000001</v>
       </c>
       <c r="K39" s="176">
-        <v>9.0909333333333339E-3</v>
+        <v>9.915383333333333E-3</v>
       </c>
       <c r="L39" s="163">
-        <v>2.8176350000000001</v>
+        <v>2.1594769999999999</v>
       </c>
       <c r="M39" s="188">
-        <v>9.915383333333333E-3</v>
+        <v>5.0970350556055659E-3</v>
       </c>
       <c r="N39" s="164">
-        <v>2.1594769999999999</v>
+        <v>4.1052520000000001</v>
       </c>
       <c r="O39" s="188">
-        <v>5.0970350556055659E-3</v>
+        <v>8.0091149574398994E-3</v>
       </c>
       <c r="P39" s="164">
-        <v>4.1052520000000001</v>
+        <v>3.0841349999999998</v>
       </c>
       <c r="Q39" s="188">
-        <v>8.0091149574398994E-3</v>
+        <v>7.0462954138239163E-3</v>
       </c>
       <c r="R39" s="164">
-        <v>3.0841349999999998</v>
+        <v>4.5031220000000003</v>
       </c>
       <c r="S39" s="188">
-        <v>7.0462954138239163E-3</v>
+        <v>7.8266353987773343E-3</v>
       </c>
       <c r="T39" s="164">
-        <v>4.5031220000000003</v>
+        <v>0</v>
       </c>
       <c r="U39" s="199">
-        <v>7.8266353987773343E-3</v>
+        <v>0</v>
       </c>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
     </row>
     <row r="40" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="128" t="s">
         <v>34</v>
       </c>
       <c r="B40" s="163">
-        <v>0.86243899999999996</v>
+        <v>0.98836100000000005</v>
       </c>
       <c r="C40" s="188">
-        <v>3.2403666666666669E-3</v>
+        <v>2.6603500000000001E-3</v>
       </c>
       <c r="D40" s="163">
-        <v>0.98836100000000005</v>
+        <v>0.72709800000000002</v>
       </c>
       <c r="E40" s="188">
-        <v>2.6603500000000001E-3</v>
+        <v>2.8244833333333336E-3</v>
       </c>
       <c r="F40" s="163">
-        <v>0.72709800000000002</v>
+        <v>0.89200000000000002</v>
       </c>
       <c r="G40" s="188">
-        <v>2.8244833333333336E-3</v>
+        <v>4.1711500000000002E-3</v>
       </c>
       <c r="H40" s="163">
-        <v>0.89200000000000002</v>
+        <v>2.4326219999999998</v>
       </c>
       <c r="I40" s="188">
-        <v>4.1711500000000002E-3</v>
+        <v>1.5441466666666665E-2</v>
       </c>
       <c r="J40" s="163">
-        <v>2.4326219999999998</v>
+        <v>2.354565</v>
       </c>
       <c r="K40" s="176">
-        <v>1.5441466666666665E-2</v>
+        <v>7.8696333333333323E-3</v>
       </c>
       <c r="L40" s="163">
-        <v>2.354565</v>
+        <v>2.2665690000000001</v>
       </c>
       <c r="M40" s="188">
-        <v>7.8696333333333323E-3</v>
+        <v>4.7935899866938664E-3</v>
       </c>
       <c r="N40" s="164">
-        <v>2.2665690000000001</v>
+        <v>3.4335040000000001</v>
       </c>
       <c r="O40" s="188">
-        <v>4.7935899866938664E-3</v>
+        <v>9.4156112738807991E-3</v>
       </c>
       <c r="P40" s="164">
-        <v>3.4335040000000001</v>
+        <v>2.903559</v>
       </c>
       <c r="Q40" s="188">
-        <v>9.4156112738807991E-3</v>
+        <v>6.5524100748936328E-3</v>
       </c>
       <c r="R40" s="164">
-        <v>2.903559</v>
+        <v>4.1350199999999999</v>
       </c>
       <c r="S40" s="188">
-        <v>6.5524100748936328E-3</v>
+        <v>8.9307534492850341E-3</v>
       </c>
       <c r="T40" s="164">
-        <v>4.1350199999999999</v>
+        <v>0</v>
       </c>
       <c r="U40" s="199">
-        <v>8.9307534492850341E-3</v>
+        <v>0</v>
       </c>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
     </row>
     <row r="41" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A41" s="128" t="s">
         <v>35</v>
       </c>
       <c r="B41" s="163">
-        <v>0.93352500000000005</v>
+        <v>0.72345000000000004</v>
       </c>
       <c r="C41" s="188">
-        <v>3.1580166666666668E-3</v>
+        <v>2.2864500000000002E-3</v>
       </c>
       <c r="D41" s="163">
-        <v>0.72345000000000004</v>
+        <v>0.92481599999999997</v>
       </c>
       <c r="E41" s="188">
-        <v>2.2864500000000002E-3</v>
+        <v>3.3736499999999997E-3</v>
       </c>
       <c r="F41" s="163">
-        <v>0.92481599999999997</v>
+        <v>0.86170000000000002</v>
       </c>
       <c r="G41" s="188">
-        <v>3.3736499999999997E-3</v>
+        <v>3.1158500000000003E-3</v>
       </c>
       <c r="H41" s="163">
-        <v>0.86170000000000002</v>
+        <v>4.6481250000000003</v>
       </c>
       <c r="I41" s="188">
-        <v>3.1158500000000003E-3</v>
+        <v>3.1093916666666666E-2</v>
       </c>
       <c r="J41" s="163">
-        <v>4.6481250000000003</v>
+        <v>2.1848030000000001</v>
       </c>
       <c r="K41" s="176">
-        <v>3.1093916666666666E-2</v>
+        <v>6.129516666666667E-3</v>
       </c>
       <c r="L41" s="163">
-        <v>2.1848030000000001</v>
+        <v>2.3012030000000001</v>
       </c>
       <c r="M41" s="188">
-        <v>6.129516666666667E-3</v>
+        <v>5.0672666155775333E-3</v>
       </c>
       <c r="N41" s="164">
-        <v>2.3012030000000001</v>
+        <v>3.839413</v>
       </c>
       <c r="O41" s="188">
-        <v>5.0672666155775333E-3</v>
+        <v>1.301641666666665E-2</v>
       </c>
       <c r="P41" s="164">
-        <v>3.839413</v>
+        <v>3.772958</v>
       </c>
       <c r="Q41" s="188">
-        <v>1.301641666666665E-2</v>
+        <v>7.6501949010888666E-3</v>
       </c>
       <c r="R41" s="164">
-        <v>3.772958</v>
+        <v>4.4956189999999996</v>
       </c>
       <c r="S41" s="188">
-        <v>7.6501949010888666E-3</v>
+        <v>7.5916578602035828E-3</v>
       </c>
       <c r="T41" s="164">
-        <v>4.4956189999999996</v>
+        <v>0</v>
       </c>
       <c r="U41" s="199">
-        <v>7.5916578602035828E-3</v>
+        <v>0</v>
       </c>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
       <c r="AA41"/>
     </row>
     <row r="42" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A42" s="128" t="s">
         <v>36</v>
       </c>
       <c r="B42" s="163">
-        <v>0.98124599999999995</v>
+        <v>1.0051239999999999</v>
       </c>
       <c r="C42" s="188">
-        <v>3.8120000000000003E-3</v>
+        <v>2.8941833333333334E-3</v>
       </c>
       <c r="D42" s="163">
-        <v>1.0051239999999999</v>
+        <v>1.37967</v>
       </c>
       <c r="E42" s="188">
-        <v>2.8941833333333334E-3</v>
+        <v>5.7128500000000002E-3</v>
       </c>
       <c r="F42" s="163">
-        <v>1.37967</v>
+        <v>0.98559399999999997</v>
       </c>
       <c r="G42" s="188">
-        <v>5.7128500000000002E-3</v>
+        <v>3.7544166666666668E-3</v>
       </c>
       <c r="H42" s="163">
-        <v>0.98559399999999997</v>
+        <v>2.9020130000000002</v>
       </c>
       <c r="I42" s="188">
-        <v>3.7544166666666668E-3</v>
+        <v>1.87452E-2</v>
       </c>
       <c r="J42" s="163">
-        <v>2.9020130000000002</v>
+        <v>2.449951</v>
       </c>
       <c r="K42" s="176">
-        <v>1.87452E-2</v>
+        <v>5.7353500000000002E-3</v>
       </c>
       <c r="L42" s="163">
-        <v>2.449951</v>
+        <v>2.7312979999999998</v>
       </c>
       <c r="M42" s="188">
-        <v>5.7353500000000002E-3</v>
+        <v>6.8630365851879167E-3</v>
       </c>
       <c r="N42" s="164">
-        <v>2.7312979999999998</v>
+        <v>2.374857</v>
       </c>
       <c r="O42" s="188">
-        <v>6.8630365851879167E-3</v>
+        <v>4.4035833333333331E-3</v>
       </c>
       <c r="P42" s="164">
-        <v>2.374857</v>
+        <v>4.258451</v>
       </c>
       <c r="Q42" s="188">
-        <v>4.4035833333333331E-3</v>
+        <v>8.7868295389215163E-3</v>
       </c>
       <c r="R42" s="164">
-        <v>4.258451</v>
+        <v>6.5235620000000001</v>
       </c>
       <c r="S42" s="188">
-        <v>8.7868295389215163E-3</v>
+        <v>1.1683655236426983E-2</v>
       </c>
       <c r="T42" s="164">
-        <v>6.5235620000000001</v>
+        <v>0</v>
       </c>
       <c r="U42" s="199">
-        <v>1.1683655236426983E-2</v>
+        <v>0</v>
       </c>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
     </row>
     <row r="43" spans="1:27" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="135" t="s">
         <v>37</v>
       </c>
       <c r="B43" s="171">
-        <v>3.204968</v>
+        <v>1.177173</v>
       </c>
       <c r="C43" s="192">
-        <v>8.1907000000000004E-3</v>
+        <v>3.5316499999999999E-3</v>
       </c>
       <c r="D43" s="171">
-        <v>1.177173</v>
+        <v>1.016454</v>
       </c>
       <c r="E43" s="192">
-        <v>3.5316499999999999E-3</v>
+        <v>3.1731333333333334E-3</v>
       </c>
       <c r="F43" s="171">
-        <v>1.016454</v>
+        <v>0.77849000000000002</v>
       </c>
       <c r="G43" s="192">
-        <v>3.1731333333333334E-3</v>
+        <v>3.5443499999999999E-3</v>
       </c>
       <c r="H43" s="171">
-        <v>0.77849000000000002</v>
+        <v>2.1240079999999999</v>
       </c>
       <c r="I43" s="192">
-        <v>3.5443499999999999E-3</v>
+        <v>1.06713E-2</v>
       </c>
       <c r="J43" s="171">
-        <v>2.1240079999999999</v>
+        <v>2.7545739999999999</v>
       </c>
       <c r="K43" s="180">
-        <v>1.06713E-2</v>
+        <v>6.8468166666666667E-3</v>
       </c>
       <c r="L43" s="171">
-        <v>2.7545739999999999</v>
+        <v>2.208466</v>
       </c>
       <c r="M43" s="192">
-        <v>6.8468166666666667E-3</v>
+        <v>5.3449800404389673E-3</v>
       </c>
       <c r="N43" s="172">
-        <v>2.208466</v>
+        <v>3.2545950000000001</v>
       </c>
       <c r="O43" s="192">
-        <v>5.3449800404389673E-3</v>
+        <v>6.5412833333333333E-3</v>
       </c>
       <c r="P43" s="172">
-        <v>3.2545950000000001</v>
+        <v>3.8479369999999999</v>
       </c>
       <c r="Q43" s="192">
-        <v>6.5412833333333333E-3</v>
+        <v>8.2335353522817335E-3</v>
       </c>
       <c r="R43" s="172">
-        <v>3.8479369999999999</v>
+        <v>4.6086049999999998</v>
       </c>
       <c r="S43" s="192">
-        <v>8.2335353522817335E-3</v>
+        <v>8.3586188010136338E-3</v>
       </c>
       <c r="T43" s="172">
-        <v>4.6086049999999998</v>
+        <v>0</v>
       </c>
       <c r="U43" s="203">
-        <v>8.3586188010136338E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A44" s="94" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B44" s="94"/>
       <c r="C44" s="193"/>
       <c r="D44" s="94"/>
       <c r="E44" s="193"/>
       <c r="F44" s="94"/>
       <c r="G44" s="193"/>
       <c r="H44" s="94"/>
       <c r="I44" s="193"/>
       <c r="J44" s="94"/>
       <c r="K44" s="94"/>
     </row>
     <row r="45" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A45" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="32"/>
       <c r="C45" s="194"/>
       <c r="D45" s="32"/>
       <c r="E45" s="194"/>
       <c r="F45" s="32"/>
       <c r="G45" s="194"/>
       <c r="H45" s="32"/>
       <c r="I45" s="194"/>
       <c r="J45" s="32"/>
@@ -24554,52 +33093,52 @@
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.94488188976377963" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB64A149-9087-42CD-9E1A-0CC0F76D4B2C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BM50"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A1:XFD1048576"/>
+    <sheetView showGridLines="0" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.42578125" style="184" customWidth="1"/>
     <col min="3" max="3" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="184" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="184" customWidth="1"/>
     <col min="7" max="7" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.42578125" style="184" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.42578125" style="184" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.42578125" style="184" customWidth="1"/>
     <col min="13" max="13" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="9.28515625" style="184" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.5703125" style="184" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.85546875" style="184" customWidth="1"/>
     <col min="19" max="19" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.7109375" style="184" customWidth="1"/>
     <col min="21" max="21" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
@@ -24646,150 +33185,150 @@
     <col min="62" max="62" width="28.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="63" max="63" width="21.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="64" max="64" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="65" max="65" width="15.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="66" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:65" x14ac:dyDescent="0.25">
       <c r="A1" s="64" t="s">
         <v>74</v>
       </c>
       <c r="B1" s="173"/>
       <c r="C1" s="64"/>
       <c r="D1" s="173"/>
       <c r="E1" s="64"/>
       <c r="F1" s="173"/>
       <c r="G1" s="64"/>
       <c r="H1" s="173"/>
       <c r="I1" s="64"/>
       <c r="J1" s="173"/>
       <c r="K1" s="64"/>
     </row>
     <row r="3" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="65"/>
       <c r="B3" s="222">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C3" s="223"/>
       <c r="D3" s="222">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E3" s="223"/>
       <c r="F3" s="222">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G3" s="223"/>
       <c r="H3" s="222">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I3" s="223"/>
       <c r="J3" s="222">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="K3" s="223"/>
       <c r="L3" s="222">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M3" s="223"/>
       <c r="N3" s="222">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O3" s="223"/>
       <c r="P3" s="222">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q3" s="223"/>
       <c r="R3" s="222">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="S3" s="223"/>
       <c r="T3" s="222">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="U3" s="223"/>
     </row>
     <row r="4" spans="1:65" s="66" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A4" s="119" t="s">
         <v>71</v>
       </c>
       <c r="B4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="D4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="F4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="H4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="J4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="K4" s="95" t="s">
         <v>73</v>
       </c>
       <c r="L4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="M4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="N4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="P4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="Q4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="R4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="S4" s="76" t="s">
         <v>73</v>
       </c>
       <c r="T4" s="174" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="U4" s="95" t="s">
         <v>73</v>
       </c>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
@@ -24797,2768 +33336,2768 @@
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4"/>
       <c r="BA4"/>
       <c r="BB4"/>
       <c r="BC4"/>
       <c r="BD4"/>
       <c r="BE4"/>
       <c r="BF4"/>
       <c r="BG4"/>
       <c r="BH4"/>
       <c r="BI4"/>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4"/>
     </row>
     <row r="5" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="132" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B5" s="175">
-        <v>53.621540000000003</v>
+        <v>73.845004000000003</v>
       </c>
       <c r="C5" s="187">
-        <v>5.9795649999999999E-2</v>
+        <v>6.9354616666666674E-2</v>
       </c>
       <c r="D5" s="175">
-        <v>73.845004000000003</v>
+        <v>58.785789999999999</v>
       </c>
       <c r="E5" s="187">
-        <v>6.9354616666666674E-2</v>
+        <v>6.5568716666666665E-2</v>
       </c>
       <c r="F5" s="175">
-        <v>58.785789999999999</v>
+        <v>73.712699000000001</v>
       </c>
       <c r="G5" s="187">
-        <v>6.5568716666666665E-2</v>
+        <v>7.2925150000000008E-2</v>
       </c>
       <c r="H5" s="175">
-        <v>73.712699000000001</v>
+        <v>59.28249000000001</v>
       </c>
       <c r="I5" s="187">
-        <v>7.2925150000000008E-2</v>
+        <v>7.3039016666666651E-2</v>
       </c>
       <c r="J5" s="175">
-        <v>59.28249000000001</v>
+        <v>70.478418000000005</v>
       </c>
       <c r="K5" s="161">
-        <v>7.3039016666666651E-2</v>
+        <v>7.8820183333333321E-2</v>
       </c>
       <c r="L5" s="175">
-        <v>70.478418000000005</v>
+        <v>103.79075299999998</v>
       </c>
       <c r="M5" s="187">
-        <v>7.8820183333333321E-2</v>
+        <v>8.6340409506634852E-2</v>
       </c>
       <c r="N5" s="207">
-        <v>103.79075299999998</v>
+        <v>97.715569000000002</v>
       </c>
       <c r="O5" s="187">
-        <v>8.6340409506634852E-2</v>
+        <v>8.4650501878285406E-2</v>
       </c>
       <c r="P5" s="207">
-        <v>97.715569000000002</v>
+        <v>78.814483999999993</v>
       </c>
       <c r="Q5" s="187">
-        <v>8.4650501878285406E-2</v>
+        <v>8.5719370719106985E-2</v>
       </c>
       <c r="R5" s="207">
-        <v>78.814483999999993</v>
+        <v>89.033878999999999</v>
       </c>
       <c r="S5" s="187">
-        <v>8.5719370719106985E-2</v>
+        <v>9.2669301490251238E-2</v>
       </c>
       <c r="T5" s="207">
-        <v>89.033878999999999</v>
+        <v>8.0418319999999994</v>
       </c>
       <c r="U5" s="198">
-        <v>9.2669301490251238E-2</v>
+        <v>6.2240251094818171E-3</v>
       </c>
     </row>
     <row r="6" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="131" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="176">
-        <v>3.351693</v>
+        <v>8.7389379999999992</v>
       </c>
       <c r="C6" s="188">
-        <v>4.1145166666666667E-3</v>
+        <v>7.1771333333333336E-3</v>
       </c>
       <c r="D6" s="176">
-        <v>8.7389379999999992</v>
+        <v>5.7517709999999997</v>
       </c>
       <c r="E6" s="188">
-        <v>7.1771333333333336E-3</v>
+        <v>5.0948E-3</v>
       </c>
       <c r="F6" s="176">
-        <v>5.7517709999999997</v>
+        <v>5.83934</v>
       </c>
       <c r="G6" s="188">
-        <v>5.0948E-3</v>
+        <v>6.4769333333333338E-3</v>
       </c>
       <c r="H6" s="176">
-        <v>5.83934</v>
+        <v>10.733731000000001</v>
       </c>
       <c r="I6" s="188">
-        <v>6.4769333333333338E-3</v>
+        <v>6.952666666666666E-3</v>
       </c>
       <c r="J6" s="176">
-        <v>10.733731000000001</v>
+        <v>3.9969510000000001</v>
       </c>
       <c r="K6" s="163">
-        <v>6.952666666666666E-3</v>
+        <v>5.8139333333333326E-3</v>
       </c>
       <c r="L6" s="176">
-        <v>3.9969510000000001</v>
+        <v>8.2277199999999997</v>
       </c>
       <c r="M6" s="188">
-        <v>5.8139333333333326E-3</v>
+        <v>7.2388615620295168E-3</v>
       </c>
       <c r="N6" s="208">
-        <v>8.2277199999999997</v>
+        <v>6.3314940000000002</v>
       </c>
       <c r="O6" s="188">
-        <v>7.2388615620295168E-3</v>
+        <v>6.0108732036749501E-3</v>
       </c>
       <c r="P6" s="208">
-        <v>6.3314940000000002</v>
+        <v>7.8506559999999999</v>
       </c>
       <c r="Q6" s="188">
-        <v>6.0108732036749501E-3</v>
+        <v>7.9653182792663504E-3</v>
       </c>
       <c r="R6" s="208">
-        <v>7.8506559999999999</v>
+        <v>5.8138949999999996</v>
       </c>
       <c r="S6" s="188">
-        <v>7.9653182792663504E-3</v>
+        <v>6.9342833333333334E-3</v>
       </c>
       <c r="T6" s="208">
-        <v>5.8138949999999996</v>
+        <v>8.0418319999999994</v>
       </c>
       <c r="U6" s="199">
-        <v>6.9342833333333334E-3</v>
+        <v>6.2240251094818171E-3</v>
       </c>
     </row>
     <row r="7" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="128" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="176">
-        <v>3.5473300000000001</v>
+        <v>4.3444979999999997</v>
       </c>
       <c r="C7" s="188">
-        <v>5.93605E-3</v>
+        <v>5.2417499999999999E-3</v>
       </c>
       <c r="D7" s="176">
-        <v>4.3444979999999997</v>
+        <v>3.574624</v>
       </c>
       <c r="E7" s="188">
-        <v>5.2417499999999999E-3</v>
+        <v>3.1874166666666665E-3</v>
       </c>
       <c r="F7" s="176">
-        <v>3.574624</v>
+        <v>3.0402390000000001</v>
       </c>
       <c r="G7" s="188">
-        <v>3.1874166666666665E-3</v>
+        <v>3.2716833333333332E-3</v>
       </c>
       <c r="H7" s="176">
-        <v>3.0402390000000001</v>
+        <v>3.3328509999999998</v>
       </c>
       <c r="I7" s="188">
-        <v>3.2716833333333332E-3</v>
+        <v>4.2184500000000003E-3</v>
       </c>
       <c r="J7" s="176">
-        <v>3.3328509999999998</v>
+        <v>5.2733270000000001</v>
       </c>
       <c r="K7" s="163">
-        <v>4.2184500000000003E-3</v>
+        <v>6.7270999999999997E-3</v>
       </c>
       <c r="L7" s="176">
-        <v>5.2733270000000001</v>
+        <v>5.9133579999999997</v>
       </c>
       <c r="M7" s="188">
-        <v>6.7270999999999997E-3</v>
+        <v>5.7892398991266827E-3</v>
       </c>
       <c r="N7" s="208">
-        <v>5.9133579999999997</v>
+        <v>4.4505169999999996</v>
       </c>
       <c r="O7" s="188">
-        <v>5.7892398991266827E-3</v>
+        <v>4.0232633199056003E-3</v>
       </c>
       <c r="P7" s="208">
-        <v>4.4505169999999996</v>
+        <v>6.0103280000000003</v>
       </c>
       <c r="Q7" s="188">
-        <v>4.0232633199056003E-3</v>
+        <v>6.0722437301635674E-3</v>
       </c>
       <c r="R7" s="208">
-        <v>6.0103280000000003</v>
+        <v>6.5081660000000001</v>
       </c>
       <c r="S7" s="188">
-        <v>6.0722437301635674E-3</v>
+        <v>8.692588580322267E-3</v>
       </c>
       <c r="T7" s="208">
-        <v>6.5081660000000001</v>
+        <v>0</v>
       </c>
       <c r="U7" s="199">
-        <v>8.692588580322267E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="128" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="176">
-        <v>4.4125740000000002</v>
+        <v>8.9184129999999993</v>
       </c>
       <c r="C8" s="188">
-        <v>5.992516666666667E-3</v>
+        <v>8.1348833333333339E-3</v>
       </c>
       <c r="D8" s="176">
-        <v>8.9184129999999993</v>
+        <v>5.1032440000000001</v>
       </c>
       <c r="E8" s="188">
-        <v>8.1348833333333339E-3</v>
+        <v>4.9873499999999998E-3</v>
       </c>
       <c r="F8" s="176">
-        <v>5.1032440000000001</v>
+        <v>5.2007690000000002</v>
       </c>
       <c r="G8" s="188">
-        <v>4.9873499999999998E-3</v>
+        <v>6.1075833333333329E-3</v>
       </c>
       <c r="H8" s="176">
-        <v>5.2007690000000002</v>
+        <v>4.9264450000000002</v>
       </c>
       <c r="I8" s="188">
-        <v>6.1075833333333329E-3</v>
+        <v>6.1844333333333336E-3</v>
       </c>
       <c r="J8" s="176">
-        <v>4.9264450000000002</v>
+        <v>4.8773920000000004</v>
       </c>
       <c r="K8" s="163">
-        <v>6.1844333333333336E-3</v>
+        <v>6.4346500000000001E-3</v>
       </c>
       <c r="L8" s="176">
-        <v>4.8773920000000004</v>
+        <v>7.6315879999999998</v>
       </c>
       <c r="M8" s="188">
-        <v>6.4346500000000001E-3</v>
+        <v>6.3551183034261001E-3</v>
       </c>
       <c r="N8" s="208">
-        <v>7.6315879999999998</v>
+        <v>16.188908000000001</v>
       </c>
       <c r="O8" s="188">
-        <v>6.3551183034261001E-3</v>
+        <v>1.21647781332016E-2</v>
       </c>
       <c r="P8" s="208">
-        <v>16.188908000000001</v>
+        <v>10.036462</v>
       </c>
       <c r="Q8" s="188">
-        <v>1.21647781332016E-2</v>
+        <v>9.1453297035217328E-3</v>
       </c>
       <c r="R8" s="208">
-        <v>10.036462</v>
+        <v>8.2621579999999994</v>
       </c>
       <c r="S8" s="188">
-        <v>9.1453297035217328E-3</v>
+        <v>9.4974460774342167E-3</v>
       </c>
       <c r="T8" s="208">
-        <v>8.2621579999999994</v>
+        <v>0</v>
       </c>
       <c r="U8" s="199">
-        <v>9.4974460774342167E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="128" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="176">
-        <v>3.7408160000000001</v>
+        <v>3.3808660000000001</v>
       </c>
       <c r="C9" s="188">
-        <v>4.5235666666666669E-3</v>
+        <v>3.7179833333333334E-3</v>
       </c>
       <c r="D9" s="176">
-        <v>3.3808660000000001</v>
+        <v>5.5978570000000003</v>
       </c>
       <c r="E9" s="188">
-        <v>3.7179833333333334E-3</v>
+        <v>5.7715333333333329E-3</v>
       </c>
       <c r="F9" s="176">
-        <v>5.5978570000000003</v>
+        <v>6.382161</v>
       </c>
       <c r="G9" s="188">
-        <v>5.7715333333333329E-3</v>
+        <v>7.2759833333333329E-3</v>
       </c>
       <c r="H9" s="176">
-        <v>6.382161</v>
+        <v>4.9063429999999997</v>
       </c>
       <c r="I9" s="188">
-        <v>7.2759833333333329E-3</v>
+        <v>7.1112500000000004E-3</v>
       </c>
       <c r="J9" s="176">
-        <v>4.9063429999999997</v>
+        <v>5.4490759999999998</v>
       </c>
       <c r="K9" s="163">
-        <v>7.1112500000000004E-3</v>
+        <v>7.4378666666666668E-3</v>
       </c>
       <c r="L9" s="176">
-        <v>5.4490759999999998</v>
+        <v>10.152068999999999</v>
       </c>
       <c r="M9" s="188">
-        <v>7.4378666666666668E-3</v>
+        <v>7.3525049720128332E-3</v>
       </c>
       <c r="N9" s="208">
-        <v>10.152068999999999</v>
+        <v>6.275512</v>
       </c>
       <c r="O9" s="188">
-        <v>7.3525049720128332E-3</v>
+        <v>5.6949700139363674E-3</v>
       </c>
       <c r="P9" s="208">
-        <v>6.275512</v>
+        <v>4.965357</v>
       </c>
       <c r="Q9" s="188">
-        <v>5.6949700139363674E-3</v>
+        <v>4.6296183222452837E-3</v>
       </c>
       <c r="R9" s="208">
-        <v>4.965357</v>
+        <v>5.0760180000000004</v>
       </c>
       <c r="S9" s="188">
-        <v>4.6296183222452837E-3</v>
+        <v>6.1995157246907502E-3</v>
       </c>
       <c r="T9" s="208">
-        <v>5.0760180000000004</v>
+        <v>0</v>
       </c>
       <c r="U9" s="199">
-        <v>6.1995157246907502E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="128" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="176">
-        <v>3.8424529999999999</v>
+        <v>7.0183479999999996</v>
       </c>
       <c r="C10" s="188">
-        <v>4.387716666666667E-3</v>
+        <v>7.0368499999999999E-3</v>
       </c>
       <c r="D10" s="176">
-        <v>7.0183479999999996</v>
+        <v>4.526065</v>
       </c>
       <c r="E10" s="188">
-        <v>7.0368499999999999E-3</v>
+        <v>5.4001000000000006E-3</v>
       </c>
       <c r="F10" s="176">
-        <v>4.526065</v>
+        <v>5.1199919999999999</v>
       </c>
       <c r="G10" s="188">
-        <v>5.4001000000000006E-3</v>
+        <v>6.2968333333333331E-3</v>
       </c>
       <c r="H10" s="176">
-        <v>5.1199919999999999</v>
+        <v>3.7168519999999998</v>
       </c>
       <c r="I10" s="188">
-        <v>6.2968333333333331E-3</v>
+        <v>5.2566166666666667E-3</v>
       </c>
       <c r="J10" s="176">
-        <v>3.7168519999999998</v>
+        <v>5.4897109999999998</v>
       </c>
       <c r="K10" s="163">
-        <v>5.2566166666666667E-3</v>
+        <v>6.7018166666666665E-3</v>
       </c>
       <c r="L10" s="176">
-        <v>5.4897109999999998</v>
+        <v>10.988436999999999</v>
       </c>
       <c r="M10" s="188">
-        <v>6.7018166666666665E-3</v>
+        <v>8.4377584690094008E-3</v>
       </c>
       <c r="N10" s="208">
-        <v>10.988436999999999</v>
+        <v>8.7835180000000008</v>
       </c>
       <c r="O10" s="188">
-        <v>8.4377584690094008E-3</v>
+        <v>7.127841591835017E-3</v>
       </c>
       <c r="P10" s="208">
-        <v>8.7835180000000008</v>
+        <v>6.0042549999999997</v>
       </c>
       <c r="Q10" s="188">
-        <v>7.127841591835017E-3</v>
+        <v>6.2019070714314827E-3</v>
       </c>
       <c r="R10" s="208">
-        <v>6.0042549999999997</v>
+        <v>6.3809709999999997</v>
       </c>
       <c r="S10" s="188">
-        <v>6.2019070714314827E-3</v>
+        <v>6.5921101119995164E-3</v>
       </c>
       <c r="T10" s="208">
-        <v>6.3809709999999997</v>
+        <v>0</v>
       </c>
       <c r="U10" s="199">
-        <v>6.5921101119995164E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="128" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="176">
-        <v>4.0340860000000003</v>
+        <v>4.5367410000000001</v>
       </c>
       <c r="C11" s="188">
-        <v>4.1409166666666669E-3</v>
+        <v>4.2269833333333333E-3</v>
       </c>
       <c r="D11" s="176">
-        <v>4.5367410000000001</v>
+        <v>4.7969540000000004</v>
       </c>
       <c r="E11" s="188">
-        <v>4.2269833333333333E-3</v>
+        <v>5.8381333333333328E-3</v>
       </c>
       <c r="F11" s="176">
-        <v>4.7969540000000004</v>
+        <v>6.4023099999999999</v>
       </c>
       <c r="G11" s="188">
-        <v>5.8381333333333328E-3</v>
+        <v>7.2558166666666663E-3</v>
       </c>
       <c r="H11" s="176">
-        <v>6.4023099999999999</v>
+        <v>3.7296499999999999</v>
       </c>
       <c r="I11" s="188">
-        <v>7.2558166666666663E-3</v>
+        <v>4.6717333333333331E-3</v>
       </c>
       <c r="J11" s="176">
-        <v>3.7296499999999999</v>
+        <v>4.8361859999999997</v>
       </c>
       <c r="K11" s="163">
-        <v>4.6717333333333331E-3</v>
+        <v>5.5690666666666664E-3</v>
       </c>
       <c r="L11" s="176">
-        <v>4.8361859999999997</v>
+        <v>5.2090240000000003</v>
       </c>
       <c r="M11" s="188">
-        <v>5.5690666666666664E-3</v>
+        <v>4.6113500421524007E-3</v>
       </c>
       <c r="N11" s="208">
-        <v>5.2090240000000003</v>
+        <v>6.7295590000000001</v>
       </c>
       <c r="O11" s="188">
-        <v>4.6113500421524007E-3</v>
+        <v>5.7946500000000001E-3</v>
       </c>
       <c r="P11" s="208">
-        <v>6.7295590000000001</v>
+        <v>7.5119470000000002</v>
       </c>
       <c r="Q11" s="188">
-        <v>5.7946500000000001E-3</v>
+        <v>7.9818718887329169E-3</v>
       </c>
       <c r="R11" s="208">
-        <v>7.5119470000000002</v>
+        <v>7.2390949999999998</v>
       </c>
       <c r="S11" s="188">
-        <v>7.9818718887329169E-3</v>
+        <v>8.2265360717773493E-3</v>
       </c>
       <c r="T11" s="208">
-        <v>7.2390949999999998</v>
+        <v>0</v>
       </c>
       <c r="U11" s="199">
-        <v>8.2265360717773493E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="128" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="176">
-        <v>5.1917410000000004</v>
+        <v>4.4947100000000004</v>
       </c>
       <c r="C12" s="188">
-        <v>5.3699166666666669E-3</v>
+        <v>3.9509999999999997E-3</v>
       </c>
       <c r="D12" s="176">
-        <v>4.4947100000000004</v>
+        <v>5.4301500000000003</v>
       </c>
       <c r="E12" s="188">
-        <v>3.9509999999999997E-3</v>
+        <v>7.1179333333333339E-3</v>
       </c>
       <c r="F12" s="176">
-        <v>5.4301500000000003</v>
+        <v>4.7653759999999998</v>
       </c>
       <c r="G12" s="188">
-        <v>7.1179333333333339E-3</v>
+        <v>5.5217500000000006E-3</v>
       </c>
       <c r="H12" s="176">
-        <v>4.7653759999999998</v>
+        <v>4.3695849999999998</v>
       </c>
       <c r="I12" s="188">
-        <v>5.5217500000000006E-3</v>
+        <v>5.5028833333333332E-3</v>
       </c>
       <c r="J12" s="176">
-        <v>4.3695849999999998</v>
+        <v>7.82104</v>
       </c>
       <c r="K12" s="163">
-        <v>5.5028833333333332E-3</v>
+        <v>8.1142499999999999E-3</v>
       </c>
       <c r="L12" s="176">
-        <v>7.82104</v>
+        <v>7.4900859999999998</v>
       </c>
       <c r="M12" s="188">
-        <v>8.1142499999999999E-3</v>
+        <v>6.6528616884231496E-3</v>
       </c>
       <c r="N12" s="208">
-        <v>7.4900859999999998</v>
+        <v>8.6459419999999998</v>
       </c>
       <c r="O12" s="188">
-        <v>6.6528616884231496E-3</v>
+        <v>6.9467714554230335E-3</v>
       </c>
       <c r="P12" s="208">
-        <v>8.6459419999999998</v>
+        <v>7.6358370000000004</v>
       </c>
       <c r="Q12" s="188">
-        <v>6.9467714554230335E-3</v>
+        <v>8.5024378519694011E-3</v>
       </c>
       <c r="R12" s="208">
-        <v>7.6358370000000004</v>
+        <v>7.8589399999999996</v>
       </c>
       <c r="S12" s="188">
-        <v>8.5024378519694011E-3</v>
+        <v>8.8833929066658001E-3</v>
       </c>
       <c r="T12" s="208">
-        <v>7.8589399999999996</v>
+        <v>0</v>
       </c>
       <c r="U12" s="199">
-        <v>8.8833929066658001E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="128" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="176">
-        <v>6.761641</v>
+        <v>6.127618</v>
       </c>
       <c r="C13" s="188">
-        <v>5.5753500000000006E-3</v>
+        <v>5.8039833333333336E-3</v>
       </c>
       <c r="D13" s="176">
-        <v>6.127618</v>
+        <v>4.0911629999999999</v>
       </c>
       <c r="E13" s="188">
-        <v>5.8039833333333336E-3</v>
+        <v>4.6850499999999996E-3</v>
       </c>
       <c r="F13" s="176">
-        <v>4.0911629999999999</v>
+        <v>6.8838929999999996</v>
       </c>
       <c r="G13" s="188">
-        <v>4.6850499999999996E-3</v>
+        <v>6.8770166666666669E-3</v>
       </c>
       <c r="H13" s="176">
-        <v>6.8838929999999996</v>
+        <v>4.8361919999999996</v>
       </c>
       <c r="I13" s="188">
-        <v>6.8770166666666669E-3</v>
+        <v>6.5370833333333331E-3</v>
       </c>
       <c r="J13" s="176">
-        <v>4.8361919999999996</v>
+        <v>7.3386189999999996</v>
       </c>
       <c r="K13" s="163">
-        <v>6.5370833333333331E-3</v>
+        <v>6.8206333333333336E-3</v>
       </c>
       <c r="L13" s="176">
-        <v>7.3386189999999996</v>
+        <v>9.3826440000000009</v>
       </c>
       <c r="M13" s="188">
-        <v>6.8206333333333336E-3</v>
+        <v>7.700213231456283E-3</v>
       </c>
       <c r="N13" s="208">
-        <v>9.3826440000000009</v>
+        <v>10.671487000000001</v>
       </c>
       <c r="O13" s="188">
-        <v>7.700213231456283E-3</v>
+        <v>1.3959844941584266E-2</v>
       </c>
       <c r="P13" s="208">
-        <v>10.671487000000001</v>
+        <v>7.7049250000000002</v>
       </c>
       <c r="Q13" s="188">
-        <v>1.3959844941584266E-2</v>
+        <v>9.1342496014515488E-3</v>
       </c>
       <c r="R13" s="208">
-        <v>7.7049250000000002</v>
+        <v>9.5867970000000007</v>
       </c>
       <c r="S13" s="188">
-        <v>9.1342496014515488E-3</v>
+        <v>7.7804064615885331E-3</v>
       </c>
       <c r="T13" s="208">
-        <v>9.5867970000000007</v>
+        <v>0</v>
       </c>
       <c r="U13" s="199">
-        <v>7.7804064615885331E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:65" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="128" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="176">
-        <v>5.4152969999999998</v>
+        <v>5.7814410000000001</v>
       </c>
       <c r="C14" s="188">
-        <v>5.9012999999999999E-3</v>
+        <v>5.3701666666666663E-3</v>
       </c>
       <c r="D14" s="176">
-        <v>5.7814410000000001</v>
+        <v>7.9246309999999998</v>
       </c>
       <c r="E14" s="188">
-        <v>5.3701666666666663E-3</v>
+        <v>9.4318333333333337E-3</v>
       </c>
       <c r="F14" s="176">
-        <v>7.9246309999999998</v>
+        <v>3.432588</v>
       </c>
       <c r="G14" s="188">
-        <v>9.4318333333333337E-3</v>
+        <v>4.1758166666666669E-3</v>
       </c>
       <c r="H14" s="176">
-        <v>3.432588</v>
+        <v>2.535158</v>
       </c>
       <c r="I14" s="188">
-        <v>4.1758166666666669E-3</v>
+        <v>3.9135166666666669E-3</v>
       </c>
       <c r="J14" s="176">
-        <v>2.535158</v>
+        <v>8.4091579999999997</v>
       </c>
       <c r="K14" s="163">
-        <v>3.9135166666666669E-3</v>
+        <v>8.022583333333333E-3</v>
       </c>
       <c r="L14" s="176">
-        <v>8.4091579999999997</v>
+        <v>10.434536</v>
       </c>
       <c r="M14" s="188">
-        <v>8.022583333333333E-3</v>
+        <v>9.3478431889851832E-3</v>
       </c>
       <c r="N14" s="208">
-        <v>10.434536</v>
+        <v>10.395906</v>
       </c>
       <c r="O14" s="188">
-        <v>9.3478431889851832E-3</v>
+        <v>8.7697258853912333E-3</v>
       </c>
       <c r="P14" s="208">
-        <v>10.395906</v>
+        <v>5.2424220000000004</v>
       </c>
       <c r="Q14" s="188">
-        <v>8.7697258853912333E-3</v>
+        <v>6.0346412170410165E-3</v>
       </c>
       <c r="R14" s="208">
-        <v>5.2424220000000004</v>
+        <v>8.7137440000000002</v>
       </c>
       <c r="S14" s="188">
-        <v>6.0346412170410165E-3</v>
+        <v>8.055786077276866E-3</v>
       </c>
       <c r="T14" s="208">
-        <v>8.7137440000000002</v>
+        <v>0</v>
       </c>
       <c r="U14" s="199">
-        <v>8.055786077276866E-3</v>
+        <v>0</v>
       </c>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
     </row>
     <row r="15" spans="1:65" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="128" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="176">
-        <v>4.2775470000000002</v>
+        <v>6.5747530000000003</v>
       </c>
       <c r="C15" s="188">
-        <v>3.5214999999999999E-3</v>
+        <v>6.4063166666666668E-3</v>
       </c>
       <c r="D15" s="176">
-        <v>6.5747530000000003</v>
+        <v>5.5577269999999999</v>
       </c>
       <c r="E15" s="188">
-        <v>6.4063166666666668E-3</v>
+        <v>6.1919499999999999E-3</v>
       </c>
       <c r="F15" s="176">
-        <v>5.5577269999999999</v>
+        <v>11.153962999999999</v>
       </c>
       <c r="G15" s="188">
-        <v>6.1919499999999999E-3</v>
+        <v>8.5480833333333346E-3</v>
       </c>
       <c r="H15" s="176">
-        <v>11.153962999999999</v>
+        <v>5.6254520000000001</v>
       </c>
       <c r="I15" s="188">
-        <v>8.5480833333333346E-3</v>
+        <v>8.6905999999999997E-3</v>
       </c>
       <c r="J15" s="176">
-        <v>5.6254520000000001</v>
+        <v>8.9936179999999997</v>
       </c>
       <c r="K15" s="163">
-        <v>8.6905999999999997E-3</v>
+        <v>8.4379166666666665E-3</v>
       </c>
       <c r="L15" s="176">
-        <v>8.9936179999999997</v>
+        <v>8.1878010000000003</v>
       </c>
       <c r="M15" s="188">
-        <v>8.4379166666666665E-3</v>
+        <v>7.1500399544557006E-3</v>
       </c>
       <c r="N15" s="208">
-        <v>8.1878010000000003</v>
+        <v>9.9760159999999996</v>
       </c>
       <c r="O15" s="188">
-        <v>7.1500399544557006E-3</v>
+        <v>6.472833333333333E-3</v>
       </c>
       <c r="P15" s="208">
-        <v>9.9760159999999996</v>
+        <v>8.1729979999999998</v>
       </c>
       <c r="Q15" s="188">
-        <v>6.472833333333333E-3</v>
+        <v>9.3864447430928501E-3</v>
       </c>
       <c r="R15" s="208">
-        <v>8.1729979999999998</v>
+        <v>8.3081499999999995</v>
       </c>
       <c r="S15" s="188">
-        <v>9.3864447430928501E-3</v>
+        <v>7.806579590098066E-3</v>
       </c>
       <c r="T15" s="208">
-        <v>8.3081499999999995</v>
+        <v>0</v>
       </c>
       <c r="U15" s="199">
-        <v>7.806579590098066E-3</v>
+        <v>0</v>
       </c>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
     </row>
     <row r="16" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="128" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="176">
-        <v>4.0316409999999996</v>
+        <v>9.6754470000000001</v>
       </c>
       <c r="C16" s="188">
-        <v>4.6573000000000005E-3</v>
+        <v>8.4824333333333342E-3</v>
       </c>
       <c r="D16" s="176">
-        <v>9.6754470000000001</v>
+        <v>4.7218249999999999</v>
       </c>
       <c r="E16" s="188">
-        <v>8.4824333333333342E-3</v>
+        <v>5.6174166666666664E-3</v>
       </c>
       <c r="F16" s="176">
-        <v>4.7218249999999999</v>
+        <v>12.171608000000001</v>
       </c>
       <c r="G16" s="188">
-        <v>5.6174166666666664E-3</v>
+        <v>7.7276333333333334E-3</v>
       </c>
       <c r="H16" s="176">
-        <v>12.171608000000001</v>
+        <v>5.0477460000000001</v>
       </c>
       <c r="I16" s="188">
-        <v>7.7276333333333334E-3</v>
+        <v>6.6876166666666658E-3</v>
       </c>
       <c r="J16" s="176">
-        <v>5.0477460000000001</v>
+        <v>5.2576090000000004</v>
       </c>
       <c r="K16" s="163">
-        <v>6.6876166666666658E-3</v>
+        <v>5.247366666666667E-3</v>
       </c>
       <c r="L16" s="176">
-        <v>5.2576090000000004</v>
+        <v>9.8969450000000005</v>
       </c>
       <c r="M16" s="188">
-        <v>5.247366666666667E-3</v>
+        <v>7.8345016000231169E-3</v>
       </c>
       <c r="N16" s="208">
-        <v>9.8969450000000005</v>
+        <v>4.7029180000000004</v>
       </c>
       <c r="O16" s="188">
-        <v>7.8345016000231169E-3</v>
+        <v>3.8856333333333335E-3</v>
       </c>
       <c r="P16" s="208">
-        <v>4.7029180000000004</v>
+        <v>3.7530800000000002</v>
       </c>
       <c r="Q16" s="188">
-        <v>3.8856333333333335E-3</v>
+        <v>4.9315783396402992E-3</v>
       </c>
       <c r="R16" s="208">
-        <v>3.7530800000000002</v>
+        <v>7.1606290000000001</v>
       </c>
       <c r="S16" s="188">
-        <v>4.9315783396402992E-3</v>
+        <v>6.893959665568666E-3</v>
       </c>
       <c r="T16" s="208">
-        <v>7.1606290000000001</v>
+        <v>0</v>
       </c>
       <c r="U16" s="199">
-        <v>6.893959665568666E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="128" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="176">
-        <v>5.0147209999999998</v>
+        <v>4.2532310000000004</v>
       </c>
       <c r="C17" s="188">
-        <v>5.6750000000000004E-3</v>
+        <v>3.8051333333333336E-3</v>
       </c>
       <c r="D17" s="176">
-        <v>4.2532310000000004</v>
+        <v>1.7097789999999999</v>
       </c>
       <c r="E17" s="188">
-        <v>3.8051333333333336E-3</v>
+        <v>2.2452000000000001E-3</v>
       </c>
       <c r="F17" s="176">
-        <v>1.7097789999999999</v>
+        <v>3.3204600000000002</v>
       </c>
       <c r="G17" s="188">
-        <v>2.2452000000000001E-3</v>
+        <v>3.3900166666666668E-3</v>
       </c>
       <c r="H17" s="176">
-        <v>3.3204600000000002</v>
+        <v>5.5224849999999996</v>
       </c>
       <c r="I17" s="188">
-        <v>3.3900166666666668E-3</v>
+        <v>7.3121666666666665E-3</v>
       </c>
       <c r="J17" s="176">
-        <v>5.5224849999999996</v>
+        <v>2.7357309999999999</v>
       </c>
       <c r="K17" s="163">
-        <v>7.3121666666666665E-3</v>
+        <v>3.493E-3</v>
       </c>
       <c r="L17" s="176">
-        <v>2.7357309999999999</v>
+        <v>10.276545</v>
       </c>
       <c r="M17" s="188">
-        <v>3.493E-3</v>
+        <v>7.8701165955344828E-3</v>
       </c>
       <c r="N17" s="208">
-        <v>10.276545</v>
+        <v>4.5637920000000003</v>
       </c>
       <c r="O17" s="188">
-        <v>7.8701165955344828E-3</v>
+        <v>3.7993166666666664E-3</v>
       </c>
       <c r="P17" s="208">
-        <v>4.5637920000000003</v>
+        <v>3.9262169999999998</v>
       </c>
       <c r="Q17" s="188">
-        <v>3.7993166666666664E-3</v>
+        <v>5.7337299705505331E-3</v>
       </c>
       <c r="R17" s="208">
-        <v>3.9262169999999998</v>
+        <v>8.1253159999999998</v>
       </c>
       <c r="S17" s="188">
-        <v>5.7337299705505331E-3</v>
+        <v>7.1066968894958503E-3</v>
       </c>
       <c r="T17" s="208">
-        <v>8.1253159999999998</v>
+        <v>0</v>
       </c>
       <c r="U17" s="199">
-        <v>7.1066968894958503E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="133" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B18" s="177">
-        <v>2.8234000000000002E-2</v>
+        <v>0.77252399999999999</v>
       </c>
       <c r="C18" s="204">
-        <v>2.3166666666666667E-4</v>
+        <v>5.8637000000000003E-3</v>
       </c>
       <c r="D18" s="177">
-        <v>0.77252399999999999</v>
+        <v>2.1381830000000002</v>
       </c>
       <c r="E18" s="204">
-        <v>5.8637000000000003E-3</v>
+        <v>1.6270716666666667E-2</v>
       </c>
       <c r="F18" s="177">
-        <v>2.1381830000000002</v>
+        <v>0.17142299999999999</v>
       </c>
       <c r="G18" s="204">
-        <v>1.6270716666666667E-2</v>
+        <v>8.0304999999999992E-4</v>
       </c>
       <c r="H18" s="177">
-        <v>0.17142299999999999</v>
+        <v>4.8187829999999998</v>
       </c>
       <c r="I18" s="204">
-        <v>8.0304999999999992E-4</v>
+        <v>3.5855516666666663E-2</v>
       </c>
       <c r="J18" s="177">
-        <v>4.8187829999999998</v>
+        <v>3.9636300000000002</v>
       </c>
       <c r="K18" s="204">
-        <v>3.5855516666666663E-2</v>
+        <v>4.0331000000000006E-2</v>
       </c>
       <c r="L18" s="177">
-        <v>3.9636300000000002</v>
+        <v>10.178896000000002</v>
       </c>
       <c r="M18" s="204">
-        <v>4.0331000000000006E-2</v>
+        <v>8.6535383333333313E-2</v>
       </c>
       <c r="N18" s="177">
-        <v>10.178896000000002</v>
+        <v>11.731049000000001</v>
       </c>
       <c r="O18" s="204">
-        <v>8.6535383333333313E-2</v>
+        <v>0.10809550000000002</v>
       </c>
       <c r="P18" s="177">
-        <v>11.731049000000001</v>
+        <v>4.6363299999999992</v>
       </c>
       <c r="Q18" s="204">
-        <v>0.10809550000000002</v>
+        <v>3.3475833333333337E-2</v>
       </c>
       <c r="R18" s="177">
-        <v>4.6363299999999992</v>
+        <v>31.661645999999998</v>
       </c>
       <c r="S18" s="204">
-        <v>3.3475833333333337E-2</v>
+        <v>0.10832356666666665</v>
       </c>
       <c r="T18" s="177">
-        <v>31.661645999999998</v>
+        <v>0.167932</v>
       </c>
       <c r="U18" s="204">
-        <v>0.10832356666666665</v>
+        <v>2.6666666666666668E-4</v>
       </c>
     </row>
     <row r="19" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="130" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="178">
         <v>0</v>
       </c>
       <c r="C19" s="205">
         <v>0</v>
       </c>
       <c r="D19" s="178">
         <v>0</v>
       </c>
       <c r="E19" s="205">
         <v>0</v>
       </c>
       <c r="F19" s="178">
         <v>0</v>
       </c>
       <c r="G19" s="205">
         <v>0</v>
       </c>
       <c r="H19" s="178">
-        <v>0</v>
+        <v>2.2065000000000001E-2</v>
       </c>
       <c r="I19" s="205">
-        <v>0</v>
+        <v>1.7261666666666667E-4</v>
       </c>
       <c r="J19" s="178">
-        <v>2.2065000000000001E-2</v>
+        <v>0.45678600000000003</v>
       </c>
       <c r="K19" s="205">
-        <v>1.7261666666666667E-4</v>
+        <v>2.8356666666666669E-3</v>
       </c>
       <c r="L19" s="178">
-        <v>0.45678600000000003</v>
+        <v>5.2465999999999999E-2</v>
       </c>
       <c r="M19" s="205">
-        <v>2.8356666666666669E-3</v>
+        <v>9.0399999999999996E-4</v>
       </c>
       <c r="N19" s="178">
-        <v>5.2465999999999999E-2</v>
+        <v>0.76808900000000002</v>
       </c>
       <c r="O19" s="205">
-        <v>9.0399999999999996E-4</v>
+        <v>6.5919999999999998E-3</v>
       </c>
       <c r="P19" s="178">
-        <v>0.76808900000000002</v>
+        <v>6.9364999999999996E-2</v>
       </c>
       <c r="Q19" s="205">
-        <v>6.5919999999999998E-3</v>
+        <v>1.2089999999999998E-3</v>
       </c>
       <c r="R19" s="178">
-        <v>6.9364999999999996E-2</v>
+        <v>8.6858000000000005E-2</v>
       </c>
       <c r="S19" s="205">
-        <v>1.2089999999999998E-3</v>
+        <v>1.2174E-3</v>
       </c>
       <c r="T19" s="178">
-        <v>8.6858000000000005E-2</v>
+        <v>0.167932</v>
       </c>
       <c r="U19" s="211">
-        <v>1.2174E-3</v>
+        <v>2.6666666666666668E-4</v>
       </c>
     </row>
     <row r="20" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="128" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="176">
         <v>0</v>
       </c>
       <c r="C20" s="206">
         <v>0</v>
       </c>
       <c r="D20" s="176">
+        <v>2.2304000000000001E-2</v>
+      </c>
+      <c r="E20" s="206">
+        <v>1.7971666666666665E-4</v>
+      </c>
+      <c r="F20" s="176">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="G20" s="206">
+        <v>1.8333333333333333E-7</v>
+      </c>
+      <c r="H20" s="176">
+        <v>7.5823000000000002E-2</v>
+      </c>
+      <c r="I20" s="206">
+        <v>3.1958333333333334E-4</v>
+      </c>
+      <c r="J20" s="176">
+        <v>0.35055999999999998</v>
+      </c>
+      <c r="K20" s="206">
+        <v>3.2929999999999999E-3</v>
+      </c>
+      <c r="L20" s="176">
+        <v>6.9692000000000004E-2</v>
+      </c>
+      <c r="M20" s="206">
+        <v>7.0916666666666665E-4</v>
+      </c>
+      <c r="N20" s="176">
+        <v>0.74339699999999997</v>
+      </c>
+      <c r="O20" s="206">
+        <v>6.2099999999999994E-3</v>
+      </c>
+      <c r="P20" s="176">
+        <v>0.245394</v>
+      </c>
+      <c r="Q20" s="206">
+        <v>2.0460000000000001E-3</v>
+      </c>
+      <c r="R20" s="176">
+        <v>9.3386999999999998E-2</v>
+      </c>
+      <c r="S20" s="206">
+        <v>2.6666666666666668E-4</v>
+      </c>
+      <c r="T20" s="176">
         <v>0</v>
       </c>
-      <c r="E20" s="206">
+      <c r="U20" s="212">
         <v>0</v>
-      </c>
-[...46 lines deleted...]
-        <v>2.6666666666666668E-4</v>
       </c>
     </row>
     <row r="21" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="128" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="176">
+        <v>4.1800000000000002E-4</v>
+      </c>
+      <c r="C21" s="206">
+        <v>3.3333333333333334E-8</v>
+      </c>
+      <c r="D21" s="176">
+        <v>2.2790000000000002E-3</v>
+      </c>
+      <c r="E21" s="206">
+        <v>2.1666666666666665E-7</v>
+      </c>
+      <c r="F21" s="176">
+        <v>5.9072E-2</v>
+      </c>
+      <c r="G21" s="206">
+        <v>2.676333333333333E-4</v>
+      </c>
+      <c r="H21" s="176">
+        <v>0.19176799999999999</v>
+      </c>
+      <c r="I21" s="206">
+        <v>1.671E-3</v>
+      </c>
+      <c r="J21" s="176">
+        <v>0.40922399999999998</v>
+      </c>
+      <c r="K21" s="206">
+        <v>3.9378E-3</v>
+      </c>
+      <c r="L21" s="176">
         <v>0</v>
       </c>
-      <c r="C21" s="206">
+      <c r="M21" s="206">
         <v>0</v>
       </c>
-      <c r="D21" s="176">
-[...28 lines deleted...]
-      </c>
       <c r="N21" s="176">
+        <v>1.6825889999999999</v>
+      </c>
+      <c r="O21" s="206">
+        <v>1.48875E-2</v>
+      </c>
+      <c r="P21" s="176">
+        <v>0.15942999999999999</v>
+      </c>
+      <c r="Q21" s="206">
+        <v>5.4306666666666668E-4</v>
+      </c>
+      <c r="R21" s="176">
+        <v>0.25428499999999998</v>
+      </c>
+      <c r="S21" s="206">
+        <v>3.663E-3</v>
+      </c>
+      <c r="T21" s="176">
         <v>0</v>
       </c>
-      <c r="O21" s="206">
+      <c r="U21" s="212">
         <v>0</v>
-      </c>
-[...16 lines deleted...]
-        <v>3.663E-3</v>
       </c>
     </row>
     <row r="22" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="128" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="176">
-        <v>9.9200000000000004E-4</v>
+        <v>0</v>
       </c>
       <c r="C22" s="206">
-        <v>4.8333333333333329E-7</v>
+        <v>0</v>
       </c>
       <c r="D22" s="176">
+        <v>1.34E-3</v>
+      </c>
+      <c r="E22" s="206">
+        <v>1.1666666666666667E-7</v>
+      </c>
+      <c r="F22" s="176">
+        <v>2.0179999999999998E-3</v>
+      </c>
+      <c r="G22" s="206">
+        <v>9.6666666666666659E-7</v>
+      </c>
+      <c r="H22" s="176">
+        <v>0.14682500000000001</v>
+      </c>
+      <c r="I22" s="206">
+        <v>1.2679833333333332E-3</v>
+      </c>
+      <c r="J22" s="176">
+        <v>0.35741299999999998</v>
+      </c>
+      <c r="K22" s="206">
+        <v>2.421E-3</v>
+      </c>
+      <c r="L22" s="176">
+        <v>1.1515310000000001</v>
+      </c>
+      <c r="M22" s="206">
+        <v>9.9499999999999988E-3</v>
+      </c>
+      <c r="N22" s="176">
+        <v>0.13825100000000001</v>
+      </c>
+      <c r="O22" s="206">
+        <v>2.4220000000000001E-3</v>
+      </c>
+      <c r="P22" s="176">
+        <v>0.174872</v>
+      </c>
+      <c r="Q22" s="206">
+        <v>1.7749999999999999E-3</v>
+      </c>
+      <c r="R22" s="176">
+        <v>27.156634</v>
+      </c>
+      <c r="S22" s="206">
+        <v>8.3105949999999998E-2</v>
+      </c>
+      <c r="T22" s="176">
         <v>0</v>
       </c>
-      <c r="E22" s="206">
+      <c r="U22" s="212">
         <v>0</v>
-      </c>
-[...46 lines deleted...]
-        <v>8.3105949999999998E-2</v>
       </c>
     </row>
     <row r="23" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="128" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="176">
+        <v>1.0399999999999999E-4</v>
+      </c>
+      <c r="C23" s="206">
+        <v>1.6666666666666667E-8</v>
+      </c>
+      <c r="D23" s="176">
         <v>0</v>
       </c>
-      <c r="C23" s="206">
+      <c r="E23" s="206">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.6666666666666667E-8</v>
       </c>
       <c r="F23" s="176">
         <v>0</v>
       </c>
       <c r="G23" s="206">
         <v>0</v>
       </c>
       <c r="H23" s="176">
+        <v>0.83618700000000001</v>
+      </c>
+      <c r="I23" s="206">
+        <v>6.1817833333333329E-3</v>
+      </c>
+      <c r="J23" s="176">
         <v>0</v>
       </c>
-      <c r="I23" s="206">
+      <c r="K23" s="206">
         <v>0</v>
       </c>
-      <c r="J23" s="176">
-[...4 lines deleted...]
-      </c>
       <c r="L23" s="176">
+        <v>0.157498</v>
+      </c>
+      <c r="M23" s="206">
+        <v>2.725E-3</v>
+      </c>
+      <c r="N23" s="176">
+        <v>3.578776</v>
+      </c>
+      <c r="O23" s="206">
+        <v>3.1255999999999999E-2</v>
+      </c>
+      <c r="P23" s="176">
+        <v>0.12135899999999999</v>
+      </c>
+      <c r="Q23" s="206">
+        <v>2.1190000000000002E-3</v>
+      </c>
+      <c r="R23" s="176">
+        <v>1.562452</v>
+      </c>
+      <c r="S23" s="206">
+        <v>8.4230000000000017E-3</v>
+      </c>
+      <c r="T23" s="176">
         <v>0</v>
       </c>
-      <c r="M23" s="206">
+      <c r="U23" s="212">
         <v>0</v>
-      </c>
-[...22 lines deleted...]
-        <v>8.4230000000000017E-3</v>
       </c>
     </row>
     <row r="24" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="128" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="176">
-        <v>2.6197999999999999E-2</v>
+        <v>3.0799999999999998E-3</v>
       </c>
       <c r="C24" s="206">
-        <v>2.3085E-4</v>
+        <v>4.1666666666666667E-7</v>
       </c>
       <c r="D24" s="176">
-        <v>3.0799999999999998E-3</v>
+        <v>8.3500000000000002E-4</v>
       </c>
       <c r="E24" s="206">
-        <v>4.1666666666666667E-7</v>
+        <v>8.0000000000000007E-7</v>
       </c>
       <c r="F24" s="176">
-        <v>8.3500000000000002E-4</v>
+        <v>5.5682000000000002E-2</v>
       </c>
       <c r="G24" s="206">
-        <v>8.0000000000000007E-7</v>
+        <v>2.6716666666666664E-4</v>
       </c>
       <c r="H24" s="176">
-        <v>5.5682000000000002E-2</v>
+        <v>0.476489</v>
       </c>
       <c r="I24" s="206">
-        <v>2.6716666666666664E-4</v>
+        <v>3.8943333333333334E-3</v>
       </c>
       <c r="J24" s="176">
-        <v>0.476489</v>
+        <v>0.88651199999999997</v>
       </c>
       <c r="K24" s="206">
-        <v>3.8943333333333334E-3</v>
+        <v>1.0123200000000001E-2</v>
       </c>
       <c r="L24" s="176">
-        <v>0.88651199999999997</v>
+        <v>2.4072239999999998</v>
       </c>
       <c r="M24" s="206">
-        <v>1.0123200000000001E-2</v>
+        <v>2.00935E-2</v>
       </c>
       <c r="N24" s="176">
-        <v>2.4072239999999998</v>
+        <v>1.7318370000000001</v>
       </c>
       <c r="O24" s="206">
-        <v>2.00935E-2</v>
+        <v>1.61035E-2</v>
       </c>
       <c r="P24" s="176">
-        <v>1.7318370000000001</v>
+        <v>0.29835099999999998</v>
       </c>
       <c r="Q24" s="206">
-        <v>1.61035E-2</v>
+        <v>2.1635333333333336E-3</v>
       </c>
       <c r="R24" s="176">
-        <v>0.29835099999999998</v>
+        <v>0.117299</v>
       </c>
       <c r="S24" s="206">
-        <v>2.1635333333333336E-3</v>
+        <v>1.51125E-3</v>
       </c>
       <c r="T24" s="176">
-        <v>0.117299</v>
+        <v>0</v>
       </c>
       <c r="U24" s="212">
-        <v>1.51125E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="128" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="176">
+        <v>1.9840000000000001E-3</v>
+      </c>
+      <c r="C25" s="206">
+        <v>2.0000000000000002E-7</v>
+      </c>
+      <c r="D25" s="176">
+        <v>4.5913000000000002E-2</v>
+      </c>
+      <c r="E25" s="206">
+        <v>3.2155000000000004E-4</v>
+      </c>
+      <c r="F25" s="176">
+        <v>5.3363000000000001E-2</v>
+      </c>
+      <c r="G25" s="206">
+        <v>2.6666666666666668E-4</v>
+      </c>
+      <c r="H25" s="176">
+        <v>0.31594899999999998</v>
+      </c>
+      <c r="I25" s="206">
+        <v>2.1129999999999999E-3</v>
+      </c>
+      <c r="J25" s="176">
+        <v>0.29346299999999997</v>
+      </c>
+      <c r="K25" s="206">
+        <v>4.8440000000000002E-3</v>
+      </c>
+      <c r="L25" s="176">
+        <v>2.0308440000000001</v>
+      </c>
+      <c r="M25" s="206">
+        <v>1.5202566666666667E-2</v>
+      </c>
+      <c r="N25" s="176">
         <v>0</v>
       </c>
-      <c r="C25" s="206">
+      <c r="O25" s="206">
         <v>0</v>
       </c>
-      <c r="D25" s="176">
-[...34 lines deleted...]
-      </c>
       <c r="P25" s="176">
+        <v>0.46980899999999998</v>
+      </c>
+      <c r="Q25" s="206">
+        <v>1.96985E-3</v>
+      </c>
+      <c r="R25" s="176">
+        <v>0.53779999999999994</v>
+      </c>
+      <c r="S25" s="206">
+        <v>2.4316666666666666E-3</v>
+      </c>
+      <c r="T25" s="176">
         <v>0</v>
       </c>
-      <c r="Q25" s="206">
+      <c r="U25" s="212">
         <v>0</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.4316666666666666E-3</v>
       </c>
     </row>
     <row r="26" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="128" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="176">
-        <v>4.1800000000000002E-4</v>
+        <v>7.8230000000000001E-3</v>
       </c>
       <c r="C26" s="206">
-        <v>3.3333333333333334E-8</v>
+        <v>5.4E-6</v>
       </c>
       <c r="D26" s="176">
-        <v>7.8230000000000001E-3</v>
+        <v>4.7706999999999999E-2</v>
       </c>
       <c r="E26" s="206">
-        <v>5.4E-6</v>
+        <v>3.3406666666666664E-4</v>
       </c>
       <c r="F26" s="176">
-        <v>4.7706999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="G26" s="206">
-        <v>3.3406666666666664E-4</v>
+        <v>0</v>
       </c>
       <c r="H26" s="176">
+        <v>0.54892200000000002</v>
+      </c>
+      <c r="I26" s="206">
+        <v>3.9290000000000002E-3</v>
+      </c>
+      <c r="J26" s="176">
+        <v>0.83894299999999999</v>
+      </c>
+      <c r="K26" s="206">
+        <v>7.1164999999999996E-3</v>
+      </c>
+      <c r="L26" s="176">
+        <v>2.047431</v>
+      </c>
+      <c r="M26" s="206">
+        <v>1.7922833333333332E-2</v>
+      </c>
+      <c r="N26" s="176">
+        <v>1.9658679999999999</v>
+      </c>
+      <c r="O26" s="206">
+        <v>1.9429833333333334E-2</v>
+      </c>
+      <c r="P26" s="176">
+        <v>0.533358</v>
+      </c>
+      <c r="Q26" s="206">
+        <v>3.1995000000000001E-3</v>
+      </c>
+      <c r="R26" s="176">
         <v>0</v>
       </c>
-      <c r="I26" s="206">
+      <c r="S26" s="206">
         <v>0</v>
-      </c>
-[...28 lines deleted...]
-        <v>3.1995000000000001E-3</v>
       </c>
       <c r="T26" s="176">
         <v>0</v>
       </c>
       <c r="U26" s="212">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="128" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="176">
+        <v>5.5170000000000002E-3</v>
+      </c>
+      <c r="C27" s="206">
+        <v>5.1666666666666666E-7</v>
+      </c>
+      <c r="D27" s="176">
+        <v>0.98674399999999995</v>
+      </c>
+      <c r="E27" s="206">
+        <v>7.5147499999999997E-3</v>
+      </c>
+      <c r="F27" s="176">
+        <v>4.1800000000000002E-4</v>
+      </c>
+      <c r="G27" s="206">
+        <v>2.0000000000000002E-7</v>
+      </c>
+      <c r="H27" s="176">
+        <v>0.71995699999999996</v>
+      </c>
+      <c r="I27" s="206">
+        <v>5.7164833333333328E-3</v>
+      </c>
+      <c r="J27" s="176">
         <v>0</v>
       </c>
-      <c r="C27" s="206">
+      <c r="K27" s="206">
         <v>0</v>
       </c>
-      <c r="D27" s="176">
-[...22 lines deleted...]
-      </c>
       <c r="L27" s="176">
+        <v>1.84345</v>
+      </c>
+      <c r="M27" s="206">
+        <v>1.4899649999999999E-2</v>
+      </c>
+      <c r="N27" s="176">
+        <v>0.65524199999999999</v>
+      </c>
+      <c r="O27" s="206">
+        <v>4.7007666666666666E-3</v>
+      </c>
+      <c r="P27" s="176">
+        <v>0.68444700000000003</v>
+      </c>
+      <c r="Q27" s="206">
+        <v>6.4955000000000004E-3</v>
+      </c>
+      <c r="R27" s="176">
+        <v>0.182812</v>
+      </c>
+      <c r="S27" s="206">
+        <v>2.7339999999999999E-3</v>
+      </c>
+      <c r="T27" s="176">
         <v>0</v>
       </c>
-      <c r="M27" s="206">
+      <c r="U27" s="212">
         <v>0</v>
-      </c>
-[...22 lines deleted...]
-        <v>2.7339999999999999E-3</v>
       </c>
     </row>
     <row r="28" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="128" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="176">
+        <v>8.8699999999999998E-4</v>
+      </c>
+      <c r="C28" s="206">
+        <v>8.3333333333333338E-8</v>
+      </c>
+      <c r="D28" s="176">
+        <v>0.73408099999999998</v>
+      </c>
+      <c r="E28" s="206">
+        <v>5.5916166666666661E-3</v>
+      </c>
+      <c r="F28" s="176">
+        <v>3.4999999999999997E-5</v>
+      </c>
+      <c r="G28" s="206">
+        <v>1.6666666666666667E-8</v>
+      </c>
+      <c r="H28" s="176">
+        <v>0.56790099999999999</v>
+      </c>
+      <c r="I28" s="206">
+        <v>4.0875E-3</v>
+      </c>
+      <c r="J28" s="176">
+        <v>6.5283999999999995E-2</v>
+      </c>
+      <c r="K28" s="206">
+        <v>1.2110000000000001E-3</v>
+      </c>
+      <c r="L28" s="176">
+        <v>0.17211599999999999</v>
+      </c>
+      <c r="M28" s="206">
+        <v>1.4766666666666667E-3</v>
+      </c>
+      <c r="N28" s="176">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="O28" s="206">
+        <v>2.6699999999999998E-4</v>
+      </c>
+      <c r="P28" s="176">
+        <v>0.96130099999999996</v>
+      </c>
+      <c r="Q28" s="206">
+        <v>3.9874833333333332E-3</v>
+      </c>
+      <c r="R28" s="176">
+        <v>0.93613000000000002</v>
+      </c>
+      <c r="S28" s="206">
+        <v>2.5582999999999999E-3</v>
+      </c>
+      <c r="T28" s="176">
         <v>0</v>
       </c>
-      <c r="C28" s="206">
+      <c r="U28" s="212">
         <v>0</v>
-      </c>
-[...52 lines deleted...]
-        <v>2.5582999999999999E-3</v>
       </c>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
     </row>
     <row r="29" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="128" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="176">
-        <v>6.2600000000000004E-4</v>
+        <v>8.4714999999999999E-2</v>
       </c>
       <c r="C29" s="206">
-        <v>2.9999999999999999E-7</v>
+        <v>6.4026666666666665E-4</v>
       </c>
       <c r="D29" s="176">
-        <v>8.4714999999999999E-2</v>
+        <v>0.12606000000000001</v>
       </c>
       <c r="E29" s="206">
-        <v>6.4026666666666665E-4</v>
+        <v>9.9623333333333339E-4</v>
       </c>
       <c r="F29" s="176">
-        <v>0.12606000000000001</v>
+        <v>4.35E-4</v>
       </c>
       <c r="G29" s="206">
-        <v>9.9623333333333339E-4</v>
+        <v>2.1666666666666665E-7</v>
       </c>
       <c r="H29" s="176">
-        <v>4.35E-4</v>
+        <v>0.72728800000000005</v>
       </c>
       <c r="I29" s="206">
-        <v>2.1666666666666665E-7</v>
+        <v>4.8369999999999993E-3</v>
       </c>
       <c r="J29" s="176">
-        <v>0.72728800000000005</v>
+        <v>0.207589</v>
       </c>
       <c r="K29" s="206">
-        <v>4.8369999999999993E-3</v>
+        <v>2.7368333333333333E-3</v>
       </c>
       <c r="L29" s="176">
-        <v>0.207589</v>
+        <v>0.246644</v>
       </c>
       <c r="M29" s="206">
-        <v>2.7368333333333333E-3</v>
+        <v>2.6520000000000003E-3</v>
       </c>
       <c r="N29" s="176">
-        <v>0.246644</v>
+        <v>0.27716200000000002</v>
       </c>
       <c r="O29" s="206">
-        <v>2.6520000000000003E-3</v>
+        <v>4.8320000000000004E-3</v>
       </c>
       <c r="P29" s="176">
-        <v>0.27716200000000002</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="206">
-        <v>4.8320000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="R29" s="176">
+        <v>0.56608700000000001</v>
+      </c>
+      <c r="S29" s="206">
+        <v>2.1456666666666664E-3</v>
+      </c>
+      <c r="T29" s="176">
         <v>0</v>
       </c>
-      <c r="S29" s="206">
+      <c r="U29" s="212">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.1456666666666664E-3</v>
       </c>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
     </row>
     <row r="30" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="128" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="176">
+        <v>0.66799600000000003</v>
+      </c>
+      <c r="C30" s="206">
+        <v>5.2167666666666666E-3</v>
+      </c>
+      <c r="D30" s="176">
+        <v>0.17091999999999999</v>
+      </c>
+      <c r="E30" s="206">
+        <v>1.33165E-3</v>
+      </c>
+      <c r="F30" s="176">
         <v>0</v>
       </c>
-      <c r="C30" s="206">
+      <c r="G30" s="206">
         <v>0</v>
       </c>
-      <c r="D30" s="176">
-[...10 lines deleted...]
-      </c>
       <c r="H30" s="176">
+        <v>0.189609</v>
+      </c>
+      <c r="I30" s="206">
+        <v>1.6652333333333333E-3</v>
+      </c>
+      <c r="J30" s="176">
+        <v>9.7855999999999999E-2</v>
+      </c>
+      <c r="K30" s="206">
+        <v>1.812E-3</v>
+      </c>
+      <c r="L30" s="176">
         <v>0</v>
       </c>
-      <c r="I30" s="206">
+      <c r="M30" s="206">
         <v>0</v>
       </c>
-      <c r="J30" s="176">
-[...10 lines deleted...]
-      </c>
       <c r="N30" s="176">
+        <v>9.2838000000000004E-2</v>
+      </c>
+      <c r="O30" s="206">
+        <v>1.3949000000000001E-3</v>
+      </c>
+      <c r="P30" s="176">
+        <v>0.91864400000000002</v>
+      </c>
+      <c r="Q30" s="206">
+        <v>7.9679E-3</v>
+      </c>
+      <c r="R30" s="176">
+        <v>0.167902</v>
+      </c>
+      <c r="S30" s="206">
+        <v>2.6666666666666668E-4</v>
+      </c>
+      <c r="T30" s="176">
         <v>0</v>
       </c>
-      <c r="O30" s="206">
+      <c r="U30" s="213">
         <v>0</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.6666666666666668E-4</v>
       </c>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
     </row>
     <row r="31" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="134" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B31" s="179">
-        <v>7.3387039999999999</v>
+        <v>7.5666699999999993</v>
       </c>
       <c r="C31" s="191">
-        <v>3.4664683333333328E-2</v>
+        <v>3.4856149999999995E-2</v>
       </c>
       <c r="D31" s="179">
-        <v>7.5666699999999993</v>
+        <v>8.1542829999999995</v>
       </c>
       <c r="E31" s="191">
-        <v>3.4856149999999995E-2</v>
+        <v>3.7299033333333328E-2</v>
       </c>
       <c r="F31" s="179">
-        <v>8.1542829999999995</v>
+        <v>7.7788440000000012</v>
       </c>
       <c r="G31" s="191">
-        <v>3.7299033333333328E-2</v>
+        <v>3.0396183333333333E-2</v>
       </c>
       <c r="H31" s="179">
-        <v>7.7788440000000012</v>
+        <v>7.0153240000000006</v>
       </c>
       <c r="I31" s="191">
-        <v>3.0396183333333333E-2</v>
+        <v>2.7979050000000005E-2</v>
       </c>
       <c r="J31" s="179">
-        <v>7.0153240000000006</v>
+        <v>8.680473000000001</v>
       </c>
       <c r="K31" s="191">
-        <v>2.7979050000000005E-2</v>
+        <v>3.6019066666666669E-2</v>
       </c>
       <c r="L31" s="179">
-        <v>8.680473000000001</v>
+        <v>6.7253309999999988</v>
       </c>
       <c r="M31" s="191">
-        <v>3.6019066666666669E-2</v>
+        <v>2.7256189986832977E-2</v>
       </c>
       <c r="N31" s="209">
-        <v>6.7253309999999988</v>
+        <v>5.0825139999999998</v>
       </c>
       <c r="O31" s="191">
-        <v>2.7256189986832977E-2</v>
+        <v>1.6660479948075606E-2</v>
       </c>
       <c r="P31" s="209">
-        <v>5.0825139999999998</v>
+        <v>6.0348780000000009</v>
       </c>
       <c r="Q31" s="191">
-        <v>1.6660479948075606E-2</v>
+        <v>2.3594436753257127E-2</v>
       </c>
       <c r="R31" s="209">
-        <v>6.0348780000000009</v>
+        <v>9.4112209999999994</v>
       </c>
       <c r="S31" s="191">
-        <v>2.3594436753257127E-2</v>
+        <v>3.2279950061035172E-2</v>
       </c>
       <c r="T31" s="209">
-        <v>9.4112209999999994</v>
+        <v>0.91072500000000001</v>
       </c>
       <c r="U31" s="202">
-        <v>3.2279950061035172E-2</v>
+        <v>3.6507900181054998E-3</v>
       </c>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
     </row>
     <row r="32" spans="1:45" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="129" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="176">
-        <v>0.29039599999999999</v>
+        <v>0.76403699999999997</v>
       </c>
       <c r="C32" s="188">
-        <v>1.3153333333333335E-3</v>
+        <v>3.3789499999999999E-3</v>
       </c>
       <c r="D32" s="176">
-        <v>0.76403699999999997</v>
+        <v>1.1981869999999999</v>
       </c>
       <c r="E32" s="188">
-        <v>3.3789499999999999E-3</v>
+        <v>5.2533166666666664E-3</v>
       </c>
       <c r="F32" s="176">
-        <v>1.1981869999999999</v>
+        <v>0.59087299999999998</v>
       </c>
       <c r="G32" s="188">
-        <v>5.2533166666666664E-3</v>
+        <v>2.7802666666666667E-3</v>
       </c>
       <c r="H32" s="176">
-        <v>0.59087299999999998</v>
+        <v>0.61209199999999997</v>
       </c>
       <c r="I32" s="188">
-        <v>2.7802666666666667E-3</v>
+        <v>3.1771999999999998E-3</v>
       </c>
       <c r="J32" s="176">
-        <v>0.61209199999999997</v>
+        <v>0.50049699999999997</v>
       </c>
       <c r="K32" s="188">
-        <v>3.1771999999999998E-3</v>
+        <v>2.1331499999999999E-3</v>
       </c>
       <c r="L32" s="176">
-        <v>0.50049699999999997</v>
+        <v>0.43454300000000001</v>
       </c>
       <c r="M32" s="188">
-        <v>2.1331499999999999E-3</v>
+        <v>2.0007433484951669E-3</v>
       </c>
       <c r="N32" s="208">
-        <v>0.43454300000000001</v>
+        <v>0.558172</v>
       </c>
       <c r="O32" s="188">
-        <v>2.0007433484951669E-3</v>
+        <v>2.4430466782569835E-3</v>
       </c>
       <c r="P32" s="208">
-        <v>0.558172</v>
+        <v>0.18256</v>
       </c>
       <c r="Q32" s="188">
-        <v>2.4430466782569835E-3</v>
+        <v>1.0556000218153001E-3</v>
       </c>
       <c r="R32" s="208">
-        <v>0.18256</v>
+        <v>0.89238399999999996</v>
       </c>
       <c r="S32" s="188">
-        <v>1.0556000218153001E-3</v>
+        <v>1.1310833333333333E-3</v>
       </c>
       <c r="T32" s="208">
-        <v>0.89238399999999996</v>
+        <v>0.91072500000000001</v>
       </c>
       <c r="U32" s="199">
-        <v>1.1310833333333333E-3</v>
+        <v>3.6507900181054998E-3</v>
       </c>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
     </row>
     <row r="33" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="128" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="176">
-        <v>1.3212999999999999</v>
+        <v>0.43695099999999998</v>
       </c>
       <c r="C33" s="188">
-        <v>6.1124500000000002E-3</v>
+        <v>2.6923999999999997E-3</v>
       </c>
       <c r="D33" s="176">
-        <v>0.43695099999999998</v>
+        <v>0.37057299999999999</v>
       </c>
       <c r="E33" s="188">
-        <v>2.6923999999999997E-3</v>
+        <v>1.9886833333333334E-3</v>
       </c>
       <c r="F33" s="176">
-        <v>0.37057299999999999</v>
+        <v>0.32242300000000002</v>
       </c>
       <c r="G33" s="188">
-        <v>1.9886833333333334E-3</v>
+        <v>1.7069499999999998E-3</v>
       </c>
       <c r="H33" s="176">
-        <v>0.32242300000000002</v>
+        <v>0.70249600000000001</v>
       </c>
       <c r="I33" s="188">
-        <v>1.7069499999999998E-3</v>
+        <v>3.5698333333333333E-3</v>
       </c>
       <c r="J33" s="176">
-        <v>0.70249600000000001</v>
+        <v>0.60531599999999997</v>
       </c>
       <c r="K33" s="188">
-        <v>3.5698333333333333E-3</v>
+        <v>1.8924E-3</v>
       </c>
       <c r="L33" s="176">
-        <v>0.60531599999999997</v>
+        <v>0.53249400000000002</v>
       </c>
       <c r="M33" s="188">
-        <v>1.8924E-3</v>
+        <v>1.2253366827249534E-3</v>
       </c>
       <c r="N33" s="208">
-        <v>0.53249400000000002</v>
+        <v>0.42069499999999999</v>
       </c>
       <c r="O33" s="188">
-        <v>1.2253366827249534E-3</v>
+        <v>1.5380300048828117E-3</v>
       </c>
       <c r="P33" s="208">
-        <v>0.42069499999999999</v>
+        <v>0.93819399999999997</v>
       </c>
       <c r="Q33" s="188">
-        <v>1.5380300048828117E-3</v>
+        <v>3.4349033249854999E-3</v>
       </c>
       <c r="R33" s="208">
-        <v>0.93819399999999997</v>
+        <v>0.47423999999999999</v>
       </c>
       <c r="S33" s="188">
-        <v>3.4349033249854999E-3</v>
+        <v>2.0808666617075666E-3</v>
       </c>
       <c r="T33" s="208">
-        <v>0.47423999999999999</v>
+        <v>0</v>
       </c>
       <c r="U33" s="199">
-        <v>2.0808666617075666E-3</v>
+        <v>0</v>
       </c>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
     </row>
     <row r="34" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="128" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="176">
-        <v>0.47422599999999998</v>
+        <v>0.96245899999999995</v>
       </c>
       <c r="C34" s="188">
-        <v>2.1717833333333336E-3</v>
+        <v>4.8198499999999997E-3</v>
       </c>
       <c r="D34" s="176">
-        <v>0.96245899999999995</v>
+        <v>1.0132319999999999</v>
       </c>
       <c r="E34" s="188">
-        <v>4.8198499999999997E-3</v>
+        <v>3.8310333333333333E-3</v>
       </c>
       <c r="F34" s="176">
-        <v>1.0132319999999999</v>
+        <v>0.64273499999999995</v>
       </c>
       <c r="G34" s="188">
-        <v>3.8310333333333333E-3</v>
+        <v>2.7409166666666667E-3</v>
       </c>
       <c r="H34" s="176">
-        <v>0.64273499999999995</v>
+        <v>0.60711700000000002</v>
       </c>
       <c r="I34" s="188">
-        <v>2.7409166666666667E-3</v>
+        <v>1.8089E-3</v>
       </c>
       <c r="J34" s="176">
-        <v>0.60711700000000002</v>
+        <v>0.78279900000000002</v>
       </c>
       <c r="K34" s="188">
-        <v>1.8089E-3</v>
+        <v>4.6026499999999998E-3</v>
       </c>
       <c r="L34" s="176">
-        <v>0.78279900000000002</v>
+        <v>0.88156100000000004</v>
       </c>
       <c r="M34" s="188">
-        <v>4.6026499999999998E-3</v>
+        <v>4.0001433468500837E-3</v>
       </c>
       <c r="N34" s="208">
-        <v>0.88156100000000004</v>
+        <v>0.228409</v>
       </c>
       <c r="O34" s="188">
-        <v>4.0001433468500837E-3</v>
+        <v>9.1060665132204665E-4</v>
       </c>
       <c r="P34" s="208">
-        <v>0.228409</v>
+        <v>0.97076099999999999</v>
       </c>
       <c r="Q34" s="188">
-        <v>9.1060665132204665E-4</v>
+        <v>4.3457266835530669E-3</v>
       </c>
       <c r="R34" s="208">
-        <v>0.97076099999999999</v>
+        <v>0.82070299999999996</v>
       </c>
       <c r="S34" s="188">
-        <v>4.3457266835530669E-3</v>
+        <v>2.2213533218383833E-3</v>
       </c>
       <c r="T34" s="208">
-        <v>0.82070299999999996</v>
+        <v>0</v>
       </c>
       <c r="U34" s="199">
-        <v>2.2213533218383833E-3</v>
+        <v>0</v>
       </c>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
     </row>
     <row r="35" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="128" t="s">
         <v>29</v>
       </c>
       <c r="B35" s="176">
-        <v>0.64324400000000004</v>
+        <v>0.62081699999999995</v>
       </c>
       <c r="C35" s="188">
-        <v>2.8363166666666665E-3</v>
+        <v>2.760333333333333E-3</v>
       </c>
       <c r="D35" s="176">
-        <v>0.62081699999999995</v>
+        <v>0.962754</v>
       </c>
       <c r="E35" s="188">
-        <v>2.760333333333333E-3</v>
+        <v>4.4229833333333333E-3</v>
       </c>
       <c r="F35" s="176">
-        <v>0.962754</v>
+        <v>0.780783</v>
       </c>
       <c r="G35" s="188">
-        <v>4.4229833333333333E-3</v>
+        <v>3.3247666666666666E-3</v>
       </c>
       <c r="H35" s="176">
-        <v>0.780783</v>
+        <v>0.82752099999999995</v>
       </c>
       <c r="I35" s="188">
-        <v>3.3247666666666666E-3</v>
+        <v>4.5509666666666672E-3</v>
       </c>
       <c r="J35" s="176">
-        <v>0.82752099999999995</v>
+        <v>1.136217</v>
       </c>
       <c r="K35" s="188">
-        <v>4.5509666666666672E-3</v>
+        <v>4.7938E-3</v>
       </c>
       <c r="L35" s="176">
-        <v>1.136217</v>
+        <v>0.80569400000000002</v>
       </c>
       <c r="M35" s="188">
-        <v>4.7938E-3</v>
+        <v>2.7895832997639996E-3</v>
       </c>
       <c r="N35" s="208">
-        <v>0.80569400000000002</v>
+        <v>0.54063300000000003</v>
       </c>
       <c r="O35" s="188">
-        <v>2.7895832997639996E-3</v>
+        <v>2.2151133031209336E-3</v>
       </c>
       <c r="P35" s="208">
-        <v>0.54063300000000003</v>
+        <v>0.117531</v>
       </c>
       <c r="Q35" s="188">
-        <v>2.2151133031209336E-3</v>
+        <v>1.6453666616280868E-4</v>
       </c>
       <c r="R35" s="208">
-        <v>0.117531</v>
+        <v>0.207288</v>
       </c>
       <c r="S35" s="188">
-        <v>1.6453666616280868E-4</v>
+        <v>1.10032001101176E-3</v>
       </c>
       <c r="T35" s="208">
-        <v>0.207288</v>
+        <v>0</v>
       </c>
       <c r="U35" s="199">
-        <v>1.10032001101176E-3</v>
+        <v>0</v>
       </c>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
     </row>
     <row r="36" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="128" t="s">
         <v>30</v>
       </c>
       <c r="B36" s="176">
-        <v>0.40104499999999998</v>
+        <v>0.13747799999999999</v>
       </c>
       <c r="C36" s="188">
-        <v>1.8774166666666666E-3</v>
+        <v>1.1326833333333332E-3</v>
       </c>
       <c r="D36" s="176">
-        <v>0.13747799999999999</v>
+        <v>0.10910499999999999</v>
       </c>
       <c r="E36" s="188">
-        <v>1.1326833333333332E-3</v>
+        <v>6.8558333333333329E-4</v>
       </c>
       <c r="F36" s="176">
-        <v>0.10910499999999999</v>
+        <v>0.94581999999999999</v>
       </c>
       <c r="G36" s="188">
-        <v>6.8558333333333329E-4</v>
+        <v>2.8092833333333337E-3</v>
       </c>
       <c r="H36" s="176">
-        <v>0.94581999999999999</v>
+        <v>0.417464</v>
       </c>
       <c r="I36" s="188">
-        <v>2.8092833333333337E-3</v>
+        <v>1.4663666666666667E-3</v>
       </c>
       <c r="J36" s="176">
-        <v>0.417464</v>
+        <v>0.81306400000000001</v>
       </c>
       <c r="K36" s="188">
-        <v>1.4663666666666667E-3</v>
+        <v>2.9902166666666663E-3</v>
       </c>
       <c r="L36" s="176">
-        <v>0.81306400000000001</v>
+        <v>0.67109600000000003</v>
       </c>
       <c r="M36" s="188">
-        <v>2.9902166666666663E-3</v>
+        <v>3.1874266886790666E-3</v>
       </c>
       <c r="N36" s="208">
-        <v>0.67109600000000003</v>
+        <v>0.188855</v>
       </c>
       <c r="O36" s="188">
-        <v>3.1874266886790666E-3</v>
+        <v>6.6109332987467496E-4</v>
       </c>
       <c r="P36" s="208">
-        <v>0.188855</v>
+        <v>0.23114599999999999</v>
       </c>
       <c r="Q36" s="188">
-        <v>6.6109332987467496E-4</v>
+        <v>1.6457566828409834E-3</v>
       </c>
       <c r="R36" s="208">
-        <v>0.23114599999999999</v>
+        <v>0.72397500000000004</v>
       </c>
       <c r="S36" s="188">
-        <v>1.6457566828409834E-3</v>
+        <v>2.5998267074585002E-3</v>
       </c>
       <c r="T36" s="208">
-        <v>0.72397500000000004</v>
+        <v>0</v>
       </c>
       <c r="U36" s="199">
-        <v>2.5998267074585002E-3</v>
+        <v>0</v>
       </c>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
     </row>
     <row r="37" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="128" t="s">
         <v>31</v>
       </c>
       <c r="B37" s="176">
-        <v>0.57504699999999997</v>
+        <v>0.60818000000000005</v>
       </c>
       <c r="C37" s="188">
-        <v>2.6508333333333332E-3</v>
+        <v>2.5622000000000002E-3</v>
       </c>
       <c r="D37" s="176">
-        <v>0.60818000000000005</v>
+        <v>0.83643299999999998</v>
       </c>
       <c r="E37" s="188">
-        <v>2.5622000000000002E-3</v>
+        <v>4.0217666666666667E-3</v>
       </c>
       <c r="F37" s="176">
-        <v>0.83643299999999998</v>
+        <v>0.50873900000000005</v>
       </c>
       <c r="G37" s="188">
-        <v>4.0217666666666667E-3</v>
+        <v>3.2582833333333334E-3</v>
       </c>
       <c r="H37" s="176">
-        <v>0.50873900000000005</v>
+        <v>0.54688499999999995</v>
       </c>
       <c r="I37" s="188">
-        <v>3.2582833333333334E-3</v>
+        <v>1.7086666666666667E-3</v>
       </c>
       <c r="J37" s="176">
-        <v>0.54688499999999995</v>
+        <v>0.71901800000000005</v>
       </c>
       <c r="K37" s="188">
-        <v>1.7086666666666667E-3</v>
+        <v>2.4648000000000001E-3</v>
       </c>
       <c r="L37" s="176">
-        <v>0.71901800000000005</v>
+        <v>0.45702799999999999</v>
       </c>
       <c r="M37" s="188">
-        <v>2.4648000000000001E-3</v>
+        <v>1.9556766716003499E-3</v>
       </c>
       <c r="N37" s="208">
-        <v>0.45702799999999999</v>
+        <v>0.39056099999999999</v>
       </c>
       <c r="O37" s="188">
-        <v>1.9556766716003499E-3</v>
+        <v>1.0510833333333333E-3</v>
       </c>
       <c r="P37" s="208">
-        <v>0.39056099999999999</v>
+        <v>0.240119</v>
       </c>
       <c r="Q37" s="188">
-        <v>1.0510833333333333E-3</v>
+        <v>5.0565666328271168E-4</v>
       </c>
       <c r="R37" s="208">
-        <v>0.240119</v>
+        <v>0.44739800000000002</v>
       </c>
       <c r="S37" s="188">
-        <v>5.0565666328271168E-4</v>
+        <v>1.8040966417153667E-3</v>
       </c>
       <c r="T37" s="208">
-        <v>0.44739800000000002</v>
+        <v>0</v>
       </c>
       <c r="U37" s="199">
-        <v>1.8040966417153667E-3</v>
+        <v>0</v>
       </c>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
     </row>
     <row r="38" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="128" t="s">
         <v>32</v>
       </c>
       <c r="B38" s="176">
-        <v>0.65923500000000002</v>
+        <v>0.17527899999999999</v>
       </c>
       <c r="C38" s="188">
-        <v>2.8518166666666668E-3</v>
+        <v>2.7819999999999999E-4</v>
       </c>
       <c r="D38" s="176">
-        <v>0.17527899999999999</v>
+        <v>0.92645500000000003</v>
       </c>
       <c r="E38" s="188">
-        <v>2.7819999999999999E-4</v>
+        <v>5.2129833333333332E-3</v>
       </c>
       <c r="F38" s="176">
-        <v>0.92645500000000003</v>
+        <v>0.65663899999999997</v>
       </c>
       <c r="G38" s="188">
-        <v>5.2129833333333332E-3</v>
+        <v>1.3410333333333335E-3</v>
       </c>
       <c r="H38" s="176">
-        <v>0.65663899999999997</v>
+        <v>1.1004780000000001</v>
       </c>
       <c r="I38" s="188">
-        <v>1.3410333333333335E-3</v>
+        <v>3.9225333333333338E-3</v>
       </c>
       <c r="J38" s="176">
-        <v>1.1004780000000001</v>
+        <v>0.99409400000000003</v>
       </c>
       <c r="K38" s="188">
-        <v>3.9225333333333338E-3</v>
+        <v>4.1099000000000005E-3</v>
       </c>
       <c r="L38" s="176">
-        <v>0.99409400000000003</v>
+        <v>0.426568</v>
       </c>
       <c r="M38" s="188">
-        <v>4.1099000000000005E-3</v>
+        <v>2.0812999447584169E-3</v>
       </c>
       <c r="N38" s="208">
-        <v>0.426568</v>
+        <v>0.39200099999999999</v>
       </c>
       <c r="O38" s="188">
-        <v>2.0812999447584169E-3</v>
+        <v>1.392126662190755E-3</v>
       </c>
       <c r="P38" s="208">
-        <v>0.39200099999999999</v>
+        <v>0.84179800000000005</v>
       </c>
       <c r="Q38" s="188">
-        <v>1.392126662190755E-3</v>
+        <v>2.2879133329232497E-3</v>
       </c>
       <c r="R38" s="208">
-        <v>0.84179800000000005</v>
+        <v>0.64931799999999995</v>
       </c>
       <c r="S38" s="188">
-        <v>2.2879133329232497E-3</v>
+        <v>2.1196932981332166E-3</v>
       </c>
       <c r="T38" s="208">
-        <v>0.64931799999999995</v>
+        <v>0</v>
       </c>
       <c r="U38" s="199">
-        <v>2.1196932981332166E-3</v>
+        <v>0</v>
       </c>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
       <c r="AA38"/>
     </row>
     <row r="39" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="128" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="176">
-        <v>0.34625899999999998</v>
+        <v>0.25762800000000002</v>
       </c>
       <c r="C39" s="188">
-        <v>1.4721333333333334E-3</v>
+        <v>1.3108666666666667E-3</v>
       </c>
       <c r="D39" s="176">
-        <v>0.25762800000000002</v>
+        <v>0.131102</v>
       </c>
       <c r="E39" s="188">
-        <v>1.3108666666666667E-3</v>
+        <v>4.5921666666666667E-4</v>
       </c>
       <c r="F39" s="176">
-        <v>0.131102</v>
+        <v>0.94405099999999997</v>
       </c>
       <c r="G39" s="188">
-        <v>4.5921666666666667E-4</v>
+        <v>3.3138833333333337E-3</v>
       </c>
       <c r="H39" s="176">
-        <v>0.94405099999999997</v>
+        <v>0.40443499999999999</v>
       </c>
       <c r="I39" s="188">
-        <v>3.3138833333333337E-3</v>
+        <v>1.4571333333333334E-3</v>
       </c>
       <c r="J39" s="176">
-        <v>0.40443499999999999</v>
+        <v>0.45487699999999998</v>
       </c>
       <c r="K39" s="188">
-        <v>1.4571333333333334E-3</v>
+        <v>1.6491000000000001E-3</v>
       </c>
       <c r="L39" s="176">
-        <v>0.45487699999999998</v>
+        <v>0.56950599999999996</v>
       </c>
       <c r="M39" s="188">
-        <v>1.6491000000000001E-3</v>
+        <v>1.9238700068156E-3</v>
       </c>
       <c r="N39" s="208">
-        <v>0.56950599999999996</v>
+        <v>0.72071499999999999</v>
       </c>
       <c r="O39" s="188">
-        <v>1.9238700068156E-3</v>
+        <v>2.2406799933354002E-3</v>
       </c>
       <c r="P39" s="208">
-        <v>0.72071499999999999</v>
+        <v>0.29538399999999998</v>
       </c>
       <c r="Q39" s="188">
-        <v>2.2406799933354002E-3</v>
+        <v>1.3915633468627934E-3</v>
       </c>
       <c r="R39" s="208">
-        <v>0.29538399999999998</v>
+        <v>1.13551</v>
       </c>
       <c r="S39" s="188">
-        <v>1.3915633468627934E-3</v>
+        <v>3.4991666924794498E-3</v>
       </c>
       <c r="T39" s="208">
-        <v>1.13551</v>
+        <v>0</v>
       </c>
       <c r="U39" s="199">
-        <v>3.4991666924794498E-3</v>
+        <v>0</v>
       </c>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
       <c r="AA39"/>
     </row>
     <row r="40" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="128" t="s">
         <v>34</v>
       </c>
       <c r="B40" s="176">
-        <v>0.62180500000000005</v>
+        <v>1.067966</v>
       </c>
       <c r="C40" s="188">
-        <v>2.9091333333333335E-3</v>
+        <v>4.3768000000000001E-3</v>
       </c>
       <c r="D40" s="176">
-        <v>1.067966</v>
+        <v>0.68838999999999995</v>
       </c>
       <c r="E40" s="188">
-        <v>4.3768000000000001E-3</v>
+        <v>3.5800833333333331E-3</v>
       </c>
       <c r="F40" s="176">
-        <v>0.68838999999999995</v>
+        <v>0.66435200000000005</v>
       </c>
       <c r="G40" s="188">
-        <v>3.5800833333333331E-3</v>
+        <v>3.2578833333333336E-3</v>
       </c>
       <c r="H40" s="176">
-        <v>0.66435200000000005</v>
+        <v>0.18867</v>
       </c>
       <c r="I40" s="188">
-        <v>3.2578833333333336E-3</v>
+        <v>6.7765000000000002E-4</v>
       </c>
       <c r="J40" s="176">
-        <v>0.18867</v>
+        <v>0.63932500000000003</v>
       </c>
       <c r="K40" s="188">
-        <v>6.7765000000000002E-4</v>
+        <v>3.0061333333333334E-3</v>
       </c>
       <c r="L40" s="176">
-        <v>0.63932500000000003</v>
+        <v>0.72298600000000002</v>
       </c>
       <c r="M40" s="188">
-        <v>3.0061333333333334E-3</v>
+        <v>2.6399100109338832E-3</v>
       </c>
       <c r="N40" s="208">
-        <v>0.72298600000000002</v>
+        <v>0.50169699999999995</v>
       </c>
       <c r="O40" s="188">
-        <v>2.6399100109338832E-3</v>
+        <v>2.3911333250919999E-3</v>
       </c>
       <c r="P40" s="208">
-        <v>0.50169699999999995</v>
+        <v>0.36430499999999999</v>
       </c>
       <c r="Q40" s="188">
-        <v>2.3911333250919999E-3</v>
+        <v>1.4056033355553949E-3</v>
       </c>
       <c r="R40" s="208">
-        <v>0.36430499999999999</v>
+        <v>0.91922199999999998</v>
       </c>
       <c r="S40" s="188">
-        <v>1.4056033355553949E-3</v>
+        <v>3.9285999537149998E-3</v>
       </c>
       <c r="T40" s="208">
-        <v>0.91922199999999998</v>
+        <v>0</v>
       </c>
       <c r="U40" s="199">
-        <v>3.9285999537149998E-3</v>
+        <v>0</v>
       </c>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
       <c r="AA40"/>
     </row>
     <row r="41" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A41" s="128" t="s">
         <v>35</v>
       </c>
       <c r="B41" s="176">
-        <v>0.7218</v>
+        <v>0.45643299999999998</v>
       </c>
       <c r="C41" s="188">
-        <v>3.4922999999999998E-3</v>
+        <v>2.7113333333333334E-3</v>
       </c>
       <c r="D41" s="176">
-        <v>0.45643299999999998</v>
+        <v>0.71920799999999996</v>
       </c>
       <c r="E41" s="188">
-        <v>2.7113333333333334E-3</v>
+        <v>2.0836833333333334E-3</v>
       </c>
       <c r="F41" s="176">
-        <v>0.71920799999999996</v>
+        <v>0.48804999999999998</v>
       </c>
       <c r="G41" s="188">
-        <v>2.0836833333333334E-3</v>
+        <v>1.6502833333333332E-3</v>
       </c>
       <c r="H41" s="176">
-        <v>0.48804999999999998</v>
+        <v>0.40626699999999999</v>
       </c>
       <c r="I41" s="188">
-        <v>1.6502833333333332E-3</v>
+        <v>1.3716666666666667E-3</v>
       </c>
       <c r="J41" s="176">
-        <v>0.40626699999999999</v>
+        <v>0.56464199999999998</v>
       </c>
       <c r="K41" s="188">
-        <v>1.3716666666666667E-3</v>
+        <v>2.1032833333333332E-3</v>
       </c>
       <c r="L41" s="176">
-        <v>0.56464199999999998</v>
+        <v>0.60137700000000005</v>
       </c>
       <c r="M41" s="188">
-        <v>2.1032833333333332E-3</v>
+        <v>2.9455833177169169E-3</v>
       </c>
       <c r="N41" s="208">
-        <v>0.60137700000000005</v>
+        <v>0.11848599999999999</v>
       </c>
       <c r="O41" s="188">
-        <v>2.9455833177169169E-3</v>
+        <v>2.9643333333333335E-4</v>
       </c>
       <c r="P41" s="208">
-        <v>0.11848599999999999</v>
+        <v>0.121518</v>
       </c>
       <c r="Q41" s="188">
-        <v>2.9643333333333335E-4</v>
+        <v>1.2435366273482649E-3</v>
       </c>
       <c r="R41" s="208">
-        <v>0.121518</v>
+        <v>1.25691</v>
       </c>
       <c r="S41" s="188">
-        <v>1.2435366273482649E-3</v>
+        <v>4.1878633901437168E-3</v>
       </c>
       <c r="T41" s="208">
-        <v>1.25691</v>
+        <v>0</v>
       </c>
       <c r="U41" s="199">
-        <v>4.1878633901437168E-3</v>
+        <v>0</v>
       </c>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
       <c r="AA41"/>
     </row>
     <row r="42" spans="1:27" ht="15" x14ac:dyDescent="0.25">
       <c r="A42" s="128" t="s">
         <v>36</v>
       </c>
       <c r="B42" s="176">
-        <v>0.77188299999999999</v>
+        <v>1.1300349999999999</v>
       </c>
       <c r="C42" s="188">
-        <v>4.1187833333333332E-3</v>
+        <v>4.8010333333333328E-3</v>
       </c>
       <c r="D42" s="176">
-        <v>1.1300349999999999</v>
+        <v>0.490732</v>
       </c>
       <c r="E42" s="188">
-        <v>4.8010333333333328E-3</v>
+        <v>1.9736666666666665E-3</v>
       </c>
       <c r="F42" s="176">
-        <v>0.490732</v>
+        <v>0.71765299999999999</v>
       </c>
       <c r="G42" s="188">
-        <v>1.9736666666666665E-3</v>
+        <v>2.7946333333333331E-3</v>
       </c>
       <c r="H42" s="176">
-        <v>0.71765299999999999</v>
+        <v>0.39825199999999999</v>
       </c>
       <c r="I42" s="188">
-        <v>2.7946333333333331E-3</v>
+        <v>1.2058666666666666E-3</v>
       </c>
       <c r="J42" s="176">
-        <v>0.39825199999999999</v>
+        <v>1.0231410000000001</v>
       </c>
       <c r="K42" s="188">
-        <v>1.2058666666666666E-3</v>
+        <v>4.4890333333333339E-3</v>
       </c>
       <c r="L42" s="176">
-        <v>1.0231410000000001</v>
+        <v>0.53268099999999996</v>
       </c>
       <c r="M42" s="188">
-        <v>4.4890333333333339E-3</v>
+        <v>2.3396533308903335E-3</v>
       </c>
       <c r="N42" s="208">
-        <v>0.53268099999999996</v>
+        <v>0.68937700000000002</v>
       </c>
       <c r="O42" s="188">
-        <v>2.3396533308903335E-3</v>
+        <v>1.0084666666666667E-3</v>
       </c>
       <c r="P42" s="208">
-        <v>0.68937700000000002</v>
+        <v>0.50248700000000002</v>
       </c>
       <c r="Q42" s="188">
-        <v>1.0084666666666667E-3</v>
+        <v>2.697413398742683E-3</v>
       </c>
       <c r="R42" s="208">
-        <v>0.50248700000000002</v>
+        <v>1.2123630000000001</v>
       </c>
       <c r="S42" s="188">
-        <v>2.697413398742683E-3</v>
+        <v>3.9753134062925997E-3</v>
       </c>
       <c r="T42" s="208">
-        <v>1.2123630000000001</v>
+        <v>0</v>
       </c>
       <c r="U42" s="199">
-        <v>3.9753134062925997E-3</v>
+        <v>0</v>
       </c>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
     </row>
     <row r="43" spans="1:27" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="135" t="s">
         <v>37</v>
       </c>
       <c r="B43" s="180">
-        <v>0.51246400000000003</v>
+        <v>0.949407</v>
       </c>
       <c r="C43" s="192">
-        <v>2.8563833333333333E-3</v>
+        <v>4.0314999999999995E-3</v>
       </c>
       <c r="D43" s="180">
-        <v>0.949407</v>
+        <v>0.70811199999999996</v>
       </c>
       <c r="E43" s="192">
-        <v>4.0314999999999995E-3</v>
+        <v>3.7860333333333334E-3</v>
       </c>
       <c r="F43" s="180">
-        <v>0.70811199999999996</v>
+        <v>0.51672600000000002</v>
       </c>
       <c r="G43" s="192">
-        <v>3.7860333333333334E-3</v>
+        <v>1.418E-3</v>
       </c>
       <c r="H43" s="180">
-        <v>0.51672600000000002</v>
+        <v>0.803647</v>
       </c>
       <c r="I43" s="192">
-        <v>1.418E-3</v>
+        <v>3.0622666666666669E-3</v>
       </c>
       <c r="J43" s="180">
-        <v>0.803647</v>
+        <v>0.44748300000000002</v>
       </c>
       <c r="K43" s="192">
-        <v>3.0622666666666669E-3</v>
+        <v>1.7846000000000001E-3</v>
       </c>
       <c r="L43" s="180">
-        <v>0.44748300000000002</v>
+        <v>8.9797000000000002E-2</v>
       </c>
       <c r="M43" s="192">
-        <v>1.7846000000000001E-3</v>
+        <v>1.6696333760420499E-4</v>
       </c>
       <c r="N43" s="210">
-        <v>8.9797000000000002E-2</v>
+        <v>0.33291300000000001</v>
       </c>
       <c r="O43" s="192">
-        <v>1.6696333760420499E-4</v>
+        <v>5.126666666666667E-4</v>
       </c>
       <c r="P43" s="210">
-        <v>0.33291300000000001</v>
+        <v>1.2290749999999999</v>
       </c>
       <c r="Q43" s="192">
-        <v>5.126666666666667E-4</v>
+        <v>3.4162266691843668E-3</v>
       </c>
       <c r="R43" s="210">
-        <v>1.2290749999999999</v>
+        <v>0.67191000000000001</v>
       </c>
       <c r="S43" s="192">
-        <v>3.4162266691843668E-3</v>
+        <v>3.6317666432062832E-3</v>
       </c>
       <c r="T43" s="210">
-        <v>0.67191000000000001</v>
+        <v>0</v>
       </c>
       <c r="U43" s="203">
-        <v>3.6317666432062832E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A44" s="94" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B44" s="181"/>
       <c r="C44" s="94"/>
       <c r="D44" s="181"/>
       <c r="E44" s="94"/>
       <c r="F44" s="181"/>
       <c r="G44" s="94"/>
       <c r="H44" s="181"/>
       <c r="I44" s="94"/>
       <c r="J44" s="181"/>
       <c r="K44" s="94"/>
     </row>
     <row r="45" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A45" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="182"/>
       <c r="C45" s="32"/>
       <c r="D45" s="182"/>
       <c r="E45" s="32"/>
       <c r="F45" s="182"/>
       <c r="G45" s="32"/>
       <c r="H45" s="182"/>
       <c r="I45" s="32"/>
       <c r="J45" s="182"/>
@@ -27656,51 +36195,51 @@
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.94488188976377963" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 3 1 1 b d 7 7 7 - 5 1 e 6 - 4 e 8 1 - a 5 1 f - d 8 2 f 2 b 6 8 0 3 b 1 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K Y E A A B Q S w M E F A A C A A g A U V Y v X L A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A F F W L 1 w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B R V i 9 c P 0 N b U J 8 B A A C p A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L B i t s w E I b v g b y D U C 8 J m E C v X X I I 3 q Q N p V B q Q w 9 J M G N 7 l o i V N K 4 0 W l J C n q a H p c + R F 6 s c Z 7 t L 4 6 S + 2 J 7 5 + P 9 / N P J Y s S I r s u 7 9 / m 4 4 G A 7 8 F h z W I v g a i o q s D 5 r j B z y g m A q N P B y I + C z I c l u Y 7 y r U k + / k H k u i x 9 F C a Z y k b c + y H 8 n 0 w / o L N L B O y R x / u 0 p R 5 B m d I r d O 5 + v O I Q p P d t r v 5 D g R N m i d C H Y B x 0 n n c 5 m i y L a I H K 1 P E f a r J a O Z y k t O J p + V r a f y h M v N Y X U P D J u z 7 D u Z Q o n H Z 9 B b 8 u K r I 0 N P q i Y v o 2 4 O Z R z i V G P 8 h F C j 8 6 N r O R K x O p M z r b M K N D g / b Q f Y j P 9 a 5 a o h M d N x c K j p 1 S F 3 Y P 0 D O Z O S D s b m P x v 0 o 6 v B k v 1 e x t 8 6 M B U y n l G k B e O O D 4 m I D V D + s j q z P e j c M / 0 I W C y t q h T o l 7 4 N p k T X i b U u x + f j L y p m D k p V w W 3 o G 5 X B 8 1 W o g t c U b 3 p L 0 5 B j u N L N Q u O U i Z e I i p y 4 N + Z 8 d 0 s g b V d l q L g n g 5 5 V R X 0 K 5 6 N Y K H v L o Z v y o 4 N e j b d M T u 6 0 4 v 9 g W d z 3 E / 7 r e B g P B 8 r 2 3 5 m 7 P 1 B L A Q I t A B Q A A g A I A F F W L 1 y w N 5 H 8 p Q A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B R V i 9 c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F F W L 1 w / Q 1 t Q n w E A A K k D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A M 4 D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P v Y T A A A A A A A A 1 B M A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z M z O T Q 3 O D h l L T E y M G Y t N D F l Z C 1 i Z G Y 3 L W Y 1 Z m E 3 N z Y 0 N D d j N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D E t M T V U M T M 6 N T A 6 M z U u N z Q 0 O T c 3 M l o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q l F V R k J R V U Z C U V V G Q l F V R i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 B y b 2 R 1 d G 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B h a X N f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F u b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 w 6 f D o 2 9 f Q X J h Y m l j Y S Z x d W 9 0 O y w m c X V v d D t Q c m 9 k d c O n w 6 N v X 1 J v Y n V z d G E m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H V j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h w 6 f D o 2 9 f R 3 J h b y Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h w 6 f D o 2 9 f V G 9 y c m F k b y Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h w 6 f D o 2 9 f U 2 9 s d X Z l b C Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 0 N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N S w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W 5 v X y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 0 F y Y W J p Y 2 E s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 w 6 f D o 2 9 f U m 9 i d X N 0 Y S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y W N h b 1 8 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 H c m F v L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 R v c n J h Z G 8 s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f U 2 9 s d X Z l b C w x N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 B c m F i a W N h L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 1 J v Y n V z d G E s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 Y 2 F v X y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W 1 w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f R 3 J h b y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 U b 3 J y Y W R v L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 N v b H V 2 Z W w s M T R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A u B L 6 v o U t i M i d c y b H I I j S j A A A A A A E g A A A o A A A A B A A A A D 4 0 w v K X + E 0 y k g 7 Q 7 M 4 F S / r U A A A A O / f x 2 K H 3 I G u B S + v H R r E v E m Q C G H T j y k d b d j a 4 y V B I P I n f b O P R S T n b J 7 M h d O C y f c + F n y F B e E 1 6 O K 0 Z X d K G D 6 m X j 2 q G M X 0 r C I a f q x B b t 5 f I n 7 L F A A A A M n N 7 P G D x J k z / G / 8 O j K l u / x / 5 2 c s < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 3 1 1 b d 7 7 7 - 5 1 e 6 - 4 e 8 1 - a 5 1 f - d 8 2 f 2 b 6 8 0 3 b 1 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K Y E A A B Q S w M E F A A C A A g A e F V M X L A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A H h V T F w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B 4 V U x c P 0 N b U J 8 B A A C p A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L B i t s w E I b v g b y D U C 8 J m E C v X X I I 3 q Q N p V B q Q w 9 J M G N 7 l o i V N K 4 0 W l J C n q a H p c + R F 6 s c Z 7 t L 4 6 S + 2 J 7 5 + P 9 / N P J Y s S I r s u 7 9 / m 4 4 G A 7 8 F h z W I v g a i o q s D 5 r j B z y g m A q N P B y I + C z I c l u Y 7 y r U k + / k H k u i x 9 F C a Z y k b c + y H 8 n 0 w / o L N L B O y R x / u 0 p R 5 B m d I r d O 5 + v O I Q p P d t r v 5 D g R N m i d C H Y B x 0 n n c 5 m i y L a I H K 1 P E f a r J a O Z y k t O J p + V r a f y h M v N Y X U P D J u z 7 D u Z Q o n H Z 9 B b 8 u K r I 0 N P q i Y v o 2 4 O Z R z i V G P 8 h F C j 8 6 N r O R K x O p M z r b M K N D g / b Q f Y j P 9 a 5 a o h M d N x c K j p 1 S F 3 Y P 0 D O Z O S D s b m P x v 0 o 6 v B k v 1 e x t 8 6 M B U y n l G k B e O O D 4 m I D V D + s j q z P e j c M / 0 I W C y t q h T o l 7 4 N p k T X i b U u x + f j L y p m D k p V w W 3 o G 5 X B 8 1 W o g t c U b 3 p L 0 5 B j u N L N Q u O U i Z e I i p y 4 N + Z 8 d 0 s g b V d l q L g n g 5 5 V R X 0 K 5 6 N Y K H v L o Z v y o 4 N e j b d M T u 6 0 4 v 9 g W d z 3 E / 7 r e B g P B 8 r 2 3 5 m 7 P 1 B L A Q I t A B Q A A g A I A H h V T F y w N 5 H 8 p Q A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B 4 V U x c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A H h V T F w / Q 1 t Q n w E A A K k D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A M 4 D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P v Y T A A A A A A A A 1 B M A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z M z O T Q 3 O D h l L T E y M G Y t N D F l Z C 1 i Z G Y 3 L W Y 1 Z m E 3 N z Y 0 N D d j N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D I t M T J U M T M 6 N D M 6 N D g u N z E w O T k 1 O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q l F V R k J R V U Z C U V V G Q l F V R i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t Q c m 9 k d X R v X y Z x d W 9 0 O y w m c X V v d D t Q Y W l z X y Z x d W 9 0 O y w m c X V v d D t B b m 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C Z x d W 9 0 O y w m c X V v d D t Q c m 9 k d c O n w 6 N v X 0 F y Y W J p Y 2 E m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H X D p 8 O j b 1 9 S b 2 J 1 c 3 R h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t J b X B v c n R h Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t T d X B y a W 1 l b n R v X 1 R v d G F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V 4 c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V z d G 9 x d W V f R m l u Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y c O n w 6 N v X 0 d y Y W 8 m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 R v c n J h Z G 8 m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 N v b H V 2 Z W w m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 0 N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 B c m F i a W N h L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 1 J v Y n V z d G E s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 Y 2 F v X y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W 1 w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f R 3 J h b y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 U b 3 J y Y W R v L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 N v b H V 2 Z W w s M T R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V 0 b 1 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B h a X N f L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B b m 9 f L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 l u a W N p Y W w s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 w 6 f D o 2 9 f Q X J h Y m l j Y S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 S b 2 J 1 c 3 R h L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 1 R v d G F s L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 0 d y Y W 8 s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f V G 9 y c m F k b y w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 T b 2 x 1 d m V s L D E 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A b J w 4 B l H c N J o Y / r Z L X z E e d w A A A A A E g A A A o A A A A B A A A A D J g 6 g d K 2 2 P L e 2 E S 1 S P R M S 4 U A A A A E t Y 1 7 0 W v G U v j m 3 m 3 c 3 K / T D 7 A n u + G 7 k W c 0 y 9 p R 5 p y e D 6 1 Y 9 X I 6 1 R 7 h / W a 0 / E N D I M V P n V Q g 3 g Y 7 c o I f u L e I P J i Z + e C F J u Q n 4 q f 5 p V T Y V w K Z b k F A A A A C h 5 t 2 v a 7 T H r e n + J / 0 n W B r 1 T 9 V p 8 < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAAA8B91-5402-40CF-A921-A3C4DDF0F35F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>