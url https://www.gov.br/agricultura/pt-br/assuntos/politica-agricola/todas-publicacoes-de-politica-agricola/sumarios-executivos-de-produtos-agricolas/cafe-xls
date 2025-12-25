--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -29,89 +29,89 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Mapa\Sumários\Sumários\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63C4B4A1-8BF1-44E4-9DFF-AC6DC36B9EDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F16E8964-B83E-4FF4-B77E-517438D0293E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-1125" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="usda_consulta_cafe" sheetId="29" state="hidden" r:id="rId1"/>
     <sheet name="base_cafe" sheetId="30" state="hidden" r:id="rId2"/>
     <sheet name="Capa" sheetId="31" r:id="rId3"/>
     <sheet name="Oferta e Demanda" sheetId="28" r:id="rId4"/>
     <sheet name="Área-Produção Café Arábica" sheetId="24" r:id="rId5"/>
     <sheet name="Área-Produção Café Robusta" sheetId="25" r:id="rId6"/>
     <sheet name="Área-Produção Café Total" sheetId="26" r:id="rId7"/>
     <sheet name="Exportação - Sacas" sheetId="21" r:id="rId8"/>
     <sheet name="Importação - Sacas" sheetId="27" r:id="rId9"/>
     <sheet name="Comércio Destino - Sacas" sheetId="22" r:id="rId10"/>
     <sheet name="Vendas, PM e Estoques" sheetId="6" r:id="rId11"/>
     <sheet name="Gráficos de Preços" sheetId="7" r:id="rId12"/>
     <sheet name="Custeio" sheetId="16" r:id="rId13"/>
     <sheet name="Preço Varejo Procon" sheetId="10" r:id="rId14"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId15"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Capa!$A$1:$A$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'Comércio Destino - Sacas'!$A$1:$U$32</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">Custeio!$A$1:$I$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Exportação - Sacas'!$A$5:$U$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'Gráficos de Preços'!$A$1:$J$97</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Importação - Sacas'!$A$5:$U$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Oferta e Demanda'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'Vendas, PM e Estoques'!$A$1:$M$10</definedName>
     <definedName name="DadosExternos_1" localSheetId="0" hidden="1">usda_consulta_cafe!$A$1:$O$45</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'Exportação - Sacas'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'Importação - Sacas'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
-    <pivotCache cacheId="3" r:id="rId16"/>
+    <pivotCache cacheId="46" r:id="rId16"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{01E2FB37-50E2-4E04-9D4A-83D20DCDFE8E}" keepAlive="1" name="Consulta - usda_consulta_cafe" description="Conexão com a consulta 'usda_consulta_cafe' na pasta de trabalho." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=usda_consulta_cafe;Extended Properties=&quot;&quot;" command="SELECT * FROM [usda_consulta_cafe]"/>
   </connection>
@@ -534,105 +534,105 @@
   <si>
     <t>Café Total (Arábica+Robusta) – Safras 2024 e 2025</t>
   </si>
   <si>
     <t>Crédito Agrícola para Café - Custeio - 2025</t>
   </si>
   <si>
     <t>Safra 2025/2026</t>
   </si>
   <si>
     <t>abril/2025 a março/2026</t>
   </si>
   <si>
     <t>Crédito Agrícola para Café - Custeio - 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Fonte: PROCON/DIEESE/SP - preço médio apurado nas pesquisas diárias em 70 supermercados paulistanos. </t>
   </si>
   <si>
     <t>2025 (*)</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
   <si>
-    <t>Fonte: Bacen - Sicor. Extraído em 14/11/2025 08:33, ref. ao período 01/01 a 13/11/2025.</t>
+    <t>Obs.: última pesquisa disponível no portal do ProconSP é do mês de setembro-25</t>
   </si>
   <si>
-    <t>Obs.: última pesquisa disponível no portal do ProconSP é do mês de setembro-25</t>
+    <t>Fonte: Bacen - Sicor. Extraído em 11/12/2025 13:22, ref. ao período 01/01 a 10/12/2025.</t>
   </si>
   <si>
     <t>Valor  (US$ milhões)</t>
   </si>
   <si>
     <t>Estados Unidos</t>
   </si>
   <si>
     <t>Alemanha</t>
   </si>
   <si>
     <t>Bélgica</t>
   </si>
   <si>
     <t>Itália</t>
   </si>
   <si>
     <t>Japão</t>
   </si>
   <si>
     <t>Espanha</t>
   </si>
   <si>
     <t>Turquia</t>
   </si>
   <si>
     <t>Países Baixos (Holanda)</t>
   </si>
   <si>
     <t>Rússia</t>
   </si>
   <si>
     <t>Reino Unido</t>
   </si>
   <si>
     <t>Coreia do Sul</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Suécia</t>
   </si>
   <si>
     <t>França</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
-    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 31/10/2025, inclusive.</t>
+    <t>Fonte: Ministério da Fazenda/Decex/Secex (www.comexstat.mdic.gov.br) - 30/11/2025, inclusive.</t>
   </si>
   <si>
     <t>Café Torrado</t>
   </si>
   <si>
     <t>Café solúvel</t>
   </si>
   <si>
     <t>REGIÃO/UF</t>
   </si>
   <si>
     <t>NORTE</t>
   </si>
   <si>
     <t>NORDESTE</t>
   </si>
   <si>
     <t xml:space="preserve">     Cerrado</t>
   </si>
   <si>
     <t xml:space="preserve">     Planalto</t>
   </si>
   <si>
     <t xml:space="preserve">     Atlântico</t>
   </si>
@@ -651,51 +651,51 @@
   <si>
     <t xml:space="preserve">     Zona da Mata, Rio Doce e Central </t>
   </si>
   <si>
     <t xml:space="preserve">     Norte, Jequitinhonha e Mucuri</t>
   </si>
   <si>
     <t>SUL</t>
   </si>
   <si>
     <t>OUTROS (*)</t>
   </si>
   <si>
     <t>NORTE/NORDESTE</t>
   </si>
   <si>
     <t>CENTRO-SUL</t>
   </si>
   <si>
     <t>BRASIL</t>
   </si>
   <si>
     <t>Legenda: (*) Acre, Pará, Ceará, Pernambuco, Mato Grosso do Sul e Distrito Federal</t>
   </si>
   <si>
-    <t>Fonte: Conab (www.conab.gov.br) - Safra 2025 - 3° Levantamento da safra de café - setembro-2025</t>
+    <t>Fonte: Conab (www.conab.gov.br) - Safra 2025 - 4° Levantamento da safra de café - dezembro-2025</t>
   </si>
   <si>
     <t>Legenda: Acre, Pará e Ceará</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Legenda: (*) Ceará, Pernambuco, Mato Grosso do Sul e Distrito Federal</t>
   </si>
   <si>
     <t>Fonte: Usda (www.usda.gov) - junho/2025 (divulgação semestral)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="16">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* \-?_);_(@_)"/>
@@ -1684,51 +1684,51 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="250">
+  <cellXfs count="251">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -2316,82 +2316,89 @@
     </xf>
     <xf numFmtId="165" fontId="6" fillId="11" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="7" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="7" borderId="44" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal_aliceweb20110819100727378" xfId="6" xr:uid="{8C94703F-8E29-431A-96DB-3D8B7AE68F96}"/>
     <cellStyle name="Vírgula" xfId="4" builtinId="3"/>
     <cellStyle name="Vírgula 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
-  <dxfs count="5">
+  <dxfs count="7">
+    <dxf>
+      <alignment wrapText="1"/>
+    </dxf>
+    <dxf>
+      <alignment wrapText="1"/>
+    </dxf>
     <dxf>
       <alignment wrapText="1"/>
     </dxf>
     <dxf>
       <alignment wrapText="1"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2C9841"/>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
@@ -3124,87 +3131,87 @@
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
             <a:defRPr sz="1800" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:fld id="{2E3FEBE1-2F8F-41A6-BBE8-BB64FE5EE2F7}" type="TxLink">
             <a:rPr lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:pPr algn="ctr"/>
-            <a:t>novembro-2025</a:t>
+            <a:t>dezembro-2025</a:t>
           </a:fld>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>585742</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>91274</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3BE1951-4B14-4419-3C62-7F6EBE275968}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F6A70AD-838F-F537-B099-5526E439F776}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6072142" cy="15674174"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -5829,60 +5836,77 @@
             <v>423.07998657226563</v>
           </cell>
         </row>
         <row r="155">
           <cell r="A155">
             <v>45931</v>
           </cell>
           <cell r="I155">
             <v>2230.9624755859377</v>
           </cell>
           <cell r="J155">
             <v>637.90997314453125</v>
           </cell>
           <cell r="K155">
             <v>1397.5590209960938</v>
           </cell>
           <cell r="L155">
             <v>423.07998657226563</v>
           </cell>
         </row>
         <row r="156">
           <cell r="A156">
             <v>45962</v>
           </cell>
           <cell r="I156">
-            <v>2274.4740234374999</v>
+            <v>2245.1557870000001</v>
           </cell>
           <cell r="J156">
-            <v>637.90997314453125</v>
+            <v>637.9099731</v>
           </cell>
           <cell r="K156">
-            <v>1416.4339843749999</v>
+            <v>1384.4594729999999</v>
           </cell>
           <cell r="L156">
-            <v>423.07998657226563</v>
+            <v>423.07998659999998</v>
+          </cell>
+        </row>
+        <row r="157">
+          <cell r="A157">
+            <v>45992</v>
+          </cell>
+          <cell r="I157">
+            <v>2227.0040039999999</v>
+          </cell>
+          <cell r="J157">
+            <v>637.9099731</v>
+          </cell>
+          <cell r="K157">
+            <v>1376.7020259999999</v>
+          </cell>
+          <cell r="L157">
+            <v>423.07998659999998</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1">
         <row r="2">
           <cell r="A2">
             <v>41275</v>
           </cell>
           <cell r="F2">
             <v>176.3681814</v>
           </cell>
           <cell r="K2">
             <v>1998.772727</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3">
             <v>41306</v>
           </cell>
           <cell r="F3">
             <v>172.52222190000001</v>
           </cell>
           <cell r="K3">
             <v>2048.166667</v>
           </cell>
@@ -7542,69 +7566,80 @@
             <v>45901</v>
           </cell>
           <cell r="F154">
             <v>385.49318209561437</v>
           </cell>
           <cell r="K154">
             <v>4594.772727272727</v>
           </cell>
         </row>
         <row r="155">
           <cell r="A155">
             <v>45931</v>
           </cell>
           <cell r="F155">
             <v>393.16904703776044</v>
           </cell>
           <cell r="K155">
             <v>4504.4285714285716</v>
           </cell>
         </row>
         <row r="156">
           <cell r="A156">
             <v>45962</v>
           </cell>
           <cell r="F156">
-            <v>405.06999511718749</v>
+            <v>407.21578820000002</v>
           </cell>
           <cell r="K156">
-            <v>4644.3999999999996</v>
+            <v>4541.8421049999997</v>
+          </cell>
+        </row>
+        <row r="157">
+          <cell r="A157">
+            <v>45992</v>
+          </cell>
+          <cell r="F157">
+            <v>408.00999760000002</v>
+          </cell>
+          <cell r="K157">
+            <v>4399.6000000000004</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="45883.555261458336" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="44" xr:uid="{64E34988-DF49-4DC0-AD46-6FAFF7FE258C}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Fabio Alves Cavalcante" refreshedDate="46002.561439699071" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="44" xr:uid="{64E34988-DF49-4DC0-AD46-6FAFF7FE258C}">
   <cacheSource type="worksheet">
     <worksheetSource name="usda_consulta_cafe"/>
   </cacheSource>
   <cacheFields count="15">
     <cacheField name="Produto_" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Pais_" numFmtId="0">
       <sharedItems count="4">
         <s v="Brasil"/>
         <s v="Colômbia"/>
         <s v="Vietnã"/>
         <s v="Mundo"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Ano_" numFmtId="0">
       <sharedItems count="12">
         <s v="2015/2016"/>
         <s v="2016/2017"/>
         <s v="2017/2018"/>
         <s v="2018/2019"/>
         <s v="2019/2020"/>
         <s v="2020/2021"/>
         <s v="2021/2022"/>
         <s v="2022/2023"/>
@@ -8395,51 +8430,51 @@
   <r>
     <s v="Café Verde"/>
     <x v="3"/>
     <x v="10"/>
     <n v="21.751999999999999"/>
     <n v="97.022000000000006"/>
     <n v="81.658000000000001"/>
     <n v="178.68"/>
     <n v="140.28299999999999"/>
     <n v="340.71499999999997"/>
     <n v="148.53299999999999"/>
     <n v="169.363"/>
     <n v="22.818999999999999"/>
     <n v="122.253"/>
     <n v="6.5170000000000003"/>
     <n v="19.763000000000002"/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{4AF20F0C-E68D-4849-9767-345518F70C69}" name="Tabela dinâmica1" cacheId="3" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{4AF20F0C-E68D-4849-9767-345518F70C69}" name="Tabela dinâmica1" cacheId="46" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Valores" updatedVersion="8" minRefreshableVersion="3" rowGrandTotals="0" colGrandTotals="0" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:I36" firstHeaderRow="0" firstDataRow="1" firstDataCol="1"/>
   <pivotFields count="15">
     <pivotField showAll="0"/>
     <pivotField axis="axisRow" showAll="0" sortType="descending" defaultSubtotal="0">
       <items count="4">
         <item x="2"/>
         <item x="3"/>
         <item x="1"/>
         <item h="1" x="0"/>
       </items>
       <autoSortScope>
         <pivotArea dataOnly="0" outline="0" fieldPosition="0">
           <references count="1">
             <reference field="4294967294" count="1" selected="0">
               <x v="3"/>
             </reference>
           </references>
         </pivotArea>
       </autoSortScope>
     </pivotField>
     <pivotField axis="axisRow" showAll="0">
       <items count="13">
         <item h="1" m="1" x="11"/>
         <item x="0"/>
         <item x="1"/>
@@ -8591,54 +8626,54 @@
     </i>
     <i i="4">
       <x v="4"/>
     </i>
     <i i="5">
       <x v="5"/>
     </i>
     <i i="6">
       <x v="6"/>
     </i>
     <i i="7">
       <x v="7"/>
     </i>
   </colItems>
   <dataFields count="8">
     <dataField name="Soma de Estoque_Inicial" fld="3" baseField="0" baseItem="0"/>
     <dataField name="Soma de Produção_Arabica" fld="4" baseField="0" baseItem="0"/>
     <dataField name="Soma de Produção_Robusta" fld="5" baseField="0" baseItem="0"/>
     <dataField name="Soma de Producao_" fld="6" baseField="0" baseItem="0"/>
     <dataField name="Soma de Importacao_" fld="7" baseField="0" baseItem="0"/>
     <dataField name="Soma de Consumo_Domestico" fld="10" baseField="0" baseItem="0"/>
     <dataField name="Soma de Exportacao_" fld="9" baseField="0" baseItem="0"/>
     <dataField name="Soma de Estoque_Final" fld="11" baseField="0" baseItem="0"/>
   </dataFields>
   <formats count="2">
-    <format dxfId="1">
+    <format dxfId="3">
       <pivotArea field="1" type="button" dataOnly="0" labelOnly="1" outline="0" axis="axisRow" fieldPosition="0"/>
     </format>
-    <format dxfId="0">
+    <format dxfId="2">
       <pivotArea dataOnly="0" labelOnly="1" outline="0" fieldPosition="0">
         <references count="1">
           <reference field="4294967294" count="8">
             <x v="0"/>
             <x v="1"/>
             <x v="2"/>
             <x v="3"/>
             <x v="4"/>
             <x v="5"/>
             <x v="6"/>
             <x v="7"/>
           </reference>
         </references>
       </pivotArea>
     </format>
   </formats>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
@@ -8654,53 +8689,53 @@
       <queryTableField id="3" name="Ano_" tableColumnId="3"/>
       <queryTableField id="4" name="Estoque_Inicial" tableColumnId="4"/>
       <queryTableField id="5" name="Produção_Arabica" tableColumnId="5"/>
       <queryTableField id="6" name="Produção_Robusta" tableColumnId="6"/>
       <queryTableField id="7" name="Producao_" tableColumnId="7"/>
       <queryTableField id="8" name="Importacao_" tableColumnId="8"/>
       <queryTableField id="9" name="Suprimento_Total" tableColumnId="9"/>
       <queryTableField id="10" name="Exportacao_" tableColumnId="10"/>
       <queryTableField id="11" name="Consumo_Domestico" tableColumnId="11"/>
       <queryTableField id="12" name="Estoque_Final" tableColumnId="12"/>
       <queryTableField id="13" name="Exportação_Grao" tableColumnId="13"/>
       <queryTableField id="14" name="Exportação_Torrado" tableColumnId="14"/>
       <queryTableField id="15" name="Exportação_Soluvel" tableColumnId="15"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{EFB841E5-3ED9-469F-943C-DA958800F118}" name="usda_consulta_cafe" displayName="usda_consulta_cafe" ref="A1:O45" tableType="queryTable" totalsRowShown="0">
   <tableColumns count="15">
-    <tableColumn id="1" xr3:uid="{B5BF4FEA-984D-4E95-AC7B-B03C1210B3F8}" uniqueName="1" name="Produto_" queryTableFieldId="1" dataDxfId="4"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{C31A8E4C-CB29-4ACA-8C91-B4B7E1E3A78F}" uniqueName="3" name="Ano_" queryTableFieldId="3" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{B5BF4FEA-984D-4E95-AC7B-B03C1210B3F8}" uniqueName="1" name="Produto_" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{07061962-98F7-4207-B7F9-5597D1CD48BC}" uniqueName="2" name="Pais_" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{C31A8E4C-CB29-4ACA-8C91-B4B7E1E3A78F}" uniqueName="3" name="Ano_" queryTableFieldId="3" dataDxfId="4"/>
     <tableColumn id="4" xr3:uid="{F1FA880D-AAE0-40F7-B1B8-96285D2EDA03}" uniqueName="4" name="Estoque_Inicial" queryTableFieldId="4"/>
     <tableColumn id="5" xr3:uid="{917451A4-20EA-49D6-B577-4B8131C9B9EF}" uniqueName="5" name="Produção_Arabica" queryTableFieldId="5"/>
     <tableColumn id="6" xr3:uid="{4BB6A695-322D-4F94-8910-4514A3F3B96D}" uniqueName="6" name="Produção_Robusta" queryTableFieldId="6"/>
     <tableColumn id="7" xr3:uid="{A2AEFDAC-E899-4BEC-9187-A3AEB8456585}" uniqueName="7" name="Producao_" queryTableFieldId="7"/>
     <tableColumn id="8" xr3:uid="{F1A078DF-5FC4-4B6C-A5C2-536CFD83951E}" uniqueName="8" name="Importacao_" queryTableFieldId="8"/>
     <tableColumn id="9" xr3:uid="{DE28D3F5-C836-434F-B79E-09E58D96F5AE}" uniqueName="9" name="Suprimento_Total" queryTableFieldId="9"/>
     <tableColumn id="10" xr3:uid="{17BBD9A9-47B8-4C61-BEDB-C1E74F3D693F}" uniqueName="10" name="Exportacao_" queryTableFieldId="10"/>
     <tableColumn id="11" xr3:uid="{F2705B39-562B-4D65-85BB-BFCB5E0EA6EB}" uniqueName="11" name="Consumo_Domestico" queryTableFieldId="11"/>
     <tableColumn id="12" xr3:uid="{AB3306E3-FAE6-4F7E-9FB8-3055FFC8B1C4}" uniqueName="12" name="Estoque_Final" queryTableFieldId="12"/>
     <tableColumn id="13" xr3:uid="{C54B28B0-4B7F-4AF6-889B-57537593BE28}" uniqueName="13" name="Exportação_Grao" queryTableFieldId="13"/>
     <tableColumn id="14" xr3:uid="{B500B6A5-4E8F-4C0C-9B92-DFA0CDDE4D8D}" uniqueName="14" name="Exportação_Torrado" queryTableFieldId="14"/>
     <tableColumn id="15" xr3:uid="{125188E3-3288-407D-9CB5-A9E1A784AEC2}" uniqueName="15" name="Exportação_Soluvel" queryTableFieldId="15"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -11432,54 +11467,54 @@
       <c r="L5" s="117">
         <v>1121.6120840000001</v>
       </c>
       <c r="M5" s="117">
         <v>7.4267959833333332</v>
       </c>
       <c r="N5" s="117">
         <v>1713.07014</v>
       </c>
       <c r="O5" s="117">
         <v>7.1911828500000006</v>
       </c>
       <c r="P5" s="117">
         <v>1130.949625</v>
       </c>
       <c r="Q5" s="117">
         <v>5.3855425666666674</v>
       </c>
       <c r="R5" s="117">
         <v>1896.0203779999999</v>
       </c>
       <c r="S5" s="117">
         <v>7.5538395666666664</v>
       </c>
       <c r="T5" s="117">
-        <v>1653.339101</v>
+        <v>1772.6526080000001</v>
       </c>
       <c r="U5" s="118">
-        <v>4.2964606166666668</v>
+        <v>4.5639713166666667</v>
       </c>
     </row>
     <row r="6" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="67" t="s">
         <v>149</v>
       </c>
       <c r="B6" s="117">
         <v>953.58013600000004</v>
       </c>
       <c r="C6" s="117">
         <v>6.1800687333333331</v>
       </c>
       <c r="D6" s="117">
         <v>878.99735099999998</v>
       </c>
       <c r="E6" s="117">
         <v>5.4840695833333335</v>
       </c>
       <c r="F6" s="117">
         <v>749.37754600000005</v>
       </c>
       <c r="G6" s="117">
         <v>5.3923410499999997</v>
       </c>
       <c r="H6" s="117">
@@ -11497,54 +11532,54 @@
       <c r="L6" s="117">
         <v>1064.62501</v>
       </c>
       <c r="M6" s="117">
         <v>6.734099566666667</v>
       </c>
       <c r="N6" s="117">
         <v>1678.133787</v>
       </c>
       <c r="O6" s="117">
         <v>6.7311840499999995</v>
       </c>
       <c r="P6" s="117">
         <v>1070.3502619999999</v>
       </c>
       <c r="Q6" s="117">
         <v>5.0828327833333331</v>
       </c>
       <c r="R6" s="117">
         <v>1805.718003</v>
       </c>
       <c r="S6" s="117">
         <v>7.3440411166666673</v>
       </c>
       <c r="T6" s="117">
-        <v>1743.4223159999999</v>
+        <v>2043.8224789999999</v>
       </c>
       <c r="U6" s="118">
-        <v>4.4922016833333336</v>
+        <v>5.1766522333333329</v>
       </c>
     </row>
     <row r="7" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="67" t="s">
         <v>150</v>
       </c>
       <c r="B7" s="117">
         <v>342.34087599999998</v>
       </c>
       <c r="C7" s="117">
         <v>2.0638060333333335</v>
       </c>
       <c r="D7" s="117">
         <v>304.90109200000001</v>
       </c>
       <c r="E7" s="117">
         <v>1.7165843666666667</v>
       </c>
       <c r="F7" s="117">
         <v>303.94175999999999</v>
       </c>
       <c r="G7" s="117">
         <v>2.2073076666666664</v>
       </c>
       <c r="H7" s="117">
@@ -11562,54 +11597,54 @@
       <c r="L7" s="117">
         <v>493.99068199999999</v>
       </c>
       <c r="M7" s="117">
         <v>2.9263404333333329</v>
       </c>
       <c r="N7" s="117">
         <v>737.57742800000005</v>
       </c>
       <c r="O7" s="117">
         <v>2.9387078833333335</v>
       </c>
       <c r="P7" s="117">
         <v>460.02551999999997</v>
       </c>
       <c r="Q7" s="117">
         <v>2.2033643999999999</v>
       </c>
       <c r="R7" s="117">
         <v>1098.687635</v>
       </c>
       <c r="S7" s="117">
         <v>4.3626523833333328</v>
       </c>
       <c r="T7" s="117">
-        <v>768.78397500000005</v>
+        <v>884.30308600000001</v>
       </c>
       <c r="U7" s="118">
-        <v>2.0197788166666668</v>
+        <v>2.270455933333333</v>
       </c>
     </row>
     <row r="8" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="67" t="s">
         <v>151</v>
       </c>
       <c r="B8" s="117">
         <v>483.750069</v>
       </c>
       <c r="C8" s="117">
         <v>2.8694008333333332</v>
       </c>
       <c r="D8" s="117">
         <v>490.626194</v>
       </c>
       <c r="E8" s="117">
         <v>2.7909296333333335</v>
       </c>
       <c r="F8" s="117">
         <v>461.56706400000002</v>
       </c>
       <c r="G8" s="117">
         <v>3.0630146999999996</v>
       </c>
       <c r="H8" s="117">
@@ -11627,54 +11662,54 @@
       <c r="L8" s="117">
         <v>477.02652999999998</v>
       </c>
       <c r="M8" s="117">
         <v>2.9075000500000003</v>
       </c>
       <c r="N8" s="117">
         <v>812.37350400000003</v>
       </c>
       <c r="O8" s="117">
         <v>3.3400473333333331</v>
       </c>
       <c r="P8" s="117">
         <v>663.61387999999999</v>
       </c>
       <c r="Q8" s="117">
         <v>3.0736037666666665</v>
       </c>
       <c r="R8" s="117">
         <v>954.058854</v>
       </c>
       <c r="S8" s="117">
         <v>3.8796100833333331</v>
       </c>
       <c r="T8" s="117">
-        <v>1065.6933939999999</v>
+        <v>1184.306349</v>
       </c>
       <c r="U8" s="118">
-        <v>2.61410265</v>
+        <v>2.9011179500000002</v>
       </c>
     </row>
     <row r="9" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="67" t="s">
         <v>152</v>
       </c>
       <c r="B9" s="117">
         <v>412.59748999999999</v>
       </c>
       <c r="C9" s="117">
         <v>2.2335056666666668</v>
       </c>
       <c r="D9" s="117">
         <v>323.38734799999997</v>
       </c>
       <c r="E9" s="117">
         <v>1.7905784333333334</v>
       </c>
       <c r="F9" s="117">
         <v>323.015265</v>
       </c>
       <c r="G9" s="117">
         <v>2.0067670333333334</v>
       </c>
       <c r="H9" s="117">
@@ -11692,54 +11727,54 @@
       <c r="L9" s="117">
         <v>402.34520099999997</v>
       </c>
       <c r="M9" s="117">
         <v>2.4868578333333331</v>
       </c>
       <c r="N9" s="117">
         <v>384.54215299999998</v>
       </c>
       <c r="O9" s="117">
         <v>1.7122029333333333</v>
       </c>
       <c r="P9" s="117">
         <v>436.05503099999999</v>
       </c>
       <c r="Q9" s="117">
         <v>2.0321916833333331</v>
       </c>
       <c r="R9" s="117">
         <v>562.01725999999996</v>
       </c>
       <c r="S9" s="117">
         <v>2.2834108999999998</v>
       </c>
       <c r="T9" s="117">
-        <v>794.35370699999999</v>
+        <v>920.14936599999999</v>
       </c>
       <c r="U9" s="118">
-        <v>1.9562964833333334</v>
+        <v>2.23809865</v>
       </c>
     </row>
     <row r="10" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="67" t="s">
         <v>153</v>
       </c>
       <c r="B10" s="117">
         <v>109.903071</v>
       </c>
       <c r="C10" s="117">
         <v>0.67455881666666662</v>
       </c>
       <c r="D10" s="117">
         <v>109.62526699999999</v>
       </c>
       <c r="E10" s="117">
         <v>0.65092901666666658</v>
       </c>
       <c r="F10" s="117">
         <v>94.700387000000006</v>
       </c>
       <c r="G10" s="117">
         <v>0.65473369999999997</v>
       </c>
       <c r="H10" s="117">
@@ -11757,54 +11792,54 @@
       <c r="L10" s="117">
         <v>138.564806</v>
       </c>
       <c r="M10" s="117">
         <v>0.94349208333333334</v>
       </c>
       <c r="N10" s="117">
         <v>233.97168300000001</v>
       </c>
       <c r="O10" s="117">
         <v>1.0689252166666667</v>
       </c>
       <c r="P10" s="117">
         <v>183.92684199999999</v>
       </c>
       <c r="Q10" s="117">
         <v>0.93839424999999999</v>
       </c>
       <c r="R10" s="117">
         <v>363.77151500000002</v>
       </c>
       <c r="S10" s="117">
         <v>1.5665043666666667</v>
       </c>
       <c r="T10" s="117">
-        <v>400.05205599999999</v>
+        <v>431.05865899999998</v>
       </c>
       <c r="U10" s="118">
-        <v>1.1015601333333334</v>
+        <v>1.1766647166666668</v>
       </c>
     </row>
     <row r="11" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="67" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="117">
         <v>116.368914</v>
       </c>
       <c r="C11" s="117">
         <v>0.77845238333333333</v>
       </c>
       <c r="D11" s="117">
         <v>139.445841</v>
       </c>
       <c r="E11" s="117">
         <v>0.86865141666666668</v>
       </c>
       <c r="F11" s="117">
         <v>133.45529400000001</v>
       </c>
       <c r="G11" s="117">
         <v>0.95590278333333323</v>
       </c>
       <c r="H11" s="117">
@@ -11822,54 +11857,54 @@
       <c r="L11" s="117">
         <v>155.88820899999999</v>
       </c>
       <c r="M11" s="117">
         <v>0.99084231666666667</v>
       </c>
       <c r="N11" s="117">
         <v>246.81099900000001</v>
       </c>
       <c r="O11" s="117">
         <v>0.94827926666666673</v>
       </c>
       <c r="P11" s="117">
         <v>271.93385899999998</v>
       </c>
       <c r="Q11" s="117">
         <v>1.2878767000000002</v>
       </c>
       <c r="R11" s="117">
         <v>338.23434300000002</v>
       </c>
       <c r="S11" s="117">
         <v>1.3642484666666665</v>
       </c>
       <c r="T11" s="117">
-        <v>422.33933300000001</v>
+        <v>499.31729300000001</v>
       </c>
       <c r="U11" s="118">
-        <v>1.1124108500000001</v>
+        <v>1.3000873166666667</v>
       </c>
     </row>
     <row r="12" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="67" t="s">
         <v>155</v>
       </c>
       <c r="B12" s="117">
         <v>60.010407999999998</v>
       </c>
       <c r="C12" s="117">
         <v>0.37552599999999997</v>
       </c>
       <c r="D12" s="117">
         <v>54.653424000000001</v>
       </c>
       <c r="E12" s="117">
         <v>0.32342033333333331</v>
       </c>
       <c r="F12" s="117">
         <v>68.098535999999996</v>
       </c>
       <c r="G12" s="117">
         <v>0.49142851666666665</v>
       </c>
       <c r="H12" s="117">
@@ -11887,54 +11922,54 @@
       <c r="L12" s="117">
         <v>71.38973</v>
       </c>
       <c r="M12" s="117">
         <v>0.43561858333333336</v>
       </c>
       <c r="N12" s="117">
         <v>202.66099199999999</v>
       </c>
       <c r="O12" s="117">
         <v>0.82233721666666659</v>
       </c>
       <c r="P12" s="117">
         <v>244.908669</v>
       </c>
       <c r="Q12" s="117">
         <v>1.1300668166666665</v>
       </c>
       <c r="R12" s="117">
         <v>337.18099100000001</v>
       </c>
       <c r="S12" s="117">
         <v>1.3235934833333334</v>
       </c>
       <c r="T12" s="117">
-        <v>460.84159699999998</v>
+        <v>503.586365</v>
       </c>
       <c r="U12" s="118">
-        <v>1.1670280833333335</v>
+        <v>1.2671924166666666</v>
       </c>
     </row>
     <row r="13" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="67" t="s">
         <v>156</v>
       </c>
       <c r="B13" s="117">
         <v>71.485810999999998</v>
       </c>
       <c r="C13" s="117">
         <v>0.45950311666666666</v>
       </c>
       <c r="D13" s="117">
         <v>82.977897999999996</v>
       </c>
       <c r="E13" s="117">
         <v>0.50342789999999993</v>
       </c>
       <c r="F13" s="117">
         <v>66.594127</v>
       </c>
       <c r="G13" s="117">
         <v>0.46298800000000001</v>
       </c>
       <c r="H13" s="117">
@@ -11952,54 +11987,54 @@
       <c r="L13" s="117">
         <v>132.82387700000001</v>
       </c>
       <c r="M13" s="117">
         <v>0.90169069999999996</v>
       </c>
       <c r="N13" s="117">
         <v>129.38317699999999</v>
       </c>
       <c r="O13" s="117">
         <v>0.53503421666666662</v>
       </c>
       <c r="P13" s="117">
         <v>131.00068200000001</v>
       </c>
       <c r="Q13" s="117">
         <v>0.63519771666666669</v>
       </c>
       <c r="R13" s="117">
         <v>266.11783300000002</v>
       </c>
       <c r="S13" s="117">
         <v>1.0332222333333332</v>
       </c>
       <c r="T13" s="117">
-        <v>362.000224</v>
+        <v>391.98897199999999</v>
       </c>
       <c r="U13" s="118">
-        <v>0.96136756666666667</v>
+        <v>1.0369287833333334</v>
       </c>
     </row>
     <row r="14" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="67" t="s">
         <v>157</v>
       </c>
       <c r="B14" s="117">
         <v>95.466575000000006</v>
       </c>
       <c r="C14" s="117">
         <v>0.52049716666666668</v>
       </c>
       <c r="D14" s="117">
         <v>96.118138999999999</v>
       </c>
       <c r="E14" s="117">
         <v>0.50894753333333331</v>
       </c>
       <c r="F14" s="117">
         <v>138.12105199999999</v>
       </c>
       <c r="G14" s="117">
         <v>1.0858528999999999</v>
       </c>
       <c r="H14" s="117">
@@ -12017,54 +12052,54 @@
       <c r="L14" s="117">
         <v>122.549888</v>
       </c>
       <c r="M14" s="117">
         <v>0.73429409999999995</v>
       </c>
       <c r="N14" s="117">
         <v>173.08673400000001</v>
       </c>
       <c r="O14" s="117">
         <v>0.6768173999999999</v>
       </c>
       <c r="P14" s="117">
         <v>233.50463400000001</v>
       </c>
       <c r="Q14" s="117">
         <v>1.2115086166666666</v>
       </c>
       <c r="R14" s="117">
         <v>245.39330899999999</v>
       </c>
       <c r="S14" s="117">
         <v>1.0207293333333334</v>
       </c>
       <c r="T14" s="117">
-        <v>269.85127399999999</v>
+        <v>303.85193700000002</v>
       </c>
       <c r="U14" s="118">
-        <v>0.64861035</v>
+        <v>0.72285675000000005</v>
       </c>
     </row>
     <row r="15" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="67" t="s">
         <v>158</v>
       </c>
       <c r="B15" s="117">
         <v>79.918563000000006</v>
       </c>
       <c r="C15" s="117">
         <v>0.4791111666666667</v>
       </c>
       <c r="D15" s="117">
         <v>72.849956000000006</v>
       </c>
       <c r="E15" s="117">
         <v>0.42164990000000002</v>
       </c>
       <c r="F15" s="117">
         <v>72.290852999999998</v>
       </c>
       <c r="G15" s="117">
         <v>0.47609245</v>
       </c>
       <c r="H15" s="117">
@@ -12082,54 +12117,54 @@
       <c r="L15" s="117">
         <v>109.081675</v>
       </c>
       <c r="M15" s="117">
         <v>0.63552221666666664</v>
       </c>
       <c r="N15" s="117">
         <v>200.56197800000001</v>
       </c>
       <c r="O15" s="117">
         <v>0.76740116666666658</v>
       </c>
       <c r="P15" s="117">
         <v>195.72228999999999</v>
       </c>
       <c r="Q15" s="117">
         <v>0.88354833333333338</v>
       </c>
       <c r="R15" s="117">
         <v>241.730433</v>
       </c>
       <c r="S15" s="117">
         <v>0.92820476666666674</v>
       </c>
       <c r="T15" s="117">
-        <v>300.042193</v>
+        <v>328.25082900000001</v>
       </c>
       <c r="U15" s="118">
-        <v>0.75536876666666664</v>
+        <v>0.81897793333333324</v>
       </c>
     </row>
     <row r="16" spans="1:23" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="67" t="s">
         <v>159</v>
       </c>
       <c r="B16" s="117">
         <v>124.238438</v>
       </c>
       <c r="C16" s="117">
         <v>0.7705221166666667</v>
       </c>
       <c r="D16" s="117">
         <v>115.824489</v>
       </c>
       <c r="E16" s="117">
         <v>0.68329683333333335</v>
       </c>
       <c r="F16" s="117">
         <v>113.796404</v>
       </c>
       <c r="G16" s="117">
         <v>0.72729396666666668</v>
       </c>
       <c r="H16" s="117">
@@ -12147,54 +12182,54 @@
       <c r="L16" s="117">
         <v>109.65392799999999</v>
       </c>
       <c r="M16" s="117">
         <v>0.7145083333333333</v>
       </c>
       <c r="N16" s="117">
         <v>155.96350000000001</v>
       </c>
       <c r="O16" s="117">
         <v>0.68967768333333335</v>
       </c>
       <c r="P16" s="117">
         <v>110.786455</v>
       </c>
       <c r="Q16" s="117">
         <v>0.51736113333333333</v>
       </c>
       <c r="R16" s="117">
         <v>231.347296</v>
       </c>
       <c r="S16" s="117">
         <v>0.89860593333333338</v>
       </c>
       <c r="T16" s="117">
-        <v>259.14748900000001</v>
+        <v>296.657082</v>
       </c>
       <c r="U16" s="118">
-        <v>0.65557390000000004</v>
+        <v>0.74208538333333329</v>
       </c>
     </row>
     <row r="17" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="67" t="s">
         <v>160</v>
       </c>
       <c r="B17" s="117">
         <v>97.016812999999999</v>
       </c>
       <c r="C17" s="117">
         <v>0.65250299999999994</v>
       </c>
       <c r="D17" s="117">
         <v>100.455822</v>
       </c>
       <c r="E17" s="117">
         <v>0.62133689999999997</v>
       </c>
       <c r="F17" s="117">
         <v>92.041977000000003</v>
       </c>
       <c r="G17" s="117">
         <v>0.64072413333333322</v>
       </c>
       <c r="H17" s="117">
@@ -12212,54 +12247,54 @@
       <c r="L17" s="117">
         <v>93.402190000000004</v>
       </c>
       <c r="M17" s="117">
         <v>0.6105552500000001</v>
       </c>
       <c r="N17" s="117">
         <v>145.42759000000001</v>
       </c>
       <c r="O17" s="117">
         <v>0.63011466666666671</v>
       </c>
       <c r="P17" s="117">
         <v>140.894409</v>
       </c>
       <c r="Q17" s="117">
         <v>0.66401216666666663</v>
       </c>
       <c r="R17" s="117">
         <v>178.154944</v>
       </c>
       <c r="S17" s="117">
         <v>0.69740083333333336</v>
       </c>
       <c r="T17" s="117">
-        <v>240.45085800000001</v>
+        <v>261.92771299999998</v>
       </c>
       <c r="U17" s="118">
-        <v>0.5671373666666667</v>
+        <v>0.61247536666666669</v>
       </c>
     </row>
     <row r="18" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="67" t="s">
         <v>161</v>
       </c>
       <c r="B18" s="117">
         <v>112.23928600000001</v>
       </c>
       <c r="C18" s="117">
         <v>0.74756066666666665</v>
       </c>
       <c r="D18" s="117">
         <v>114.46343899999999</v>
       </c>
       <c r="E18" s="117">
         <v>0.70673331666666661</v>
       </c>
       <c r="F18" s="117">
         <v>104.693286</v>
       </c>
       <c r="G18" s="117">
         <v>0.74500376666666668</v>
       </c>
       <c r="H18" s="117">
@@ -12277,54 +12312,54 @@
       <c r="L18" s="117">
         <v>120.058643</v>
       </c>
       <c r="M18" s="117">
         <v>0.78772778333333326</v>
       </c>
       <c r="N18" s="117">
         <v>172.08615</v>
       </c>
       <c r="O18" s="117">
         <v>0.70666153333333337</v>
       </c>
       <c r="P18" s="117">
         <v>170.69545500000001</v>
       </c>
       <c r="Q18" s="117">
         <v>0.78909921666666671</v>
       </c>
       <c r="R18" s="117">
         <v>171.61126300000001</v>
       </c>
       <c r="S18" s="117">
         <v>0.6862244666666667</v>
       </c>
       <c r="T18" s="117">
-        <v>288.83911999999998</v>
+        <v>330.25604800000002</v>
       </c>
       <c r="U18" s="118">
-        <v>0.72120360000000006</v>
+        <v>0.81036848333333333</v>
       </c>
     </row>
     <row r="19" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="67" t="s">
         <v>109</v>
       </c>
       <c r="B19" s="117">
         <v>0.78988400000000003</v>
       </c>
       <c r="C19" s="117">
         <v>7.8200000000000006E-3</v>
       </c>
       <c r="D19" s="117">
         <v>0.85467499999999996</v>
       </c>
       <c r="E19" s="117">
         <v>6.28E-3</v>
       </c>
       <c r="F19" s="117">
         <v>43.513016</v>
       </c>
       <c r="G19" s="117">
         <v>0.42315025000000001</v>
       </c>
       <c r="H19" s="117">
@@ -12342,54 +12377,54 @@
       <c r="L19" s="117">
         <v>125.20325699999999</v>
       </c>
       <c r="M19" s="117">
         <v>1.1132298666666667</v>
       </c>
       <c r="N19" s="117">
         <v>303.89865200000003</v>
       </c>
       <c r="O19" s="117">
         <v>1.5859270000000001</v>
       </c>
       <c r="P19" s="117">
         <v>186.96010200000001</v>
       </c>
       <c r="Q19" s="117">
         <v>1.1123953</v>
       </c>
       <c r="R19" s="117">
         <v>82.703385999999995</v>
       </c>
       <c r="S19" s="117">
         <v>0.43590839999999997</v>
       </c>
       <c r="T19" s="117">
-        <v>168.81365600000001</v>
+        <v>193.14963599999999</v>
       </c>
       <c r="U19" s="118">
-        <v>0.55625256666666667</v>
+        <v>0.64242623333333337</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="122" t="s">
         <v>162</v>
       </c>
       <c r="B20" s="123">
         <v>3998.6774479999999</v>
       </c>
       <c r="C20" s="123">
         <v>24.771081883333334</v>
       </c>
       <c r="D20" s="123">
         <v>3801.8830699999999</v>
       </c>
       <c r="E20" s="123">
         <v>22.59596325</v>
       </c>
       <c r="F20" s="123">
         <v>3537.3024490000003</v>
       </c>
       <c r="G20" s="123">
         <v>24.682748033333336</v>
       </c>
       <c r="H20" s="123">
@@ -12407,54 +12442,54 @@
       <c r="L20" s="123">
         <v>4738.2157100000004</v>
       </c>
       <c r="M20" s="123">
         <v>30.349075099999997</v>
       </c>
       <c r="N20" s="123">
         <v>7289.5484669999996</v>
       </c>
       <c r="O20" s="123">
         <v>30.344500416666666</v>
       </c>
       <c r="P20" s="123">
         <v>5631.3277150000004</v>
       </c>
       <c r="Q20" s="123">
         <v>26.946995449999999</v>
       </c>
       <c r="R20" s="123">
         <v>8772.7474430000002</v>
       </c>
       <c r="S20" s="123">
         <v>35.378196333333335</v>
       </c>
       <c r="T20" s="123">
-        <v>9197.9702930000003</v>
+        <v>10345.278422000001</v>
       </c>
       <c r="U20" s="124">
-        <v>23.625353433333334</v>
+        <v>26.280359466666663</v>
       </c>
     </row>
     <row r="21" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="67" t="s">
         <v>69</v>
       </c>
       <c r="B21" s="117">
         <v>844.06711899999982</v>
       </c>
       <c r="C21" s="117">
         <v>5.6254183666666613</v>
       </c>
       <c r="D21" s="117">
         <v>798.3552550000004</v>
       </c>
       <c r="E21" s="117">
         <v>4.8675555833333313</v>
       </c>
       <c r="F21" s="117">
         <v>822.70947399999977</v>
       </c>
       <c r="G21" s="117">
         <v>5.7674203999999989</v>
       </c>
       <c r="H21" s="117">
@@ -12472,54 +12507,54 @@
       <c r="L21" s="117">
         <v>1066.4695439999996</v>
       </c>
       <c r="M21" s="117">
         <v>7.6971422833333314</v>
       </c>
       <c r="N21" s="117">
         <v>1224.5471910000006</v>
       </c>
       <c r="O21" s="117">
         <v>5.1897817499999981</v>
       </c>
       <c r="P21" s="117">
         <v>1682.8571430000011</v>
       </c>
       <c r="Q21" s="117">
         <v>8.3324084999999961</v>
       </c>
       <c r="R21" s="117">
         <v>2565.3284429999985</v>
       </c>
       <c r="S21" s="117">
         <v>10.76690314999999</v>
       </c>
       <c r="T21" s="117">
-        <v>2613.2469650000003</v>
+        <v>2962.4615709999998</v>
       </c>
       <c r="U21" s="118">
-        <v>7.1500704000000006</v>
+        <v>8.0309132500000011</v>
       </c>
     </row>
     <row r="22" spans="1:21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B22" s="125">
         <v>4842.7445669999997</v>
       </c>
       <c r="C22" s="125">
         <v>30.396500249999995</v>
       </c>
       <c r="D22" s="125">
         <v>4600.2383250000003</v>
       </c>
       <c r="E22" s="125">
         <v>27.463518833333332</v>
       </c>
       <c r="F22" s="125">
         <v>4360.011923</v>
       </c>
       <c r="G22" s="125">
         <v>30.450168433333335</v>
       </c>
       <c r="H22" s="125">
@@ -12537,54 +12572,54 @@
       <c r="L22" s="125">
         <v>5804.685254</v>
       </c>
       <c r="M22" s="125">
         <v>38.046217383333328</v>
       </c>
       <c r="N22" s="125">
         <v>8514.0956580000002</v>
       </c>
       <c r="O22" s="125">
         <v>35.534282166666664</v>
       </c>
       <c r="P22" s="125">
         <v>7314.1848580000014</v>
       </c>
       <c r="Q22" s="125">
         <v>35.279403949999995</v>
       </c>
       <c r="R22" s="125">
         <v>11338.075885999999</v>
       </c>
       <c r="S22" s="125">
         <v>46.145099483333325</v>
       </c>
       <c r="T22" s="125">
-        <v>11811.217258000001</v>
+        <v>13307.739993000001</v>
       </c>
       <c r="U22" s="126">
-        <v>30.775423833333335</v>
+        <v>34.311272716666664</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="94" t="s">
         <v>163</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
     </row>
     <row r="24" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="32" t="s">
         <v>60</v>
       </c>
       <c r="B24" s="32"/>
@@ -12963,60 +12998,60 @@
       <c r="G45" s="69"/>
       <c r="H45" s="69"/>
       <c r="I45" s="69"/>
       <c r="J45" s="69"/>
       <c r="K45" s="69"/>
       <c r="L45"/>
       <c r="M45"/>
     </row>
     <row r="46" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="69"/>
       <c r="B46" s="69"/>
       <c r="C46" s="69"/>
       <c r="D46" s="69"/>
       <c r="E46" s="69"/>
       <c r="F46" s="69"/>
       <c r="G46" s="69"/>
       <c r="H46" s="69"/>
       <c r="I46" s="69"/>
       <c r="J46" s="69"/>
       <c r="K46" s="69"/>
       <c r="L46"/>
       <c r="M46"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="P3:Q3"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
-    <mergeCell ref="B3:C3"/>
-[...3 lines deleted...]
-    <mergeCell ref="J3:K3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="1.4173228346456694" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A2:M9"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="9.85546875" style="4" bestFit="1" customWidth="1"/>
@@ -13798,804 +13833,802 @@
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="K7:K8"/>
     <mergeCell ref="I7:I8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="L7:L8"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.51181102362204722" right="0.23" top="1.4" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="115" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:K1"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.23" top="1.4" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="104" fitToWidth="2" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="45" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I35"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="6.5703125" style="3" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" style="3" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="3" customWidth="1"/>
     <col min="8" max="8" width="18.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.7109375" style="3" customWidth="1"/>
     <col min="10" max="12" width="9.140625" style="3"/>
     <col min="13" max="13" width="16.28515625" style="3" customWidth="1"/>
-    <col min="14" max="257" width="9.140625" style="3"/>
-[...689 lines deleted...]
-    <col min="16343" max="16384" width="9.140625" style="3"/>
+    <col min="14" max="251" width="9.140625" style="3"/>
+    <col min="252" max="252" width="16.28515625" style="3" customWidth="1"/>
+    <col min="253" max="253" width="9.7109375" style="3" customWidth="1"/>
+    <col min="254" max="254" width="14.7109375" style="3" customWidth="1"/>
+    <col min="255" max="255" width="7.140625" style="3" customWidth="1"/>
+    <col min="256" max="256" width="9.140625" style="3"/>
+    <col min="257" max="257" width="16.28515625" style="3" customWidth="1"/>
+    <col min="258" max="258" width="9.7109375" style="3" customWidth="1"/>
+    <col min="259" max="259" width="17.5703125" style="3" customWidth="1"/>
+    <col min="260" max="260" width="11.7109375" style="3" customWidth="1"/>
+    <col min="261" max="261" width="10.42578125" style="3" customWidth="1"/>
+    <col min="262" max="507" width="9.140625" style="3"/>
+    <col min="508" max="508" width="16.28515625" style="3" customWidth="1"/>
+    <col min="509" max="509" width="9.7109375" style="3" customWidth="1"/>
+    <col min="510" max="510" width="14.7109375" style="3" customWidth="1"/>
+    <col min="511" max="511" width="7.140625" style="3" customWidth="1"/>
+    <col min="512" max="512" width="9.140625" style="3"/>
+    <col min="513" max="513" width="16.28515625" style="3" customWidth="1"/>
+    <col min="514" max="514" width="9.7109375" style="3" customWidth="1"/>
+    <col min="515" max="515" width="17.5703125" style="3" customWidth="1"/>
+    <col min="516" max="516" width="11.7109375" style="3" customWidth="1"/>
+    <col min="517" max="517" width="10.42578125" style="3" customWidth="1"/>
+    <col min="518" max="763" width="9.140625" style="3"/>
+    <col min="764" max="764" width="16.28515625" style="3" customWidth="1"/>
+    <col min="765" max="765" width="9.7109375" style="3" customWidth="1"/>
+    <col min="766" max="766" width="14.7109375" style="3" customWidth="1"/>
+    <col min="767" max="767" width="7.140625" style="3" customWidth="1"/>
+    <col min="768" max="768" width="9.140625" style="3"/>
+    <col min="769" max="769" width="16.28515625" style="3" customWidth="1"/>
+    <col min="770" max="770" width="9.7109375" style="3" customWidth="1"/>
+    <col min="771" max="771" width="17.5703125" style="3" customWidth="1"/>
+    <col min="772" max="772" width="11.7109375" style="3" customWidth="1"/>
+    <col min="773" max="773" width="10.42578125" style="3" customWidth="1"/>
+    <col min="774" max="1019" width="9.140625" style="3"/>
+    <col min="1020" max="1020" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1021" max="1021" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1022" max="1022" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1023" max="1023" width="7.140625" style="3" customWidth="1"/>
+    <col min="1024" max="1024" width="9.140625" style="3"/>
+    <col min="1025" max="1025" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1026" max="1026" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1027" max="1027" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1028" max="1028" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1029" max="1029" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1030" max="1275" width="9.140625" style="3"/>
+    <col min="1276" max="1276" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1277" max="1277" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1278" max="1278" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1279" max="1279" width="7.140625" style="3" customWidth="1"/>
+    <col min="1280" max="1280" width="9.140625" style="3"/>
+    <col min="1281" max="1281" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1282" max="1282" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1283" max="1283" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1284" max="1284" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1285" max="1285" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1286" max="1531" width="9.140625" style="3"/>
+    <col min="1532" max="1532" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1533" max="1533" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1534" max="1534" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1535" max="1535" width="7.140625" style="3" customWidth="1"/>
+    <col min="1536" max="1536" width="9.140625" style="3"/>
+    <col min="1537" max="1537" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1538" max="1538" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1539" max="1539" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1540" max="1540" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1541" max="1541" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1542" max="1787" width="9.140625" style="3"/>
+    <col min="1788" max="1788" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1789" max="1789" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1790" max="1790" width="14.7109375" style="3" customWidth="1"/>
+    <col min="1791" max="1791" width="7.140625" style="3" customWidth="1"/>
+    <col min="1792" max="1792" width="9.140625" style="3"/>
+    <col min="1793" max="1793" width="16.28515625" style="3" customWidth="1"/>
+    <col min="1794" max="1794" width="9.7109375" style="3" customWidth="1"/>
+    <col min="1795" max="1795" width="17.5703125" style="3" customWidth="1"/>
+    <col min="1796" max="1796" width="11.7109375" style="3" customWidth="1"/>
+    <col min="1797" max="1797" width="10.42578125" style="3" customWidth="1"/>
+    <col min="1798" max="2043" width="9.140625" style="3"/>
+    <col min="2044" max="2044" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2045" max="2045" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2046" max="2046" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2047" max="2047" width="7.140625" style="3" customWidth="1"/>
+    <col min="2048" max="2048" width="9.140625" style="3"/>
+    <col min="2049" max="2049" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2050" max="2050" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2051" max="2051" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2052" max="2052" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2053" max="2053" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2054" max="2299" width="9.140625" style="3"/>
+    <col min="2300" max="2300" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2301" max="2301" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2302" max="2302" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2303" max="2303" width="7.140625" style="3" customWidth="1"/>
+    <col min="2304" max="2304" width="9.140625" style="3"/>
+    <col min="2305" max="2305" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2306" max="2306" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2307" max="2307" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2308" max="2308" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2309" max="2309" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2310" max="2555" width="9.140625" style="3"/>
+    <col min="2556" max="2556" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2557" max="2557" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2558" max="2558" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2559" max="2559" width="7.140625" style="3" customWidth="1"/>
+    <col min="2560" max="2560" width="9.140625" style="3"/>
+    <col min="2561" max="2561" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2562" max="2562" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2563" max="2563" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2564" max="2564" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2565" max="2565" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2566" max="2811" width="9.140625" style="3"/>
+    <col min="2812" max="2812" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2813" max="2813" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2814" max="2814" width="14.7109375" style="3" customWidth="1"/>
+    <col min="2815" max="2815" width="7.140625" style="3" customWidth="1"/>
+    <col min="2816" max="2816" width="9.140625" style="3"/>
+    <col min="2817" max="2817" width="16.28515625" style="3" customWidth="1"/>
+    <col min="2818" max="2818" width="9.7109375" style="3" customWidth="1"/>
+    <col min="2819" max="2819" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2820" max="2820" width="11.7109375" style="3" customWidth="1"/>
+    <col min="2821" max="2821" width="10.42578125" style="3" customWidth="1"/>
+    <col min="2822" max="3067" width="9.140625" style="3"/>
+    <col min="3068" max="3068" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3069" max="3069" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3070" max="3070" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3071" max="3071" width="7.140625" style="3" customWidth="1"/>
+    <col min="3072" max="3072" width="9.140625" style="3"/>
+    <col min="3073" max="3073" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3074" max="3074" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3075" max="3075" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3076" max="3076" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3077" max="3077" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3078" max="3323" width="9.140625" style="3"/>
+    <col min="3324" max="3324" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3325" max="3325" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3326" max="3326" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3327" max="3327" width="7.140625" style="3" customWidth="1"/>
+    <col min="3328" max="3328" width="9.140625" style="3"/>
+    <col min="3329" max="3329" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3330" max="3330" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3331" max="3331" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3332" max="3332" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3333" max="3333" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3334" max="3579" width="9.140625" style="3"/>
+    <col min="3580" max="3580" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3581" max="3581" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3582" max="3582" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3583" max="3583" width="7.140625" style="3" customWidth="1"/>
+    <col min="3584" max="3584" width="9.140625" style="3"/>
+    <col min="3585" max="3585" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3586" max="3586" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3587" max="3587" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3588" max="3588" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3589" max="3589" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3590" max="3835" width="9.140625" style="3"/>
+    <col min="3836" max="3836" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3837" max="3837" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3838" max="3838" width="14.7109375" style="3" customWidth="1"/>
+    <col min="3839" max="3839" width="7.140625" style="3" customWidth="1"/>
+    <col min="3840" max="3840" width="9.140625" style="3"/>
+    <col min="3841" max="3841" width="16.28515625" style="3" customWidth="1"/>
+    <col min="3842" max="3842" width="9.7109375" style="3" customWidth="1"/>
+    <col min="3843" max="3843" width="17.5703125" style="3" customWidth="1"/>
+    <col min="3844" max="3844" width="11.7109375" style="3" customWidth="1"/>
+    <col min="3845" max="3845" width="10.42578125" style="3" customWidth="1"/>
+    <col min="3846" max="4091" width="9.140625" style="3"/>
+    <col min="4092" max="4092" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4093" max="4093" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4094" max="4094" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4095" max="4095" width="7.140625" style="3" customWidth="1"/>
+    <col min="4096" max="4096" width="9.140625" style="3"/>
+    <col min="4097" max="4097" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4098" max="4098" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4099" max="4099" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4100" max="4100" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4101" max="4101" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4102" max="4347" width="9.140625" style="3"/>
+    <col min="4348" max="4348" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4349" max="4349" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4350" max="4350" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4351" max="4351" width="7.140625" style="3" customWidth="1"/>
+    <col min="4352" max="4352" width="9.140625" style="3"/>
+    <col min="4353" max="4353" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4354" max="4354" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4355" max="4355" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4356" max="4356" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4357" max="4357" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4358" max="4603" width="9.140625" style="3"/>
+    <col min="4604" max="4604" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4605" max="4605" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4606" max="4606" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4607" max="4607" width="7.140625" style="3" customWidth="1"/>
+    <col min="4608" max="4608" width="9.140625" style="3"/>
+    <col min="4609" max="4609" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4610" max="4610" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4611" max="4611" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4612" max="4612" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4613" max="4613" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4614" max="4859" width="9.140625" style="3"/>
+    <col min="4860" max="4860" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4861" max="4861" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4862" max="4862" width="14.7109375" style="3" customWidth="1"/>
+    <col min="4863" max="4863" width="7.140625" style="3" customWidth="1"/>
+    <col min="4864" max="4864" width="9.140625" style="3"/>
+    <col min="4865" max="4865" width="16.28515625" style="3" customWidth="1"/>
+    <col min="4866" max="4866" width="9.7109375" style="3" customWidth="1"/>
+    <col min="4867" max="4867" width="17.5703125" style="3" customWidth="1"/>
+    <col min="4868" max="4868" width="11.7109375" style="3" customWidth="1"/>
+    <col min="4869" max="4869" width="10.42578125" style="3" customWidth="1"/>
+    <col min="4870" max="5115" width="9.140625" style="3"/>
+    <col min="5116" max="5116" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5117" max="5117" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5118" max="5118" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5119" max="5119" width="7.140625" style="3" customWidth="1"/>
+    <col min="5120" max="5120" width="9.140625" style="3"/>
+    <col min="5121" max="5121" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5122" max="5122" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5123" max="5123" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5124" max="5124" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5125" max="5125" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5126" max="5371" width="9.140625" style="3"/>
+    <col min="5372" max="5372" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5373" max="5373" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5374" max="5374" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5375" max="5375" width="7.140625" style="3" customWidth="1"/>
+    <col min="5376" max="5376" width="9.140625" style="3"/>
+    <col min="5377" max="5377" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5378" max="5378" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5379" max="5379" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5380" max="5380" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5381" max="5381" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5382" max="5627" width="9.140625" style="3"/>
+    <col min="5628" max="5628" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5629" max="5629" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5630" max="5630" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5631" max="5631" width="7.140625" style="3" customWidth="1"/>
+    <col min="5632" max="5632" width="9.140625" style="3"/>
+    <col min="5633" max="5633" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5634" max="5634" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5635" max="5635" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5636" max="5636" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5637" max="5637" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5638" max="5883" width="9.140625" style="3"/>
+    <col min="5884" max="5884" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5885" max="5885" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5886" max="5886" width="14.7109375" style="3" customWidth="1"/>
+    <col min="5887" max="5887" width="7.140625" style="3" customWidth="1"/>
+    <col min="5888" max="5888" width="9.140625" style="3"/>
+    <col min="5889" max="5889" width="16.28515625" style="3" customWidth="1"/>
+    <col min="5890" max="5890" width="9.7109375" style="3" customWidth="1"/>
+    <col min="5891" max="5891" width="17.5703125" style="3" customWidth="1"/>
+    <col min="5892" max="5892" width="11.7109375" style="3" customWidth="1"/>
+    <col min="5893" max="5893" width="10.42578125" style="3" customWidth="1"/>
+    <col min="5894" max="6139" width="9.140625" style="3"/>
+    <col min="6140" max="6140" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6141" max="6141" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6142" max="6142" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6143" max="6143" width="7.140625" style="3" customWidth="1"/>
+    <col min="6144" max="6144" width="9.140625" style="3"/>
+    <col min="6145" max="6145" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6146" max="6146" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6147" max="6147" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6148" max="6148" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6149" max="6149" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6150" max="6395" width="9.140625" style="3"/>
+    <col min="6396" max="6396" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6397" max="6397" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6398" max="6398" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6399" max="6399" width="7.140625" style="3" customWidth="1"/>
+    <col min="6400" max="6400" width="9.140625" style="3"/>
+    <col min="6401" max="6401" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6402" max="6402" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6403" max="6403" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6404" max="6404" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6405" max="6405" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6406" max="6651" width="9.140625" style="3"/>
+    <col min="6652" max="6652" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6653" max="6653" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6654" max="6654" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6655" max="6655" width="7.140625" style="3" customWidth="1"/>
+    <col min="6656" max="6656" width="9.140625" style="3"/>
+    <col min="6657" max="6657" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6658" max="6658" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6659" max="6659" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6660" max="6660" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6661" max="6661" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6662" max="6907" width="9.140625" style="3"/>
+    <col min="6908" max="6908" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6909" max="6909" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6910" max="6910" width="14.7109375" style="3" customWidth="1"/>
+    <col min="6911" max="6911" width="7.140625" style="3" customWidth="1"/>
+    <col min="6912" max="6912" width="9.140625" style="3"/>
+    <col min="6913" max="6913" width="16.28515625" style="3" customWidth="1"/>
+    <col min="6914" max="6914" width="9.7109375" style="3" customWidth="1"/>
+    <col min="6915" max="6915" width="17.5703125" style="3" customWidth="1"/>
+    <col min="6916" max="6916" width="11.7109375" style="3" customWidth="1"/>
+    <col min="6917" max="6917" width="10.42578125" style="3" customWidth="1"/>
+    <col min="6918" max="7163" width="9.140625" style="3"/>
+    <col min="7164" max="7164" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7165" max="7165" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7166" max="7166" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7167" max="7167" width="7.140625" style="3" customWidth="1"/>
+    <col min="7168" max="7168" width="9.140625" style="3"/>
+    <col min="7169" max="7169" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7170" max="7170" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7171" max="7171" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7172" max="7172" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7173" max="7173" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7174" max="7419" width="9.140625" style="3"/>
+    <col min="7420" max="7420" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7421" max="7421" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7422" max="7422" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7423" max="7423" width="7.140625" style="3" customWidth="1"/>
+    <col min="7424" max="7424" width="9.140625" style="3"/>
+    <col min="7425" max="7425" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7426" max="7426" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7427" max="7427" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7428" max="7428" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7429" max="7429" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7430" max="7675" width="9.140625" style="3"/>
+    <col min="7676" max="7676" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7677" max="7677" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7678" max="7678" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7679" max="7679" width="7.140625" style="3" customWidth="1"/>
+    <col min="7680" max="7680" width="9.140625" style="3"/>
+    <col min="7681" max="7681" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7682" max="7682" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7683" max="7683" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7684" max="7684" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7685" max="7685" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7686" max="7931" width="9.140625" style="3"/>
+    <col min="7932" max="7932" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7933" max="7933" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7934" max="7934" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7935" max="7935" width="7.140625" style="3" customWidth="1"/>
+    <col min="7936" max="7936" width="9.140625" style="3"/>
+    <col min="7937" max="7937" width="16.28515625" style="3" customWidth="1"/>
+    <col min="7938" max="7938" width="9.7109375" style="3" customWidth="1"/>
+    <col min="7939" max="7939" width="17.5703125" style="3" customWidth="1"/>
+    <col min="7940" max="7940" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7941" max="7941" width="10.42578125" style="3" customWidth="1"/>
+    <col min="7942" max="8187" width="9.140625" style="3"/>
+    <col min="8188" max="8188" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8189" max="8189" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8190" max="8190" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8191" max="8191" width="7.140625" style="3" customWidth="1"/>
+    <col min="8192" max="8192" width="9.140625" style="3"/>
+    <col min="8193" max="8193" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8194" max="8194" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8195" max="8195" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8196" max="8196" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8197" max="8197" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8198" max="8443" width="9.140625" style="3"/>
+    <col min="8444" max="8444" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8445" max="8445" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8446" max="8446" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8447" max="8447" width="7.140625" style="3" customWidth="1"/>
+    <col min="8448" max="8448" width="9.140625" style="3"/>
+    <col min="8449" max="8449" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8450" max="8450" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8451" max="8451" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8452" max="8452" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8453" max="8453" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8454" max="8699" width="9.140625" style="3"/>
+    <col min="8700" max="8700" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8701" max="8701" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8702" max="8702" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8703" max="8703" width="7.140625" style="3" customWidth="1"/>
+    <col min="8704" max="8704" width="9.140625" style="3"/>
+    <col min="8705" max="8705" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8706" max="8706" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8707" max="8707" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8708" max="8708" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8709" max="8709" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8710" max="8955" width="9.140625" style="3"/>
+    <col min="8956" max="8956" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8957" max="8957" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8958" max="8958" width="14.7109375" style="3" customWidth="1"/>
+    <col min="8959" max="8959" width="7.140625" style="3" customWidth="1"/>
+    <col min="8960" max="8960" width="9.140625" style="3"/>
+    <col min="8961" max="8961" width="16.28515625" style="3" customWidth="1"/>
+    <col min="8962" max="8962" width="9.7109375" style="3" customWidth="1"/>
+    <col min="8963" max="8963" width="17.5703125" style="3" customWidth="1"/>
+    <col min="8964" max="8964" width="11.7109375" style="3" customWidth="1"/>
+    <col min="8965" max="8965" width="10.42578125" style="3" customWidth="1"/>
+    <col min="8966" max="9211" width="9.140625" style="3"/>
+    <col min="9212" max="9212" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9213" max="9213" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9214" max="9214" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9215" max="9215" width="7.140625" style="3" customWidth="1"/>
+    <col min="9216" max="9216" width="9.140625" style="3"/>
+    <col min="9217" max="9217" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9218" max="9218" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9219" max="9219" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9220" max="9220" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9221" max="9221" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9222" max="9467" width="9.140625" style="3"/>
+    <col min="9468" max="9468" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9469" max="9469" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9470" max="9470" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9471" max="9471" width="7.140625" style="3" customWidth="1"/>
+    <col min="9472" max="9472" width="9.140625" style="3"/>
+    <col min="9473" max="9473" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9474" max="9474" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9475" max="9475" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9476" max="9476" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9477" max="9477" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9478" max="9723" width="9.140625" style="3"/>
+    <col min="9724" max="9724" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9725" max="9725" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9726" max="9726" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9727" max="9727" width="7.140625" style="3" customWidth="1"/>
+    <col min="9728" max="9728" width="9.140625" style="3"/>
+    <col min="9729" max="9729" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9730" max="9730" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9731" max="9731" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9732" max="9732" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9733" max="9733" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9734" max="9979" width="9.140625" style="3"/>
+    <col min="9980" max="9980" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9981" max="9981" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9982" max="9982" width="14.7109375" style="3" customWidth="1"/>
+    <col min="9983" max="9983" width="7.140625" style="3" customWidth="1"/>
+    <col min="9984" max="9984" width="9.140625" style="3"/>
+    <col min="9985" max="9985" width="16.28515625" style="3" customWidth="1"/>
+    <col min="9986" max="9986" width="9.7109375" style="3" customWidth="1"/>
+    <col min="9987" max="9987" width="17.5703125" style="3" customWidth="1"/>
+    <col min="9988" max="9988" width="11.7109375" style="3" customWidth="1"/>
+    <col min="9989" max="9989" width="10.42578125" style="3" customWidth="1"/>
+    <col min="9990" max="10235" width="9.140625" style="3"/>
+    <col min="10236" max="10236" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10237" max="10237" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10238" max="10238" width="14.7109375" style="3" customWidth="1"/>
+    <col min="10239" max="10239" width="7.140625" style="3" customWidth="1"/>
+    <col min="10240" max="10240" width="9.140625" style="3"/>
+    <col min="10241" max="10241" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10242" max="10242" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10243" max="10243" width="17.5703125" style="3" customWidth="1"/>
+    <col min="10244" max="10244" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10245" max="10245" width="10.42578125" style="3" customWidth="1"/>
+    <col min="10246" max="10491" width="9.140625" style="3"/>
+    <col min="10492" max="10492" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10493" max="10493" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10494" max="10494" width="14.7109375" style="3" customWidth="1"/>
+    <col min="10495" max="10495" width="7.140625" style="3" customWidth="1"/>
+    <col min="10496" max="10496" width="9.140625" style="3"/>
+    <col min="10497" max="10497" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10498" max="10498" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10499" max="10499" width="17.5703125" style="3" customWidth="1"/>
+    <col min="10500" max="10500" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10501" max="10501" width="10.42578125" style="3" customWidth="1"/>
+    <col min="10502" max="10747" width="9.140625" style="3"/>
+    <col min="10748" max="10748" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10749" max="10749" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10750" max="10750" width="14.7109375" style="3" customWidth="1"/>
+    <col min="10751" max="10751" width="7.140625" style="3" customWidth="1"/>
+    <col min="10752" max="10752" width="9.140625" style="3"/>
+    <col min="10753" max="10753" width="16.28515625" style="3" customWidth="1"/>
+    <col min="10754" max="10754" width="9.7109375" style="3" customWidth="1"/>
+    <col min="10755" max="10755" width="17.5703125" style="3" customWidth="1"/>
+    <col min="10756" max="10756" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10757" max="10757" width="10.42578125" style="3" customWidth="1"/>
+    <col min="10758" max="11003" width="9.140625" style="3"/>
+    <col min="11004" max="11004" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11005" max="11005" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11006" max="11006" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11007" max="11007" width="7.140625" style="3" customWidth="1"/>
+    <col min="11008" max="11008" width="9.140625" style="3"/>
+    <col min="11009" max="11009" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11010" max="11010" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11011" max="11011" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11012" max="11012" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11013" max="11013" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11014" max="11259" width="9.140625" style="3"/>
+    <col min="11260" max="11260" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11261" max="11261" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11262" max="11262" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11263" max="11263" width="7.140625" style="3" customWidth="1"/>
+    <col min="11264" max="11264" width="9.140625" style="3"/>
+    <col min="11265" max="11265" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11266" max="11266" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11267" max="11267" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11268" max="11268" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11269" max="11269" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11270" max="11515" width="9.140625" style="3"/>
+    <col min="11516" max="11516" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11517" max="11517" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11518" max="11518" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11519" max="11519" width="7.140625" style="3" customWidth="1"/>
+    <col min="11520" max="11520" width="9.140625" style="3"/>
+    <col min="11521" max="11521" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11522" max="11522" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11523" max="11523" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11524" max="11524" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11525" max="11525" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11526" max="11771" width="9.140625" style="3"/>
+    <col min="11772" max="11772" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11773" max="11773" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11774" max="11774" width="14.7109375" style="3" customWidth="1"/>
+    <col min="11775" max="11775" width="7.140625" style="3" customWidth="1"/>
+    <col min="11776" max="11776" width="9.140625" style="3"/>
+    <col min="11777" max="11777" width="16.28515625" style="3" customWidth="1"/>
+    <col min="11778" max="11778" width="9.7109375" style="3" customWidth="1"/>
+    <col min="11779" max="11779" width="17.5703125" style="3" customWidth="1"/>
+    <col min="11780" max="11780" width="11.7109375" style="3" customWidth="1"/>
+    <col min="11781" max="11781" width="10.42578125" style="3" customWidth="1"/>
+    <col min="11782" max="12027" width="9.140625" style="3"/>
+    <col min="12028" max="12028" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12029" max="12029" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12030" max="12030" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12031" max="12031" width="7.140625" style="3" customWidth="1"/>
+    <col min="12032" max="12032" width="9.140625" style="3"/>
+    <col min="12033" max="12033" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12034" max="12034" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12035" max="12035" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12036" max="12036" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12037" max="12037" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12038" max="12283" width="9.140625" style="3"/>
+    <col min="12284" max="12284" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12285" max="12285" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12286" max="12286" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12287" max="12287" width="7.140625" style="3" customWidth="1"/>
+    <col min="12288" max="12288" width="9.140625" style="3"/>
+    <col min="12289" max="12289" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12290" max="12290" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12291" max="12291" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12292" max="12292" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12293" max="12293" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12294" max="12539" width="9.140625" style="3"/>
+    <col min="12540" max="12540" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12541" max="12541" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12542" max="12542" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12543" max="12543" width="7.140625" style="3" customWidth="1"/>
+    <col min="12544" max="12544" width="9.140625" style="3"/>
+    <col min="12545" max="12545" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12546" max="12546" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12547" max="12547" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12548" max="12548" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12549" max="12549" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12550" max="12795" width="9.140625" style="3"/>
+    <col min="12796" max="12796" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12797" max="12797" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12798" max="12798" width="14.7109375" style="3" customWidth="1"/>
+    <col min="12799" max="12799" width="7.140625" style="3" customWidth="1"/>
+    <col min="12800" max="12800" width="9.140625" style="3"/>
+    <col min="12801" max="12801" width="16.28515625" style="3" customWidth="1"/>
+    <col min="12802" max="12802" width="9.7109375" style="3" customWidth="1"/>
+    <col min="12803" max="12803" width="17.5703125" style="3" customWidth="1"/>
+    <col min="12804" max="12804" width="11.7109375" style="3" customWidth="1"/>
+    <col min="12805" max="12805" width="10.42578125" style="3" customWidth="1"/>
+    <col min="12806" max="13051" width="9.140625" style="3"/>
+    <col min="13052" max="13052" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13053" max="13053" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13054" max="13054" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13055" max="13055" width="7.140625" style="3" customWidth="1"/>
+    <col min="13056" max="13056" width="9.140625" style="3"/>
+    <col min="13057" max="13057" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13058" max="13058" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13059" max="13059" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13060" max="13060" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13061" max="13061" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13062" max="13307" width="9.140625" style="3"/>
+    <col min="13308" max="13308" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13309" max="13309" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13310" max="13310" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13311" max="13311" width="7.140625" style="3" customWidth="1"/>
+    <col min="13312" max="13312" width="9.140625" style="3"/>
+    <col min="13313" max="13313" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13314" max="13314" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13315" max="13315" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13316" max="13316" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13317" max="13317" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13318" max="13563" width="9.140625" style="3"/>
+    <col min="13564" max="13564" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13565" max="13565" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13566" max="13566" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13567" max="13567" width="7.140625" style="3" customWidth="1"/>
+    <col min="13568" max="13568" width="9.140625" style="3"/>
+    <col min="13569" max="13569" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13570" max="13570" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13571" max="13571" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13572" max="13572" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13573" max="13573" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13574" max="13819" width="9.140625" style="3"/>
+    <col min="13820" max="13820" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13821" max="13821" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13822" max="13822" width="14.7109375" style="3" customWidth="1"/>
+    <col min="13823" max="13823" width="7.140625" style="3" customWidth="1"/>
+    <col min="13824" max="13824" width="9.140625" style="3"/>
+    <col min="13825" max="13825" width="16.28515625" style="3" customWidth="1"/>
+    <col min="13826" max="13826" width="9.7109375" style="3" customWidth="1"/>
+    <col min="13827" max="13827" width="17.5703125" style="3" customWidth="1"/>
+    <col min="13828" max="13828" width="11.7109375" style="3" customWidth="1"/>
+    <col min="13829" max="13829" width="10.42578125" style="3" customWidth="1"/>
+    <col min="13830" max="14075" width="9.140625" style="3"/>
+    <col min="14076" max="14076" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14077" max="14077" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14078" max="14078" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14079" max="14079" width="7.140625" style="3" customWidth="1"/>
+    <col min="14080" max="14080" width="9.140625" style="3"/>
+    <col min="14081" max="14081" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14082" max="14082" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14083" max="14083" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14084" max="14084" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14085" max="14085" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14086" max="14331" width="9.140625" style="3"/>
+    <col min="14332" max="14332" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14333" max="14333" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14334" max="14334" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14335" max="14335" width="7.140625" style="3" customWidth="1"/>
+    <col min="14336" max="14336" width="9.140625" style="3"/>
+    <col min="14337" max="14337" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14338" max="14338" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14339" max="14339" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14340" max="14340" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14341" max="14341" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14342" max="14587" width="9.140625" style="3"/>
+    <col min="14588" max="14588" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14589" max="14589" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14590" max="14590" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14591" max="14591" width="7.140625" style="3" customWidth="1"/>
+    <col min="14592" max="14592" width="9.140625" style="3"/>
+    <col min="14593" max="14593" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14594" max="14594" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14595" max="14595" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14596" max="14596" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14597" max="14597" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14598" max="14843" width="9.140625" style="3"/>
+    <col min="14844" max="14844" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14845" max="14845" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14846" max="14846" width="14.7109375" style="3" customWidth="1"/>
+    <col min="14847" max="14847" width="7.140625" style="3" customWidth="1"/>
+    <col min="14848" max="14848" width="9.140625" style="3"/>
+    <col min="14849" max="14849" width="16.28515625" style="3" customWidth="1"/>
+    <col min="14850" max="14850" width="9.7109375" style="3" customWidth="1"/>
+    <col min="14851" max="14851" width="17.5703125" style="3" customWidth="1"/>
+    <col min="14852" max="14852" width="11.7109375" style="3" customWidth="1"/>
+    <col min="14853" max="14853" width="10.42578125" style="3" customWidth="1"/>
+    <col min="14854" max="15099" width="9.140625" style="3"/>
+    <col min="15100" max="15100" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15101" max="15101" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15102" max="15102" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15103" max="15103" width="7.140625" style="3" customWidth="1"/>
+    <col min="15104" max="15104" width="9.140625" style="3"/>
+    <col min="15105" max="15105" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15106" max="15106" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15107" max="15107" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15108" max="15108" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15109" max="15109" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15110" max="15355" width="9.140625" style="3"/>
+    <col min="15356" max="15356" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15357" max="15357" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15358" max="15358" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15359" max="15359" width="7.140625" style="3" customWidth="1"/>
+    <col min="15360" max="15360" width="9.140625" style="3"/>
+    <col min="15361" max="15361" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15362" max="15362" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15363" max="15363" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15364" max="15364" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15365" max="15365" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15366" max="15611" width="9.140625" style="3"/>
+    <col min="15612" max="15612" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15613" max="15613" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15614" max="15614" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15615" max="15615" width="7.140625" style="3" customWidth="1"/>
+    <col min="15616" max="15616" width="9.140625" style="3"/>
+    <col min="15617" max="15617" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15618" max="15618" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15619" max="15619" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15620" max="15620" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15621" max="15621" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15622" max="15867" width="9.140625" style="3"/>
+    <col min="15868" max="15868" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15869" max="15869" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15870" max="15870" width="14.7109375" style="3" customWidth="1"/>
+    <col min="15871" max="15871" width="7.140625" style="3" customWidth="1"/>
+    <col min="15872" max="15872" width="9.140625" style="3"/>
+    <col min="15873" max="15873" width="16.28515625" style="3" customWidth="1"/>
+    <col min="15874" max="15874" width="9.7109375" style="3" customWidth="1"/>
+    <col min="15875" max="15875" width="17.5703125" style="3" customWidth="1"/>
+    <col min="15876" max="15876" width="11.7109375" style="3" customWidth="1"/>
+    <col min="15877" max="15877" width="10.42578125" style="3" customWidth="1"/>
+    <col min="15878" max="16202" width="9.140625" style="3"/>
+    <col min="16203" max="16208" width="9.140625" style="3" customWidth="1"/>
+    <col min="16209" max="16222" width="9.140625" style="3"/>
+    <col min="16223" max="16244" width="9.140625" style="3" customWidth="1"/>
+    <col min="16245" max="16257" width="9.140625" style="3"/>
+    <col min="16258" max="16269" width="9.140625" style="3" customWidth="1"/>
+    <col min="16270" max="16275" width="9.140625" style="3"/>
+    <col min="16276" max="16336" width="9.140625" style="3" customWidth="1"/>
+    <col min="16337" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="241" t="s">
         <v>141</v>
       </c>
       <c r="B1" s="241"/>
       <c r="C1" s="241"/>
       <c r="D1" s="241"/>
       <c r="F1" s="241" t="s">
         <v>138</v>
       </c>
       <c r="G1" s="241"/>
       <c r="H1" s="241"/>
       <c r="I1" s="241"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B2" s="50"/>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
     </row>
     <row r="3" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
@@ -14619,395 +14652,395 @@
       </c>
       <c r="H3" s="52" t="s">
         <v>41</v>
       </c>
       <c r="I3" s="53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="96" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="97">
         <v>38704</v>
       </c>
       <c r="C4" s="98">
         <v>7334352060.54</v>
       </c>
       <c r="D4" s="143">
         <v>66.43830684562775</v>
       </c>
       <c r="F4" s="54" t="s">
         <v>3</v>
       </c>
       <c r="G4" s="55">
-        <v>30297</v>
+        <v>34988</v>
       </c>
       <c r="H4" s="56">
-        <v>6226403552.4700003</v>
+        <v>7039419289.5</v>
       </c>
       <c r="I4" s="141">
-        <v>63.130149977793486</v>
+        <v>63.518247838309946</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="96" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="97">
         <v>13112</v>
       </c>
       <c r="C5" s="98">
         <v>2065041764.7</v>
       </c>
       <c r="D5" s="143">
         <v>18.706202985580962</v>
       </c>
       <c r="F5" s="54" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="55">
-        <v>12396</v>
+        <v>13882</v>
       </c>
       <c r="H5" s="56">
-        <v>2218882486.23</v>
+        <v>2421028632.54</v>
       </c>
       <c r="I5" s="141">
-        <v>22.497479156041919</v>
+        <v>21.84548048369528</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="96" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="97">
         <v>2673</v>
       </c>
       <c r="C6" s="98">
         <v>1137934517.55</v>
       </c>
       <c r="D6" s="143">
         <v>10.307992038447628</v>
       </c>
       <c r="F6" s="54" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="55">
-        <v>1956</v>
+        <v>2312</v>
       </c>
       <c r="H6" s="56">
-        <v>963349514.98000002</v>
+        <v>1110313447.0999999</v>
       </c>
       <c r="I6" s="141">
-        <v>9.7675004276901198</v>
+        <v>10.018605485867475</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="96" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="97">
         <v>958</v>
       </c>
       <c r="C7" s="98">
         <v>353173450.79000002</v>
       </c>
       <c r="D7" s="143">
         <v>3.1992254938996822</v>
       </c>
       <c r="F7" s="54" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="55">
-        <v>766</v>
+        <v>877</v>
       </c>
       <c r="H7" s="56">
-        <v>306729369.92000002</v>
+        <v>345406672.54000002</v>
       </c>
       <c r="I7" s="141">
-        <v>3.109960824489459</v>
+        <v>3.11668132400166</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="96" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="97">
         <v>507</v>
       </c>
       <c r="C8" s="98">
         <v>54461710.609999999</v>
       </c>
       <c r="D8" s="143">
         <v>0.49334198999148615</v>
       </c>
       <c r="F8" s="54" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="55">
-        <v>531</v>
+        <v>590</v>
       </c>
       <c r="H8" s="56">
-        <v>66718805.700000003</v>
+        <v>73273395.579999998</v>
       </c>
       <c r="I8" s="141">
-        <v>0.6764688756014513</v>
+        <v>0.66116216537167594</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="96" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="97">
         <v>442</v>
       </c>
       <c r="C9" s="98">
         <v>44384954.780000001</v>
       </c>
       <c r="D9" s="143">
         <v>0.40206158917136015</v>
       </c>
       <c r="F9" s="54" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="55">
-        <v>345</v>
+        <v>439</v>
       </c>
       <c r="H9" s="56">
-        <v>40760112.25</v>
+        <v>50293233.600000001</v>
       </c>
       <c r="I9" s="141">
-        <v>0.41327099629342495</v>
+        <v>0.45380704643631486</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="96" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="147">
         <v>15</v>
       </c>
       <c r="C10" s="148">
         <v>28274653.760000002</v>
       </c>
       <c r="D10" s="143">
         <v>0.25612625450140364</v>
       </c>
       <c r="F10" s="54" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="57">
-        <v>172</v>
+        <v>199</v>
       </c>
       <c r="H10" s="58">
-        <v>17746679.32</v>
+        <v>19476409.829999998</v>
       </c>
       <c r="I10" s="141">
-        <v>0.17993541819739031</v>
+        <v>0.17573998304486646</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="96" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="97">
         <v>236</v>
       </c>
       <c r="C11" s="98">
         <v>19629228.600000001</v>
       </c>
       <c r="D11" s="143">
         <v>0.17781157791513952</v>
       </c>
       <c r="F11" s="54" t="s">
         <v>2</v>
       </c>
       <c r="G11" s="55">
         <v>16</v>
       </c>
       <c r="H11" s="56">
         <v>16950989.199999999</v>
       </c>
       <c r="I11" s="141">
-        <v>0.17186783372617151</v>
+        <v>0.15295255032131941</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="96" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="97">
         <v>1</v>
       </c>
       <c r="C12" s="98">
         <v>1200000</v>
       </c>
       <c r="D12" s="143">
         <v>1.0870212877248134E-2</v>
       </c>
       <c r="F12" s="54" t="s">
         <v>44</v>
       </c>
       <c r="G12" s="55">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H12" s="56">
-        <v>2046712.7</v>
+        <v>3136123.52</v>
       </c>
       <c r="I12" s="141">
-        <v>2.0751831875914568E-2</v>
+        <v>2.8297940895784024E-2</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="96" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="97">
         <v>3</v>
       </c>
       <c r="C13" s="98">
         <v>230871.58</v>
       </c>
       <c r="D13" s="143">
         <v>2.0913526849221857E-3</v>
       </c>
       <c r="F13" s="54" t="s">
         <v>43</v>
       </c>
       <c r="G13" s="55">
         <v>2</v>
       </c>
       <c r="H13" s="56">
         <v>1993000</v>
       </c>
       <c r="I13" s="158">
-        <v>2.020723325198389E-2</v>
+        <v>1.7983282815753877E-2</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="96" t="s">
         <v>132</v>
       </c>
       <c r="B14" s="97">
         <v>1</v>
       </c>
       <c r="C14" s="98">
         <v>186000</v>
       </c>
       <c r="D14" s="143">
         <v>1.684882995973461E-3</v>
       </c>
       <c r="F14" s="54" t="s">
         <v>0</v>
       </c>
       <c r="G14" s="55">
         <v>2</v>
       </c>
       <c r="H14" s="56">
         <v>793476.39</v>
       </c>
       <c r="I14" s="158">
-        <v>8.0451392336538582E-3</v>
+        <v>7.1597141640709593E-3</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="96" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="97">
         <v>2</v>
       </c>
       <c r="C15" s="98">
         <v>174349.6</v>
       </c>
       <c r="D15" s="149">
         <v>1.5793477225525513E-3</v>
       </c>
       <c r="F15" s="54" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="55">
         <v>2</v>
       </c>
       <c r="H15" s="56">
         <v>254552.47</v>
       </c>
       <c r="I15" s="158">
-        <v>2.5809338365070907E-3</v>
+        <v>2.2968836224077794E-3</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="96" t="s">
         <v>63</v>
       </c>
       <c r="B16" s="97">
         <v>4</v>
       </c>
       <c r="C16" s="98">
         <v>113501.67</v>
       </c>
       <c r="D16" s="149">
         <v>1.0281560956859736E-3</v>
       </c>
       <c r="F16" s="54" t="s">
         <v>1</v>
       </c>
       <c r="G16" s="55">
         <v>1</v>
       </c>
       <c r="H16" s="56">
         <v>120000</v>
       </c>
       <c r="I16" s="158">
-        <v>1.2166924185840777E-3</v>
+        <v>1.0827867224738913E-3</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="96" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="97">
         <v>2</v>
       </c>
       <c r="C17" s="98">
         <v>58028.75</v>
       </c>
       <c r="D17" s="149">
         <v>5.2565405458384392E-4</v>
       </c>
       <c r="F17" s="96" t="s">
         <v>63</v>
       </c>
       <c r="G17" s="97">
         <v>2</v>
       </c>
       <c r="H17" s="98">
         <v>55691.27</v>
       </c>
       <c r="I17" s="158">
-        <v>5.6465954991932407E-4</v>
+        <v>5.0251473094757126E-4</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="96" t="s">
         <v>130</v>
       </c>
       <c r="B18" s="97">
         <v>1</v>
       </c>
       <c r="C18" s="98">
         <v>57909.42</v>
       </c>
       <c r="D18" s="149">
         <v>5.2457310249830896E-4</v>
       </c>
       <c r="F18" s="54"/>
       <c r="G18" s="55"/>
       <c r="H18" s="56"/>
       <c r="I18" s="158">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="96" t="s">
         <v>44</v>
@@ -15043,54 +15076,54 @@
       </c>
       <c r="F20" s="96"/>
       <c r="G20" s="97"/>
       <c r="H20" s="98"/>
       <c r="I20" s="158">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="150" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="151">
         <v>56664</v>
       </c>
       <c r="C21" s="152">
         <v>11039342224.030003</v>
       </c>
       <c r="D21" s="153">
         <v>100</v>
       </c>
       <c r="F21" s="59" t="s">
         <v>6</v>
       </c>
       <c r="G21" s="159">
-        <v>46498</v>
+        <v>53326</v>
       </c>
       <c r="H21" s="60">
-        <v>9862804942.9000015</v>
+        <v>11082514913.540003</v>
       </c>
       <c r="I21" s="142">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="26"/>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28"/>
       <c r="F22" s="26"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="28"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="B23" s="30"/>
       <c r="C23" s="30"/>
       <c r="D23" s="31"/>
       <c r="F23" s="29"/>
       <c r="G23" s="30"/>
       <c r="H23" s="30"/>
       <c r="I23" s="31"/>
     </row>
@@ -15115,204 +15148,204 @@
       </c>
       <c r="H24" s="52" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="139" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="97">
         <v>10214</v>
       </c>
       <c r="C25" s="98">
         <v>4089050664.3000031</v>
       </c>
       <c r="D25" s="154">
         <v>37.040709322328269</v>
       </c>
       <c r="F25" s="61" t="s">
         <v>50</v>
       </c>
       <c r="G25" s="55">
-        <v>6656</v>
+        <v>7425</v>
       </c>
       <c r="H25" s="56">
-        <v>2691187449.5300007</v>
+        <v>2965504403.3000031</v>
       </c>
       <c r="I25" s="138">
-        <v>27.286228056931435</v>
+        <v>26.758406611092528</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="139" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="97">
         <v>12633</v>
       </c>
       <c r="C26" s="98">
         <v>3871649666.5</v>
       </c>
       <c r="D26" s="154">
         <v>35.071380050818114</v>
       </c>
       <c r="F26" s="61" t="s">
         <v>47</v>
       </c>
       <c r="G26" s="55">
-        <v>10892</v>
+        <v>12423</v>
       </c>
       <c r="H26" s="56">
-        <v>3878720365.2600002</v>
+        <v>4278895525.4699998</v>
       </c>
       <c r="I26" s="138">
-        <v>39.32674718516256</v>
+        <v>38.609427181932176</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="139" t="s">
         <v>48</v>
       </c>
       <c r="B27" s="97">
         <v>32815</v>
       </c>
       <c r="C27" s="98">
         <v>1980716887.79</v>
       </c>
       <c r="D27" s="154">
         <v>17.942345183198086</v>
       </c>
       <c r="F27" s="139" t="s">
         <v>48</v>
       </c>
       <c r="G27" s="97">
-        <v>27926</v>
+        <v>32234</v>
       </c>
       <c r="H27" s="98">
-        <v>1952102658.9300001</v>
+        <v>2221577725.1500001</v>
       </c>
       <c r="I27" s="138">
-        <v>19.792570878482923</v>
+        <v>20.045790531134767</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="139" t="s">
         <v>49</v>
       </c>
       <c r="B28" s="97">
         <v>1002</v>
       </c>
       <c r="C28" s="98">
         <v>1097925005.4400001</v>
       </c>
       <c r="D28" s="154">
         <v>9.9455654436555125</v>
       </c>
       <c r="F28" s="61" t="s">
         <v>49</v>
       </c>
       <c r="G28" s="55">
-        <v>1024</v>
+        <v>1244</v>
       </c>
       <c r="H28" s="56">
-        <v>1340794469.1800001</v>
+        <v>1616537259.6199999</v>
       </c>
       <c r="I28" s="138">
-        <v>13.594453879423074</v>
+        <v>14.58637567584055</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="150" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="151">
         <v>56664</v>
       </c>
       <c r="C29" s="152">
         <v>11039342224.030005</v>
       </c>
       <c r="D29" s="155">
         <v>100</v>
       </c>
       <c r="F29" s="62" t="s">
         <v>6</v>
       </c>
       <c r="G29" s="63">
-        <v>46498</v>
+        <v>53326</v>
       </c>
       <c r="H29" s="78">
-        <v>9862804942.9000015</v>
+        <v>11082514913.540001</v>
       </c>
       <c r="I29" s="140">
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="242" t="s">
         <v>133</v>
       </c>
       <c r="B30" s="242"/>
       <c r="C30" s="242"/>
       <c r="D30" s="242"/>
       <c r="F30" s="242" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G30" s="242"/>
       <c r="H30" s="242"/>
       <c r="I30" s="242"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B31" s="36"/>
       <c r="C31" s="37"/>
       <c r="G31" s="36"/>
       <c r="H31" s="37"/>
     </row>
     <row r="32" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="B32" s="36"/>
       <c r="C32" s="37"/>
       <c r="G32" s="136">
-        <v>39842</v>
+        <v>45901</v>
       </c>
       <c r="H32" s="136">
-        <v>7171617493.3700008</v>
+        <v>8117010510.2399998</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="14.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="36"/>
       <c r="C33" s="37"/>
       <c r="F33" s="3" t="s">
         <v>79</v>
       </c>
       <c r="G33" s="36">
-        <v>6656</v>
+        <v>7425</v>
       </c>
       <c r="H33" s="36">
-        <v>2691187449.5300007</v>
+        <v>2965504403.3000031</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="34"/>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="34"/>
       <c r="E34" s="34"/>
       <c r="F34" s="34"/>
       <c r="G34" s="35"/>
       <c r="H34" s="35"/>
       <c r="I34" s="34"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="34"/>
       <c r="B35" s="34"/>
       <c r="C35" s="34"/>
       <c r="D35" s="34"/>
       <c r="E35" s="34"/>
       <c r="F35" s="34"/>
       <c r="G35" s="137"/>
       <c r="H35" s="137"/>
       <c r="I35" s="34"/>
     </row>
   </sheetData>
@@ -15330,156 +15363,156 @@
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:T19"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="1" customWidth="1"/>
     <col min="2" max="6" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="7" max="10" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="243" t="s">
+      <c r="A1" s="247" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="243"/>
-[...17 lines deleted...]
-      <c r="T1" s="243"/>
+      <c r="B1" s="247"/>
+      <c r="C1" s="247"/>
+      <c r="D1" s="247"/>
+      <c r="E1" s="247"/>
+      <c r="F1" s="247"/>
+      <c r="G1" s="247"/>
+      <c r="H1" s="247"/>
+      <c r="I1" s="247"/>
+      <c r="J1" s="247"/>
+      <c r="K1" s="247"/>
+      <c r="L1" s="247"/>
+      <c r="M1" s="247"/>
+      <c r="N1" s="247"/>
+      <c r="O1" s="247"/>
+      <c r="P1" s="247"/>
+      <c r="Q1" s="247"/>
+      <c r="R1" s="247"/>
+      <c r="S1" s="247"/>
+      <c r="T1" s="247"/>
     </row>
     <row r="2" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="248" t="s">
         <v>25</v>
       </c>
-      <c r="B2" s="246">
+      <c r="B2" s="243">
         <v>2007</v>
       </c>
-      <c r="C2" s="246">
+      <c r="C2" s="243">
         <v>2008</v>
       </c>
-      <c r="D2" s="246">
+      <c r="D2" s="243">
         <v>2009</v>
       </c>
-      <c r="E2" s="246">
+      <c r="E2" s="243">
         <v>2010</v>
       </c>
-      <c r="F2" s="246">
+      <c r="F2" s="243">
         <v>2011</v>
       </c>
-      <c r="G2" s="246">
+      <c r="G2" s="243">
         <v>2012</v>
       </c>
-      <c r="H2" s="246">
+      <c r="H2" s="243">
         <v>2013</v>
       </c>
-      <c r="I2" s="246">
+      <c r="I2" s="243">
         <v>2014</v>
       </c>
-      <c r="J2" s="246">
+      <c r="J2" s="243">
         <v>2015</v>
       </c>
-      <c r="K2" s="246">
+      <c r="K2" s="243">
         <v>2016</v>
       </c>
-      <c r="L2" s="244">
+      <c r="L2" s="245">
         <v>2017</v>
       </c>
-      <c r="M2" s="244">
+      <c r="M2" s="245">
         <v>2018</v>
       </c>
-      <c r="N2" s="244">
+      <c r="N2" s="245">
         <v>2019</v>
       </c>
-      <c r="O2" s="244">
+      <c r="O2" s="245">
         <v>2020</v>
       </c>
-      <c r="P2" s="244">
+      <c r="P2" s="245">
         <v>2021</v>
       </c>
-      <c r="Q2" s="244">
+      <c r="Q2" s="245">
         <v>2022</v>
       </c>
-      <c r="R2" s="244">
+      <c r="R2" s="245">
         <v>2023</v>
       </c>
-      <c r="S2" s="244">
+      <c r="S2" s="245">
         <v>2024</v>
       </c>
-      <c r="T2" s="244" t="s">
+      <c r="T2" s="245" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="249"/>
-      <c r="B3" s="247"/>
-[...17 lines deleted...]
-      <c r="T3" s="245"/>
+      <c r="B3" s="244"/>
+      <c r="C3" s="244"/>
+      <c r="D3" s="244"/>
+      <c r="E3" s="244"/>
+      <c r="F3" s="244"/>
+      <c r="G3" s="244"/>
+      <c r="H3" s="244"/>
+      <c r="I3" s="244"/>
+      <c r="J3" s="244"/>
+      <c r="K3" s="244"/>
+      <c r="L3" s="246"/>
+      <c r="M3" s="246"/>
+      <c r="N3" s="246"/>
+      <c r="O3" s="246"/>
+      <c r="P3" s="246"/>
+      <c r="Q3" s="246"/>
+      <c r="R3" s="246"/>
+      <c r="S3" s="246"/>
+      <c r="T3" s="246"/>
     </row>
     <row r="4" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="10">
         <v>3.61</v>
       </c>
       <c r="C4" s="10">
         <v>3.89</v>
       </c>
       <c r="D4" s="10">
         <v>4.2300000000000004</v>
       </c>
       <c r="E4" s="10">
         <v>4.18</v>
       </c>
       <c r="F4" s="10">
         <v>4.1500000000000004</v>
       </c>
       <c r="G4" s="10">
         <v>5.31</v>
       </c>
       <c r="H4" s="10">
         <v>6.0247619047619052</v>
@@ -16321,76 +16354,76 @@
         <v>68.503149685031488</v>
       </c>
     </row>
     <row r="18" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="25"/>
       <c r="I18" s="24"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24"/>
       <c r="L18" s="24"/>
       <c r="M18" s="24"/>
       <c r="N18" s="24"/>
       <c r="O18" s="24"/>
       <c r="P18" s="24"/>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="F2:F3"/>
-[...3 lines deleted...]
-    <mergeCell ref="I2:I3"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="T2:T3"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="K2:K3"/>
     <mergeCell ref="L2:L3"/>
     <mergeCell ref="R2:R3"/>
     <mergeCell ref="M2:M3"/>
     <mergeCell ref="P2:P3"/>
     <mergeCell ref="Q2:Q3"/>
     <mergeCell ref="O2:O3"/>
     <mergeCell ref="N2:N3"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
+    <mergeCell ref="F2:F3"/>
+    <mergeCell ref="G2:G3"/>
+    <mergeCell ref="S2:S3"/>
+    <mergeCell ref="H2:H3"/>
+    <mergeCell ref="I2:I3"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.23" top="1.4" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="115" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2646955-D639-4CD8-8F1B-EA41C3B557A7}">
   <dimension ref="A3:I36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="9" width="14.28515625" customWidth="1"/>
@@ -16407,941 +16440,965 @@
         <v>114</v>
       </c>
       <c r="D3" s="157" t="s">
         <v>115</v>
       </c>
       <c r="E3" s="157" t="s">
         <v>116</v>
       </c>
       <c r="F3" s="157" t="s">
         <v>117</v>
       </c>
       <c r="G3" s="157" t="s">
         <v>118</v>
       </c>
       <c r="H3" s="157" t="s">
         <v>119</v>
       </c>
       <c r="I3" s="157" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="69" t="s">
         <v>111</v>
       </c>
+      <c r="B4" s="250"/>
+      <c r="C4" s="250"/>
+      <c r="D4" s="250"/>
+      <c r="E4" s="250"/>
+      <c r="F4" s="250"/>
+      <c r="G4" s="250"/>
+      <c r="H4" s="250"/>
+      <c r="I4" s="250"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="79" t="s">
         <v>100</v>
       </c>
-      <c r="B5">
+      <c r="B5" s="250">
         <v>43.131999999999998</v>
       </c>
-      <c r="C5">
+      <c r="C5" s="250">
         <v>86.135000000000005</v>
       </c>
-      <c r="D5">
+      <c r="D5" s="250">
         <v>66.293999999999997</v>
       </c>
-      <c r="E5">
+      <c r="E5" s="250">
         <v>152.429</v>
       </c>
-      <c r="F5">
+      <c r="F5" s="250">
         <v>126.42100000000001</v>
       </c>
-      <c r="G5">
+      <c r="G5" s="250">
         <v>153.18600000000001</v>
       </c>
-      <c r="H5">
+      <c r="H5" s="250">
         <v>133.845</v>
       </c>
-      <c r="I5">
+      <c r="I5" s="250">
         <v>34.951000000000001</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="79" t="s">
         <v>101</v>
       </c>
-      <c r="B6">
+      <c r="B6" s="250">
         <v>34.951000000000001</v>
       </c>
-      <c r="C6">
+      <c r="C6" s="250">
         <v>101.136</v>
       </c>
-      <c r="D6">
+      <c r="D6" s="250">
         <v>59.942999999999998</v>
       </c>
-      <c r="E6">
+      <c r="E6" s="250">
         <v>161.07900000000001</v>
       </c>
-      <c r="F6">
+      <c r="F6" s="250">
         <v>129.13300000000001</v>
       </c>
-      <c r="G6">
+      <c r="G6" s="250">
         <v>155.10400000000001</v>
       </c>
-      <c r="H6">
+      <c r="H6" s="250">
         <v>133.60599999999999</v>
       </c>
-      <c r="I6">
+      <c r="I6" s="250">
         <v>36.453000000000003</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="79" t="s">
         <v>102</v>
       </c>
-      <c r="B7">
+      <c r="B7" s="250">
         <v>36.453000000000003</v>
       </c>
-      <c r="C7">
+      <c r="C7" s="250">
         <v>95.224000000000004</v>
       </c>
-      <c r="D7">
+      <c r="D7" s="250">
         <v>64.59</v>
       </c>
-      <c r="E7">
+      <c r="E7" s="250">
         <v>159.81399999999999</v>
       </c>
-      <c r="F7">
+      <c r="F7" s="250">
         <v>130.48500000000001</v>
       </c>
-      <c r="G7">
+      <c r="G7" s="250">
         <v>160.62700000000001</v>
       </c>
-      <c r="H7">
+      <c r="H7" s="250">
         <v>134.17400000000001</v>
       </c>
-      <c r="I7">
+      <c r="I7" s="250">
         <v>31.951000000000001</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="79" t="s">
         <v>103</v>
       </c>
-      <c r="B8">
+      <c r="B8" s="250">
         <v>31.951000000000001</v>
       </c>
-      <c r="C8">
+      <c r="C8" s="250">
         <v>104.926</v>
       </c>
-      <c r="D8">
+      <c r="D8" s="250">
         <v>70.930000000000007</v>
       </c>
-      <c r="E8">
+      <c r="E8" s="250">
         <v>175.85599999999999</v>
       </c>
-      <c r="F8">
+      <c r="F8" s="250">
         <v>138.506</v>
       </c>
-      <c r="G8">
+      <c r="G8" s="250">
         <v>166.00299999999999</v>
       </c>
-      <c r="H8">
+      <c r="H8" s="250">
         <v>143.364</v>
       </c>
-      <c r="I8">
+      <c r="I8" s="250">
         <v>36.945999999999998</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="79" t="s">
         <v>104</v>
       </c>
-      <c r="B9">
+      <c r="B9" s="250">
         <v>36.945999999999998</v>
       </c>
-      <c r="C9">
+      <c r="C9" s="250">
         <v>94.921000000000006</v>
       </c>
-      <c r="D9">
+      <c r="D9" s="250">
         <v>74.108999999999995</v>
       </c>
-      <c r="E9">
+      <c r="E9" s="250">
         <v>169.03</v>
       </c>
-      <c r="F9">
+      <c r="F9" s="250">
         <v>131.18799999999999</v>
       </c>
-      <c r="G9">
+      <c r="G9" s="250">
         <v>162.35499999999999</v>
       </c>
-      <c r="H9">
+      <c r="H9" s="250">
         <v>139.001</v>
       </c>
-      <c r="I9">
+      <c r="I9" s="250">
         <v>35.808</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="79" t="s">
         <v>105</v>
       </c>
-      <c r="B10">
+      <c r="B10" s="250">
         <v>35.808</v>
       </c>
-      <c r="C10">
+      <c r="C10" s="250">
         <v>102.11</v>
       </c>
-      <c r="D10">
+      <c r="D10" s="250">
         <v>74.438999999999993</v>
       </c>
-      <c r="E10">
+      <c r="E10" s="250">
         <v>176.54900000000001</v>
       </c>
-      <c r="F10">
+      <c r="F10" s="250">
         <v>132.126</v>
       </c>
-      <c r="G10">
+      <c r="G10" s="250">
         <v>162.09299999999999</v>
       </c>
-      <c r="H10">
+      <c r="H10" s="250">
         <v>144.89599999999999</v>
       </c>
-      <c r="I10">
+      <c r="I10" s="250">
         <v>37.494</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="79" t="s">
         <v>106</v>
       </c>
-      <c r="B11">
+      <c r="B11" s="250">
         <v>37.494</v>
       </c>
-      <c r="C11">
+      <c r="C11" s="250">
         <v>87.088999999999999</v>
       </c>
-      <c r="D11">
+      <c r="D11" s="250">
         <v>77.954999999999998</v>
       </c>
-      <c r="E11">
+      <c r="E11" s="250">
         <v>165.04400000000001</v>
       </c>
-      <c r="F11">
+      <c r="F11" s="250">
         <v>140.846</v>
       </c>
-      <c r="G11">
+      <c r="G11" s="250">
         <v>167.86799999999999</v>
       </c>
-      <c r="H11">
+      <c r="H11" s="250">
         <v>143.57599999999999</v>
       </c>
-      <c r="I11">
+      <c r="I11" s="250">
         <v>31.94</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="79" t="s">
         <v>107</v>
       </c>
-      <c r="B12">
+      <c r="B12" s="250">
         <v>31.94</v>
       </c>
-      <c r="C12">
+      <c r="C12" s="250">
         <v>87.783000000000001</v>
       </c>
-      <c r="D12">
+      <c r="D12" s="250">
         <v>76.605999999999995</v>
       </c>
-      <c r="E12">
+      <c r="E12" s="250">
         <v>164.38900000000001</v>
       </c>
-      <c r="F12">
+      <c r="F12" s="250">
         <v>133.953</v>
       </c>
-      <c r="G12">
+      <c r="G12" s="250">
         <v>168.78899999999999</v>
       </c>
-      <c r="H12">
+      <c r="H12" s="250">
         <v>134.559</v>
       </c>
-      <c r="I12">
+      <c r="I12" s="250">
         <v>26.934000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="79" t="s">
         <v>108</v>
       </c>
-      <c r="B13">
+      <c r="B13" s="250">
         <v>26.934000000000001</v>
       </c>
-      <c r="C13">
+      <c r="C13" s="250">
         <v>97.24</v>
       </c>
-      <c r="D13">
+      <c r="D13" s="250">
         <v>72.105000000000004</v>
       </c>
-      <c r="E13">
+      <c r="E13" s="250">
         <v>169.345</v>
       </c>
-      <c r="F13">
+      <c r="F13" s="250">
         <v>134.20500000000001</v>
       </c>
-      <c r="G13">
+      <c r="G13" s="250">
         <v>163.92099999999999</v>
       </c>
-      <c r="H13">
+      <c r="H13" s="250">
         <v>143.44200000000001</v>
       </c>
-      <c r="I13">
+      <c r="I13" s="250">
         <v>23.120999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="79" t="s">
         <v>131</v>
       </c>
-      <c r="B14">
+      <c r="B14" s="250">
         <v>23.120999999999999</v>
       </c>
-      <c r="C14">
+      <c r="C14" s="250">
         <v>98.691999999999993</v>
       </c>
-      <c r="D14">
+      <c r="D14" s="250">
         <v>75.703000000000003</v>
       </c>
-      <c r="E14">
+      <c r="E14" s="250">
         <v>174.39500000000001</v>
       </c>
-      <c r="F14">
+      <c r="F14" s="250">
         <v>137.91200000000001</v>
       </c>
-      <c r="G14">
+      <c r="G14" s="250">
         <v>166.51499999999999</v>
       </c>
-      <c r="H14">
+      <c r="H14" s="250">
         <v>147.161</v>
       </c>
-      <c r="I14">
+      <c r="I14" s="250">
         <v>21.751999999999999</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="69" t="s">
         <v>110</v>
       </c>
+      <c r="B15" s="250"/>
+      <c r="C15" s="250"/>
+      <c r="D15" s="250"/>
+      <c r="E15" s="250"/>
+      <c r="F15" s="250"/>
+      <c r="G15" s="250"/>
+      <c r="H15" s="250"/>
+      <c r="I15" s="250"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="79" t="s">
         <v>100</v>
       </c>
-      <c r="B16">
+      <c r="B16" s="250">
         <v>6.3360000000000003</v>
       </c>
-      <c r="C16">
+      <c r="C16" s="250">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D16">
+      <c r="D16" s="250">
         <v>27.83</v>
       </c>
-      <c r="E16">
+      <c r="E16" s="250">
         <v>28.93</v>
       </c>
-      <c r="F16">
+      <c r="F16" s="250">
         <v>0.63</v>
       </c>
-      <c r="G16">
+      <c r="G16" s="250">
         <v>2.63</v>
       </c>
-      <c r="H16">
+      <c r="H16" s="250">
         <v>29.065000000000001</v>
       </c>
-      <c r="I16">
+      <c r="I16" s="250">
         <v>4.2009999999999996</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="79" t="s">
         <v>101</v>
       </c>
-      <c r="B17">
+      <c r="B17" s="250">
         <v>4.2009999999999996</v>
       </c>
-      <c r="C17">
+      <c r="C17" s="250">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D17">
+      <c r="D17" s="250">
         <v>25.6</v>
       </c>
-      <c r="E17">
+      <c r="E17" s="250">
         <v>26.7</v>
       </c>
-      <c r="F17">
+      <c r="F17" s="250">
         <v>1</v>
       </c>
-      <c r="G17">
+      <c r="G17" s="250">
         <v>2.77</v>
       </c>
-      <c r="H17">
+      <c r="H17" s="250">
         <v>26.45</v>
       </c>
-      <c r="I17">
+      <c r="I17" s="250">
         <v>2.681</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="79" t="s">
         <v>102</v>
       </c>
-      <c r="B18">
+      <c r="B18" s="250">
         <v>2.681</v>
       </c>
-      <c r="C18">
+      <c r="C18" s="250">
         <v>1.026</v>
       </c>
-      <c r="D18">
+      <c r="D18" s="250">
         <v>28.274000000000001</v>
       </c>
-      <c r="E18">
+      <c r="E18" s="250">
         <v>29.3</v>
       </c>
-      <c r="F18">
+      <c r="F18" s="250">
         <v>1.06</v>
       </c>
-      <c r="G18">
+      <c r="G18" s="250">
         <v>2.88</v>
       </c>
-      <c r="H18">
+      <c r="H18" s="250">
         <v>29.907</v>
       </c>
-      <c r="I18">
+      <c r="I18" s="250">
         <v>0.254</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="79" t="s">
         <v>103</v>
       </c>
-      <c r="B19">
+      <c r="B19" s="250">
         <v>0.254</v>
       </c>
-      <c r="C19">
+      <c r="C19" s="250">
         <v>1.0640000000000001</v>
       </c>
-      <c r="D19">
+      <c r="D19" s="250">
         <v>29.335999999999999</v>
       </c>
-      <c r="E19">
+      <c r="E19" s="250">
         <v>30.4</v>
       </c>
-      <c r="F19">
+      <c r="F19" s="250">
         <v>1.1599999999999999</v>
       </c>
-      <c r="G19">
+      <c r="G19" s="250">
         <v>2.94</v>
       </c>
-      <c r="H19">
+      <c r="H19" s="250">
         <v>28.318000000000001</v>
       </c>
-      <c r="I19">
+      <c r="I19" s="250">
         <v>0.55600000000000005</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="79" t="s">
         <v>104</v>
       </c>
-      <c r="B20">
+      <c r="B20" s="250">
         <v>0.55600000000000005</v>
       </c>
-      <c r="C20">
+      <c r="C20" s="250">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D20">
+      <c r="D20" s="250">
         <v>30.2</v>
       </c>
-      <c r="E20">
+      <c r="E20" s="250">
         <v>31.3</v>
       </c>
-      <c r="F20">
+      <c r="F20" s="250">
         <v>0.7</v>
       </c>
-      <c r="G20">
+      <c r="G20" s="250">
         <v>3.1</v>
       </c>
-      <c r="H20">
+      <c r="H20" s="250">
         <v>27.326000000000001</v>
       </c>
-      <c r="I20">
+      <c r="I20" s="250">
         <v>2.13</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="79" t="s">
         <v>105</v>
       </c>
-      <c r="B21">
+      <c r="B21" s="250">
         <v>2.13</v>
       </c>
-      <c r="C21">
+      <c r="C21" s="250">
         <v>0.95</v>
       </c>
-      <c r="D21">
+      <c r="D21" s="250">
         <v>28.05</v>
       </c>
-      <c r="E21">
+      <c r="E21" s="250">
         <v>29</v>
       </c>
-      <c r="F21">
+      <c r="F21" s="250">
         <v>0.55000000000000004</v>
       </c>
-      <c r="G21">
+      <c r="G21" s="250">
         <v>2.72</v>
       </c>
-      <c r="H21">
+      <c r="H21" s="250">
         <v>25.3</v>
       </c>
-      <c r="I21">
+      <c r="I21" s="250">
         <v>3.66</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="79" t="s">
         <v>106</v>
       </c>
-      <c r="B22">
+      <c r="B22" s="250">
         <v>3.66</v>
       </c>
-      <c r="C22">
+      <c r="C22" s="250">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D22">
+      <c r="D22" s="250">
         <v>30.48</v>
       </c>
-      <c r="E22">
+      <c r="E22" s="250">
         <v>31.58</v>
       </c>
-      <c r="F22">
+      <c r="F22" s="250">
         <v>0.55000000000000004</v>
       </c>
-      <c r="G22">
+      <c r="G22" s="250">
         <v>3.2</v>
       </c>
-      <c r="H22">
+      <c r="H22" s="250">
         <v>29.01</v>
       </c>
-      <c r="I22">
+      <c r="I22" s="250">
         <v>3.58</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="79" t="s">
         <v>107</v>
       </c>
-      <c r="B23">
+      <c r="B23" s="250">
         <v>3.58</v>
       </c>
-      <c r="C23">
+      <c r="C23" s="250">
         <v>1</v>
       </c>
-      <c r="D23">
+      <c r="D23" s="250">
         <v>27.3</v>
       </c>
-      <c r="E23">
+      <c r="E23" s="250">
         <v>28.3</v>
       </c>
-      <c r="F23">
+      <c r="F23" s="250">
         <v>0.499</v>
       </c>
-      <c r="G23">
+      <c r="G23" s="250">
         <v>3.2</v>
       </c>
-      <c r="H23">
+      <c r="H23" s="250">
         <v>28.34</v>
       </c>
-      <c r="I23">
+      <c r="I23" s="250">
         <v>0.83899999999999997</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="79" t="s">
         <v>108</v>
       </c>
-      <c r="B24">
+      <c r="B24" s="250">
         <v>0.83899999999999997</v>
       </c>
-      <c r="C24">
+      <c r="C24" s="250">
         <v>1</v>
       </c>
-      <c r="D24">
+      <c r="D24" s="250">
         <v>26.55</v>
       </c>
-      <c r="E24">
+      <c r="E24" s="250">
         <v>27.55</v>
       </c>
-      <c r="F24">
+      <c r="F24" s="250">
         <v>0.8</v>
       </c>
-      <c r="G24">
+      <c r="G24" s="250">
         <v>3.9</v>
       </c>
-      <c r="H24">
+      <c r="H24" s="250">
         <v>24.4</v>
       </c>
-      <c r="I24">
+      <c r="I24" s="250">
         <v>0.88900000000000001</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="79" t="s">
         <v>131</v>
       </c>
-      <c r="B25">
+      <c r="B25" s="250">
         <v>0.88900000000000001</v>
       </c>
-      <c r="C25">
+      <c r="C25" s="250">
         <v>1</v>
       </c>
-      <c r="D25">
+      <c r="D25" s="250">
         <v>28</v>
       </c>
-      <c r="E25">
+      <c r="E25" s="250">
         <v>29</v>
       </c>
-      <c r="F25">
+      <c r="F25" s="250">
         <v>0.85</v>
       </c>
-      <c r="G25">
+      <c r="G25" s="250">
         <v>4</v>
       </c>
-      <c r="H25">
+      <c r="H25" s="250">
         <v>25.8</v>
       </c>
-      <c r="I25">
+      <c r="I25" s="250">
         <v>0.93899999999999995</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="69" t="s">
         <v>109</v>
       </c>
+      <c r="B26" s="250"/>
+      <c r="C26" s="250"/>
+      <c r="D26" s="250"/>
+      <c r="E26" s="250"/>
+      <c r="F26" s="250"/>
+      <c r="G26" s="250"/>
+      <c r="H26" s="250"/>
+      <c r="I26" s="250"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="79" t="s">
         <v>100</v>
       </c>
-      <c r="B27">
+      <c r="B27" s="250">
         <v>0.67100000000000004</v>
       </c>
-      <c r="C27">
+      <c r="C27" s="250">
         <v>14</v>
       </c>
-      <c r="D27">
+      <c r="D27" s="250">
         <v>0</v>
       </c>
-      <c r="E27">
+      <c r="E27" s="250">
         <v>14</v>
       </c>
-      <c r="F27">
+      <c r="F27" s="250">
         <v>0.26500000000000001</v>
       </c>
-      <c r="G27">
+      <c r="G27" s="250">
         <v>1.415</v>
       </c>
-      <c r="H27">
+      <c r="H27" s="250">
         <v>12.39</v>
       </c>
-      <c r="I27">
+      <c r="I27" s="250">
         <v>1.131</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="79" t="s">
         <v>101</v>
       </c>
-      <c r="B28">
+      <c r="B28" s="250">
         <v>1.131</v>
       </c>
-      <c r="C28">
+      <c r="C28" s="250">
         <v>14.6</v>
       </c>
-      <c r="D28">
+      <c r="D28" s="250">
         <v>0</v>
       </c>
-      <c r="E28">
+      <c r="E28" s="250">
         <v>14.6</v>
       </c>
-      <c r="F28">
+      <c r="F28" s="250">
         <v>0.36</v>
       </c>
-      <c r="G28">
+      <c r="G28" s="250">
         <v>1.45</v>
       </c>
-      <c r="H28">
+      <c r="H28" s="250">
         <v>13.755000000000001</v>
       </c>
-      <c r="I28">
+      <c r="I28" s="250">
         <v>0.88600000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="79" t="s">
         <v>102</v>
       </c>
-      <c r="B29">
+      <c r="B29" s="250">
         <v>0.88600000000000001</v>
       </c>
-      <c r="C29">
+      <c r="C29" s="250">
         <v>13.824999999999999</v>
       </c>
-      <c r="D29">
+      <c r="D29" s="250">
         <v>0</v>
       </c>
-      <c r="E29">
+      <c r="E29" s="250">
         <v>13.824999999999999</v>
       </c>
-      <c r="F29">
+      <c r="F29" s="250">
         <v>0.77500000000000002</v>
       </c>
-      <c r="G29">
+      <c r="G29" s="250">
         <v>1.65</v>
       </c>
-      <c r="H29">
+      <c r="H29" s="250">
         <v>12.725</v>
       </c>
-      <c r="I29">
+      <c r="I29" s="250">
         <v>1.111</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="79" t="s">
         <v>103</v>
       </c>
-      <c r="B30">
+      <c r="B30" s="250">
         <v>1.111</v>
       </c>
-      <c r="C30">
+      <c r="C30" s="250">
         <v>13.87</v>
       </c>
-      <c r="D30">
+      <c r="D30" s="250">
         <v>0</v>
       </c>
-      <c r="E30">
+      <c r="E30" s="250">
         <v>13.87</v>
       </c>
-      <c r="F30">
+      <c r="F30" s="250">
         <v>1.111</v>
       </c>
-      <c r="G30">
+      <c r="G30" s="250">
         <v>1.925</v>
       </c>
-      <c r="H30">
+      <c r="H30" s="250">
         <v>13.615</v>
       </c>
-      <c r="I30">
+      <c r="I30" s="250">
         <v>0.55200000000000005</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="79" t="s">
         <v>104</v>
       </c>
-      <c r="B31">
+      <c r="B31" s="250">
         <v>0.55200000000000005</v>
       </c>
-      <c r="C31">
+      <c r="C31" s="250">
         <v>14.1</v>
       </c>
-      <c r="D31">
+      <c r="D31" s="250">
         <v>0</v>
       </c>
-      <c r="E31">
+      <c r="E31" s="250">
         <v>14.1</v>
       </c>
-      <c r="F31">
+      <c r="F31" s="250">
         <v>0.98</v>
       </c>
-      <c r="G31">
+      <c r="G31" s="250">
         <v>1.7749999999999999</v>
       </c>
-      <c r="H31">
+      <c r="H31" s="250">
         <v>13.005000000000001</v>
       </c>
-      <c r="I31">
+      <c r="I31" s="250">
         <v>0.85199999999999998</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="79" t="s">
         <v>105</v>
       </c>
-      <c r="B32">
+      <c r="B32" s="250">
         <v>0.85199999999999998</v>
       </c>
-      <c r="C32">
+      <c r="C32" s="250">
         <v>13.4</v>
       </c>
-      <c r="D32">
+      <c r="D32" s="250">
         <v>0</v>
       </c>
-      <c r="E32">
+      <c r="E32" s="250">
         <v>13.4</v>
       </c>
-      <c r="F32">
+      <c r="F32" s="250">
         <v>1.8180000000000001</v>
       </c>
-      <c r="G32">
+      <c r="G32" s="250">
         <v>2.08</v>
       </c>
-      <c r="H32">
+      <c r="H32" s="250">
         <v>12.755000000000001</v>
       </c>
-      <c r="I32">
+      <c r="I32" s="250">
         <v>1.2350000000000001</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="79" t="s">
         <v>106</v>
       </c>
-      <c r="B33">
+      <c r="B33" s="250">
         <v>1.2350000000000001</v>
       </c>
-      <c r="C33">
+      <c r="C33" s="250">
         <v>11.8</v>
       </c>
-      <c r="D33">
+      <c r="D33" s="250">
         <v>0</v>
       </c>
-      <c r="E33">
+      <c r="E33" s="250">
         <v>11.8</v>
       </c>
-      <c r="F33">
+      <c r="F33" s="250">
         <v>2.2349999999999999</v>
       </c>
-      <c r="G33">
+      <c r="G33" s="250">
         <v>2.145</v>
       </c>
-      <c r="H33">
+      <c r="H33" s="250">
         <v>12.365</v>
       </c>
-      <c r="I33">
+      <c r="I33" s="250">
         <v>0.76</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="79" t="s">
         <v>107</v>
       </c>
-      <c r="B34">
+      <c r="B34" s="250">
         <v>0.76</v>
       </c>
-      <c r="C34">
+      <c r="C34" s="250">
         <v>10.7</v>
       </c>
-      <c r="D34">
+      <c r="D34" s="250">
         <v>0</v>
       </c>
-      <c r="E34">
+      <c r="E34" s="250">
         <v>10.7</v>
       </c>
-      <c r="F34">
+      <c r="F34" s="250">
         <v>2.1850000000000001</v>
       </c>
-      <c r="G34">
+      <c r="G34" s="250">
         <v>2.15</v>
       </c>
-      <c r="H34">
+      <c r="H34" s="250">
         <v>10.61</v>
       </c>
-      <c r="I34">
+      <c r="I34" s="250">
         <v>0.88500000000000001</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="79" t="s">
         <v>108</v>
       </c>
-      <c r="B35">
+      <c r="B35" s="250">
         <v>0.88500000000000001</v>
       </c>
-      <c r="C35">
+      <c r="C35" s="250">
         <v>12.76</v>
       </c>
-      <c r="D35">
+      <c r="D35" s="250">
         <v>0</v>
       </c>
-      <c r="E35">
+      <c r="E35" s="250">
         <v>12.76</v>
       </c>
-      <c r="F35">
+      <c r="F35" s="250">
         <v>1.0329999999999999</v>
       </c>
-      <c r="G35">
+      <c r="G35" s="250">
         <v>2.23</v>
       </c>
-      <c r="H35">
+      <c r="H35" s="250">
         <v>11.78</v>
       </c>
-      <c r="I35">
+      <c r="I35" s="250">
         <v>0.66800000000000004</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="79" t="s">
         <v>131</v>
       </c>
-      <c r="B36">
+      <c r="B36" s="250">
         <v>0.66800000000000004</v>
       </c>
-      <c r="C36">
+      <c r="C36" s="250">
         <v>13.2</v>
       </c>
-      <c r="D36">
+      <c r="D36" s="250">
         <v>0</v>
       </c>
-      <c r="E36">
+      <c r="E36" s="250">
         <v>13.2</v>
       </c>
-      <c r="F36">
+      <c r="F36" s="250">
         <v>1.125</v>
       </c>
-      <c r="G36">
+      <c r="G36" s="250">
         <v>2.2200000000000002</v>
       </c>
-      <c r="H36">
+      <c r="H36" s="250">
         <v>12.3</v>
       </c>
-      <c r="I36">
+      <c r="I36" s="250">
         <v>0.47299999999999998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{584647B8-44A3-4883-927E-E3A815758274}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A10" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="118.7109375" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F14CA8B5-48C0-4E70-BF89-9B667F71EAFB}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
@@ -18553,447 +18610,447 @@
       </c>
       <c r="I12" s="109">
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="113" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="114">
         <v>57045</v>
       </c>
       <c r="C13" s="114">
         <v>56245</v>
       </c>
       <c r="D13" s="114">
         <v>-1.4024016127618499</v>
       </c>
       <c r="E13" s="114">
         <v>19.57752651415549</v>
       </c>
       <c r="F13" s="114">
-        <v>20.337807805138233</v>
+        <v>20.348475420037335</v>
       </c>
       <c r="G13" s="114">
-        <v>3.8834389545227888</v>
+        <v>3.9379280386846238</v>
       </c>
       <c r="H13" s="114">
         <v>1116.8</v>
       </c>
       <c r="I13" s="114">
-        <v>1143.9000000000001</v>
+        <v>1144.5</v>
       </c>
       <c r="J13" s="114">
-        <v>2.4265759312321</v>
+        <v>2.4803008595988496</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="112">
         <v>57045</v>
       </c>
       <c r="C14" s="112">
         <v>56245</v>
       </c>
       <c r="D14" s="112">
         <v>-1.4024016127618499</v>
       </c>
       <c r="E14" s="112">
         <v>19.57752651415549</v>
       </c>
       <c r="F14" s="112">
-        <v>20.337807805138233</v>
+        <v>20.348475420037335</v>
       </c>
       <c r="G14" s="112">
-        <v>3.8834389545227888</v>
+        <v>3.9379280386846238</v>
       </c>
       <c r="H14" s="112">
         <v>1116.8</v>
       </c>
       <c r="I14" s="112">
-        <v>1143.9000000000001</v>
+        <v>1144.5</v>
       </c>
       <c r="J14" s="112">
-        <v>2.4265759312321</v>
+        <v>2.4803008595988496</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="111" t="s">
         <v>169</v>
       </c>
       <c r="B15" s="112">
         <v>5200</v>
       </c>
       <c r="C15" s="112">
         <v>6000</v>
       </c>
       <c r="D15" s="112">
         <v>15.384615384615374</v>
       </c>
       <c r="E15" s="112">
         <v>43</v>
       </c>
       <c r="F15" s="112">
-        <v>43.333333333333336</v>
+        <v>44.166666666666664</v>
       </c>
       <c r="G15" s="112">
-        <v>0.77519379844961378</v>
+        <v>2.7131782945736482</v>
       </c>
       <c r="H15" s="112">
         <v>223.6</v>
       </c>
       <c r="I15" s="112">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="J15" s="112">
-        <v>16.279069767441868</v>
+        <v>18.515205724508043</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="111" t="s">
         <v>170</v>
       </c>
       <c r="B16" s="112">
         <v>51845</v>
       </c>
       <c r="C16" s="112">
         <v>50245</v>
       </c>
       <c r="D16" s="112">
         <v>-3.086122094705368</v>
       </c>
       <c r="E16" s="112">
         <v>17.228276593692737</v>
       </c>
       <c r="F16" s="112">
-        <v>17.591800179122302</v>
+        <v>17.50422927654493</v>
       </c>
       <c r="G16" s="112">
-        <v>2.1100403366094644</v>
+        <v>1.6017428171150927</v>
       </c>
       <c r="H16" s="112">
         <v>893.2</v>
       </c>
       <c r="I16" s="112">
-        <v>883.9</v>
+        <v>879.5</v>
       </c>
       <c r="J16" s="112">
-        <v>-1.0412001791312187</v>
+        <v>-1.5338110165696417</v>
       </c>
     </row>
     <row r="17" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A17" s="111" t="s">
         <v>171</v>
       </c>
       <c r="B17" s="112">
         <v>0</v>
       </c>
       <c r="C17" s="112">
         <v>0</v>
       </c>
       <c r="D17" s="112">
         <v>0</v>
       </c>
       <c r="E17" s="112">
         <v>0</v>
       </c>
       <c r="F17" s="112">
         <v>0</v>
       </c>
       <c r="G17" s="112">
         <v>0</v>
       </c>
       <c r="H17" s="112">
         <v>0</v>
       </c>
       <c r="I17" s="112">
         <v>0</v>
       </c>
       <c r="J17" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="113" t="s">
         <v>172</v>
       </c>
       <c r="B18" s="114">
         <v>5972</v>
       </c>
       <c r="C18" s="114">
-        <v>5582</v>
+        <v>5579</v>
       </c>
       <c r="D18" s="114">
-        <v>-6.5304755525786966</v>
+        <v>-6.5807099799062296</v>
       </c>
       <c r="E18" s="114">
         <v>42.799732083054252</v>
       </c>
       <c r="F18" s="114">
-        <v>38.355428161949121</v>
+        <v>38.62699408496146</v>
       </c>
       <c r="G18" s="114">
-        <v>-10.383952666995244</v>
+        <v>-9.7494488750430985</v>
       </c>
       <c r="H18" s="114">
         <v>255.6</v>
       </c>
       <c r="I18" s="114">
-        <v>214.1</v>
+        <v>215.5</v>
       </c>
       <c r="J18" s="114">
-        <v>-16.23630672926447</v>
+        <v>-15.688575899843505</v>
       </c>
     </row>
     <row r="19" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A19" s="111" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="112">
         <v>0</v>
       </c>
       <c r="C19" s="112">
         <v>0</v>
       </c>
       <c r="D19" s="112">
         <v>0</v>
       </c>
       <c r="E19" s="112">
         <v>0</v>
       </c>
       <c r="F19" s="112">
         <v>0</v>
       </c>
       <c r="G19" s="112">
         <v>0</v>
       </c>
       <c r="H19" s="112">
         <v>0</v>
       </c>
       <c r="I19" s="112">
         <v>0</v>
       </c>
       <c r="J19" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="112">
         <v>5972</v>
       </c>
       <c r="C20" s="112">
-        <v>5582</v>
+        <v>5579</v>
       </c>
       <c r="D20" s="112">
-        <v>-6.5304755525786966</v>
+        <v>-6.5807099799062296</v>
       </c>
       <c r="E20" s="112">
         <v>42.799732083054252</v>
       </c>
       <c r="F20" s="112">
-        <v>38.355428161949121</v>
+        <v>38.62699408496146</v>
       </c>
       <c r="G20" s="112">
-        <v>-10.383952666995244</v>
+        <v>-9.7494488750430985</v>
       </c>
       <c r="H20" s="112">
         <v>255.6</v>
       </c>
       <c r="I20" s="112">
-        <v>214.1</v>
+        <v>215.5</v>
       </c>
       <c r="J20" s="112">
-        <v>-16.23630672926447</v>
+        <v>-15.688575899843505</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="113" t="s">
         <v>173</v>
       </c>
       <c r="B21" s="114">
         <v>1417654</v>
       </c>
       <c r="C21" s="114">
-        <v>1395895</v>
+        <v>1396798</v>
       </c>
       <c r="D21" s="114">
-        <v>-1.5348597048363</v>
+        <v>-1.4711629212769806</v>
       </c>
       <c r="E21" s="114">
         <v>26.467248002686127</v>
       </c>
       <c r="F21" s="114">
-        <v>23.652208797939672</v>
+        <v>24.070839162140839</v>
       </c>
       <c r="G21" s="114">
-        <v>-10.63593466332714</v>
+        <v>-9.0542425880547839</v>
       </c>
       <c r="H21" s="114">
         <v>37521.4</v>
       </c>
       <c r="I21" s="114">
-        <v>33016</v>
+        <v>33622.1</v>
       </c>
       <c r="J21" s="114">
-        <v>-12.007547692783326</v>
+        <v>-10.392202849573851</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="111" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="112">
         <v>1091647</v>
       </c>
       <c r="C22" s="112">
-        <v>1066549</v>
+        <v>1066783</v>
       </c>
       <c r="D22" s="112">
-        <v>-2.2990948539225564</v>
+        <v>-2.2776593532524703</v>
       </c>
       <c r="E22" s="112">
         <v>25.382106120385071</v>
       </c>
       <c r="F22" s="112">
-        <v>23.162461359018668</v>
+        <v>23.595145404454328</v>
       </c>
       <c r="G22" s="112">
-        <v>-8.7449195541095985</v>
+        <v>-7.04023814042597</v>
       </c>
       <c r="H22" s="112">
         <v>27708.3</v>
       </c>
       <c r="I22" s="112">
-        <v>24703.9</v>
+        <v>25170.9</v>
       </c>
       <c r="J22" s="112">
-        <v>-10.842960412583945</v>
+        <v>-9.1575448511817648</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
         <v>174</v>
       </c>
       <c r="B23" s="112">
         <v>547083</v>
       </c>
       <c r="C23" s="112">
         <v>521815</v>
       </c>
       <c r="D23" s="112">
         <v>-4.6186776046779006</v>
       </c>
       <c r="E23" s="112">
         <v>24.657501695355183</v>
       </c>
       <c r="F23" s="112">
-        <v>22.928432490442013</v>
+        <v>23.114130486858368</v>
       </c>
       <c r="G23" s="112">
-        <v>-7.0123454771530263</v>
+        <v>-6.2592359419265335</v>
       </c>
       <c r="H23" s="112">
         <v>13489.7</v>
       </c>
       <c r="I23" s="112">
-        <v>11964.4</v>
+        <v>12061.3</v>
       </c>
       <c r="J23" s="112">
-        <v>-11.307145451715018</v>
+        <v>-10.588819617930723</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="111" t="s">
         <v>175</v>
       </c>
       <c r="B24" s="112">
         <v>195258</v>
       </c>
       <c r="C24" s="112">
         <v>195941</v>
       </c>
       <c r="D24" s="112">
         <v>0.34979360640792212</v>
       </c>
       <c r="E24" s="112">
         <v>27.434471314875704</v>
       </c>
       <c r="F24" s="112">
-        <v>23.568829392521216</v>
+        <v>24.352228476939487</v>
       </c>
       <c r="G24" s="112">
-        <v>-14.090455318008743</v>
+        <v>-11.234927046926336</v>
       </c>
       <c r="H24" s="112">
         <v>5356.8</v>
       </c>
       <c r="I24" s="112">
-        <v>4618.1000000000004</v>
+        <v>4771.6000000000004</v>
       </c>
       <c r="J24" s="112">
-        <v>-13.789949223416965</v>
+        <v>-10.924432497013136</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
         <v>176</v>
       </c>
       <c r="B25" s="112">
         <v>324934</v>
       </c>
       <c r="C25" s="112">
-        <v>319500</v>
+        <v>319734</v>
       </c>
       <c r="D25" s="112">
-        <v>-1.6723396135830626</v>
+        <v>-1.6003249890747084</v>
       </c>
       <c r="E25" s="112">
         <v>24.934909858617441</v>
       </c>
       <c r="F25" s="112">
-        <v>22.697026604068856</v>
+        <v>23.357853715901342</v>
       </c>
       <c r="G25" s="112">
-        <v>-8.9749001188996758</v>
+        <v>-6.3246915736134941</v>
       </c>
       <c r="H25" s="112">
         <v>8102.2</v>
       </c>
       <c r="I25" s="112">
-        <v>7251.7</v>
+        <v>7468.3</v>
       </c>
       <c r="J25" s="112">
-        <v>-10.497148922514876</v>
+        <v>-7.8238009429537625</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
         <v>177</v>
       </c>
       <c r="B26" s="112">
         <v>24372</v>
       </c>
       <c r="C26" s="112">
         <v>29293</v>
       </c>
       <c r="D26" s="112">
         <v>20.191203019858861</v>
       </c>
       <c r="E26" s="112">
         <v>31.166912850812409</v>
       </c>
       <c r="F26" s="112">
         <v>29.689686955928039</v>
       </c>
       <c r="G26" s="112">
         <v>-4.7397247906953428</v>
       </c>
       <c r="H26" s="112">
@@ -19001,95 +19058,95 @@
       </c>
       <c r="I26" s="112">
         <v>869.7</v>
       </c>
       <c r="J26" s="112">
         <v>14.494470774091628</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="111" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="112">
         <v>128363</v>
       </c>
       <c r="C27" s="112">
         <v>121611</v>
       </c>
       <c r="D27" s="112">
         <v>-5.2600827341212071</v>
       </c>
       <c r="E27" s="112">
         <v>31.333016523453018</v>
       </c>
       <c r="F27" s="112">
-        <v>26.847900272179327</v>
+        <v>27.045250840795653</v>
       </c>
       <c r="G27" s="112">
-        <v>-14.314345533621209</v>
+        <v>-13.684496924986266</v>
       </c>
       <c r="H27" s="112">
         <v>4022</v>
       </c>
       <c r="I27" s="112">
-        <v>3265</v>
+        <v>3289</v>
       </c>
       <c r="J27" s="112">
-        <v>-18.821481849825961</v>
+        <v>-18.224763799104927</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="111" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="112">
         <v>11503</v>
       </c>
       <c r="C28" s="112">
-        <v>11710</v>
+        <v>12379</v>
       </c>
       <c r="D28" s="112">
-        <v>1.7995305572459319</v>
+        <v>7.6154046770407824</v>
       </c>
       <c r="E28" s="112">
         <v>30.122576719116751</v>
       </c>
       <c r="F28" s="112">
-        <v>26.233988044406491</v>
+        <v>34.114225704822687</v>
       </c>
       <c r="G28" s="112">
-        <v>-12.909216601787044</v>
+        <v>13.251353039704306</v>
       </c>
       <c r="H28" s="112">
         <v>346.5</v>
       </c>
       <c r="I28" s="112">
-        <v>307.2</v>
+        <v>422.3</v>
       </c>
       <c r="J28" s="112">
-        <v>-11.341991341991342</v>
+        <v>21.875901875901871</v>
       </c>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="111" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="112">
         <v>186141</v>
       </c>
       <c r="C29" s="112">
         <v>196025</v>
       </c>
       <c r="D29" s="112">
         <v>5.3099532075147282</v>
       </c>
       <c r="E29" s="112">
         <v>29.249869722414729</v>
       </c>
       <c r="F29" s="112">
         <v>24.180079071546995</v>
       </c>
       <c r="G29" s="112">
         <v>-17.332694808492288</v>
       </c>
       <c r="H29" s="112">
@@ -19097,223 +19154,223 @@
       </c>
       <c r="I29" s="112">
         <v>4739.8999999999996</v>
       </c>
       <c r="J29" s="112">
         <v>-12.943099584909834</v>
       </c>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
         <v>178</v>
       </c>
       <c r="B30" s="114">
         <v>25281</v>
       </c>
       <c r="C30" s="114">
         <v>25404</v>
       </c>
       <c r="D30" s="114">
         <v>0.48653138720777811</v>
       </c>
       <c r="E30" s="114">
         <v>26.711759819627389</v>
       </c>
       <c r="F30" s="114">
-        <v>29.200125964415054</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="G30" s="114">
-        <v>9.3156203918816729</v>
+        <v>10.317704806366446</v>
       </c>
       <c r="H30" s="114">
         <v>675.3</v>
       </c>
       <c r="I30" s="114">
-        <v>741.8</v>
+        <v>748.6</v>
       </c>
       <c r="J30" s="114">
-        <v>9.8474751962090998</v>
+        <v>10.85443506589665</v>
       </c>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="111" t="s">
         <v>5</v>
       </c>
       <c r="B31" s="112">
         <v>25281</v>
       </c>
       <c r="C31" s="112">
         <v>25404</v>
       </c>
       <c r="D31" s="112">
         <v>0.48653138720777811</v>
       </c>
       <c r="E31" s="112">
         <v>26.711759819627389</v>
       </c>
       <c r="F31" s="112">
-        <v>29.200125964415054</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="G31" s="112">
-        <v>9.3156203918816729</v>
+        <v>10.317704806366446</v>
       </c>
       <c r="H31" s="112">
         <v>675.3</v>
       </c>
       <c r="I31" s="112">
-        <v>741.8</v>
+        <v>748.6</v>
       </c>
       <c r="J31" s="112">
-        <v>9.8474751962090998</v>
+        <v>10.85443506589665</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
         <v>179</v>
       </c>
       <c r="B32" s="114">
         <v>2792</v>
       </c>
       <c r="C32" s="114">
-        <v>2834</v>
+        <v>2811</v>
       </c>
       <c r="D32" s="114">
-        <v>1.5042979942693435</v>
+        <v>0.68051575931231678</v>
       </c>
       <c r="E32" s="114">
         <v>10.494269340974212</v>
       </c>
       <c r="F32" s="114">
-        <v>12.138320395201129</v>
+        <v>11.526147278548558</v>
       </c>
       <c r="G32" s="114">
-        <v>15.66617932901555</v>
+        <v>9.8327754324490702</v>
       </c>
       <c r="H32" s="114">
         <v>29.3</v>
       </c>
       <c r="I32" s="114">
-        <v>34.4</v>
+        <v>32.4</v>
       </c>
       <c r="J32" s="114">
-        <v>17.406143344709889</v>
+        <v>10.580204778156999</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
         <v>180</v>
       </c>
       <c r="B33" s="114">
         <v>57045</v>
       </c>
       <c r="C33" s="114">
         <v>56245</v>
       </c>
       <c r="D33" s="114">
         <v>-1.4024016127618499</v>
       </c>
       <c r="E33" s="114">
         <v>19.57752651415549</v>
       </c>
       <c r="F33" s="114">
-        <v>20.337807805138233</v>
+        <v>20.348475420037335</v>
       </c>
       <c r="G33" s="114">
-        <v>3.8834389545227888</v>
+        <v>3.9379280386846238</v>
       </c>
       <c r="H33" s="114">
         <v>1116.8</v>
       </c>
       <c r="I33" s="114">
-        <v>1143.9000000000001</v>
+        <v>1144.5</v>
       </c>
       <c r="J33" s="114">
-        <v>2.4265759312321</v>
+        <v>2.4803008595988496</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="113" t="s">
         <v>181</v>
       </c>
       <c r="B34" s="114">
         <v>1448907</v>
       </c>
       <c r="C34" s="114">
-        <v>1426881</v>
+        <v>1427781</v>
       </c>
       <c r="D34" s="114">
-        <v>-1.5201803842482597</v>
+        <v>-1.4580645962784411</v>
       </c>
       <c r="E34" s="114">
         <v>26.538832375024761</v>
       </c>
       <c r="F34" s="114">
-        <v>23.808502601127916</v>
+        <v>24.22374299700024</v>
       </c>
       <c r="G34" s="114">
-        <v>-10.288055387343686</v>
+        <v>-8.7234032956295842</v>
       </c>
       <c r="H34" s="114">
         <v>38452.300000000003</v>
       </c>
       <c r="I34" s="114">
-        <v>33971.9</v>
+        <v>34586.199999999997</v>
       </c>
       <c r="J34" s="114">
-        <v>-11.651838771672962</v>
+        <v>-10.054275036863869</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="115" t="s">
         <v>182</v>
       </c>
       <c r="B35" s="116">
         <v>1508744</v>
       </c>
       <c r="C35" s="116">
-        <v>1485960</v>
+        <v>1486837</v>
       </c>
       <c r="D35" s="116">
-        <v>-1.5101302805512362</v>
+        <v>-1.4520024603246195</v>
       </c>
       <c r="E35" s="116">
         <v>26.245937017810842</v>
       </c>
       <c r="F35" s="116">
-        <v>23.654876308918144</v>
+        <v>24.053140996625721</v>
       </c>
       <c r="G35" s="116">
-        <v>-9.8722354897612163</v>
+        <v>-8.3548018106461956</v>
       </c>
       <c r="H35" s="116">
         <v>39598.400000000001</v>
       </c>
       <c r="I35" s="116">
-        <v>35150.200000000004</v>
+        <v>35763.1</v>
       </c>
       <c r="J35" s="116">
-        <v>-11.233282152814251</v>
+        <v>-9.6854923431249791</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="92" t="s">
         <v>187</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="93"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="94" t="s">
         <v>184</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="A5:A8"/>
@@ -19436,136 +19493,136 @@
       <c r="G7" s="215"/>
       <c r="H7" s="215"/>
       <c r="I7" s="215"/>
       <c r="J7" s="218"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="216"/>
       <c r="B8" s="215"/>
       <c r="C8" s="215"/>
       <c r="D8" s="215"/>
       <c r="E8" s="215"/>
       <c r="F8" s="215"/>
       <c r="G8" s="215"/>
       <c r="H8" s="215"/>
       <c r="I8" s="215"/>
       <c r="J8" s="218"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="101" t="s">
         <v>167</v>
       </c>
       <c r="B9" s="102">
         <v>40333.599999999999</v>
       </c>
       <c r="C9" s="102">
-        <v>42850.5</v>
+        <v>41747.5</v>
       </c>
       <c r="D9" s="102">
-        <v>6.2402066763195041</v>
+        <v>3.5055140131305063</v>
       </c>
       <c r="E9" s="102">
         <v>52.375686772318865</v>
       </c>
       <c r="F9" s="102">
-        <v>54.755487100500581</v>
+        <v>56.420144918857403</v>
       </c>
       <c r="G9" s="102">
-        <v>4.5437119297869755</v>
+        <v>7.7220145372415061</v>
       </c>
       <c r="H9" s="102">
         <v>2112.5</v>
       </c>
       <c r="I9" s="102">
-        <v>2346.3000000000002</v>
+        <v>2355.3999999999996</v>
       </c>
       <c r="J9" s="102">
-        <v>11.067455621301781</v>
+        <v>11.498224852070994</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="111" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="112">
         <v>39805</v>
       </c>
       <c r="C10" s="112">
-        <v>41865</v>
+        <v>40762</v>
       </c>
       <c r="D10" s="112">
-        <v>5.1752292425574664</v>
+        <v>2.4042205753046053</v>
       </c>
       <c r="E10" s="112">
         <v>52.598919733701791</v>
       </c>
       <c r="F10" s="112">
-        <v>55.201242087662727</v>
+        <v>56.92066140032383</v>
       </c>
       <c r="G10" s="112">
-        <v>4.9474825094051322</v>
+        <v>8.2164076534312578</v>
       </c>
       <c r="H10" s="112">
         <v>2093.6999999999998</v>
       </c>
       <c r="I10" s="112">
-        <v>2311</v>
+        <v>2320.1999999999998</v>
       </c>
       <c r="J10" s="112">
-        <v>10.37875531355974</v>
+        <v>10.818168792090566</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="111" t="s">
         <v>81</v>
       </c>
       <c r="B11" s="112">
         <v>528.6</v>
       </c>
       <c r="C11" s="112">
         <v>985.5</v>
       </c>
       <c r="D11" s="112">
         <v>86.43586833144154</v>
       </c>
       <c r="E11" s="112">
         <v>35.565645100264852</v>
       </c>
       <c r="F11" s="112">
-        <v>35.819381024860476</v>
+        <v>35.717909690512428</v>
       </c>
       <c r="G11" s="112">
-        <v>0.71342983904918444</v>
+        <v>0.42812267236631563</v>
       </c>
       <c r="H11" s="112">
         <v>18.8</v>
       </c>
       <c r="I11" s="112">
-        <v>35.299999999999997</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="J11" s="112">
-        <v>87.765957446808486</v>
+        <v>87.2340425531915</v>
       </c>
     </row>
     <row r="12" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A12" s="103">
         <v>0</v>
       </c>
       <c r="B12" s="104">
         <v>0</v>
       </c>
       <c r="C12" s="105">
         <v>0</v>
       </c>
       <c r="D12" s="106">
         <v>0</v>
       </c>
       <c r="E12" s="107">
         <v>0</v>
       </c>
       <c r="F12" s="108">
         <v>0</v>
       </c>
       <c r="G12" s="108">
         <v>0</v>
       </c>
       <c r="H12" s="109">
@@ -19573,95 +19630,95 @@
       </c>
       <c r="I12" s="109">
         <v>0</v>
       </c>
       <c r="J12" s="109">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="113" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="114">
         <v>44330</v>
       </c>
       <c r="C13" s="114">
         <v>47000</v>
       </c>
       <c r="D13" s="114">
         <v>6.0230092488156917</v>
       </c>
       <c r="E13" s="114">
         <v>44.001804646965937</v>
       </c>
       <c r="F13" s="114">
-        <v>62.765957446808514</v>
+        <v>70</v>
       </c>
       <c r="G13" s="114">
-        <v>42.644052784631484</v>
+        <v>59.084384292012729</v>
       </c>
       <c r="H13" s="114">
         <v>1950.6</v>
       </c>
       <c r="I13" s="114">
-        <v>2950</v>
+        <v>3290</v>
       </c>
       <c r="J13" s="114">
-        <v>51.235517276735365</v>
+        <v>68.666051471342143</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="112">
         <v>44330</v>
       </c>
       <c r="C14" s="112">
         <v>47000</v>
       </c>
       <c r="D14" s="112">
         <v>6.0230092488156917</v>
       </c>
       <c r="E14" s="112">
         <v>44.001804646965937</v>
       </c>
       <c r="F14" s="112">
-        <v>62.765957446808514</v>
+        <v>70</v>
       </c>
       <c r="G14" s="112">
-        <v>42.644052784631484</v>
+        <v>59.084384292012729</v>
       </c>
       <c r="H14" s="112">
         <v>1950.6</v>
       </c>
       <c r="I14" s="112">
-        <v>2950</v>
+        <v>3290</v>
       </c>
       <c r="J14" s="112">
-        <v>51.235517276735365</v>
+        <v>68.666051471342143</v>
       </c>
     </row>
     <row r="15" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A15" s="111" t="s">
         <v>169</v>
       </c>
       <c r="B15" s="112">
         <v>0</v>
       </c>
       <c r="C15" s="112">
         <v>0</v>
       </c>
       <c r="D15" s="112">
         <v>0</v>
       </c>
       <c r="E15" s="112">
         <v>0</v>
       </c>
       <c r="F15" s="112">
         <v>0</v>
       </c>
       <c r="G15" s="112">
         <v>0</v>
       </c>
       <c r="H15" s="112">
@@ -19701,63 +19758,63 @@
       </c>
       <c r="I16" s="112">
         <v>0</v>
       </c>
       <c r="J16" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="111" t="s">
         <v>171</v>
       </c>
       <c r="B17" s="112">
         <v>44330</v>
       </c>
       <c r="C17" s="112">
         <v>47000</v>
       </c>
       <c r="D17" s="112">
         <v>6.0230092488156917</v>
       </c>
       <c r="E17" s="112">
         <v>44.001804646965937</v>
       </c>
       <c r="F17" s="112">
-        <v>62.765957446808514</v>
+        <v>70</v>
       </c>
       <c r="G17" s="112">
-        <v>42.644052784631484</v>
+        <v>59.084384292012729</v>
       </c>
       <c r="H17" s="112">
         <v>1950.6</v>
       </c>
       <c r="I17" s="112">
-        <v>2950</v>
+        <v>3290</v>
       </c>
       <c r="J17" s="112">
-        <v>51.235517276735365</v>
+        <v>68.666051471342143</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="113" t="s">
         <v>172</v>
       </c>
       <c r="B18" s="114">
         <v>11606</v>
       </c>
       <c r="C18" s="114">
         <v>11825</v>
       </c>
       <c r="D18" s="114">
         <v>1.8869550232638366</v>
       </c>
       <c r="E18" s="114">
         <v>23.12596932621058</v>
       </c>
       <c r="F18" s="114">
         <v>23.568710359408033</v>
       </c>
       <c r="G18" s="114">
         <v>1.9144755705251981</v>
       </c>
       <c r="H18" s="114">
@@ -19820,104 +19877,104 @@
       </c>
       <c r="F20" s="112">
         <v>0</v>
       </c>
       <c r="G20" s="112">
         <v>0</v>
       </c>
       <c r="H20" s="112">
         <v>0</v>
       </c>
       <c r="I20" s="112">
         <v>0</v>
       </c>
       <c r="J20" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="113" t="s">
         <v>173</v>
       </c>
       <c r="B21" s="114">
         <v>274885</v>
       </c>
       <c r="C21" s="114">
-        <v>269444</v>
+        <v>269232</v>
       </c>
       <c r="D21" s="114">
-        <v>-1.9793731924259261</v>
+        <v>-2.0564963530203539</v>
       </c>
       <c r="E21" s="114">
         <v>37.222474853120396</v>
       </c>
       <c r="F21" s="114">
-        <v>53.422232449043214</v>
+        <v>54.760206810483155</v>
       </c>
       <c r="G21" s="114">
-        <v>43.52144144054617</v>
+        <v>47.115975030049761</v>
       </c>
       <c r="H21" s="114">
         <v>10231.9</v>
       </c>
       <c r="I21" s="114">
-        <v>14394.3</v>
+        <v>14743.2</v>
       </c>
       <c r="J21" s="114">
-        <v>40.680616503288732</v>
+        <v>44.090540368846455</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="111" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="112">
         <v>11897</v>
       </c>
       <c r="C22" s="112">
-        <v>11233</v>
+        <v>11021</v>
       </c>
       <c r="D22" s="112">
-        <v>-5.5812389678070122</v>
+        <v>-7.3632008069261179</v>
       </c>
       <c r="E22" s="112">
         <v>32.688913171387746</v>
       </c>
       <c r="F22" s="112">
-        <v>51.660286655390365</v>
+        <v>53.007894020506306</v>
       </c>
       <c r="G22" s="112">
-        <v>58.036109626942434</v>
+        <v>62.158630795053618</v>
       </c>
       <c r="H22" s="112">
         <v>388.9</v>
       </c>
       <c r="I22" s="112">
-        <v>580.29999999999995</v>
+        <v>584.20000000000005</v>
       </c>
       <c r="J22" s="112">
-        <v>49.215736693237332</v>
+        <v>50.218565183851908</v>
       </c>
     </row>
     <row r="23" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
         <v>174</v>
       </c>
       <c r="B23" s="112">
         <v>0</v>
       </c>
       <c r="C23" s="112">
         <v>0</v>
       </c>
       <c r="D23" s="112">
         <v>0</v>
       </c>
       <c r="E23" s="112">
         <v>0</v>
       </c>
       <c r="F23" s="112">
         <v>0</v>
       </c>
       <c r="G23" s="112">
         <v>0</v>
       </c>
       <c r="H23" s="112">
@@ -19948,72 +20005,72 @@
       </c>
       <c r="F24" s="112">
         <v>0</v>
       </c>
       <c r="G24" s="112">
         <v>0</v>
       </c>
       <c r="H24" s="112">
         <v>0</v>
       </c>
       <c r="I24" s="112">
         <v>0</v>
       </c>
       <c r="J24" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
         <v>176</v>
       </c>
       <c r="B25" s="112">
         <v>7733</v>
       </c>
       <c r="C25" s="112">
-        <v>10928</v>
+        <v>10716</v>
       </c>
       <c r="D25" s="112">
-        <v>41.316436053278153</v>
+        <v>38.574938574938564</v>
       </c>
       <c r="E25" s="112">
         <v>32.691064270011637</v>
       </c>
       <c r="F25" s="112">
-        <v>51.958272327964863</v>
+        <v>53.350130645763343</v>
       </c>
       <c r="G25" s="112">
-        <v>58.937230977908349</v>
+        <v>63.194841884370234</v>
       </c>
       <c r="H25" s="112">
         <v>252.8</v>
       </c>
       <c r="I25" s="112">
-        <v>567.79999999999995</v>
+        <v>571.70000000000005</v>
       </c>
       <c r="J25" s="112">
-        <v>124.6044303797468</v>
+        <v>126.14715189873418</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
         <v>177</v>
       </c>
       <c r="B26" s="112">
         <v>4164</v>
       </c>
       <c r="C26" s="112">
         <v>305</v>
       </c>
       <c r="D26" s="112">
         <v>-92.675312199807877</v>
       </c>
       <c r="E26" s="112">
         <v>32.684918347742553</v>
       </c>
       <c r="F26" s="112">
         <v>40.983606557377051</v>
       </c>
       <c r="G26" s="112">
         <v>25.38996157598681</v>
       </c>
       <c r="H26" s="112">
@@ -20021,63 +20078,63 @@
       </c>
       <c r="I26" s="112">
         <v>12.5</v>
       </c>
       <c r="J26" s="112">
         <v>-90.815576781778105</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="111" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="112">
         <v>262988</v>
       </c>
       <c r="C27" s="112">
         <v>258211</v>
       </c>
       <c r="D27" s="112">
         <v>-1.8164326889439808</v>
       </c>
       <c r="E27" s="112">
         <v>37.427563234824405</v>
       </c>
       <c r="F27" s="112">
-        <v>53.498882696709281</v>
+        <v>54.834999283531687</v>
       </c>
       <c r="G27" s="112">
-        <v>42.939796430378749</v>
+        <v>46.509669730543848</v>
       </c>
       <c r="H27" s="112">
         <v>9843</v>
       </c>
       <c r="I27" s="112">
-        <v>13814</v>
+        <v>14159</v>
       </c>
       <c r="J27" s="112">
-        <v>40.343391242507366</v>
+        <v>43.848420197094384</v>
       </c>
     </row>
     <row r="28" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A28" s="111" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="112">
         <v>0</v>
       </c>
       <c r="C28" s="112">
         <v>0</v>
       </c>
       <c r="D28" s="112">
         <v>0</v>
       </c>
       <c r="E28" s="112">
         <v>0</v>
       </c>
       <c r="F28" s="112">
         <v>0</v>
       </c>
       <c r="G28" s="112">
         <v>0</v>
       </c>
       <c r="H28" s="112">
@@ -20172,168 +20229,168 @@
       </c>
       <c r="F31" s="112">
         <v>0</v>
       </c>
       <c r="G31" s="112">
         <v>0</v>
       </c>
       <c r="H31" s="112">
         <v>0</v>
       </c>
       <c r="I31" s="112">
         <v>0</v>
       </c>
       <c r="J31" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
         <v>179</v>
       </c>
       <c r="B32" s="114">
         <v>1275</v>
       </c>
       <c r="C32" s="114">
-        <v>1799</v>
+        <v>2052</v>
       </c>
       <c r="D32" s="114">
-        <v>41.098039215686264</v>
+        <v>60.941176470588232</v>
       </c>
       <c r="E32" s="114">
         <v>41.803921568627452</v>
       </c>
       <c r="F32" s="114">
-        <v>46.914952751528624</v>
+        <v>51.120857699805072</v>
       </c>
       <c r="G32" s="114">
-        <v>12.22620029680861</v>
+        <v>22.28722995731982</v>
       </c>
       <c r="H32" s="114">
         <v>53.3</v>
       </c>
       <c r="I32" s="114">
-        <v>84.4</v>
+        <v>104.9</v>
       </c>
       <c r="J32" s="114">
-        <v>58.348968105065694</v>
+        <v>96.810506566604147</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
         <v>180</v>
       </c>
       <c r="B33" s="114">
         <v>84663.6</v>
       </c>
       <c r="C33" s="114">
-        <v>89850.5</v>
+        <v>88747.5</v>
       </c>
       <c r="D33" s="114">
-        <v>6.1264817465829458</v>
+        <v>4.8236786529275877</v>
       </c>
       <c r="E33" s="114">
         <v>47.991108339357169</v>
       </c>
       <c r="F33" s="114">
-        <v>58.945693123577499</v>
+        <v>63.611932730499454</v>
       </c>
       <c r="G33" s="114">
-        <v>22.826280040789459</v>
+        <v>32.549413696978036</v>
       </c>
       <c r="H33" s="114">
         <v>4063.1</v>
       </c>
       <c r="I33" s="114">
-        <v>5296.3</v>
+        <v>5645.4</v>
       </c>
       <c r="J33" s="114">
-        <v>30.351209667495272</v>
+        <v>38.943171470059788</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="113" t="s">
         <v>181</v>
       </c>
       <c r="B34" s="114">
         <v>286491</v>
       </c>
       <c r="C34" s="114">
-        <v>281269</v>
+        <v>281057</v>
       </c>
       <c r="D34" s="114">
-        <v>-1.8227448680761316</v>
+        <v>-1.8967437022454403</v>
       </c>
       <c r="E34" s="114">
         <v>36.651413133396858</v>
       </c>
       <c r="F34" s="114">
-        <v>52.167142486374253</v>
+        <v>53.447877121011047</v>
       </c>
       <c r="G34" s="114">
-        <v>42.333236365283341</v>
+        <v>45.827602680643189</v>
       </c>
       <c r="H34" s="114">
         <v>10500.3</v>
       </c>
       <c r="I34" s="114">
-        <v>14673</v>
+        <v>15021.900000000001</v>
       </c>
       <c r="J34" s="114">
-        <v>39.738864603868464</v>
+        <v>43.061626810662567</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="115" t="s">
         <v>182</v>
       </c>
       <c r="B35" s="116">
         <v>372429.6</v>
       </c>
       <c r="C35" s="116">
-        <v>372918.5</v>
+        <v>371856.5</v>
       </c>
       <c r="D35" s="116">
-        <v>0.13127313188856515</v>
+        <v>-0.15388143155108391</v>
       </c>
       <c r="E35" s="116">
         <v>39.246880484257964</v>
       </c>
       <c r="F35" s="116">
-        <v>53.775020547385019</v>
+        <v>55.860795763957334</v>
       </c>
       <c r="G35" s="116">
-        <v>37.017311653481187</v>
+        <v>42.331811024734201</v>
       </c>
       <c r="H35" s="116">
         <v>14616.699999999999</v>
       </c>
       <c r="I35" s="116">
-        <v>20053.7</v>
+        <v>20772.2</v>
       </c>
       <c r="J35" s="116">
-        <v>37.197178569718204</v>
+        <v>42.112788796376762</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="92" t="s">
         <v>185</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="93"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="94" t="s">
         <v>184</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="B5:D5"/>
@@ -20456,136 +20513,136 @@
       <c r="G7" s="215"/>
       <c r="H7" s="215"/>
       <c r="I7" s="215"/>
       <c r="J7" s="218"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="216"/>
       <c r="B8" s="215"/>
       <c r="C8" s="215"/>
       <c r="D8" s="215"/>
       <c r="E8" s="215"/>
       <c r="F8" s="215"/>
       <c r="G8" s="215"/>
       <c r="H8" s="215"/>
       <c r="I8" s="215"/>
       <c r="J8" s="218"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="101" t="s">
         <v>167</v>
       </c>
       <c r="B9" s="102">
         <v>40333.599999999999</v>
       </c>
       <c r="C9" s="102">
-        <v>42850.5</v>
+        <v>41747.5</v>
       </c>
       <c r="D9" s="102">
-        <v>6.2402066763195041</v>
+        <v>3.5055140131305063</v>
       </c>
       <c r="E9" s="102">
         <v>52.375686772318865</v>
       </c>
       <c r="F9" s="102">
-        <v>54.755487100500581</v>
+        <v>56.420144918857403</v>
       </c>
       <c r="G9" s="102">
-        <v>4.5437119297869755</v>
+        <v>7.7220145372415061</v>
       </c>
       <c r="H9" s="102">
         <v>2112.5</v>
       </c>
       <c r="I9" s="102">
-        <v>2346.3000000000002</v>
+        <v>2355.3999999999996</v>
       </c>
       <c r="J9" s="102">
-        <v>11.067455621301781</v>
+        <v>11.498224852070994</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="111" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="112">
         <v>39805</v>
       </c>
       <c r="C10" s="112">
-        <v>41865</v>
+        <v>40762</v>
       </c>
       <c r="D10" s="112">
-        <v>5.1752292425574664</v>
+        <v>2.4042205753046053</v>
       </c>
       <c r="E10" s="112">
         <v>52.598919733701791</v>
       </c>
       <c r="F10" s="112">
-        <v>55.201242087662727</v>
+        <v>56.92066140032383</v>
       </c>
       <c r="G10" s="112">
-        <v>4.9474825094051322</v>
+        <v>8.2164076534312578</v>
       </c>
       <c r="H10" s="112">
         <v>2093.6999999999998</v>
       </c>
       <c r="I10" s="112">
-        <v>2311</v>
+        <v>2320.1999999999998</v>
       </c>
       <c r="J10" s="112">
-        <v>10.37875531355974</v>
+        <v>10.818168792090566</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="111" t="s">
         <v>81</v>
       </c>
       <c r="B11" s="112">
         <v>528.6</v>
       </c>
       <c r="C11" s="112">
         <v>985.5</v>
       </c>
       <c r="D11" s="112">
         <v>86.43586833144154</v>
       </c>
       <c r="E11" s="112">
         <v>35.565645100264852</v>
       </c>
       <c r="F11" s="112">
-        <v>35.819381024860476</v>
+        <v>35.717909690512428</v>
       </c>
       <c r="G11" s="112">
-        <v>0.71342983904918444</v>
+        <v>0.42812267236631563</v>
       </c>
       <c r="H11" s="112">
         <v>18.8</v>
       </c>
       <c r="I11" s="112">
-        <v>35.299999999999997</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="J11" s="112">
-        <v>87.765957446808486</v>
+        <v>87.2340425531915</v>
       </c>
     </row>
     <row r="12" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A12" s="103">
         <v>0</v>
       </c>
       <c r="B12" s="104">
         <v>0</v>
       </c>
       <c r="C12" s="105">
         <v>0</v>
       </c>
       <c r="D12" s="106">
         <v>0</v>
       </c>
       <c r="E12" s="107">
         <v>0</v>
       </c>
       <c r="F12" s="108">
         <v>0</v>
       </c>
       <c r="G12" s="108">
         <v>0</v>
       </c>
       <c r="H12" s="109">
@@ -20593,447 +20650,447 @@
       </c>
       <c r="I12" s="109">
         <v>0</v>
       </c>
       <c r="J12" s="110">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="113" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="114">
         <v>101375</v>
       </c>
       <c r="C13" s="114">
         <v>103245</v>
       </c>
       <c r="D13" s="114">
         <v>1.8446362515412984</v>
       </c>
       <c r="E13" s="114">
         <v>30.257953144266335</v>
       </c>
       <c r="F13" s="114">
-        <v>39.652283403554648</v>
+        <v>42.951232505206065</v>
       </c>
       <c r="G13" s="114">
-        <v>31.047474409446195</v>
+        <v>41.95022479022186</v>
       </c>
       <c r="H13" s="114">
         <v>3067.3999999999996</v>
       </c>
       <c r="I13" s="114">
-        <v>4093.9</v>
+        <v>4434.5</v>
       </c>
       <c r="J13" s="114">
-        <v>33.464823629132191</v>
+        <v>44.568690095846655</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="112">
         <v>101375</v>
       </c>
       <c r="C14" s="112">
         <v>103245</v>
       </c>
       <c r="D14" s="112">
         <v>1.8446362515412984</v>
       </c>
       <c r="E14" s="112">
         <v>30.257953144266335</v>
       </c>
       <c r="F14" s="112">
-        <v>39.652283403554648</v>
+        <v>42.951232505206065</v>
       </c>
       <c r="G14" s="112">
-        <v>31.047474409446195</v>
+        <v>41.95022479022186</v>
       </c>
       <c r="H14" s="112">
         <v>3067.3999999999996</v>
       </c>
       <c r="I14" s="112">
-        <v>4093.9</v>
+        <v>4434.5</v>
       </c>
       <c r="J14" s="112">
-        <v>33.464823629132191</v>
+        <v>44.568690095846655</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="111" t="s">
         <v>169</v>
       </c>
       <c r="B15" s="112">
         <v>5200</v>
       </c>
       <c r="C15" s="112">
         <v>6000</v>
       </c>
       <c r="D15" s="112">
         <v>15.384615384615374</v>
       </c>
       <c r="E15" s="112">
         <v>43</v>
       </c>
       <c r="F15" s="112">
-        <v>43.333333333333336</v>
+        <v>44.166666666666664</v>
       </c>
       <c r="G15" s="112">
-        <v>0.77519379844961378</v>
+        <v>2.7131782945736482</v>
       </c>
       <c r="H15" s="112">
         <v>223.6</v>
       </c>
       <c r="I15" s="112">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="J15" s="112">
-        <v>16.279069767441868</v>
+        <v>18.515205724508043</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="111" t="s">
         <v>170</v>
       </c>
       <c r="B16" s="112">
         <v>51845</v>
       </c>
       <c r="C16" s="112">
         <v>50245</v>
       </c>
       <c r="D16" s="112">
         <v>-3.086122094705368</v>
       </c>
       <c r="E16" s="112">
         <v>17.228276593692737</v>
       </c>
       <c r="F16" s="112">
-        <v>17.591800179122302</v>
+        <v>17.50422927654493</v>
       </c>
       <c r="G16" s="112">
-        <v>2.1100403366094644</v>
+        <v>1.6017428171150927</v>
       </c>
       <c r="H16" s="112">
         <v>893.2</v>
       </c>
       <c r="I16" s="112">
-        <v>883.9</v>
+        <v>879.5</v>
       </c>
       <c r="J16" s="112">
-        <v>-1.0412001791312187</v>
+        <v>-1.5338110165696417</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="111" t="s">
         <v>171</v>
       </c>
       <c r="B17" s="112">
         <v>44330</v>
       </c>
       <c r="C17" s="112">
         <v>47000</v>
       </c>
       <c r="D17" s="112">
         <v>6.0230092488156917</v>
       </c>
       <c r="E17" s="112">
         <v>44.001804646965937</v>
       </c>
       <c r="F17" s="112">
-        <v>62.765957446808514</v>
+        <v>70</v>
       </c>
       <c r="G17" s="112">
-        <v>42.644052784631484</v>
+        <v>59.084384292012729</v>
       </c>
       <c r="H17" s="112">
         <v>1950.6</v>
       </c>
       <c r="I17" s="112">
-        <v>2950</v>
+        <v>3290</v>
       </c>
       <c r="J17" s="112">
-        <v>51.235517276735365</v>
+        <v>68.666051471342143</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="113" t="s">
         <v>172</v>
       </c>
       <c r="B18" s="114">
         <v>17578</v>
       </c>
       <c r="C18" s="114">
-        <v>17407</v>
+        <v>17404</v>
       </c>
       <c r="D18" s="114">
-        <v>-0.97280691773807826</v>
+        <v>-0.98987370576857359</v>
       </c>
       <c r="E18" s="114">
         <v>29.809989759927181</v>
       </c>
       <c r="F18" s="114">
-        <v>28.310449819038315</v>
+        <v>28.395771087106411</v>
       </c>
       <c r="G18" s="114">
-        <v>-5.0303269238443633</v>
+        <v>-4.7441098913823421</v>
       </c>
       <c r="H18" s="114">
         <v>524</v>
       </c>
       <c r="I18" s="114">
-        <v>492.79999999999995</v>
+        <v>494.2</v>
       </c>
       <c r="J18" s="114">
-        <v>-5.954198473282446</v>
+        <v>-5.6870229007633615</v>
       </c>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="111" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="112">
         <v>11606</v>
       </c>
       <c r="C19" s="112">
         <v>11825</v>
       </c>
       <c r="D19" s="112">
         <v>1.8869550232638366</v>
       </c>
       <c r="E19" s="112">
         <v>23.12596932621058</v>
       </c>
       <c r="F19" s="112">
         <v>23.568710359408033</v>
       </c>
       <c r="G19" s="112">
         <v>1.9144755705251981</v>
       </c>
       <c r="H19" s="112">
         <v>268.39999999999998</v>
       </c>
       <c r="I19" s="112">
         <v>278.7</v>
       </c>
       <c r="J19" s="112">
         <v>3.8375558867362214</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="112">
         <v>5972</v>
       </c>
       <c r="C20" s="112">
-        <v>5582</v>
+        <v>5579</v>
       </c>
       <c r="D20" s="112">
-        <v>-6.5304755525786966</v>
+        <v>-6.5807099799062296</v>
       </c>
       <c r="E20" s="112">
         <v>42.799732083054252</v>
       </c>
       <c r="F20" s="112">
-        <v>38.355428161949121</v>
+        <v>38.62699408496146</v>
       </c>
       <c r="G20" s="112">
-        <v>-10.383952666995244</v>
+        <v>-9.7494488750430985</v>
       </c>
       <c r="H20" s="112">
         <v>255.6</v>
       </c>
       <c r="I20" s="112">
-        <v>214.1</v>
+        <v>215.5</v>
       </c>
       <c r="J20" s="112">
-        <v>-16.23630672926447</v>
+        <v>-15.688575899843505</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="113" t="s">
         <v>173</v>
       </c>
       <c r="B21" s="114">
         <v>1692539</v>
       </c>
       <c r="C21" s="114">
-        <v>1665339</v>
+        <v>1666030</v>
       </c>
       <c r="D21" s="114">
-        <v>-1.6070530723368837</v>
+        <v>-1.5662268343595076</v>
       </c>
       <c r="E21" s="114">
         <v>28.214002749715075</v>
       </c>
       <c r="F21" s="114">
-        <v>28.468858292515819</v>
+        <v>29.030269562973057</v>
       </c>
       <c r="G21" s="114">
-        <v>0.90329452740738336</v>
+        <v>2.8931265815029583</v>
       </c>
       <c r="H21" s="114">
         <v>47753.3</v>
       </c>
       <c r="I21" s="114">
-        <v>47410.3</v>
+        <v>48365.3</v>
       </c>
       <c r="J21" s="114">
-        <v>-0.71827496738445795</v>
+        <v>1.281586822271974</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="111" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="112">
         <v>1103544</v>
       </c>
       <c r="C22" s="112">
-        <v>1077782</v>
+        <v>1077804</v>
       </c>
       <c r="D22" s="112">
-        <v>-2.3344787339698247</v>
+        <v>-2.3324851569126337</v>
       </c>
       <c r="E22" s="112">
         <v>25.460878768766811</v>
       </c>
       <c r="F22" s="112">
-        <v>23.45947510721092</v>
+        <v>23.895903151222303</v>
       </c>
       <c r="G22" s="112">
-        <v>-7.8607014303490486</v>
+        <v>-6.1465891721863226</v>
       </c>
       <c r="H22" s="112">
         <v>28097.200000000001</v>
       </c>
       <c r="I22" s="112">
-        <v>25284.2</v>
+        <v>25755.100000000002</v>
       </c>
       <c r="J22" s="112">
-        <v>-10.011673761086515</v>
+        <v>-8.3357060490013239</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
         <v>174</v>
       </c>
       <c r="B23" s="112">
         <v>547083</v>
       </c>
       <c r="C23" s="112">
         <v>521815</v>
       </c>
       <c r="D23" s="112">
         <v>-4.6186776046779006</v>
       </c>
       <c r="E23" s="112">
         <v>24.657501695355183</v>
       </c>
       <c r="F23" s="112">
-        <v>22.928432490442013</v>
+        <v>23.114130486858368</v>
       </c>
       <c r="G23" s="112">
-        <v>-7.0123454771530263</v>
+        <v>-6.2592359419265335</v>
       </c>
       <c r="H23" s="112">
         <v>13489.7</v>
       </c>
       <c r="I23" s="112">
-        <v>11964.4</v>
+        <v>12061.3</v>
       </c>
       <c r="J23" s="112">
-        <v>-11.307145451715018</v>
+        <v>-10.588819617930723</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="111" t="s">
         <v>175</v>
       </c>
       <c r="B24" s="112">
         <v>195258</v>
       </c>
       <c r="C24" s="112">
         <v>195941</v>
       </c>
       <c r="D24" s="112">
         <v>0.34979360640792212</v>
       </c>
       <c r="E24" s="112">
         <v>27.434471314875704</v>
       </c>
       <c r="F24" s="112">
-        <v>23.568829392521216</v>
+        <v>24.352228476939487</v>
       </c>
       <c r="G24" s="112">
-        <v>-14.090455318008743</v>
+        <v>-11.234927046926336</v>
       </c>
       <c r="H24" s="112">
         <v>5356.8</v>
       </c>
       <c r="I24" s="112">
-        <v>4618.1000000000004</v>
+        <v>4771.6000000000004</v>
       </c>
       <c r="J24" s="112">
-        <v>-13.789949223416965</v>
+        <v>-10.924432497013136</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
         <v>176</v>
       </c>
       <c r="B25" s="112">
         <v>332667</v>
       </c>
       <c r="C25" s="112">
-        <v>330428</v>
+        <v>330450</v>
       </c>
       <c r="D25" s="112">
-        <v>-0.67304541779016347</v>
+        <v>-0.66643219796372888</v>
       </c>
       <c r="E25" s="112">
         <v>25.115205295385476</v>
       </c>
       <c r="F25" s="112">
-        <v>23.664762066168727</v>
+        <v>24.330458465728551</v>
       </c>
       <c r="G25" s="112">
-        <v>-5.7751597574368425</v>
+        <v>-3.124588552740637</v>
       </c>
       <c r="H25" s="112">
         <v>8355</v>
       </c>
       <c r="I25" s="112">
-        <v>7819.5</v>
+        <v>8040</v>
       </c>
       <c r="J25" s="112">
-        <v>-6.4093357271095108</v>
+        <v>-3.7701974865350096</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
         <v>177</v>
       </c>
       <c r="B26" s="112">
         <v>28536</v>
       </c>
       <c r="C26" s="112">
         <v>29598</v>
       </c>
       <c r="D26" s="112">
         <v>3.7216148023549112</v>
       </c>
       <c r="E26" s="112">
         <v>31.38842164283712</v>
       </c>
       <c r="F26" s="112">
         <v>29.806067977566052</v>
       </c>
       <c r="G26" s="112">
         <v>-5.041201763109882</v>
       </c>
       <c r="H26" s="112">
@@ -21041,95 +21098,95 @@
       </c>
       <c r="I26" s="112">
         <v>882.2</v>
       </c>
       <c r="J26" s="112">
         <v>-1.507201071787434</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="111" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="112">
         <v>391351</v>
       </c>
       <c r="C27" s="112">
         <v>379822</v>
       </c>
       <c r="D27" s="112">
         <v>-2.9459487774401993</v>
       </c>
       <c r="E27" s="112">
         <v>35.42855390685088</v>
       </c>
       <c r="F27" s="112">
-        <v>44.965799769365653</v>
+        <v>45.937307475606993</v>
       </c>
       <c r="G27" s="112">
-        <v>26.919658893191635</v>
+        <v>29.661819097629106</v>
       </c>
       <c r="H27" s="112">
         <v>13865</v>
       </c>
       <c r="I27" s="112">
-        <v>17079</v>
+        <v>17448</v>
       </c>
       <c r="J27" s="112">
-        <v>23.180670753696365</v>
+        <v>25.842048323115762</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="111" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="112">
         <v>11503</v>
       </c>
       <c r="C28" s="112">
-        <v>11710</v>
+        <v>12379</v>
       </c>
       <c r="D28" s="112">
-        <v>1.7995305572459319</v>
+        <v>7.6154046770407824</v>
       </c>
       <c r="E28" s="112">
         <v>30.122576719116751</v>
       </c>
       <c r="F28" s="112">
-        <v>26.233988044406491</v>
+        <v>34.114225704822687</v>
       </c>
       <c r="G28" s="112">
-        <v>-12.909216601787044</v>
+        <v>13.251353039704306</v>
       </c>
       <c r="H28" s="112">
         <v>346.5</v>
       </c>
       <c r="I28" s="112">
-        <v>307.2</v>
+        <v>422.3</v>
       </c>
       <c r="J28" s="112">
-        <v>-11.341991341991342</v>
+        <v>21.875901875901871</v>
       </c>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="111" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="112">
         <v>186141</v>
       </c>
       <c r="C29" s="112">
         <v>196025</v>
       </c>
       <c r="D29" s="112">
         <v>5.3099532075147282</v>
       </c>
       <c r="E29" s="112">
         <v>29.249869722414729</v>
       </c>
       <c r="F29" s="112">
         <v>24.180079071546995</v>
       </c>
       <c r="G29" s="112">
         <v>-17.332694808492288</v>
       </c>
       <c r="H29" s="112">
@@ -21137,223 +21194,223 @@
       </c>
       <c r="I29" s="112">
         <v>4739.8999999999996</v>
       </c>
       <c r="J29" s="112">
         <v>-12.943099584909834</v>
       </c>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
         <v>178</v>
       </c>
       <c r="B30" s="114">
         <v>25281</v>
       </c>
       <c r="C30" s="114">
         <v>25404</v>
       </c>
       <c r="D30" s="114">
         <v>0.48653138720777811</v>
       </c>
       <c r="E30" s="114">
         <v>26.711759819627389</v>
       </c>
       <c r="F30" s="114">
-        <v>29.200125964415054</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="G30" s="114">
-        <v>9.3156203918816729</v>
+        <v>10.317704806366446</v>
       </c>
       <c r="H30" s="114">
         <v>675.3</v>
       </c>
       <c r="I30" s="114">
-        <v>741.8</v>
+        <v>748.6</v>
       </c>
       <c r="J30" s="114">
-        <v>9.8474751962090998</v>
+        <v>10.85443506589665</v>
       </c>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="111" t="s">
         <v>5</v>
       </c>
       <c r="B31" s="112">
         <v>25281</v>
       </c>
       <c r="C31" s="112">
         <v>25404</v>
       </c>
       <c r="D31" s="112">
         <v>0.48653138720777811</v>
       </c>
       <c r="E31" s="112">
         <v>26.711759819627389</v>
       </c>
       <c r="F31" s="112">
-        <v>29.200125964415054</v>
+        <v>29.467800346402143</v>
       </c>
       <c r="G31" s="112">
-        <v>9.3156203918816729</v>
+        <v>10.317704806366446</v>
       </c>
       <c r="H31" s="112">
         <v>675.3</v>
       </c>
       <c r="I31" s="112">
-        <v>741.8</v>
+        <v>748.6</v>
       </c>
       <c r="J31" s="112">
-        <v>9.8474751962090998</v>
+        <v>10.85443506589665</v>
       </c>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
         <v>179</v>
       </c>
       <c r="B32" s="114">
         <v>4067</v>
       </c>
       <c r="C32" s="114">
-        <v>4633</v>
+        <v>4863</v>
       </c>
       <c r="D32" s="114">
-        <v>13.91689205802804</v>
+        <v>19.572166215883936</v>
       </c>
       <c r="E32" s="114">
         <v>20.309810671256454</v>
       </c>
       <c r="F32" s="114">
-        <v>25.642132527519969</v>
+        <v>28.233600658030024</v>
       </c>
       <c r="G32" s="114">
-        <v>26.254906766856799</v>
+        <v>39.014593070469857</v>
       </c>
       <c r="H32" s="114">
         <v>82.6</v>
       </c>
       <c r="I32" s="114">
-        <v>118.80000000000001</v>
+        <v>137.30000000000001</v>
       </c>
       <c r="J32" s="114">
-        <v>43.825665859564175</v>
+        <v>66.222760290556934</v>
       </c>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
         <v>180</v>
       </c>
       <c r="B33" s="114">
         <v>141708.6</v>
       </c>
       <c r="C33" s="114">
-        <v>146095.5</v>
+        <v>144992.5</v>
       </c>
       <c r="D33" s="114">
-        <v>3.0957189613050939</v>
+        <v>2.3173611199320154</v>
       </c>
       <c r="E33" s="114">
         <v>36.553180258643437</v>
       </c>
       <c r="F33" s="114">
-        <v>44.082124363857893</v>
+        <v>46.829318757866787</v>
       </c>
       <c r="G33" s="114">
-        <v>20.597234090005468</v>
+        <v>28.112843879824755</v>
       </c>
       <c r="H33" s="114">
         <v>5179.8999999999996</v>
       </c>
       <c r="I33" s="114">
-        <v>6440.2000000000007</v>
+        <v>6789.9</v>
       </c>
       <c r="J33" s="114">
-        <v>24.33058553253926</v>
+        <v>31.081681113535019</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="113" t="s">
         <v>181</v>
       </c>
       <c r="B34" s="114">
         <v>1735398</v>
       </c>
       <c r="C34" s="114">
-        <v>1708150</v>
+        <v>1708838</v>
       </c>
       <c r="D34" s="114">
-        <v>-1.5701297339284714</v>
+        <v>-1.5304846496308033</v>
       </c>
       <c r="E34" s="114">
         <v>28.208284209155483</v>
       </c>
       <c r="F34" s="114">
-        <v>28.478119603079353</v>
+        <v>29.030311825930838</v>
       </c>
       <c r="G34" s="114">
-        <v>0.95658208745745821</v>
+        <v>2.9141354741049952</v>
       </c>
       <c r="H34" s="114">
         <v>48952.600000000006</v>
       </c>
       <c r="I34" s="114">
-        <v>48644.9</v>
+        <v>49608.1</v>
       </c>
       <c r="J34" s="114">
-        <v>-0.62856722625561634</v>
+        <v>1.3390504283735449</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="115" t="s">
         <v>182</v>
       </c>
       <c r="B35" s="116">
         <v>1881173.6</v>
       </c>
       <c r="C35" s="116">
-        <v>1858878.5</v>
+        <v>1858693.5</v>
       </c>
       <c r="D35" s="116">
-        <v>-1.1851697259625649</v>
+        <v>-1.1950040123888672</v>
       </c>
       <c r="E35" s="116">
         <v>28.819828217874203</v>
       </c>
       <c r="F35" s="116">
-        <v>29.69742239742942</v>
+        <v>30.416687850901724</v>
       </c>
       <c r="G35" s="116">
-        <v>3.0451055187446618</v>
+        <v>5.5408367494610644</v>
       </c>
       <c r="H35" s="116">
         <v>54215.1</v>
       </c>
       <c r="I35" s="116">
-        <v>55203.900000000009</v>
+        <v>56535.3</v>
       </c>
       <c r="J35" s="116">
-        <v>1.8238461240503323</v>
+        <v>4.2796195155962113</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="92" t="s">
         <v>183</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="93"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="94" t="s">
         <v>184</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="A5:A8"/>
@@ -21667,54 +21724,54 @@
       <c r="L5" s="161">
         <v>5804.685254</v>
       </c>
       <c r="M5" s="187">
         <v>38.046217383333328</v>
       </c>
       <c r="N5" s="162">
         <v>8514.0956580000002</v>
       </c>
       <c r="O5" s="187">
         <v>35.534282166666664</v>
       </c>
       <c r="P5" s="162">
         <v>7314.1848580000014</v>
       </c>
       <c r="Q5" s="187">
         <v>35.279403949999995</v>
       </c>
       <c r="R5" s="162">
         <v>11338.075885999999</v>
       </c>
       <c r="S5" s="187">
         <v>46.145099483333325</v>
       </c>
       <c r="T5" s="162">
-        <v>11811.217258000001</v>
+        <v>13307.739993000001</v>
       </c>
       <c r="U5" s="198">
-        <v>30.775423833333335</v>
+        <v>34.311272716666664</v>
       </c>
     </row>
     <row r="6" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="131" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="163">
         <v>363.39892800000001</v>
       </c>
       <c r="C6" s="188">
         <v>2.4851133000000001</v>
       </c>
       <c r="D6" s="163">
         <v>431.09901400000001</v>
       </c>
       <c r="E6" s="188">
         <v>2.4612068166666665</v>
       </c>
       <c r="F6" s="163">
         <v>417.76797800000003</v>
       </c>
       <c r="G6" s="188">
         <v>2.6180762500000001</v>
       </c>
       <c r="H6" s="163">
@@ -22395,54 +22452,54 @@
       <c r="L16" s="163">
         <v>570.41672400000004</v>
       </c>
       <c r="M16" s="188">
         <v>2.9184068666666665</v>
       </c>
       <c r="N16" s="164">
         <v>884.68887099999995</v>
       </c>
       <c r="O16" s="188">
         <v>3.6057957333333333</v>
       </c>
       <c r="P16" s="164">
         <v>735.48034399999995</v>
       </c>
       <c r="Q16" s="188">
         <v>3.9117695500000003</v>
       </c>
       <c r="R16" s="164">
         <v>1372.3065509999999</v>
       </c>
       <c r="S16" s="188">
         <v>4.7548132000000001</v>
       </c>
       <c r="T16" s="164">
-        <v>0</v>
+        <v>1496.522735</v>
       </c>
       <c r="U16" s="199">
-        <v>0</v>
+        <v>3.5358488833333337</v>
       </c>
     </row>
     <row r="17" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="128" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="163">
         <v>532.43178799999998</v>
       </c>
       <c r="C17" s="188">
         <v>2.9127161666666668</v>
       </c>
       <c r="D17" s="163">
         <v>419.09448200000003</v>
       </c>
       <c r="E17" s="188">
         <v>2.58038905</v>
       </c>
       <c r="F17" s="163">
         <v>552.92593199999999</v>
       </c>
       <c r="G17" s="188">
         <v>4.1013100833333338</v>
       </c>
       <c r="H17" s="163">
@@ -22525,54 +22582,54 @@
       <c r="L18" s="165">
         <v>540.219787</v>
       </c>
       <c r="M18" s="189">
         <v>4.2826466333333331</v>
       </c>
       <c r="N18" s="166">
         <v>700.90497300000015</v>
       </c>
       <c r="O18" s="189">
         <v>4.1456635632743195</v>
       </c>
       <c r="P18" s="166">
         <v>737.39213199999983</v>
       </c>
       <c r="Q18" s="189">
         <v>3.3426625061265005</v>
       </c>
       <c r="R18" s="166">
         <v>966.95186999999987</v>
       </c>
       <c r="S18" s="189">
         <v>4.3030961559970198</v>
       </c>
       <c r="T18" s="166">
-        <v>988.98903500000006</v>
+        <v>1072.7303669999999</v>
       </c>
       <c r="U18" s="200">
-        <v>3.0718275081080173</v>
+        <v>3.3693193347501258</v>
       </c>
     </row>
     <row r="19" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="130" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="167">
         <v>39.565886999999996</v>
       </c>
       <c r="C19" s="190">
         <v>0.26757749999999997</v>
       </c>
       <c r="D19" s="167">
         <v>31.633144999999999</v>
       </c>
       <c r="E19" s="190">
         <v>0.18239648333333333</v>
       </c>
       <c r="F19" s="167">
         <v>33.509155999999997</v>
       </c>
       <c r="G19" s="190">
         <v>0.21643966666666667</v>
       </c>
       <c r="H19" s="167">
@@ -23264,54 +23321,54 @@
       <c r="L29" s="163">
         <v>45.027994</v>
       </c>
       <c r="M29" s="188">
         <v>0.3367392666666667</v>
       </c>
       <c r="N29" s="164">
         <v>60.671404000000003</v>
       </c>
       <c r="O29" s="188">
         <v>0.29950175778961169</v>
       </c>
       <c r="P29" s="164">
         <v>57.42351</v>
       </c>
       <c r="Q29" s="188">
         <v>0.1103204</v>
       </c>
       <c r="R29" s="164">
         <v>90.789506000000003</v>
       </c>
       <c r="S29" s="188">
         <v>0.36287771019033499</v>
       </c>
       <c r="T29" s="164">
-        <v>0</v>
+        <v>83.7413319999999</v>
       </c>
       <c r="U29" s="199">
-        <v>0</v>
+        <v>0.29749182664210833</v>
       </c>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
@@ -23442,54 +23499,54 @@
       <c r="L31" s="169">
         <v>28.463187999999995</v>
       </c>
       <c r="M31" s="191">
         <v>0.10960620000000001</v>
       </c>
       <c r="N31" s="170">
         <v>28.325065000000002</v>
       </c>
       <c r="O31" s="191">
         <v>6.6412388372055681E-2</v>
       </c>
       <c r="P31" s="170">
         <v>35.364129000000005</v>
       </c>
       <c r="Q31" s="191">
         <v>8.3852416710726393E-2</v>
       </c>
       <c r="R31" s="170">
         <v>35.424352000000006</v>
       </c>
       <c r="S31" s="191">
         <v>8.0989803969049437E-2</v>
       </c>
       <c r="T31" s="170">
-        <v>44.019834999999993</v>
+        <v>50.543396999999992</v>
       </c>
       <c r="U31" s="202">
-        <v>7.9733109629619131E-2</v>
+        <v>9.1416764866046121E-2</v>
       </c>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
@@ -24249,54 +24306,54 @@
       <c r="L42" s="163">
         <v>2.449951</v>
       </c>
       <c r="M42" s="188">
         <v>5.7353500000000002E-3</v>
       </c>
       <c r="N42" s="164">
         <v>2.7312979999999998</v>
       </c>
       <c r="O42" s="188">
         <v>6.8630365851879167E-3</v>
       </c>
       <c r="P42" s="164">
         <v>2.374857</v>
       </c>
       <c r="Q42" s="188">
         <v>4.4035833333333331E-3</v>
       </c>
       <c r="R42" s="164">
         <v>4.258451</v>
       </c>
       <c r="S42" s="188">
         <v>8.7868295389215163E-3</v>
       </c>
       <c r="T42" s="164">
-        <v>0</v>
+        <v>6.5235620000000001</v>
       </c>
       <c r="U42" s="199">
-        <v>0</v>
+        <v>1.1683655236426983E-2</v>
       </c>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
     </row>
     <row r="43" spans="1:27" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="135" t="s">
         <v>37</v>
       </c>
       <c r="B43" s="171">
         <v>3.204968</v>
       </c>
       <c r="C43" s="192">
         <v>8.1907000000000004E-3</v>
       </c>
       <c r="D43" s="171">
         <v>1.177173</v>
       </c>
       <c r="E43" s="192">
         <v>3.5316499999999999E-3</v>
       </c>
       <c r="F43" s="171">
@@ -24442,82 +24499,82 @@
       <c r="E49" s="195"/>
       <c r="F49" s="33"/>
       <c r="G49" s="195"/>
       <c r="H49" s="33"/>
       <c r="I49" s="195"/>
       <c r="J49" s="33"/>
       <c r="K49" s="33"/>
       <c r="P49" s="33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B50" s="33"/>
       <c r="C50" s="195"/>
       <c r="D50" s="33"/>
       <c r="E50" s="195"/>
       <c r="F50" s="33"/>
       <c r="G50" s="195"/>
       <c r="H50" s="33"/>
       <c r="I50" s="195"/>
       <c r="J50" s="33"/>
       <c r="K50" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="P3:Q3"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
-    <mergeCell ref="B3:C3"/>
-[...3 lines deleted...]
-    <mergeCell ref="J3:K3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.94488188976377963" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB64A149-9087-42CD-9E1A-0CC0F76D4B2C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BM50"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A13" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="89" zoomScaleNormal="89" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.42578125" style="184" customWidth="1"/>
     <col min="3" max="3" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="184" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="184" customWidth="1"/>
     <col min="7" max="7" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.42578125" style="184" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.42578125" style="184" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.42578125" style="184" customWidth="1"/>
     <col min="13" max="13" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="9.28515625" style="184" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.5703125" style="184" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.85546875" style="184" customWidth="1"/>
     <col min="19" max="19" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.7109375" style="184" customWidth="1"/>
@@ -24773,54 +24830,54 @@
       <c r="L5" s="175">
         <v>70.478418000000005</v>
       </c>
       <c r="M5" s="187">
         <v>7.8820183333333321E-2</v>
       </c>
       <c r="N5" s="207">
         <v>103.79075299999998</v>
       </c>
       <c r="O5" s="187">
         <v>8.6340409506634852E-2</v>
       </c>
       <c r="P5" s="207">
         <v>97.715569000000002</v>
       </c>
       <c r="Q5" s="187">
         <v>8.4650501878285406E-2</v>
       </c>
       <c r="R5" s="207">
         <v>78.814483999999993</v>
       </c>
       <c r="S5" s="187">
         <v>8.5719370719106985E-2</v>
       </c>
       <c r="T5" s="207">
-        <v>73.747934000000001</v>
+        <v>80.908563000000001</v>
       </c>
       <c r="U5" s="198">
-        <v>7.8668644935186716E-2</v>
+        <v>8.5562604600755376E-2</v>
       </c>
     </row>
     <row r="6" spans="1:65" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="131" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="176">
         <v>3.351693</v>
       </c>
       <c r="C6" s="188">
         <v>4.1145166666666667E-3</v>
       </c>
       <c r="D6" s="176">
         <v>8.7389379999999992</v>
       </c>
       <c r="E6" s="188">
         <v>7.1771333333333336E-3</v>
       </c>
       <c r="F6" s="176">
         <v>5.7517709999999997</v>
       </c>
       <c r="G6" s="188">
         <v>5.0948E-3</v>
       </c>
       <c r="H6" s="176">
@@ -25500,54 +25557,54 @@
       <c r="L16" s="176">
         <v>5.2576090000000004</v>
       </c>
       <c r="M16" s="188">
         <v>5.247366666666667E-3</v>
       </c>
       <c r="N16" s="208">
         <v>9.8969450000000005</v>
       </c>
       <c r="O16" s="188">
         <v>7.8345016000231169E-3</v>
       </c>
       <c r="P16" s="208">
         <v>4.7029180000000004</v>
       </c>
       <c r="Q16" s="188">
         <v>3.8856333333333335E-3</v>
       </c>
       <c r="R16" s="208">
         <v>3.7530800000000002</v>
       </c>
       <c r="S16" s="188">
         <v>4.9315783396402992E-3</v>
       </c>
       <c r="T16" s="208">
-        <v>0</v>
+        <v>7.1606290000000001</v>
       </c>
       <c r="U16" s="199">
-        <v>0</v>
+        <v>6.893959665568666E-3</v>
       </c>
     </row>
     <row r="17" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="128" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="176">
         <v>5.0147209999999998</v>
       </c>
       <c r="C17" s="188">
         <v>5.6750000000000004E-3</v>
       </c>
       <c r="D17" s="176">
         <v>4.2532310000000004</v>
       </c>
       <c r="E17" s="188">
         <v>3.8051333333333336E-3</v>
       </c>
       <c r="F17" s="176">
         <v>1.7097789999999999</v>
       </c>
       <c r="G17" s="188">
         <v>2.2452000000000001E-3</v>
       </c>
       <c r="H17" s="176">
@@ -25630,54 +25687,54 @@
       <c r="L18" s="177">
         <v>3.9636300000000002</v>
       </c>
       <c r="M18" s="204">
         <v>4.0331000000000006E-2</v>
       </c>
       <c r="N18" s="177">
         <v>10.178896000000002</v>
       </c>
       <c r="O18" s="204">
         <v>8.6535383333333313E-2</v>
       </c>
       <c r="P18" s="177">
         <v>11.731049000000001</v>
       </c>
       <c r="Q18" s="204">
         <v>0.10809550000000002</v>
       </c>
       <c r="R18" s="177">
         <v>4.6363299999999992</v>
       </c>
       <c r="S18" s="204">
         <v>3.3475833333333337E-2</v>
       </c>
       <c r="T18" s="177">
-        <v>30.927656999999996</v>
+        <v>31.493743999999996</v>
       </c>
       <c r="U18" s="204">
-        <v>0.10591123333333333</v>
+        <v>0.10805689999999998</v>
       </c>
     </row>
     <row r="19" spans="1:45" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="130" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="178">
         <v>0</v>
       </c>
       <c r="C19" s="205">
         <v>0</v>
       </c>
       <c r="D19" s="178">
         <v>0</v>
       </c>
       <c r="E19" s="205">
         <v>0</v>
       </c>
       <c r="F19" s="178">
         <v>0</v>
       </c>
       <c r="G19" s="205">
         <v>0</v>
       </c>
       <c r="H19" s="178">
@@ -26369,54 +26426,54 @@
       <c r="L29" s="176">
         <v>0.207589</v>
       </c>
       <c r="M29" s="206">
         <v>2.7368333333333333E-3</v>
       </c>
       <c r="N29" s="176">
         <v>0.246644</v>
       </c>
       <c r="O29" s="206">
         <v>2.6520000000000003E-3</v>
       </c>
       <c r="P29" s="176">
         <v>0.27716200000000002</v>
       </c>
       <c r="Q29" s="206">
         <v>4.8320000000000004E-3</v>
       </c>
       <c r="R29" s="176">
         <v>0</v>
       </c>
       <c r="S29" s="206">
         <v>0</v>
       </c>
       <c r="T29" s="176">
-        <v>0</v>
+        <v>0.56608700000000001</v>
       </c>
       <c r="U29" s="212">
-        <v>0</v>
+        <v>2.1456666666666664E-3</v>
       </c>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
@@ -26547,54 +26604,54 @@
       <c r="L31" s="179">
         <v>8.680473000000001</v>
       </c>
       <c r="M31" s="191">
         <v>3.6019066666666669E-2</v>
       </c>
       <c r="N31" s="209">
         <v>6.7253309999999988</v>
       </c>
       <c r="O31" s="191">
         <v>2.7256189986832977E-2</v>
       </c>
       <c r="P31" s="209">
         <v>5.0825139999999998</v>
       </c>
       <c r="Q31" s="191">
         <v>1.6660479948075606E-2</v>
       </c>
       <c r="R31" s="209">
         <v>6.0348780000000009</v>
       </c>
       <c r="S31" s="191">
         <v>2.3594436753257127E-2</v>
       </c>
       <c r="T31" s="209">
-        <v>7.5269479999999991</v>
+        <v>8.7393109999999989</v>
       </c>
       <c r="U31" s="202">
-        <v>2.4672870011536292E-2</v>
+        <v>2.864818341782889E-2</v>
       </c>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
@@ -27354,54 +27411,54 @@
       <c r="L42" s="176">
         <v>1.0231410000000001</v>
       </c>
       <c r="M42" s="188">
         <v>4.4890333333333339E-3</v>
       </c>
       <c r="N42" s="208">
         <v>0.53268099999999996</v>
       </c>
       <c r="O42" s="188">
         <v>2.3396533308903335E-3</v>
       </c>
       <c r="P42" s="208">
         <v>0.68937700000000002</v>
       </c>
       <c r="Q42" s="188">
         <v>1.0084666666666667E-3</v>
       </c>
       <c r="R42" s="208">
         <v>0.50248700000000002</v>
       </c>
       <c r="S42" s="188">
         <v>2.697413398742683E-3</v>
       </c>
       <c r="T42" s="208">
-        <v>0</v>
+        <v>1.2123630000000001</v>
       </c>
       <c r="U42" s="199">
-        <v>0</v>
+        <v>3.9753134062925997E-3</v>
       </c>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
       <c r="AA42"/>
     </row>
     <row r="43" spans="1:27" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="135" t="s">
         <v>37</v>
       </c>
       <c r="B43" s="180">
         <v>0.51246400000000003</v>
       </c>
       <c r="C43" s="192">
         <v>2.8563833333333333E-3</v>
       </c>
       <c r="D43" s="180">
         <v>0.949407</v>
       </c>
       <c r="E43" s="192">
         <v>4.0314999999999995E-3</v>
       </c>
       <c r="F43" s="180">
@@ -27575,51 +27632,51 @@
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.94488188976377963" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;8Ministério da Agricultura e Pecuária
 Secretaria de Política Agrícola
 Departamento de Análise Econômica e Políticas Públicas
 Coordenação-Geral de Políticas Públicas&amp;C
 &amp;"-,Negrito"&amp;10Sumário Executivo - Café</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 3 1 1 b d 7 7 7 - 5 1 e 6 - 4 e 8 1 - a 5 1 f - d 8 2 f 2 b 6 8 0 3 b 1 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K Y E A A B Q S w M E F A A C A A g A c W o O W 7 A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A H F q D l s P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B x a g 5 b P 0 N b U J 8 B A A C p A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L B i t s w E I b v g b y D U C 8 J m E C v X X I I 3 q Q N p V B q Q w 9 J M G N 7 l o i V N K 4 0 W l J C n q a H p c + R F 6 s c Z 7 t L 4 6 S + 2 J 7 5 + P 9 / N P J Y s S I r s u 7 9 / m 4 4 G A 7 8 F h z W I v g a i o q s D 5 r j B z y g m A q N P B y I + C z I c l u Y 7 y r U k + / k H k u i x 9 F C a Z y k b c + y H 8 n 0 w / o L N L B O y R x / u 0 p R 5 B m d I r d O 5 + v O I Q p P d t r v 5 D g R N m i d C H Y B x 0 n n c 5 m i y L a I H K 1 P E f a r J a O Z y k t O J p + V r a f y h M v N Y X U P D J u z 7 D u Z Q o n H Z 9 B b 8 u K r I 0 N P q i Y v o 2 4 O Z R z i V G P 8 h F C j 8 6 N r O R K x O p M z r b M K N D g / b Q f Y j P 9 a 5 a o h M d N x c K j p 1 S F 3 Y P 0 D O Z O S D s b m P x v 0 o 6 v B k v 1 e x t 8 6 M B U y n l G k B e O O D 4 m I D V D + s j q z P e j c M / 0 I W C y t q h T o l 7 4 N p k T X i b U u x + f j L y p m D k p V w W 3 o G 5 X B 8 1 W o g t c U b 3 p L 0 5 B j u N L N Q u O U i Z e I i p y 4 N + Z 8 d 0 s g b V d l q L g n g 5 5 V R X 0 K 5 6 N Y K H v L o Z v y o 4 N e j b d M T u 6 0 4 v 9 g W d z 3 E / 7 r e B g P B 8 r 2 3 5 m 7 P 1 B L A Q I t A B Q A A g A I A H F q D l u w N 5 H 8 p Q A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B x a g 5 b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A H F q D l s / Q 1 t Q n w E A A K k D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A M 4 D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P v Y T A A A A A A A A 1 B M A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z M z O T Q 3 O D h l L T E y M G Y t N D F l Z C 1 i Z G Y 3 L W Y 1 Z m E 3 N z Y 0 N D d j N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D g t M T R U M T Y 6 M T k 6 M z U u N T Q 4 M j U 3 N l o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n W U d C U V V G Q l F V R k J R V U Z C U V V G I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N D Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 U H J v Z H V 0 b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 U G F p c 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q W 5 v X y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 l u a W N p Y W w m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H X D p 8 O j b 1 9 B c m F i a W N h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 w 6 f D o 2 9 f U m 9 i d X N 0 Y S Z x d W 9 0 O y w m c X V v d D t Q c m 9 k d W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 S W 1 w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h Y 2 F v X y Z x d W 9 0 O y w m c X V v d D t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y Z x d W 9 0 O y w m c X V v d D t F c 3 R v c X V l X 0 Z p b m F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V 4 c G 9 y d G H D p 8 O j b 1 9 H c m F v J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V 4 c G 9 y d G H D p 8 O j b 1 9 U b 3 J y Y W R v J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V 4 c G 9 y d G H D p 8 O j b 1 9 T b 2 x 1 d m V s J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N S w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 d G 9 f L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q Y W l z X y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q W 5 v X y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 0 F y Y W J p Y 2 E s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 w 6 f D o 2 9 f U m 9 i d X N 0 Y S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V j Y W 9 f L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J b X B v c n R h Y 2 F v X y w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 V w c m l t Z W 5 0 b 1 9 U b 3 R h b C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y W N h b 1 8 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v b n N 1 b W 9 f R G 9 t Z X N 0 a W N v L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 H c m F v L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 R v c n J h Z G 8 s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f U 2 9 s d X Z l b C w x N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 B c m F i a W N h L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 1 J v Y n V z d G E s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 Y 2 F v X y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W 1 w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f R 3 J h b y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 U b 3 J y Y W R v L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 N v b H V 2 Z W w s M T R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A I 1 K 1 x i 4 m s 5 O r Z S I H z C E s Z g A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A J 2 E 2 V o 3 D F B W M E C l t r H h x X A A A A A A E g A A A o A A A A B A A A A A R e C w A B i C B D R 0 Y W j a D G R g i U A A A A B T x K o y p J 7 E r K u C H Q w Z F v N 5 L C j z j o 3 T 4 b K L P b r P H j / v 4 v I 8 u U u + L I J c v 4 R T / Y G 9 c G A H 3 N F W J t w q y P E 0 7 t D b U I v F p I e o S s 2 r G M Z 0 1 R m Y + / c 5 f F A A A A J H a Q N D g C W B F Y Q r g F 2 V B d 9 S T K 4 Q 5 < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 3 1 1 b d 7 7 7 - 5 1 e 6 - 4 e 8 1 - a 5 1 f - d 8 2 f 2 b 6 8 0 3 b 1 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K Y E A A B Q S w M E F A A C A A g A j m u L W 7 A 3 k f y l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 0 i M I R 8 l 0 a 0 k R h P j t q k V G q E Q W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b 6 i q 4 q M 7 q x q S I Y Y o C Z W R z 1 K Z I U e 9 O 4 Q J l H D Z C n k W h g l E 2 N h n s M U W l c 2 1 C i P c e + x l u u o J E l D J y y N c 7 W a p a o I + s / 8 u h N t Y J I x X i s H + N 4 R F m b I 5 j G m M K Z I K Q a / M V o n H v s / 2 B s O o r 1 3 e K t y 5 c b o F M E c j 7 A 3 8 A U E s D B B Q A A g A I A I 5 r i 1 s P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A C O a 4 t b P 0 N b U J 8 B A A C p A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L B i t s w E I b v g b y D U C 8 J m E C v X X I I 3 q Q N p V B q Q w 9 J M G N 7 l o i V N K 4 0 W l J C n q a H p c + R F 6 s c Z 7 t L 4 6 S + 2 J 7 5 + P 9 / N P J Y s S I r s u 7 9 / m 4 4 G A 7 8 F h z W I v g a i o q s D 5 r j B z y g m A q N P B y I + C z I c l u Y 7 y r U k + / k H k u i x 9 F C a Z y k b c + y H 8 n 0 w / o L N L B O y R x / u 0 p R 5 B m d I r d O 5 + v O I Q p P d t r v 5 D g R N m i d C H Y B x 0 n n c 5 m i y L a I H K 1 P E f a r J a O Z y k t O J p + V r a f y h M v N Y X U P D J u z 7 D u Z Q o n H Z 9 B b 8 u K r I 0 N P q i Y v o 2 4 O Z R z i V G P 8 h F C j 8 6 N r O R K x O p M z r b M K N D g / b Q f Y j P 9 a 5 a o h M d N x c K j p 1 S F 3 Y P 0 D O Z O S D s b m P x v 0 o 6 v B k v 1 e x t 8 6 M B U y n l G k B e O O D 4 m I D V D + s j q z P e j c M / 0 I W C y t q h T o l 7 4 N p k T X i b U u x + f j L y p m D k p V w W 3 o G 5 X B 8 1 W o g t c U b 3 p L 0 5 B j u N L N Q u O U i Z e I i p y 4 N + Z 8 d 0 s g b V d l q L g n g 5 5 V R X 0 K 5 6 N Y K H v L o Z v y o 4 N e j b d M T u 6 0 4 v 9 g W d z 3 E / 7 r e B g P B 8 r 2 3 5 m 7 P 1 B L A Q I t A B Q A A g A I A I 5 r i 1 u w N 5 H 8 p Q A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A C O a 4 t b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A I 5 r i 1 s / Q 1 t Q n w E A A K k D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A M 4 D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P v Y T A A A A A A A A 1 B M A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z M z O T Q 3 O D h l L T E y M G Y t N D F l Z C 1 i Z G Y 3 L W Y 1 Z m E 3 N z Y 0 N D d j N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T I t M T F U M T Y 6 M j g 6 M j k u M z Y 2 O T g 5 O F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q l F V R k J R V U Z C U V V G Q l F V R i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 B y b 2 R 1 d G 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B h a X N f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F u b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 J b m l j a W F s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 R 1 w 6 f D o 2 9 f Q X J h Y m l j Y S Z x d W 9 0 O y w m c X V v d D t Q c m 9 k d c O n w 6 N v X 1 J v Y n V z d G E m c X V v d D s s J n F 1 b 3 Q 7 U H J v Z H V j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l t c G 9 y d G F j Y W 9 f J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w m c X V v d D s s J n F 1 b 3 Q 7 R X h w b 3 J 0 Y W N h b 1 8 m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 m c X V v d D s s J n F 1 b 3 Q 7 R X N 0 b 3 F 1 Z V 9 G a W 5 h b C Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h w 6 f D o 2 9 f R 3 J h b y Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h w 6 f D o 2 9 f V G 9 y c m F k b y Z x d W 9 0 O y w m c X V v d D t F e H B v c n R h w 6 f D o 2 9 f U 2 9 s d X Z l b C Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 0 N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d X R v X y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G F p c 1 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F u b 1 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f S W 5 p Y 2 l h b C w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 B c m F i a W N h L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d c O n w 6 N v X 1 J v Y n V z d G E s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 Y 2 F v X y w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W 1 w b 3 J 0 Y W N h b 1 8 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N 1 c H J p b W V u d G 9 f V G 9 0 Y W w s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G F j Y W 9 f L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z d W 1 v X 0 R v b W V z d G l j b y w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V z d G 9 x d W V f R m l u Y W w s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f R 3 J h b y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 U b 3 J y Y W R v L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 1 N v b H V 2 Z W w s M T R 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N S w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H V 0 b 1 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B h a X N f L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B b m 9 f L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 l u a W N p Y W w s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 R 1 w 6 f D o 2 9 f Q X J h Y m l j Y S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v Z H X D p 8 O j b 1 9 S b 2 J 1 c 3 R h L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 k d W N h b 1 8 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l t c G 9 y d G F j Y W 9 f L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T d X B y a W 1 l b n R v X 1 R v d G F s L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h Y 2 F v X y w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 u c 3 V t b 1 9 E b 2 1 l c 3 R p Y 2 8 s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F c 3 R v c X V l X 0 Z p b m F s L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w b 3 J 0 Y c O n w 6 N v X 0 d y Y W 8 s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 V z Z G F f Y 2 9 u c 3 V s d G F f Y 2 F m Z S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F e H B v c n R h w 6 f D o 2 9 f V G 9 y c m F k b y w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V 4 c G 9 y d G H D p 8 O j b 1 9 T b 2 x 1 d m V s L D E 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v R m 9 u d G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l X 1 N o Z W V 0 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d X N k Y V 9 j b 2 5 z d W x 0 Y V 9 j Y W Z l L 0 N h Y m U l Q z M l Q T d h b G h v c y U y M F B y b 2 1 v d m l k b 3 M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 1 c 2 R h X 2 N v b n N 1 b H R h X 2 N h Z m U v V G l w b y U y M E F s d G V y Y W R v P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A C 4 V a o 7 m R 7 9 N i M s I F I 2 x u h 4 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A T f G + m 6 F e h m k M O t t N i r L Y P Q A A A A A E g A A A o A A A A B A A A A A e 0 I 9 k F N N 9 7 V G 8 B 8 F O 8 C 0 e U A A A A P S Q g S m r S T m T 1 O v 0 P t / v C K d 3 4 F F C 3 P D Q 6 x j n l t C 4 C L z r 7 + T z N M V U + v U p t T K j B x P r d P e Q 6 o W k A 1 D W N d O + v 2 o T L y f 4 D V P E 5 p K K v P d D / n 4 Y w 0 x N F A A A A P M / a a I A a d 8 u o S g S 1 H T A B w s c 0 u l h < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAAA8B91-5402-40CF-A921-A3C4DDF0F35F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>